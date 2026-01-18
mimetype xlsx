--- v0 (2025-10-19)
+++ v1 (2026-01-18)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Data" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8608" uniqueCount="1043">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8608" uniqueCount="1044">
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>WFRA membership no</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>Age Category</t>
   </si>
   <si>
     <t>Class</t>
   </si>
   <si>
     <t>Category Position</t>
   </si>
   <si>
@@ -2440,165 +2440,168 @@
   <si>
     <t>Ratcliffe</t>
   </si>
   <si>
     <t>Melissa</t>
   </si>
   <si>
     <t>Turnbull</t>
   </si>
   <si>
     <t>MALDWYN H</t>
   </si>
   <si>
     <t>Annetts</t>
   </si>
   <si>
     <t>Kent</t>
   </si>
   <si>
     <t>Catrin</t>
   </si>
   <si>
     <t>Meurig</t>
   </si>
   <si>
+    <t>Julia</t>
+  </si>
+  <si>
+    <t>Mathias</t>
+  </si>
+  <si>
+    <t>Simone</t>
+  </si>
+  <si>
+    <t>Capponi</t>
+  </si>
+  <si>
+    <t>Bowland Fell Runners</t>
+  </si>
+  <si>
+    <t>Sonia</t>
+  </si>
+  <si>
+    <t>Walters</t>
+  </si>
+  <si>
+    <t>Nadin</t>
+  </si>
+  <si>
+    <t>Pilkington</t>
+  </si>
+  <si>
+    <t>Blake</t>
+  </si>
+  <si>
+    <t>Byworth</t>
+  </si>
+  <si>
+    <t>Cranny</t>
+  </si>
+  <si>
+    <t>Benn</t>
+  </si>
+  <si>
+    <t>Emily</t>
+  </si>
+  <si>
+    <t>Retallick</t>
+  </si>
+  <si>
+    <t>Fulford</t>
+  </si>
+  <si>
+    <t>Nathan</t>
+  </si>
+  <si>
+    <t>Stewart</t>
+  </si>
+  <si>
+    <t>Môn milers</t>
+  </si>
+  <si>
+    <t>Hoare</t>
+  </si>
+  <si>
+    <t>Brian</t>
+  </si>
+  <si>
+    <t>Hickey</t>
+  </si>
+  <si>
+    <t>Cheshire Hill Racers</t>
+  </si>
+  <si>
+    <t>O'BRIEN</t>
+  </si>
+  <si>
+    <t>Fairwater Runners</t>
+  </si>
+  <si>
+    <t>Underhill</t>
+  </si>
+  <si>
+    <t>SWOC</t>
+  </si>
+  <si>
+    <t>Jane</t>
+  </si>
+  <si>
+    <t>Roscoe</t>
+  </si>
+  <si>
+    <t>Keira</t>
+  </si>
+  <si>
+    <t>Woods</t>
+  </si>
+  <si>
+    <t>Ritsert</t>
+  </si>
+  <si>
+    <t>Haitsma</t>
+  </si>
+  <si>
+    <t>LEEMING</t>
+  </si>
+  <si>
+    <t>Naughton</t>
+  </si>
+  <si>
+    <t>Bryer</t>
+  </si>
+  <si>
+    <t>Wendy</t>
+  </si>
+  <si>
+    <t>SHARPE-NASH</t>
+  </si>
+  <si>
+    <t>Amanda</t>
+  </si>
+  <si>
     <t>Julie</t>
-  </si>
-[...112 lines deleted...]
-    <t>Amanda</t>
   </si>
   <si>
     <t>Lloyd-Evans</t>
   </si>
   <si>
     <t>Raymond</t>
   </si>
   <si>
     <t>Metcalfe</t>
   </si>
   <si>
     <t>Jenny</t>
   </si>
   <si>
     <t>Rice</t>
   </si>
   <si>
     <t>Roessa</t>
   </si>
   <si>
     <t>Yorke</t>
   </si>
   <si>
     <t>Thomson</t>
   </si>
@@ -33455,50 +33458,53 @@
         <v>24</v>
       </c>
       <c r="P522" t="s">
         <v>24</v>
       </c>
       <c r="Q522">
         <v>90.88</v>
       </c>
       <c r="R522" t="s">
         <v>24</v>
       </c>
       <c r="S522">
         <v>90.88</v>
       </c>
     </row>
     <row r="523" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A523">
         <v>522</v>
       </c>
       <c r="B523" t="s">
         <v>810</v>
       </c>
       <c r="C523" t="s">
         <v>811</v>
       </c>
+      <c r="D523">
+        <v>1826</v>
+      </c>
       <c r="E523" t="s">
         <v>34</v>
       </c>
       <c r="F523" t="s">
         <v>42</v>
       </c>
       <c r="G523" t="s">
         <v>46</v>
       </c>
       <c r="H523">
         <v>12</v>
       </c>
       <c r="I523" t="b">
         <v>0</v>
       </c>
       <c r="J523" t="s">
         <v>158</v>
       </c>
       <c r="K523">
         <v>1</v>
       </c>
       <c r="L523" t="s">
         <v>24</v>
       </c>
       <c r="M523">
@@ -35151,54 +35157,54 @@
       </c>
       <c r="N552" t="s">
         <v>24</v>
       </c>
       <c r="O552" t="s">
         <v>24</v>
       </c>
       <c r="P552" t="s">
         <v>24</v>
       </c>
       <c r="Q552" t="s">
         <v>24</v>
       </c>
       <c r="R552" t="s">
         <v>24</v>
       </c>
       <c r="S552">
         <v>88.09</v>
       </c>
     </row>
     <row r="553" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A553">
         <v>552</v>
       </c>
       <c r="B553" t="s">
-        <v>810</v>
+        <v>849</v>
       </c>
       <c r="C553" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="D553">
         <v>1166</v>
       </c>
       <c r="E553" t="s">
         <v>402</v>
       </c>
       <c r="F553" t="s">
         <v>42</v>
       </c>
       <c r="G553" t="s">
         <v>46</v>
       </c>
       <c r="H553">
         <v>15</v>
       </c>
       <c r="I553" t="b">
         <v>0</v>
       </c>
       <c r="J553" t="s">
         <v>165</v>
       </c>
       <c r="K553">
         <v>1</v>
       </c>
@@ -35213,51 +35219,51 @@
       </c>
       <c r="O553">
         <v>87.84</v>
       </c>
       <c r="P553" t="s">
         <v>24</v>
       </c>
       <c r="Q553" t="s">
         <v>24</v>
       </c>
       <c r="R553" t="s">
         <v>24</v>
       </c>
       <c r="S553">
         <v>87.84</v>
       </c>
     </row>
     <row r="554" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A554">
         <v>553</v>
       </c>
       <c r="B554" t="s">
         <v>457</v>
       </c>
       <c r="C554" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="D554">
         <v>1543</v>
       </c>
       <c r="E554" t="s">
         <v>24</v>
       </c>
       <c r="F554" t="s">
         <v>65</v>
       </c>
       <c r="G554" t="s">
         <v>23</v>
       </c>
       <c r="H554">
         <v>45</v>
       </c>
       <c r="I554" t="b">
         <v>0</v>
       </c>
       <c r="J554" t="s">
         <v>158</v>
       </c>
       <c r="K554">
         <v>1</v>
       </c>
@@ -35272,51 +35278,51 @@
       </c>
       <c r="O554">
         <v>87.4</v>
       </c>
       <c r="P554" t="s">
         <v>24</v>
       </c>
       <c r="Q554" t="s">
         <v>24</v>
       </c>
       <c r="R554" t="s">
         <v>24</v>
       </c>
       <c r="S554">
         <v>87.4</v>
       </c>
     </row>
     <row r="555" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A555">
         <v>554</v>
       </c>
       <c r="B555" t="s">
         <v>792</v>
       </c>
       <c r="C555" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="D555">
         <v>2395</v>
       </c>
       <c r="E555" t="s">
         <v>24</v>
       </c>
       <c r="F555" t="s">
         <v>22</v>
       </c>
       <c r="G555" t="s">
         <v>23</v>
       </c>
       <c r="H555">
         <v>153</v>
       </c>
       <c r="I555" t="b">
         <v>0</v>
       </c>
       <c r="J555" t="s">
         <v>165</v>
       </c>
       <c r="K555">
         <v>1</v>
       </c>
@@ -35328,54 +35334,54 @@
       </c>
       <c r="N555" t="s">
         <v>24</v>
       </c>
       <c r="O555">
         <v>87.19</v>
       </c>
       <c r="P555" t="s">
         <v>24</v>
       </c>
       <c r="Q555" t="s">
         <v>24</v>
       </c>
       <c r="R555" t="s">
         <v>24</v>
       </c>
       <c r="S555">
         <v>87.19</v>
       </c>
     </row>
     <row r="556" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A556">
         <v>555</v>
       </c>
       <c r="B556" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="C556" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="E556" t="s">
         <v>308</v>
       </c>
       <c r="F556" t="s">
         <v>22</v>
       </c>
       <c r="G556" t="s">
         <v>46</v>
       </c>
       <c r="H556">
         <v>56</v>
       </c>
       <c r="I556" t="b">
         <v>0</v>
       </c>
       <c r="J556" t="s">
         <v>165</v>
       </c>
       <c r="K556">
         <v>1</v>
       </c>
       <c r="L556" t="s">
         <v>24</v>
       </c>
@@ -35384,54 +35390,54 @@
       </c>
       <c r="N556" t="s">
         <v>24</v>
       </c>
       <c r="O556" t="s">
         <v>24</v>
       </c>
       <c r="P556" t="s">
         <v>24</v>
       </c>
       <c r="Q556">
         <v>87.07</v>
       </c>
       <c r="R556" t="s">
         <v>24</v>
       </c>
       <c r="S556">
         <v>87.07</v>
       </c>
     </row>
     <row r="557" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A557">
         <v>556</v>
       </c>
       <c r="B557" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="C557" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="D557">
         <v>2131</v>
       </c>
       <c r="E557" t="s">
         <v>24</v>
       </c>
       <c r="F557" t="s">
         <v>42</v>
       </c>
       <c r="G557" t="s">
         <v>46</v>
       </c>
       <c r="H557">
         <v>16</v>
       </c>
       <c r="I557" t="b">
         <v>0</v>
       </c>
       <c r="J557" t="s">
         <v>165</v>
       </c>
       <c r="K557">
         <v>1</v>
       </c>
@@ -35443,51 +35449,51 @@
       </c>
       <c r="N557" t="s">
         <v>24</v>
       </c>
       <c r="O557">
         <v>86.95</v>
       </c>
       <c r="P557" t="s">
         <v>24</v>
       </c>
       <c r="Q557" t="s">
         <v>24</v>
       </c>
       <c r="R557" t="s">
         <v>24</v>
       </c>
       <c r="S557">
         <v>86.95</v>
       </c>
     </row>
     <row r="558" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A558">
         <v>557</v>
       </c>
       <c r="B558" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="C558" t="s">
         <v>827</v>
       </c>
       <c r="D558">
         <v>2326</v>
       </c>
       <c r="E558" t="s">
         <v>34</v>
       </c>
       <c r="F558" t="s">
         <v>65</v>
       </c>
       <c r="G558" t="s">
         <v>23</v>
       </c>
       <c r="H558">
         <v>46</v>
       </c>
       <c r="I558" t="b">
         <v>0</v>
       </c>
       <c r="J558" t="s">
         <v>158</v>
       </c>
@@ -35561,51 +35567,51 @@
       </c>
       <c r="N559" t="s">
         <v>24</v>
       </c>
       <c r="O559">
         <v>86.63</v>
       </c>
       <c r="P559" t="s">
         <v>24</v>
       </c>
       <c r="Q559" t="s">
         <v>24</v>
       </c>
       <c r="R559" t="s">
         <v>24</v>
       </c>
       <c r="S559">
         <v>86.63</v>
       </c>
     </row>
     <row r="560" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A560">
         <v>559</v>
       </c>
       <c r="B560" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="C560" t="s">
         <v>146</v>
       </c>
       <c r="D560">
         <v>1</v>
       </c>
       <c r="E560" t="s">
         <v>455</v>
       </c>
       <c r="F560" t="s">
         <v>65</v>
       </c>
       <c r="G560" t="s">
         <v>23</v>
       </c>
       <c r="H560">
         <v>47</v>
       </c>
       <c r="I560" t="b">
         <v>0</v>
       </c>
       <c r="J560" t="s">
         <v>158</v>
       </c>
@@ -35623,51 +35629,51 @@
       </c>
       <c r="O560" t="s">
         <v>24</v>
       </c>
       <c r="P560" t="s">
         <v>24</v>
       </c>
       <c r="Q560" t="s">
         <v>24</v>
       </c>
       <c r="R560" t="s">
         <v>24</v>
       </c>
       <c r="S560">
         <v>86.56</v>
       </c>
     </row>
     <row r="561" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A561">
         <v>560</v>
       </c>
       <c r="B561" t="s">
         <v>141</v>
       </c>
       <c r="C561" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="E561" t="s">
         <v>21</v>
       </c>
       <c r="F561" t="s">
         <v>65</v>
       </c>
       <c r="G561" t="s">
         <v>23</v>
       </c>
       <c r="H561">
         <v>48</v>
       </c>
       <c r="I561" t="b">
         <v>0</v>
       </c>
       <c r="J561" t="s">
         <v>158</v>
       </c>
       <c r="K561">
         <v>1</v>
       </c>
       <c r="L561" t="s">
         <v>24</v>
       </c>
@@ -35679,51 +35685,51 @@
       </c>
       <c r="O561" t="s">
         <v>24</v>
       </c>
       <c r="P561" t="s">
         <v>24</v>
       </c>
       <c r="Q561" t="s">
         <v>24</v>
       </c>
       <c r="R561" t="s">
         <v>24</v>
       </c>
       <c r="S561">
         <v>86.48</v>
       </c>
     </row>
     <row r="562" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A562">
         <v>561</v>
       </c>
       <c r="B562" t="s">
         <v>457</v>
       </c>
       <c r="C562" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="E562" t="s">
         <v>24</v>
       </c>
       <c r="F562" t="s">
         <v>22</v>
       </c>
       <c r="G562" t="s">
         <v>23</v>
       </c>
       <c r="H562">
         <v>155</v>
       </c>
       <c r="I562" t="b">
         <v>0</v>
       </c>
       <c r="J562" t="s">
         <v>165</v>
       </c>
       <c r="K562">
         <v>1</v>
       </c>
       <c r="L562" t="s">
         <v>24</v>
       </c>
@@ -35732,54 +35738,54 @@
       </c>
       <c r="N562" t="s">
         <v>24</v>
       </c>
       <c r="O562">
         <v>86.23</v>
       </c>
       <c r="P562" t="s">
         <v>24</v>
       </c>
       <c r="Q562" t="s">
         <v>24</v>
       </c>
       <c r="R562" t="s">
         <v>24</v>
       </c>
       <c r="S562">
         <v>86.23</v>
       </c>
     </row>
     <row r="563" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A563">
         <v>562</v>
       </c>
       <c r="B563" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="C563" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="E563" t="s">
         <v>191</v>
       </c>
       <c r="F563" t="s">
         <v>22</v>
       </c>
       <c r="G563" t="s">
         <v>46</v>
       </c>
       <c r="H563">
         <v>57</v>
       </c>
       <c r="I563" t="b">
         <v>0</v>
       </c>
       <c r="J563" t="s">
         <v>165</v>
       </c>
       <c r="K563">
         <v>1</v>
       </c>
       <c r="L563" t="s">
         <v>24</v>
       </c>
@@ -35788,51 +35794,51 @@
       </c>
       <c r="N563" t="s">
         <v>24</v>
       </c>
       <c r="O563">
         <v>85.99</v>
       </c>
       <c r="P563" t="s">
         <v>24</v>
       </c>
       <c r="Q563" t="s">
         <v>24</v>
       </c>
       <c r="R563" t="s">
         <v>24</v>
       </c>
       <c r="S563">
         <v>85.99</v>
       </c>
     </row>
     <row r="564" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A564">
         <v>563</v>
       </c>
       <c r="B564" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="C564" t="s">
         <v>137</v>
       </c>
       <c r="E564" t="s">
         <v>607</v>
       </c>
       <c r="F564" t="s">
         <v>65</v>
       </c>
       <c r="G564" t="s">
         <v>23</v>
       </c>
       <c r="H564">
         <v>49</v>
       </c>
       <c r="I564" t="b">
         <v>0</v>
       </c>
       <c r="J564" t="s">
         <v>158</v>
       </c>
       <c r="K564">
         <v>1</v>
       </c>
@@ -36015,54 +36021,54 @@
       </c>
       <c r="N567" t="s">
         <v>24</v>
       </c>
       <c r="O567" t="s">
         <v>24</v>
       </c>
       <c r="P567" t="s">
         <v>24</v>
       </c>
       <c r="Q567" t="s">
         <v>24</v>
       </c>
       <c r="R567" t="s">
         <v>24</v>
       </c>
       <c r="S567">
         <v>85.69</v>
       </c>
     </row>
     <row r="568" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A568">
         <v>567</v>
       </c>
       <c r="B568" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="C568" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="D568">
         <v>1957</v>
       </c>
       <c r="E568" t="s">
         <v>34</v>
       </c>
       <c r="F568" t="s">
         <v>65</v>
       </c>
       <c r="G568" t="s">
         <v>46</v>
       </c>
       <c r="H568">
         <v>9</v>
       </c>
       <c r="I568" t="b">
         <v>0</v>
       </c>
       <c r="J568" t="s">
         <v>158</v>
       </c>
       <c r="K568">
         <v>1</v>
       </c>
@@ -36074,54 +36080,54 @@
       </c>
       <c r="N568" t="s">
         <v>24</v>
       </c>
       <c r="O568">
         <v>85.52</v>
       </c>
       <c r="P568" t="s">
         <v>24</v>
       </c>
       <c r="Q568" t="s">
         <v>24</v>
       </c>
       <c r="R568" t="s">
         <v>24</v>
       </c>
       <c r="S568">
         <v>85.52</v>
       </c>
     </row>
     <row r="569" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A569">
         <v>568</v>
       </c>
       <c r="B569" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="C569" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="D569">
         <v>1836</v>
       </c>
       <c r="E569" t="s">
         <v>30</v>
       </c>
       <c r="F569" t="s">
         <v>22</v>
       </c>
       <c r="G569" t="s">
         <v>46</v>
       </c>
       <c r="H569">
         <v>59</v>
       </c>
       <c r="I569" t="b">
         <v>0</v>
       </c>
       <c r="J569" t="s">
         <v>165</v>
       </c>
       <c r="K569">
         <v>1</v>
       </c>
@@ -36136,107 +36142,107 @@
       </c>
       <c r="O569" t="s">
         <v>24</v>
       </c>
       <c r="P569" t="s">
         <v>24</v>
       </c>
       <c r="Q569" t="s">
         <v>24</v>
       </c>
       <c r="R569" t="s">
         <v>24</v>
       </c>
       <c r="S569">
         <v>85.44</v>
       </c>
     </row>
     <row r="570" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A570">
         <v>569</v>
       </c>
       <c r="B570" t="s">
         <v>611</v>
       </c>
       <c r="C570" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="D570">
         <v>1761</v>
       </c>
       <c r="E570" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="F570" t="s">
         <v>31</v>
       </c>
       <c r="G570" t="s">
         <v>23</v>
       </c>
       <c r="H570">
         <v>123</v>
       </c>
       <c r="I570" t="b">
         <v>0</v>
       </c>
       <c r="J570" t="s">
         <v>165</v>
       </c>
       <c r="K570">
         <v>1</v>
       </c>
       <c r="L570">
         <v>85.42</v>
       </c>
       <c r="M570" t="s">
         <v>24</v>
       </c>
       <c r="N570" t="s">
         <v>24</v>
       </c>
       <c r="O570" t="s">
         <v>24</v>
       </c>
       <c r="P570" t="s">
         <v>24</v>
       </c>
       <c r="Q570" t="s">
         <v>24</v>
       </c>
       <c r="R570" t="s">
         <v>24</v>
       </c>
       <c r="S570">
         <v>85.42</v>
       </c>
     </row>
     <row r="571" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A571">
         <v>570</v>
       </c>
       <c r="B571" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="C571" t="s">
         <v>192</v>
       </c>
       <c r="E571" t="s">
         <v>24</v>
       </c>
       <c r="F571" t="s">
         <v>22</v>
       </c>
       <c r="G571" t="s">
         <v>23</v>
       </c>
       <c r="H571">
         <v>157</v>
       </c>
       <c r="I571" t="b">
         <v>0</v>
       </c>
       <c r="J571" t="s">
         <v>165</v>
       </c>
       <c r="K571">
         <v>1</v>
       </c>
@@ -36248,54 +36254,54 @@
       </c>
       <c r="N571" t="s">
         <v>24</v>
       </c>
       <c r="O571">
         <v>85.28</v>
       </c>
       <c r="P571" t="s">
         <v>24</v>
       </c>
       <c r="Q571" t="s">
         <v>24</v>
       </c>
       <c r="R571" t="s">
         <v>24</v>
       </c>
       <c r="S571">
         <v>85.28</v>
       </c>
     </row>
     <row r="572" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A572">
         <v>571</v>
       </c>
       <c r="B572" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="C572" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="D572">
         <v>394</v>
       </c>
       <c r="E572" t="s">
         <v>51</v>
       </c>
       <c r="F572" t="s">
         <v>31</v>
       </c>
       <c r="G572" t="s">
         <v>46</v>
       </c>
       <c r="H572">
         <v>38</v>
       </c>
       <c r="I572" t="b">
         <v>0</v>
       </c>
       <c r="J572" t="s">
         <v>165</v>
       </c>
       <c r="K572">
         <v>1</v>
       </c>
@@ -36316,51 +36322,51 @@
       </c>
       <c r="Q572" t="s">
         <v>24</v>
       </c>
       <c r="R572" t="s">
         <v>24</v>
       </c>
       <c r="S572">
         <v>85.25</v>
       </c>
     </row>
     <row r="573" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A573">
         <v>572</v>
       </c>
       <c r="B573" t="s">
         <v>287</v>
       </c>
       <c r="C573" t="s">
         <v>646</v>
       </c>
       <c r="D573">
         <v>876</v>
       </c>
       <c r="E573" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="F573" t="s">
         <v>42</v>
       </c>
       <c r="G573" t="s">
         <v>23</v>
       </c>
       <c r="H573">
         <v>91</v>
       </c>
       <c r="I573" t="b">
         <v>0</v>
       </c>
       <c r="J573" t="s">
         <v>165</v>
       </c>
       <c r="K573">
         <v>1</v>
       </c>
       <c r="L573">
         <v>85.06</v>
       </c>
       <c r="M573" t="s">
         <v>24</v>
       </c>
@@ -36369,51 +36375,51 @@
       </c>
       <c r="O573" t="s">
         <v>24</v>
       </c>
       <c r="P573" t="s">
         <v>24</v>
       </c>
       <c r="Q573" t="s">
         <v>24</v>
       </c>
       <c r="R573" t="s">
         <v>24</v>
       </c>
       <c r="S573">
         <v>85.06</v>
       </c>
     </row>
     <row r="574" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A574">
         <v>573</v>
       </c>
       <c r="B574" t="s">
         <v>76</v>
       </c>
       <c r="C574" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="E574" t="s">
         <v>34</v>
       </c>
       <c r="F574" t="s">
         <v>31</v>
       </c>
       <c r="G574" t="s">
         <v>46</v>
       </c>
       <c r="H574">
         <v>39</v>
       </c>
       <c r="I574" t="b">
         <v>0</v>
       </c>
       <c r="J574" t="s">
         <v>158</v>
       </c>
       <c r="K574">
         <v>1</v>
       </c>
       <c r="L574" t="s">
         <v>24</v>
       </c>
@@ -36422,54 +36428,54 @@
       </c>
       <c r="N574" t="s">
         <v>24</v>
       </c>
       <c r="O574" t="s">
         <v>24</v>
       </c>
       <c r="P574" t="s">
         <v>24</v>
       </c>
       <c r="Q574" t="s">
         <v>24</v>
       </c>
       <c r="R574" t="s">
         <v>24</v>
       </c>
       <c r="S574">
         <v>84.98</v>
       </c>
     </row>
     <row r="575" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A575">
         <v>574</v>
       </c>
       <c r="B575" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="C575" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="E575" t="s">
         <v>308</v>
       </c>
       <c r="F575" t="s">
         <v>42</v>
       </c>
       <c r="G575" t="s">
         <v>46</v>
       </c>
       <c r="H575">
         <v>17</v>
       </c>
       <c r="I575" t="b">
         <v>0</v>
       </c>
       <c r="J575" t="s">
         <v>165</v>
       </c>
       <c r="K575">
         <v>1</v>
       </c>
       <c r="L575" t="s">
         <v>24</v>
       </c>
@@ -36478,54 +36484,54 @@
       </c>
       <c r="N575" t="s">
         <v>24</v>
       </c>
       <c r="O575" t="s">
         <v>24</v>
       </c>
       <c r="P575" t="s">
         <v>24</v>
       </c>
       <c r="Q575">
         <v>84.87</v>
       </c>
       <c r="R575" t="s">
         <v>24</v>
       </c>
       <c r="S575">
         <v>84.87</v>
       </c>
     </row>
     <row r="576" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A576">
         <v>575</v>
       </c>
       <c r="B576" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="C576" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="E576" t="s">
         <v>231</v>
       </c>
       <c r="F576" t="s">
         <v>42</v>
       </c>
       <c r="G576" t="s">
         <v>46</v>
       </c>
       <c r="H576">
         <v>18</v>
       </c>
       <c r="I576" t="b">
         <v>0</v>
       </c>
       <c r="J576" t="s">
         <v>165</v>
       </c>
       <c r="K576">
         <v>1</v>
       </c>
       <c r="L576" t="s">
         <v>24</v>
       </c>
@@ -36590,51 +36596,51 @@
       </c>
       <c r="N577" t="s">
         <v>24</v>
       </c>
       <c r="O577">
         <v>84.83</v>
       </c>
       <c r="P577" t="s">
         <v>24</v>
       </c>
       <c r="Q577" t="s">
         <v>24</v>
       </c>
       <c r="R577" t="s">
         <v>24</v>
       </c>
       <c r="S577">
         <v>84.83</v>
       </c>
     </row>
     <row r="578" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A578">
         <v>577</v>
       </c>
       <c r="B578" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="C578" t="s">
         <v>305</v>
       </c>
       <c r="E578" t="s">
         <v>51</v>
       </c>
       <c r="F578" t="s">
         <v>120</v>
       </c>
       <c r="G578" t="s">
         <v>23</v>
       </c>
       <c r="H578">
         <v>2</v>
       </c>
       <c r="I578" t="b">
         <v>0</v>
       </c>
       <c r="J578" t="s">
         <v>158</v>
       </c>
       <c r="K578">
         <v>1</v>
       </c>
@@ -36646,54 +36652,54 @@
       </c>
       <c r="N578" t="s">
         <v>24</v>
       </c>
       <c r="O578" t="s">
         <v>24</v>
       </c>
       <c r="P578" t="s">
         <v>24</v>
       </c>
       <c r="Q578" t="s">
         <v>24</v>
       </c>
       <c r="R578" t="s">
         <v>24</v>
       </c>
       <c r="S578">
         <v>84.83</v>
       </c>
     </row>
     <row r="579" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A579">
         <v>578</v>
       </c>
       <c r="B579" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="C579" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="E579" t="s">
         <v>24</v>
       </c>
       <c r="F579" t="s">
         <v>31</v>
       </c>
       <c r="G579" t="s">
         <v>23</v>
       </c>
       <c r="H579">
         <v>124</v>
       </c>
       <c r="I579" t="b">
         <v>0</v>
       </c>
       <c r="J579" t="s">
         <v>165</v>
       </c>
       <c r="K579">
         <v>1</v>
       </c>
       <c r="L579" t="s">
         <v>24</v>
       </c>
@@ -36705,51 +36711,51 @@
       </c>
       <c r="O579" t="s">
         <v>24</v>
       </c>
       <c r="P579">
         <v>84.74</v>
       </c>
       <c r="Q579" t="s">
         <v>24</v>
       </c>
       <c r="R579" t="s">
         <v>24</v>
       </c>
       <c r="S579">
         <v>84.74</v>
       </c>
     </row>
     <row r="580" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A580">
         <v>579</v>
       </c>
       <c r="B580" t="s">
         <v>130</v>
       </c>
       <c r="C580" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="E580" t="s">
         <v>24</v>
       </c>
       <c r="F580" t="s">
         <v>22</v>
       </c>
       <c r="G580" t="s">
         <v>23</v>
       </c>
       <c r="H580">
         <v>158</v>
       </c>
       <c r="I580" t="b">
         <v>0</v>
       </c>
       <c r="J580" t="s">
         <v>165</v>
       </c>
       <c r="K580">
         <v>1</v>
       </c>
       <c r="L580" t="s">
         <v>24</v>
       </c>
@@ -36758,57 +36764,57 @@
       </c>
       <c r="N580" t="s">
         <v>24</v>
       </c>
       <c r="O580" t="s">
         <v>24</v>
       </c>
       <c r="P580">
         <v>84.7</v>
       </c>
       <c r="Q580" t="s">
         <v>24</v>
       </c>
       <c r="R580" t="s">
         <v>24</v>
       </c>
       <c r="S580">
         <v>84.7</v>
       </c>
     </row>
     <row r="581" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A581">
         <v>580</v>
       </c>
       <c r="B581" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="C581" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="E581" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="F581" t="s">
         <v>42</v>
       </c>
       <c r="G581" t="s">
         <v>23</v>
       </c>
       <c r="H581">
         <v>92</v>
       </c>
       <c r="I581" t="b">
         <v>0</v>
       </c>
       <c r="J581" t="s">
         <v>165</v>
       </c>
       <c r="K581">
         <v>1</v>
       </c>
       <c r="L581">
         <v>84.54</v>
       </c>
       <c r="M581" t="s">
         <v>24</v>
       </c>
@@ -36817,51 +36823,51 @@
       </c>
       <c r="O581" t="s">
         <v>24</v>
       </c>
       <c r="P581" t="s">
         <v>24</v>
       </c>
       <c r="Q581" t="s">
         <v>24</v>
       </c>
       <c r="R581" t="s">
         <v>24</v>
       </c>
       <c r="S581">
         <v>84.54</v>
       </c>
     </row>
     <row r="582" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A582">
         <v>581</v>
       </c>
       <c r="B582" t="s">
         <v>185</v>
       </c>
       <c r="C582" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="E582" t="s">
         <v>308</v>
       </c>
       <c r="F582" t="s">
         <v>42</v>
       </c>
       <c r="G582" t="s">
         <v>46</v>
       </c>
       <c r="H582">
         <v>20</v>
       </c>
       <c r="I582" t="b">
         <v>0</v>
       </c>
       <c r="J582" t="s">
         <v>165</v>
       </c>
       <c r="K582">
         <v>1</v>
       </c>
       <c r="L582" t="s">
         <v>24</v>
       </c>
@@ -36873,51 +36879,51 @@
       </c>
       <c r="O582" t="s">
         <v>24</v>
       </c>
       <c r="P582" t="s">
         <v>24</v>
       </c>
       <c r="Q582">
         <v>84.45</v>
       </c>
       <c r="R582" t="s">
         <v>24</v>
       </c>
       <c r="S582">
         <v>84.45</v>
       </c>
     </row>
     <row r="583" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A583">
         <v>582</v>
       </c>
       <c r="B583" t="s">
         <v>123</v>
       </c>
       <c r="C583" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="E583" t="s">
         <v>753</v>
       </c>
       <c r="F583" t="s">
         <v>22</v>
       </c>
       <c r="G583" t="s">
         <v>46</v>
       </c>
       <c r="H583">
         <v>60</v>
       </c>
       <c r="I583" t="b">
         <v>0</v>
       </c>
       <c r="J583" t="s">
         <v>158</v>
       </c>
       <c r="K583">
         <v>1</v>
       </c>
       <c r="L583" t="s">
         <v>24</v>
       </c>
@@ -36926,51 +36932,51 @@
       </c>
       <c r="N583" t="s">
         <v>24</v>
       </c>
       <c r="O583" t="s">
         <v>24</v>
       </c>
       <c r="P583" t="s">
         <v>24</v>
       </c>
       <c r="Q583" t="s">
         <v>24</v>
       </c>
       <c r="R583" t="s">
         <v>24</v>
       </c>
       <c r="S583">
         <v>84.41</v>
       </c>
     </row>
     <row r="584" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A584">
         <v>583</v>
       </c>
       <c r="B584" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="C584" t="s">
         <v>250</v>
       </c>
       <c r="E584" t="s">
         <v>420</v>
       </c>
       <c r="F584" t="s">
         <v>22</v>
       </c>
       <c r="G584" t="s">
         <v>23</v>
       </c>
       <c r="H584">
         <v>159</v>
       </c>
       <c r="I584" t="b">
         <v>0</v>
       </c>
       <c r="J584" t="s">
         <v>158</v>
       </c>
       <c r="K584">
         <v>1</v>
       </c>
@@ -36982,54 +36988,54 @@
       </c>
       <c r="N584" t="s">
         <v>24</v>
       </c>
       <c r="O584" t="s">
         <v>24</v>
       </c>
       <c r="P584" t="s">
         <v>24</v>
       </c>
       <c r="Q584" t="s">
         <v>24</v>
       </c>
       <c r="R584" t="s">
         <v>24</v>
       </c>
       <c r="S584">
         <v>84.39</v>
       </c>
     </row>
     <row r="585" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A585">
         <v>584</v>
       </c>
       <c r="B585" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="C585" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="E585" t="s">
         <v>24</v>
       </c>
       <c r="F585" t="s">
         <v>22</v>
       </c>
       <c r="G585" t="s">
         <v>23</v>
       </c>
       <c r="H585">
         <v>160</v>
       </c>
       <c r="I585" t="b">
         <v>0</v>
       </c>
       <c r="J585" t="s">
         <v>165</v>
       </c>
       <c r="K585">
         <v>1</v>
       </c>
       <c r="L585" t="s">
         <v>24</v>
       </c>
@@ -37038,54 +37044,54 @@
       </c>
       <c r="N585" t="s">
         <v>24</v>
       </c>
       <c r="O585">
         <v>84.36</v>
       </c>
       <c r="P585" t="s">
         <v>24</v>
       </c>
       <c r="Q585" t="s">
         <v>24</v>
       </c>
       <c r="R585" t="s">
         <v>24</v>
       </c>
       <c r="S585">
         <v>84.36</v>
       </c>
     </row>
     <row r="586" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A586">
         <v>585</v>
       </c>
       <c r="B586" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="C586" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="E586" t="s">
         <v>210</v>
       </c>
       <c r="F586" t="s">
         <v>22</v>
       </c>
       <c r="G586" t="s">
         <v>46</v>
       </c>
       <c r="H586">
         <v>61</v>
       </c>
       <c r="I586" t="b">
         <v>0</v>
       </c>
       <c r="J586" t="s">
         <v>165</v>
       </c>
       <c r="K586">
         <v>1</v>
       </c>
       <c r="L586" t="s">
         <v>24</v>
       </c>
@@ -37156,51 +37162,51 @@
       </c>
       <c r="O587">
         <v>84.2</v>
       </c>
       <c r="P587" t="s">
         <v>24</v>
       </c>
       <c r="Q587" t="s">
         <v>24</v>
       </c>
       <c r="R587" t="s">
         <v>24</v>
       </c>
       <c r="S587">
         <v>84.2</v>
       </c>
     </row>
     <row r="588" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A588">
         <v>587</v>
       </c>
       <c r="B588" t="s">
         <v>344</v>
       </c>
       <c r="C588" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="E588" t="s">
         <v>238</v>
       </c>
       <c r="F588" t="s">
         <v>42</v>
       </c>
       <c r="G588" t="s">
         <v>46</v>
       </c>
       <c r="H588">
         <v>21</v>
       </c>
       <c r="I588" t="b">
         <v>0</v>
       </c>
       <c r="J588" t="s">
         <v>165</v>
       </c>
       <c r="K588">
         <v>1</v>
       </c>
       <c r="L588" t="s">
         <v>24</v>
       </c>
@@ -37209,51 +37215,51 @@
       </c>
       <c r="N588" t="s">
         <v>24</v>
       </c>
       <c r="O588">
         <v>84.14</v>
       </c>
       <c r="P588" t="s">
         <v>24</v>
       </c>
       <c r="Q588" t="s">
         <v>24</v>
       </c>
       <c r="R588" t="s">
         <v>24</v>
       </c>
       <c r="S588">
         <v>84.14</v>
       </c>
     </row>
     <row r="589" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A589">
         <v>588</v>
       </c>
       <c r="B589" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="C589" t="s">
         <v>310</v>
       </c>
       <c r="E589" t="s">
         <v>87</v>
       </c>
       <c r="F589" t="s">
         <v>22</v>
       </c>
       <c r="G589" t="s">
         <v>46</v>
       </c>
       <c r="H589">
         <v>62</v>
       </c>
       <c r="I589" t="b">
         <v>0</v>
       </c>
       <c r="J589" t="s">
         <v>165</v>
       </c>
       <c r="K589">
         <v>1</v>
       </c>
@@ -37268,51 +37274,51 @@
       </c>
       <c r="O589" t="s">
         <v>24</v>
       </c>
       <c r="P589">
         <v>84.01</v>
       </c>
       <c r="Q589" t="s">
         <v>24</v>
       </c>
       <c r="R589" t="s">
         <v>24</v>
       </c>
       <c r="S589">
         <v>84.01</v>
       </c>
     </row>
     <row r="590" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A590">
         <v>589</v>
       </c>
       <c r="B590" t="s">
         <v>259</v>
       </c>
       <c r="C590" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="D590">
         <v>511</v>
       </c>
       <c r="E590" t="s">
         <v>455</v>
       </c>
       <c r="F590" t="s">
         <v>42</v>
       </c>
       <c r="G590" t="s">
         <v>23</v>
       </c>
       <c r="H590">
         <v>93</v>
       </c>
       <c r="I590" t="b">
         <v>0</v>
       </c>
       <c r="J590" t="s">
         <v>165</v>
       </c>
       <c r="K590">
         <v>1</v>
       </c>
@@ -37324,51 +37330,51 @@
       </c>
       <c r="N590" t="s">
         <v>24</v>
       </c>
       <c r="O590" t="s">
         <v>24</v>
       </c>
       <c r="P590" t="s">
         <v>24</v>
       </c>
       <c r="Q590" t="s">
         <v>24</v>
       </c>
       <c r="R590" t="s">
         <v>24</v>
       </c>
       <c r="S590">
         <v>83.98</v>
       </c>
     </row>
     <row r="591" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A591">
         <v>590</v>
       </c>
       <c r="B591" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="C591" t="s">
         <v>58</v>
       </c>
       <c r="E591" t="s">
         <v>252</v>
       </c>
       <c r="F591" t="s">
         <v>22</v>
       </c>
       <c r="G591" t="s">
         <v>46</v>
       </c>
       <c r="H591">
         <v>63</v>
       </c>
       <c r="I591" t="b">
         <v>0</v>
       </c>
       <c r="J591" t="s">
         <v>165</v>
       </c>
       <c r="K591">
         <v>1</v>
       </c>
@@ -37380,51 +37386,51 @@
       </c>
       <c r="N591" t="s">
         <v>24</v>
       </c>
       <c r="O591" t="s">
         <v>24</v>
       </c>
       <c r="P591" t="s">
         <v>24</v>
       </c>
       <c r="Q591" t="s">
         <v>24</v>
       </c>
       <c r="R591" t="s">
         <v>24</v>
       </c>
       <c r="S591">
         <v>83.96</v>
       </c>
     </row>
     <row r="592" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A592">
         <v>591</v>
       </c>
       <c r="B592" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="C592" t="s">
         <v>40</v>
       </c>
       <c r="E592" t="s">
         <v>463</v>
       </c>
       <c r="F592" t="s">
         <v>42</v>
       </c>
       <c r="G592" t="s">
         <v>46</v>
       </c>
       <c r="H592">
         <v>22</v>
       </c>
       <c r="I592" t="b">
         <v>0</v>
       </c>
       <c r="J592" t="s">
         <v>165</v>
       </c>
       <c r="K592">
         <v>1</v>
       </c>
@@ -37495,54 +37501,54 @@
       </c>
       <c r="N593" t="s">
         <v>24</v>
       </c>
       <c r="O593">
         <v>83.87</v>
       </c>
       <c r="P593" t="s">
         <v>24</v>
       </c>
       <c r="Q593" t="s">
         <v>24</v>
       </c>
       <c r="R593" t="s">
         <v>24</v>
       </c>
       <c r="S593">
         <v>83.87</v>
       </c>
     </row>
     <row r="594" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A594">
         <v>593</v>
       </c>
       <c r="B594" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="C594" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="E594" t="s">
         <v>64</v>
       </c>
       <c r="F594" t="s">
         <v>148</v>
       </c>
       <c r="G594" t="s">
         <v>23</v>
       </c>
       <c r="H594">
         <v>3</v>
       </c>
       <c r="I594" t="b">
         <v>0</v>
       </c>
       <c r="J594" t="s">
         <v>158</v>
       </c>
       <c r="K594">
         <v>1</v>
       </c>
       <c r="L594" t="s">
         <v>24</v>
       </c>
@@ -37551,54 +37557,54 @@
       </c>
       <c r="N594" t="s">
         <v>24</v>
       </c>
       <c r="O594" t="s">
         <v>24</v>
       </c>
       <c r="P594" t="s">
         <v>24</v>
       </c>
       <c r="Q594">
         <v>83.87</v>
       </c>
       <c r="R594" t="s">
         <v>24</v>
       </c>
       <c r="S594">
         <v>83.87</v>
       </c>
     </row>
     <row r="595" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A595">
         <v>594</v>
       </c>
       <c r="B595" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="C595" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="D595">
         <v>1857</v>
       </c>
       <c r="E595" t="s">
         <v>24</v>
       </c>
       <c r="F595" t="s">
         <v>65</v>
       </c>
       <c r="G595" t="s">
         <v>23</v>
       </c>
       <c r="H595">
         <v>51</v>
       </c>
       <c r="I595" t="b">
         <v>0</v>
       </c>
       <c r="J595" t="s">
         <v>158</v>
       </c>
       <c r="K595">
         <v>1</v>
       </c>
@@ -37669,163 +37675,163 @@
       </c>
       <c r="O596">
         <v>83.73</v>
       </c>
       <c r="P596" t="s">
         <v>24</v>
       </c>
       <c r="Q596" t="s">
         <v>24</v>
       </c>
       <c r="R596" t="s">
         <v>24</v>
       </c>
       <c r="S596">
         <v>83.73</v>
       </c>
     </row>
     <row r="597" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A597">
         <v>596</v>
       </c>
       <c r="B597" t="s">
         <v>69</v>
       </c>
       <c r="C597" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="E597" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="F597" t="s">
         <v>65</v>
       </c>
       <c r="G597" t="s">
         <v>23</v>
       </c>
       <c r="H597">
         <v>52</v>
       </c>
       <c r="I597" t="b">
         <v>0</v>
       </c>
       <c r="J597" t="s">
         <v>158</v>
       </c>
       <c r="K597">
         <v>1</v>
       </c>
       <c r="L597" t="s">
         <v>24</v>
       </c>
       <c r="M597" t="s">
         <v>24</v>
       </c>
       <c r="N597" t="s">
         <v>24</v>
       </c>
       <c r="O597" t="s">
         <v>24</v>
       </c>
       <c r="P597" t="s">
         <v>24</v>
       </c>
       <c r="Q597">
         <v>83.72</v>
       </c>
       <c r="R597" t="s">
         <v>24</v>
       </c>
       <c r="S597">
         <v>83.72</v>
       </c>
     </row>
     <row r="598" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A598">
         <v>597</v>
       </c>
       <c r="B598" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="C598" t="s">
         <v>135</v>
       </c>
       <c r="E598" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="F598" t="s">
         <v>42</v>
       </c>
       <c r="G598" t="s">
         <v>23</v>
       </c>
       <c r="H598">
         <v>94</v>
       </c>
       <c r="I598" t="b">
         <v>0</v>
       </c>
       <c r="J598" t="s">
         <v>165</v>
       </c>
       <c r="K598">
         <v>1</v>
       </c>
       <c r="L598" t="s">
         <v>24</v>
       </c>
       <c r="M598" t="s">
         <v>24</v>
       </c>
       <c r="N598" t="s">
         <v>24</v>
       </c>
       <c r="O598">
         <v>83.68</v>
       </c>
       <c r="P598" t="s">
         <v>24</v>
       </c>
       <c r="Q598" t="s">
         <v>24</v>
       </c>
       <c r="R598" t="s">
         <v>24</v>
       </c>
       <c r="S598">
         <v>83.68</v>
       </c>
     </row>
     <row r="599" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A599">
         <v>598</v>
       </c>
       <c r="B599" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="C599" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="E599" t="s">
         <v>191</v>
       </c>
       <c r="F599" t="s">
         <v>22</v>
       </c>
       <c r="G599" t="s">
         <v>46</v>
       </c>
       <c r="H599">
         <v>64</v>
       </c>
       <c r="I599" t="b">
         <v>0</v>
       </c>
       <c r="J599" t="s">
         <v>165</v>
       </c>
       <c r="K599">
         <v>1</v>
       </c>
       <c r="L599" t="s">
         <v>24</v>
       </c>
@@ -37837,51 +37843,51 @@
       </c>
       <c r="O599">
         <v>83.42</v>
       </c>
       <c r="P599" t="s">
         <v>24</v>
       </c>
       <c r="Q599" t="s">
         <v>24</v>
       </c>
       <c r="R599" t="s">
         <v>24</v>
       </c>
       <c r="S599">
         <v>83.42</v>
       </c>
     </row>
     <row r="600" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A600">
         <v>599</v>
       </c>
       <c r="B600" t="s">
         <v>232</v>
       </c>
       <c r="C600" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="E600" t="s">
         <v>746</v>
       </c>
       <c r="F600" t="s">
         <v>31</v>
       </c>
       <c r="G600" t="s">
         <v>23</v>
       </c>
       <c r="H600">
         <v>126</v>
       </c>
       <c r="I600" t="b">
         <v>0</v>
       </c>
       <c r="J600" t="s">
         <v>158</v>
       </c>
       <c r="K600">
         <v>1</v>
       </c>
       <c r="L600" t="s">
         <v>24</v>
       </c>
@@ -37893,51 +37899,51 @@
       </c>
       <c r="O600" t="s">
         <v>24</v>
       </c>
       <c r="P600" t="s">
         <v>24</v>
       </c>
       <c r="Q600" t="s">
         <v>24</v>
       </c>
       <c r="R600">
         <v>83.15</v>
       </c>
       <c r="S600">
         <v>83.15</v>
       </c>
     </row>
     <row r="601" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A601">
         <v>600</v>
       </c>
       <c r="B601" t="s">
         <v>342</v>
       </c>
       <c r="C601" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="D601">
         <v>1255</v>
       </c>
       <c r="E601" t="s">
         <v>203</v>
       </c>
       <c r="F601" t="s">
         <v>22</v>
       </c>
       <c r="G601" t="s">
         <v>23</v>
       </c>
       <c r="H601">
         <v>161</v>
       </c>
       <c r="I601" t="b">
         <v>0</v>
       </c>
       <c r="J601" t="s">
         <v>158</v>
       </c>
       <c r="K601">
         <v>1</v>
       </c>
@@ -37955,51 +37961,51 @@
       </c>
       <c r="P601" t="s">
         <v>24</v>
       </c>
       <c r="Q601" t="s">
         <v>24</v>
       </c>
       <c r="R601" t="s">
         <v>24</v>
       </c>
       <c r="S601">
         <v>83.13</v>
       </c>
     </row>
     <row r="602" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A602">
         <v>601</v>
       </c>
       <c r="B602" t="s">
         <v>827</v>
       </c>
       <c r="C602" t="s">
         <v>368</v>
       </c>
       <c r="E602" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="F602" t="s">
         <v>22</v>
       </c>
       <c r="G602" t="s">
         <v>23</v>
       </c>
       <c r="H602">
         <v>162</v>
       </c>
       <c r="I602" t="b">
         <v>0</v>
       </c>
       <c r="J602" t="s">
         <v>158</v>
       </c>
       <c r="K602">
         <v>1</v>
       </c>
       <c r="L602" t="s">
         <v>24</v>
       </c>
       <c r="M602">
         <v>83.12</v>
       </c>
@@ -38123,54 +38129,54 @@
       </c>
       <c r="N604" t="s">
         <v>24</v>
       </c>
       <c r="O604">
         <v>82.96</v>
       </c>
       <c r="P604" t="s">
         <v>24</v>
       </c>
       <c r="Q604" t="s">
         <v>24</v>
       </c>
       <c r="R604" t="s">
         <v>24</v>
       </c>
       <c r="S604">
         <v>82.96</v>
       </c>
     </row>
     <row r="605" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A605">
         <v>604</v>
       </c>
       <c r="B605" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="C605" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="D605">
         <v>1739</v>
       </c>
       <c r="E605" t="s">
         <v>24</v>
       </c>
       <c r="F605" t="s">
         <v>31</v>
       </c>
       <c r="G605" t="s">
         <v>23</v>
       </c>
       <c r="H605">
         <v>128</v>
       </c>
       <c r="I605" t="b">
         <v>0</v>
       </c>
       <c r="J605" t="s">
         <v>165</v>
       </c>
       <c r="K605">
         <v>1</v>
       </c>
@@ -38185,110 +38191,110 @@
       </c>
       <c r="O605">
         <v>82.7</v>
       </c>
       <c r="P605" t="s">
         <v>24</v>
       </c>
       <c r="Q605" t="s">
         <v>24</v>
       </c>
       <c r="R605" t="s">
         <v>24</v>
       </c>
       <c r="S605">
         <v>82.7</v>
       </c>
     </row>
     <row r="606" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A606">
         <v>605</v>
       </c>
       <c r="B606" t="s">
         <v>574</v>
       </c>
       <c r="C606" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="D606">
         <v>2299</v>
       </c>
       <c r="E606" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="F606" t="s">
         <v>65</v>
       </c>
       <c r="G606" t="s">
         <v>23</v>
       </c>
       <c r="H606">
         <v>53</v>
       </c>
       <c r="I606" t="b">
         <v>0</v>
       </c>
       <c r="J606" t="s">
         <v>158</v>
       </c>
       <c r="K606">
         <v>1</v>
       </c>
       <c r="L606" t="s">
         <v>24</v>
       </c>
       <c r="M606">
         <v>82.66</v>
       </c>
       <c r="N606" t="s">
         <v>24</v>
       </c>
       <c r="O606" t="s">
         <v>24</v>
       </c>
       <c r="P606" t="s">
         <v>24</v>
       </c>
       <c r="Q606" t="s">
         <v>24</v>
       </c>
       <c r="R606" t="s">
         <v>24</v>
       </c>
       <c r="S606">
         <v>82.66</v>
       </c>
     </row>
     <row r="607" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A607">
         <v>606</v>
       </c>
       <c r="B607" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="C607" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="D607">
         <v>1907</v>
       </c>
       <c r="E607" t="s">
         <v>269</v>
       </c>
       <c r="F607" t="s">
         <v>31</v>
       </c>
       <c r="G607" t="s">
         <v>23</v>
       </c>
       <c r="H607">
         <v>129</v>
       </c>
       <c r="I607" t="b">
         <v>0</v>
       </c>
       <c r="J607" t="s">
         <v>165</v>
       </c>
       <c r="K607">
         <v>1</v>
       </c>
@@ -38303,51 +38309,51 @@
       </c>
       <c r="O607">
         <v>82.61</v>
       </c>
       <c r="P607" t="s">
         <v>24</v>
       </c>
       <c r="Q607" t="s">
         <v>24</v>
       </c>
       <c r="R607" t="s">
         <v>24</v>
       </c>
       <c r="S607">
         <v>82.61</v>
       </c>
     </row>
     <row r="608" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A608">
         <v>607</v>
       </c>
       <c r="B608" t="s">
         <v>447</v>
       </c>
       <c r="C608" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="E608" t="s">
         <v>37</v>
       </c>
       <c r="F608" t="s">
         <v>22</v>
       </c>
       <c r="G608" t="s">
         <v>23</v>
       </c>
       <c r="H608">
         <v>163</v>
       </c>
       <c r="I608" t="b">
         <v>0</v>
       </c>
       <c r="J608" t="s">
         <v>158</v>
       </c>
       <c r="K608">
         <v>1</v>
       </c>
       <c r="L608" t="s">
         <v>24</v>
       </c>
@@ -38415,51 +38421,51 @@
       </c>
       <c r="N609" t="s">
         <v>24</v>
       </c>
       <c r="O609">
         <v>82.15</v>
       </c>
       <c r="P609" t="s">
         <v>24</v>
       </c>
       <c r="Q609" t="s">
         <v>24</v>
       </c>
       <c r="R609" t="s">
         <v>24</v>
       </c>
       <c r="S609">
         <v>82.15</v>
       </c>
     </row>
     <row r="610" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A610">
         <v>609</v>
       </c>
       <c r="B610" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="C610" t="s">
         <v>429</v>
       </c>
       <c r="E610" t="s">
         <v>27</v>
       </c>
       <c r="F610" t="s">
         <v>65</v>
       </c>
       <c r="G610" t="s">
         <v>23</v>
       </c>
       <c r="H610">
         <v>54</v>
       </c>
       <c r="I610" t="b">
         <v>0</v>
       </c>
       <c r="J610" t="s">
         <v>158</v>
       </c>
       <c r="K610">
         <v>0</v>
       </c>
@@ -38474,51 +38480,51 @@
       </c>
       <c r="O610" t="s">
         <v>24</v>
       </c>
       <c r="P610" t="s">
         <v>24</v>
       </c>
       <c r="Q610" t="s">
         <v>24</v>
       </c>
       <c r="R610" t="s">
         <v>24</v>
       </c>
       <c r="S610">
         <v>81.9</v>
       </c>
     </row>
     <row r="611" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A611">
         <v>610</v>
       </c>
       <c r="B611" t="s">
         <v>222</v>
       </c>
       <c r="C611" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="D611">
         <v>1877</v>
       </c>
       <c r="E611" t="s">
         <v>24</v>
       </c>
       <c r="F611" t="s">
         <v>22</v>
       </c>
       <c r="G611" t="s">
         <v>46</v>
       </c>
       <c r="H611">
         <v>65</v>
       </c>
       <c r="I611" t="b">
         <v>0</v>
       </c>
       <c r="J611" t="s">
         <v>165</v>
       </c>
       <c r="K611">
         <v>1</v>
       </c>
@@ -38589,54 +38595,54 @@
       </c>
       <c r="N612" t="s">
         <v>24</v>
       </c>
       <c r="O612" t="s">
         <v>24</v>
       </c>
       <c r="P612" t="s">
         <v>24</v>
       </c>
       <c r="Q612" t="s">
         <v>24</v>
       </c>
       <c r="R612" t="s">
         <v>24</v>
       </c>
       <c r="S612">
         <v>81.86</v>
       </c>
     </row>
     <row r="613" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A613">
         <v>612</v>
       </c>
       <c r="B613" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="C613" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="D613">
         <v>1287</v>
       </c>
       <c r="E613" t="s">
         <v>30</v>
       </c>
       <c r="F613" t="s">
         <v>42</v>
       </c>
       <c r="G613" t="s">
         <v>46</v>
       </c>
       <c r="H613">
         <v>23</v>
       </c>
       <c r="I613" t="b">
         <v>0</v>
       </c>
       <c r="J613" t="s">
         <v>165</v>
       </c>
       <c r="K613">
         <v>1</v>
       </c>
@@ -38651,51 +38657,51 @@
       </c>
       <c r="O613" t="s">
         <v>24</v>
       </c>
       <c r="P613" t="s">
         <v>24</v>
       </c>
       <c r="Q613" t="s">
         <v>24</v>
       </c>
       <c r="R613" t="s">
         <v>24</v>
       </c>
       <c r="S613">
         <v>81.79</v>
       </c>
     </row>
     <row r="614" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A614">
         <v>613</v>
       </c>
       <c r="B614" t="s">
         <v>232</v>
       </c>
       <c r="C614" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="D614">
         <v>1012</v>
       </c>
       <c r="E614" t="s">
         <v>34</v>
       </c>
       <c r="F614" t="s">
         <v>42</v>
       </c>
       <c r="G614" t="s">
         <v>23</v>
       </c>
       <c r="H614">
         <v>96</v>
       </c>
       <c r="I614" t="b">
         <v>0</v>
       </c>
       <c r="J614" t="s">
         <v>158</v>
       </c>
       <c r="K614">
         <v>1</v>
       </c>
@@ -38707,54 +38713,54 @@
       </c>
       <c r="N614" t="s">
         <v>24</v>
       </c>
       <c r="O614" t="s">
         <v>24</v>
       </c>
       <c r="P614" t="s">
         <v>24</v>
       </c>
       <c r="Q614" t="s">
         <v>24</v>
       </c>
       <c r="R614">
         <v>81.67</v>
       </c>
       <c r="S614">
         <v>81.67</v>
       </c>
     </row>
     <row r="615" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A615">
         <v>614</v>
       </c>
       <c r="B615" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="C615" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="E615" t="s">
         <v>24</v>
       </c>
       <c r="F615" t="s">
         <v>38</v>
       </c>
       <c r="G615" t="s">
         <v>46</v>
       </c>
       <c r="H615">
         <v>7</v>
       </c>
       <c r="I615" t="b">
         <v>0</v>
       </c>
       <c r="J615" t="s">
         <v>158</v>
       </c>
       <c r="K615">
         <v>1</v>
       </c>
       <c r="L615" t="s">
         <v>24</v>
       </c>
@@ -38763,54 +38769,54 @@
       </c>
       <c r="N615" t="s">
         <v>24</v>
       </c>
       <c r="O615" t="s">
         <v>24</v>
       </c>
       <c r="P615" t="s">
         <v>24</v>
       </c>
       <c r="Q615">
         <v>81.59</v>
       </c>
       <c r="R615" t="s">
         <v>24</v>
       </c>
       <c r="S615">
         <v>81.59</v>
       </c>
     </row>
     <row r="616" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A616">
         <v>615</v>
       </c>
       <c r="B616" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="C616" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="D616">
         <v>1866</v>
       </c>
       <c r="E616" t="s">
         <v>24</v>
       </c>
       <c r="F616" t="s">
         <v>38</v>
       </c>
       <c r="G616" t="s">
         <v>23</v>
       </c>
       <c r="H616">
         <v>21</v>
       </c>
       <c r="I616" t="b">
         <v>0</v>
       </c>
       <c r="J616" t="s">
         <v>158</v>
       </c>
       <c r="K616">
         <v>1</v>
       </c>
@@ -38890,51 +38896,51 @@
       </c>
       <c r="Q617" t="s">
         <v>24</v>
       </c>
       <c r="R617" t="s">
         <v>24</v>
       </c>
       <c r="S617">
         <v>81.56</v>
       </c>
     </row>
     <row r="618" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A618">
         <v>617</v>
       </c>
       <c r="B618" t="s">
         <v>596</v>
       </c>
       <c r="C618" t="s">
         <v>350</v>
       </c>
       <c r="D618">
         <v>2029</v>
       </c>
       <c r="E618" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="F618" t="s">
         <v>31</v>
       </c>
       <c r="G618" t="s">
         <v>46</v>
       </c>
       <c r="H618">
         <v>41</v>
       </c>
       <c r="I618" t="b">
         <v>0</v>
       </c>
       <c r="J618" t="s">
         <v>165</v>
       </c>
       <c r="K618">
         <v>1</v>
       </c>
       <c r="L618">
         <v>81.49</v>
       </c>
       <c r="M618" t="s">
         <v>24</v>
       </c>
@@ -38943,51 +38949,51 @@
       </c>
       <c r="O618" t="s">
         <v>24</v>
       </c>
       <c r="P618" t="s">
         <v>24</v>
       </c>
       <c r="Q618" t="s">
         <v>24</v>
       </c>
       <c r="R618" t="s">
         <v>24</v>
       </c>
       <c r="S618">
         <v>81.49</v>
       </c>
     </row>
     <row r="619" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A619">
         <v>618</v>
       </c>
       <c r="B619" t="s">
         <v>121</v>
       </c>
       <c r="C619" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="E619" t="s">
         <v>24</v>
       </c>
       <c r="F619" t="s">
         <v>42</v>
       </c>
       <c r="G619" t="s">
         <v>23</v>
       </c>
       <c r="H619">
         <v>98</v>
       </c>
       <c r="I619" t="b">
         <v>0</v>
       </c>
       <c r="J619" t="s">
         <v>165</v>
       </c>
       <c r="K619">
         <v>1</v>
       </c>
       <c r="L619" t="s">
         <v>24</v>
       </c>
@@ -39052,110 +39058,110 @@
       </c>
       <c r="N620" t="s">
         <v>24</v>
       </c>
       <c r="O620" t="s">
         <v>24</v>
       </c>
       <c r="P620" t="s">
         <v>24</v>
       </c>
       <c r="Q620" t="s">
         <v>24</v>
       </c>
       <c r="R620" t="s">
         <v>24</v>
       </c>
       <c r="S620">
         <v>81.36</v>
       </c>
     </row>
     <row r="621" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A621">
         <v>620</v>
       </c>
       <c r="B621" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="C621" t="s">
         <v>298</v>
       </c>
       <c r="D621">
         <v>2030</v>
       </c>
       <c r="E621" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="F621" t="s">
         <v>31</v>
       </c>
       <c r="G621" t="s">
         <v>46</v>
       </c>
       <c r="H621">
         <v>42</v>
       </c>
       <c r="I621" t="b">
         <v>0</v>
       </c>
       <c r="J621" t="s">
         <v>165</v>
       </c>
       <c r="K621">
         <v>1</v>
       </c>
       <c r="L621">
         <v>81.16</v>
       </c>
       <c r="M621" t="s">
         <v>24</v>
       </c>
       <c r="N621" t="s">
         <v>24</v>
       </c>
       <c r="O621" t="s">
         <v>24</v>
       </c>
       <c r="P621" t="s">
         <v>24</v>
       </c>
       <c r="Q621" t="s">
         <v>24</v>
       </c>
       <c r="R621" t="s">
         <v>24</v>
       </c>
       <c r="S621">
         <v>81.16</v>
       </c>
     </row>
     <row r="622" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A622">
         <v>621</v>
       </c>
       <c r="B622" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="C622" t="s">
         <v>188</v>
       </c>
       <c r="D622">
         <v>662</v>
       </c>
       <c r="E622" t="s">
         <v>34</v>
       </c>
       <c r="F622" t="s">
         <v>42</v>
       </c>
       <c r="G622" t="s">
         <v>46</v>
       </c>
       <c r="H622">
         <v>24</v>
       </c>
       <c r="I622" t="b">
         <v>0</v>
       </c>
       <c r="J622" t="s">
         <v>158</v>
       </c>
@@ -39173,51 +39179,51 @@
       </c>
       <c r="O622" t="s">
         <v>24</v>
       </c>
       <c r="P622" t="s">
         <v>24</v>
       </c>
       <c r="Q622" t="s">
         <v>24</v>
       </c>
       <c r="R622" t="s">
         <v>24</v>
       </c>
       <c r="S622">
         <v>81.06</v>
       </c>
     </row>
     <row r="623" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A623">
         <v>622</v>
       </c>
       <c r="B623" t="s">
         <v>178</v>
       </c>
       <c r="C623" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="E623" t="s">
         <v>333</v>
       </c>
       <c r="F623" t="s">
         <v>42</v>
       </c>
       <c r="G623" t="s">
         <v>23</v>
       </c>
       <c r="H623">
         <v>100</v>
       </c>
       <c r="I623" t="b">
         <v>0</v>
       </c>
       <c r="J623" t="s">
         <v>165</v>
       </c>
       <c r="K623">
         <v>1</v>
       </c>
       <c r="L623" t="s">
         <v>24</v>
       </c>
@@ -39288,51 +39294,51 @@
       </c>
       <c r="O624" t="s">
         <v>24</v>
       </c>
       <c r="P624" t="s">
         <v>24</v>
       </c>
       <c r="Q624" t="s">
         <v>24</v>
       </c>
       <c r="R624" t="s">
         <v>24</v>
       </c>
       <c r="S624">
         <v>80.87</v>
       </c>
     </row>
     <row r="625" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A625">
         <v>624</v>
       </c>
       <c r="B625" t="s">
         <v>432</v>
       </c>
       <c r="C625" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="E625" t="s">
         <v>24</v>
       </c>
       <c r="F625" t="s">
         <v>31</v>
       </c>
       <c r="G625" t="s">
         <v>23</v>
       </c>
       <c r="H625">
         <v>130</v>
       </c>
       <c r="I625" t="b">
         <v>0</v>
       </c>
       <c r="J625" t="s">
         <v>158</v>
       </c>
       <c r="K625">
         <v>1</v>
       </c>
       <c r="L625" t="s">
         <v>24</v>
       </c>
@@ -39341,54 +39347,54 @@
       </c>
       <c r="N625" t="s">
         <v>24</v>
       </c>
       <c r="O625" t="s">
         <v>24</v>
       </c>
       <c r="P625" t="s">
         <v>24</v>
       </c>
       <c r="Q625" t="s">
         <v>24</v>
       </c>
       <c r="R625">
         <v>80.82</v>
       </c>
       <c r="S625">
         <v>80.82</v>
       </c>
     </row>
     <row r="626" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A626">
         <v>625</v>
       </c>
       <c r="B626" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="C626" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="E626" t="s">
         <v>213</v>
       </c>
       <c r="F626" t="s">
         <v>31</v>
       </c>
       <c r="G626" t="s">
         <v>46</v>
       </c>
       <c r="H626">
         <v>43</v>
       </c>
       <c r="I626" t="b">
         <v>0</v>
       </c>
       <c r="J626" t="s">
         <v>165</v>
       </c>
       <c r="K626">
         <v>1</v>
       </c>
       <c r="L626" t="s">
         <v>24</v>
       </c>
@@ -39400,51 +39406,51 @@
       </c>
       <c r="O626">
         <v>80.78</v>
       </c>
       <c r="P626" t="s">
         <v>24</v>
       </c>
       <c r="Q626" t="s">
         <v>24</v>
       </c>
       <c r="R626" t="s">
         <v>24</v>
       </c>
       <c r="S626">
         <v>80.78</v>
       </c>
     </row>
     <row r="627" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A627">
         <v>626</v>
       </c>
       <c r="B627" t="s">
         <v>299</v>
       </c>
       <c r="C627" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="D627">
         <v>2048</v>
       </c>
       <c r="E627" t="s">
         <v>51</v>
       </c>
       <c r="F627" t="s">
         <v>42</v>
       </c>
       <c r="G627" t="s">
         <v>23</v>
       </c>
       <c r="H627">
         <v>101</v>
       </c>
       <c r="I627" t="b">
         <v>0</v>
       </c>
       <c r="J627" t="s">
         <v>165</v>
       </c>
       <c r="K627">
         <v>1</v>
       </c>
@@ -39456,54 +39462,54 @@
       </c>
       <c r="N627" t="s">
         <v>24</v>
       </c>
       <c r="O627">
         <v>80.78</v>
       </c>
       <c r="P627" t="s">
         <v>24</v>
       </c>
       <c r="Q627" t="s">
         <v>24</v>
       </c>
       <c r="R627" t="s">
         <v>24</v>
       </c>
       <c r="S627">
         <v>80.78</v>
       </c>
     </row>
     <row r="628" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A628">
         <v>627</v>
       </c>
       <c r="B628" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="C628" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="E628" t="s">
         <v>51</v>
       </c>
       <c r="F628" t="s">
         <v>31</v>
       </c>
       <c r="G628" t="s">
         <v>46</v>
       </c>
       <c r="H628">
         <v>44</v>
       </c>
       <c r="I628" t="b">
         <v>0</v>
       </c>
       <c r="J628" t="s">
         <v>165</v>
       </c>
       <c r="K628">
         <v>1</v>
       </c>
       <c r="L628" t="s">
         <v>24</v>
       </c>
@@ -39571,51 +39577,51 @@
       </c>
       <c r="N629" t="s">
         <v>24</v>
       </c>
       <c r="O629">
         <v>80.69</v>
       </c>
       <c r="P629" t="s">
         <v>24</v>
       </c>
       <c r="Q629" t="s">
         <v>24</v>
       </c>
       <c r="R629" t="s">
         <v>24</v>
       </c>
       <c r="S629">
         <v>80.69</v>
       </c>
     </row>
     <row r="630" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A630">
         <v>629</v>
       </c>
       <c r="B630" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="C630" t="s">
         <v>209</v>
       </c>
       <c r="E630" t="s">
         <v>34</v>
       </c>
       <c r="F630" t="s">
         <v>65</v>
       </c>
       <c r="G630" t="s">
         <v>46</v>
       </c>
       <c r="H630">
         <v>10</v>
       </c>
       <c r="I630" t="b">
         <v>0</v>
       </c>
       <c r="J630" t="s">
         <v>158</v>
       </c>
       <c r="K630">
         <v>1</v>
       </c>
@@ -39686,51 +39692,51 @@
       </c>
       <c r="O631" t="s">
         <v>24</v>
       </c>
       <c r="P631" t="s">
         <v>24</v>
       </c>
       <c r="Q631" t="s">
         <v>24</v>
       </c>
       <c r="R631">
         <v>80.5</v>
       </c>
       <c r="S631">
         <v>80.5</v>
       </c>
     </row>
     <row r="632" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A632">
         <v>631</v>
       </c>
       <c r="B632" t="s">
         <v>434</v>
       </c>
       <c r="C632" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="D632">
         <v>2214</v>
       </c>
       <c r="E632" t="s">
         <v>834</v>
       </c>
       <c r="F632" t="s">
         <v>31</v>
       </c>
       <c r="G632" t="s">
         <v>23</v>
       </c>
       <c r="H632">
         <v>133</v>
       </c>
       <c r="I632" t="b">
         <v>0</v>
       </c>
       <c r="J632" t="s">
         <v>158</v>
       </c>
       <c r="K632">
         <v>1</v>
       </c>
@@ -39742,51 +39748,51 @@
       </c>
       <c r="N632" t="s">
         <v>24</v>
       </c>
       <c r="O632" t="s">
         <v>24</v>
       </c>
       <c r="P632" t="s">
         <v>24</v>
       </c>
       <c r="Q632" t="s">
         <v>24</v>
       </c>
       <c r="R632" t="s">
         <v>24</v>
       </c>
       <c r="S632">
         <v>80.44</v>
       </c>
     </row>
     <row r="633" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A633">
         <v>632</v>
       </c>
       <c r="B633" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="C633" t="s">
         <v>79</v>
       </c>
       <c r="E633" t="s">
         <v>417</v>
       </c>
       <c r="F633" t="s">
         <v>31</v>
       </c>
       <c r="G633" t="s">
         <v>46</v>
       </c>
       <c r="H633">
         <v>45</v>
       </c>
       <c r="I633" t="b">
         <v>0</v>
       </c>
       <c r="J633" t="s">
         <v>165</v>
       </c>
       <c r="K633">
         <v>1</v>
       </c>
@@ -39801,51 +39807,51 @@
       </c>
       <c r="O633">
         <v>80.06</v>
       </c>
       <c r="P633" t="s">
         <v>24</v>
       </c>
       <c r="Q633" t="s">
         <v>24</v>
       </c>
       <c r="R633" t="s">
         <v>24</v>
       </c>
       <c r="S633">
         <v>80.06</v>
       </c>
     </row>
     <row r="634" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A634">
         <v>633</v>
       </c>
       <c r="B634" t="s">
         <v>823</v>
       </c>
       <c r="C634" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="E634" t="s">
         <v>308</v>
       </c>
       <c r="F634" t="s">
         <v>31</v>
       </c>
       <c r="G634" t="s">
         <v>46</v>
       </c>
       <c r="H634">
         <v>46</v>
       </c>
       <c r="I634" t="b">
         <v>0</v>
       </c>
       <c r="J634" t="s">
         <v>165</v>
       </c>
       <c r="K634">
         <v>1</v>
       </c>
       <c r="L634" t="s">
         <v>24</v>
       </c>
@@ -39854,51 +39860,51 @@
       </c>
       <c r="N634" t="s">
         <v>24</v>
       </c>
       <c r="O634" t="s">
         <v>24</v>
       </c>
       <c r="P634" t="s">
         <v>24</v>
       </c>
       <c r="Q634">
         <v>79.82</v>
       </c>
       <c r="R634" t="s">
         <v>24</v>
       </c>
       <c r="S634">
         <v>79.82</v>
       </c>
     </row>
     <row r="635" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A635">
         <v>634</v>
       </c>
       <c r="B635" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="C635" t="s">
         <v>188</v>
       </c>
       <c r="E635" t="s">
         <v>308</v>
       </c>
       <c r="F635" t="s">
         <v>31</v>
       </c>
       <c r="G635" t="s">
         <v>46</v>
       </c>
       <c r="H635">
         <v>47</v>
       </c>
       <c r="I635" t="b">
         <v>0</v>
       </c>
       <c r="J635" t="s">
         <v>165</v>
       </c>
       <c r="K635">
         <v>1</v>
       </c>
@@ -39972,51 +39978,51 @@
       </c>
       <c r="P636" t="s">
         <v>24</v>
       </c>
       <c r="Q636">
         <v>79.8</v>
       </c>
       <c r="R636" t="s">
         <v>24</v>
       </c>
       <c r="S636">
         <v>79.8</v>
       </c>
     </row>
     <row r="637" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A637">
         <v>636</v>
       </c>
       <c r="B637" t="s">
         <v>108</v>
       </c>
       <c r="C637" t="s">
         <v>86</v>
       </c>
       <c r="E637" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="F637" t="s">
         <v>120</v>
       </c>
       <c r="G637" t="s">
         <v>23</v>
       </c>
       <c r="H637">
         <v>5</v>
       </c>
       <c r="I637" t="b">
         <v>0</v>
       </c>
       <c r="J637" t="s">
         <v>158</v>
       </c>
       <c r="K637">
         <v>1</v>
       </c>
       <c r="L637" t="s">
         <v>24</v>
       </c>
       <c r="M637" t="s">
         <v>24</v>
       </c>
@@ -40025,51 +40031,51 @@
       </c>
       <c r="O637" t="s">
         <v>24</v>
       </c>
       <c r="P637" t="s">
         <v>24</v>
       </c>
       <c r="Q637">
         <v>79.79</v>
       </c>
       <c r="R637" t="s">
         <v>24</v>
       </c>
       <c r="S637">
         <v>79.79</v>
       </c>
     </row>
     <row r="638" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A638">
         <v>637</v>
       </c>
       <c r="B638" t="s">
         <v>82</v>
       </c>
       <c r="C638" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="D638">
         <v>1374</v>
       </c>
       <c r="E638" t="s">
         <v>24</v>
       </c>
       <c r="F638" t="s">
         <v>65</v>
       </c>
       <c r="G638" t="s">
         <v>23</v>
       </c>
       <c r="H638">
         <v>57</v>
       </c>
       <c r="I638" t="b">
         <v>0</v>
       </c>
       <c r="J638" t="s">
         <v>158</v>
       </c>
       <c r="K638">
         <v>1</v>
       </c>
@@ -40084,57 +40090,57 @@
       </c>
       <c r="O638" t="s">
         <v>24</v>
       </c>
       <c r="P638" t="s">
         <v>24</v>
       </c>
       <c r="Q638" t="s">
         <v>24</v>
       </c>
       <c r="R638" t="s">
         <v>24</v>
       </c>
       <c r="S638">
         <v>78.83</v>
       </c>
     </row>
     <row r="639" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A639">
         <v>638</v>
       </c>
       <c r="B639" t="s">
         <v>108</v>
       </c>
       <c r="C639" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="D639">
         <v>1124</v>
       </c>
       <c r="E639" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="F639" t="s">
         <v>42</v>
       </c>
       <c r="G639" t="s">
         <v>23</v>
       </c>
       <c r="H639">
         <v>102</v>
       </c>
       <c r="I639" t="b">
         <v>0</v>
       </c>
       <c r="J639" t="s">
         <v>165</v>
       </c>
       <c r="K639">
         <v>1</v>
       </c>
       <c r="L639" t="s">
         <v>24</v>
       </c>
       <c r="M639" t="s">
         <v>24</v>
       </c>
@@ -40199,51 +40205,51 @@
       </c>
       <c r="O640">
         <v>77.86</v>
       </c>
       <c r="P640" t="s">
         <v>24</v>
       </c>
       <c r="Q640" t="s">
         <v>24</v>
       </c>
       <c r="R640" t="s">
         <v>24</v>
       </c>
       <c r="S640">
         <v>77.86</v>
       </c>
     </row>
     <row r="641" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A641">
         <v>640</v>
       </c>
       <c r="B641" t="s">
         <v>69</v>
       </c>
       <c r="C641" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="E641" t="s">
         <v>303</v>
       </c>
       <c r="F641" t="s">
         <v>22</v>
       </c>
       <c r="G641" t="s">
         <v>23</v>
       </c>
       <c r="H641">
         <v>164</v>
       </c>
       <c r="I641" t="b">
         <v>0</v>
       </c>
       <c r="J641" t="s">
         <v>165</v>
       </c>
       <c r="K641">
         <v>1</v>
       </c>
       <c r="L641">
         <v>77.64</v>
       </c>
@@ -40252,60 +40258,60 @@
       </c>
       <c r="N641" t="s">
         <v>24</v>
       </c>
       <c r="O641" t="s">
         <v>24</v>
       </c>
       <c r="P641" t="s">
         <v>24</v>
       </c>
       <c r="Q641" t="s">
         <v>24</v>
       </c>
       <c r="R641" t="s">
         <v>24</v>
       </c>
       <c r="S641">
         <v>77.64</v>
       </c>
     </row>
     <row r="642" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A642">
         <v>641</v>
       </c>
       <c r="B642" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="C642" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="D642">
         <v>548</v>
       </c>
       <c r="E642" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="F642" t="s">
         <v>120</v>
       </c>
       <c r="G642" t="s">
         <v>23</v>
       </c>
       <c r="H642">
         <v>6</v>
       </c>
       <c r="I642" t="b">
         <v>0</v>
       </c>
       <c r="J642" t="s">
         <v>158</v>
       </c>
       <c r="K642">
         <v>1</v>
       </c>
       <c r="L642">
         <v>77.23</v>
       </c>
       <c r="M642" t="s">
         <v>24</v>
       </c>
@@ -40314,51 +40320,51 @@
       </c>
       <c r="O642" t="s">
         <v>24</v>
       </c>
       <c r="P642" t="s">
         <v>24</v>
       </c>
       <c r="Q642" t="s">
         <v>24</v>
       </c>
       <c r="R642" t="s">
         <v>24</v>
       </c>
       <c r="S642">
         <v>77.23</v>
       </c>
     </row>
     <row r="643" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A643">
         <v>642</v>
       </c>
       <c r="B643" t="s">
         <v>830</v>
       </c>
       <c r="C643" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="D643">
         <v>2427</v>
       </c>
       <c r="E643" t="s">
         <v>51</v>
       </c>
       <c r="F643" t="s">
         <v>148</v>
       </c>
       <c r="G643" t="s">
         <v>23</v>
       </c>
       <c r="H643">
         <v>4</v>
       </c>
       <c r="I643" t="b">
         <v>0</v>
       </c>
       <c r="J643" t="s">
         <v>158</v>
       </c>
       <c r="K643">
         <v>0</v>
       </c>
@@ -40544,104 +40550,104 @@
       </c>
       <c r="O646" t="s">
         <v>24</v>
       </c>
       <c r="P646" t="s">
         <v>24</v>
       </c>
       <c r="Q646" t="s">
         <v>24</v>
       </c>
       <c r="R646" t="s">
         <v>24</v>
       </c>
       <c r="S646">
         <v>76.94</v>
       </c>
     </row>
     <row r="647" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A647">
         <v>646</v>
       </c>
       <c r="B647" t="s">
         <v>96</v>
       </c>
       <c r="C647" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="E647" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="F647" t="s">
         <v>31</v>
       </c>
       <c r="G647" t="s">
         <v>23</v>
       </c>
       <c r="H647">
         <v>136</v>
       </c>
       <c r="I647" t="b">
         <v>0</v>
       </c>
       <c r="J647" t="s">
         <v>165</v>
       </c>
       <c r="K647">
         <v>1</v>
       </c>
       <c r="L647" t="s">
         <v>24</v>
       </c>
       <c r="M647" t="s">
         <v>24</v>
       </c>
       <c r="N647">
         <v>76.66</v>
       </c>
       <c r="O647" t="s">
         <v>24</v>
       </c>
       <c r="P647" t="s">
         <v>24</v>
       </c>
       <c r="Q647" t="s">
         <v>24</v>
       </c>
       <c r="R647" t="s">
         <v>24</v>
       </c>
       <c r="S647">
         <v>76.66</v>
       </c>
     </row>
     <row r="648" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A648">
         <v>647</v>
       </c>
       <c r="B648" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="C648" t="s">
         <v>788</v>
       </c>
       <c r="D648">
         <v>404</v>
       </c>
       <c r="E648" t="s">
         <v>493</v>
       </c>
       <c r="F648" t="s">
         <v>42</v>
       </c>
       <c r="G648" t="s">
         <v>46</v>
       </c>
       <c r="H648">
         <v>25</v>
       </c>
       <c r="I648" t="b">
         <v>0</v>
       </c>
       <c r="J648" t="s">
         <v>165</v>
       </c>
@@ -40662,104 +40668,104 @@
       </c>
       <c r="P648" t="s">
         <v>24</v>
       </c>
       <c r="Q648" t="s">
         <v>24</v>
       </c>
       <c r="R648" t="s">
         <v>24</v>
       </c>
       <c r="S648">
         <v>76.61</v>
       </c>
     </row>
     <row r="649" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A649">
         <v>648</v>
       </c>
       <c r="B649" t="s">
         <v>396</v>
       </c>
       <c r="C649" t="s">
         <v>209</v>
       </c>
       <c r="E649" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="F649" t="s">
         <v>148</v>
       </c>
       <c r="G649" t="s">
         <v>23</v>
       </c>
       <c r="H649">
         <v>5</v>
       </c>
       <c r="I649" t="b">
         <v>0</v>
       </c>
       <c r="J649" t="s">
         <v>158</v>
       </c>
       <c r="K649">
         <v>1</v>
       </c>
       <c r="L649" t="s">
         <v>24</v>
       </c>
       <c r="M649" t="s">
         <v>24</v>
       </c>
       <c r="N649" t="s">
         <v>24</v>
       </c>
       <c r="O649" t="s">
         <v>24</v>
       </c>
       <c r="P649">
         <v>76.38</v>
       </c>
       <c r="Q649" t="s">
         <v>24</v>
       </c>
       <c r="R649" t="s">
         <v>24</v>
       </c>
       <c r="S649">
         <v>76.38</v>
       </c>
     </row>
     <row r="650" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A650">
         <v>649</v>
       </c>
       <c r="B650" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="C650" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="D650">
         <v>555</v>
       </c>
       <c r="E650" t="s">
         <v>51</v>
       </c>
       <c r="F650" t="s">
         <v>120</v>
       </c>
       <c r="G650" t="s">
         <v>23</v>
       </c>
       <c r="H650">
         <v>7</v>
       </c>
       <c r="I650" t="b">
         <v>0</v>
       </c>
       <c r="J650" t="s">
         <v>158</v>
       </c>
       <c r="K650">
         <v>1</v>
       </c>
@@ -40771,54 +40777,54 @@
       </c>
       <c r="N650" t="s">
         <v>24</v>
       </c>
       <c r="O650" t="s">
         <v>24</v>
       </c>
       <c r="P650" t="s">
         <v>24</v>
       </c>
       <c r="Q650" t="s">
         <v>24</v>
       </c>
       <c r="R650" t="s">
         <v>24</v>
       </c>
       <c r="S650">
         <v>76.37</v>
       </c>
     </row>
     <row r="651" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A651">
         <v>650</v>
       </c>
       <c r="B651" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="C651" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="E651" t="s">
         <v>252</v>
       </c>
       <c r="F651" t="s">
         <v>22</v>
       </c>
       <c r="G651" t="s">
         <v>23</v>
       </c>
       <c r="H651">
         <v>166</v>
       </c>
       <c r="I651" t="b">
         <v>0</v>
       </c>
       <c r="J651" t="s">
         <v>158</v>
       </c>
       <c r="K651">
         <v>1</v>
       </c>
       <c r="L651" t="s">
         <v>24</v>
       </c>
@@ -40883,54 +40889,54 @@
       </c>
       <c r="N652" t="s">
         <v>24</v>
       </c>
       <c r="O652" t="s">
         <v>24</v>
       </c>
       <c r="P652">
         <v>75.8</v>
       </c>
       <c r="Q652" t="s">
         <v>24</v>
       </c>
       <c r="R652" t="s">
         <v>24</v>
       </c>
       <c r="S652">
         <v>75.8</v>
       </c>
     </row>
     <row r="653" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A653">
         <v>652</v>
       </c>
       <c r="B653" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="C653" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="D653">
         <v>2261</v>
       </c>
       <c r="E653" t="s">
         <v>51</v>
       </c>
       <c r="F653" t="s">
         <v>31</v>
       </c>
       <c r="G653" t="s">
         <v>23</v>
       </c>
       <c r="H653">
         <v>137</v>
       </c>
       <c r="I653" t="b">
         <v>0</v>
       </c>
       <c r="J653" t="s">
         <v>158</v>
       </c>
       <c r="K653">
         <v>1</v>
       </c>
@@ -41007,104 +41013,104 @@
       </c>
       <c r="Q654" t="s">
         <v>24</v>
       </c>
       <c r="R654" t="s">
         <v>24</v>
       </c>
       <c r="S654">
         <v>75.3</v>
       </c>
     </row>
     <row r="655" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A655">
         <v>654</v>
       </c>
       <c r="B655" t="s">
         <v>182</v>
       </c>
       <c r="C655" t="s">
         <v>652</v>
       </c>
       <c r="D655">
         <v>105</v>
       </c>
       <c r="E655" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="F655" t="s">
         <v>65</v>
       </c>
       <c r="G655" t="s">
         <v>23</v>
       </c>
       <c r="H655">
         <v>58</v>
       </c>
       <c r="I655" t="b">
         <v>0</v>
       </c>
       <c r="J655" t="s">
         <v>158</v>
       </c>
       <c r="K655">
         <v>1</v>
       </c>
       <c r="L655" t="s">
         <v>24</v>
       </c>
       <c r="M655" t="s">
         <v>24</v>
       </c>
       <c r="N655">
         <v>75.16</v>
       </c>
       <c r="O655" t="s">
         <v>24</v>
       </c>
       <c r="P655" t="s">
         <v>24</v>
       </c>
       <c r="Q655" t="s">
         <v>24</v>
       </c>
       <c r="R655" t="s">
         <v>24</v>
       </c>
       <c r="S655">
         <v>75.16</v>
       </c>
     </row>
     <row r="656" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A656">
         <v>655</v>
       </c>
       <c r="B656" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="C656" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="E656" t="s">
         <v>595</v>
       </c>
       <c r="F656" t="s">
         <v>42</v>
       </c>
       <c r="G656" t="s">
         <v>46</v>
       </c>
       <c r="H656">
         <v>26</v>
       </c>
       <c r="I656" t="b">
         <v>0</v>
       </c>
       <c r="J656" t="s">
         <v>165</v>
       </c>
       <c r="K656">
         <v>1</v>
       </c>
       <c r="L656" t="s">
         <v>24</v>
       </c>
@@ -41116,51 +41122,51 @@
       </c>
       <c r="O656" t="s">
         <v>24</v>
       </c>
       <c r="P656" t="s">
         <v>24</v>
       </c>
       <c r="Q656">
         <v>74.92</v>
       </c>
       <c r="R656" t="s">
         <v>24</v>
       </c>
       <c r="S656">
         <v>74.92</v>
       </c>
     </row>
     <row r="657" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A657">
         <v>656</v>
       </c>
       <c r="B657" t="s">
         <v>222</v>
       </c>
       <c r="C657" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="E657" t="s">
         <v>24</v>
       </c>
       <c r="F657" t="s">
         <v>22</v>
       </c>
       <c r="G657" t="s">
         <v>46</v>
       </c>
       <c r="H657">
         <v>66</v>
       </c>
       <c r="I657" t="b">
         <v>0</v>
       </c>
       <c r="J657" t="s">
         <v>165</v>
       </c>
       <c r="K657">
         <v>1</v>
       </c>
       <c r="L657" t="s">
         <v>24</v>
       </c>
@@ -41172,51 +41178,51 @@
       </c>
       <c r="O657" t="s">
         <v>24</v>
       </c>
       <c r="P657" t="s">
         <v>24</v>
       </c>
       <c r="Q657" t="s">
         <v>24</v>
       </c>
       <c r="R657" t="s">
         <v>24</v>
       </c>
       <c r="S657">
         <v>74.48</v>
       </c>
     </row>
     <row r="658" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A658">
         <v>657</v>
       </c>
       <c r="B658" t="s">
         <v>73</v>
       </c>
       <c r="C658" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="E658" t="s">
         <v>24</v>
       </c>
       <c r="F658" t="s">
         <v>42</v>
       </c>
       <c r="G658" t="s">
         <v>23</v>
       </c>
       <c r="H658">
         <v>106</v>
       </c>
       <c r="I658" t="b">
         <v>0</v>
       </c>
       <c r="J658" t="s">
         <v>165</v>
       </c>
       <c r="K658">
         <v>1</v>
       </c>
       <c r="L658" t="s">
         <v>24</v>
       </c>
@@ -41228,51 +41234,51 @@
       </c>
       <c r="O658">
         <v>74.16</v>
       </c>
       <c r="P658" t="s">
         <v>24</v>
       </c>
       <c r="Q658" t="s">
         <v>24</v>
       </c>
       <c r="R658" t="s">
         <v>24</v>
       </c>
       <c r="S658">
         <v>74.16</v>
       </c>
     </row>
     <row r="659" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A659">
         <v>658</v>
       </c>
       <c r="B659" t="s">
         <v>848</v>
       </c>
       <c r="C659" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="D659">
         <v>2017</v>
       </c>
       <c r="E659" t="s">
         <v>24</v>
       </c>
       <c r="F659" t="s">
         <v>31</v>
       </c>
       <c r="G659" t="s">
         <v>46</v>
       </c>
       <c r="H659">
         <v>48</v>
       </c>
       <c r="I659" t="b">
         <v>0</v>
       </c>
       <c r="J659" t="s">
         <v>165</v>
       </c>
       <c r="K659">
         <v>1</v>
       </c>
@@ -41340,51 +41346,51 @@
       </c>
       <c r="N660" t="s">
         <v>24</v>
       </c>
       <c r="O660" t="s">
         <v>24</v>
       </c>
       <c r="P660" t="s">
         <v>24</v>
       </c>
       <c r="Q660" t="s">
         <v>24</v>
       </c>
       <c r="R660" t="s">
         <v>24</v>
       </c>
       <c r="S660">
         <v>74.09</v>
       </c>
     </row>
     <row r="661" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A661">
         <v>660</v>
       </c>
       <c r="B661" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="C661" t="s">
         <v>86</v>
       </c>
       <c r="E661" t="s">
         <v>24</v>
       </c>
       <c r="F661" t="s">
         <v>31</v>
       </c>
       <c r="G661" t="s">
         <v>23</v>
       </c>
       <c r="H661">
         <v>138</v>
       </c>
       <c r="I661" t="b">
         <v>0</v>
       </c>
       <c r="J661" t="s">
         <v>165</v>
       </c>
       <c r="K661">
         <v>1</v>
       </c>
@@ -41396,54 +41402,54 @@
       </c>
       <c r="N661" t="s">
         <v>24</v>
       </c>
       <c r="O661">
         <v>73.95</v>
       </c>
       <c r="P661" t="s">
         <v>24</v>
       </c>
       <c r="Q661" t="s">
         <v>24</v>
       </c>
       <c r="R661" t="s">
         <v>24</v>
       </c>
       <c r="S661">
         <v>73.95</v>
       </c>
     </row>
     <row r="662" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A662">
         <v>661</v>
       </c>
       <c r="B662" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="C662" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="D662">
         <v>1604</v>
       </c>
       <c r="E662" t="s">
         <v>24</v>
       </c>
       <c r="F662" t="s">
         <v>31</v>
       </c>
       <c r="G662" t="s">
         <v>46</v>
       </c>
       <c r="H662">
         <v>49</v>
       </c>
       <c r="I662" t="b">
         <v>0</v>
       </c>
       <c r="J662" t="s">
         <v>165</v>
       </c>
       <c r="K662">
         <v>1</v>
       </c>
@@ -41458,110 +41464,110 @@
       </c>
       <c r="O662">
         <v>73.84</v>
       </c>
       <c r="P662" t="s">
         <v>24</v>
       </c>
       <c r="Q662" t="s">
         <v>24</v>
       </c>
       <c r="R662" t="s">
         <v>24</v>
       </c>
       <c r="S662">
         <v>73.84</v>
       </c>
     </row>
     <row r="663" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A663">
         <v>662</v>
       </c>
       <c r="B663" t="s">
         <v>178</v>
       </c>
       <c r="C663" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="E663" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="F663" t="s">
         <v>42</v>
       </c>
       <c r="G663" t="s">
         <v>23</v>
       </c>
       <c r="H663">
         <v>107</v>
       </c>
       <c r="I663" t="b">
         <v>0</v>
       </c>
       <c r="J663" t="s">
         <v>158</v>
       </c>
       <c r="K663">
         <v>1</v>
       </c>
       <c r="L663" t="s">
         <v>24</v>
       </c>
       <c r="M663">
         <v>73.82</v>
       </c>
       <c r="N663" t="s">
         <v>24</v>
       </c>
       <c r="O663" t="s">
         <v>24</v>
       </c>
       <c r="P663" t="s">
         <v>24</v>
       </c>
       <c r="Q663" t="s">
         <v>24</v>
       </c>
       <c r="R663" t="s">
         <v>24</v>
       </c>
       <c r="S663">
         <v>73.82</v>
       </c>
     </row>
     <row r="664" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A664">
         <v>663</v>
       </c>
       <c r="B664" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="C664" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="E664" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="F664" t="s">
         <v>42</v>
       </c>
       <c r="G664" t="s">
         <v>23</v>
       </c>
       <c r="H664">
         <v>108</v>
       </c>
       <c r="I664" t="b">
         <v>0</v>
       </c>
       <c r="J664" t="s">
         <v>158</v>
       </c>
       <c r="K664">
         <v>1</v>
       </c>
       <c r="L664" t="s">
         <v>24</v>
       </c>
       <c r="M664">
         <v>73.81</v>
       </c>
@@ -41570,51 +41576,51 @@
       </c>
       <c r="O664" t="s">
         <v>24</v>
       </c>
       <c r="P664" t="s">
         <v>24</v>
       </c>
       <c r="Q664" t="s">
         <v>24</v>
       </c>
       <c r="R664" t="s">
         <v>24</v>
       </c>
       <c r="S664">
         <v>73.81</v>
       </c>
     </row>
     <row r="665" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A665">
         <v>664</v>
       </c>
       <c r="B665" t="s">
         <v>178</v>
       </c>
       <c r="C665" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="E665" t="s">
         <v>134</v>
       </c>
       <c r="F665" t="s">
         <v>65</v>
       </c>
       <c r="G665" t="s">
         <v>23</v>
       </c>
       <c r="H665">
         <v>59</v>
       </c>
       <c r="I665" t="b">
         <v>0</v>
       </c>
       <c r="J665" t="s">
         <v>158</v>
       </c>
       <c r="K665">
         <v>1</v>
       </c>
       <c r="L665" t="s">
         <v>24</v>
       </c>
@@ -41626,104 +41632,104 @@
       </c>
       <c r="O665" t="s">
         <v>24</v>
       </c>
       <c r="P665">
         <v>73.51</v>
       </c>
       <c r="Q665" t="s">
         <v>24</v>
       </c>
       <c r="R665" t="s">
         <v>24</v>
       </c>
       <c r="S665">
         <v>73.51</v>
       </c>
     </row>
     <row r="666" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A666">
         <v>665</v>
       </c>
       <c r="B666" t="s">
         <v>149</v>
       </c>
       <c r="C666" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="E666" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="F666" t="s">
         <v>65</v>
       </c>
       <c r="G666" t="s">
         <v>23</v>
       </c>
       <c r="H666">
         <v>60</v>
       </c>
       <c r="I666" t="b">
         <v>0</v>
       </c>
       <c r="J666" t="s">
         <v>158</v>
       </c>
       <c r="K666">
         <v>1</v>
       </c>
       <c r="L666" t="s">
         <v>24</v>
       </c>
       <c r="M666" t="s">
         <v>24</v>
       </c>
       <c r="N666" t="s">
         <v>24</v>
       </c>
       <c r="O666">
         <v>73.47</v>
       </c>
       <c r="P666" t="s">
         <v>24</v>
       </c>
       <c r="Q666" t="s">
         <v>24</v>
       </c>
       <c r="R666" t="s">
         <v>24</v>
       </c>
       <c r="S666">
         <v>73.47</v>
       </c>
     </row>
     <row r="667" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A667">
         <v>666</v>
       </c>
       <c r="B667" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="C667" t="s">
         <v>582</v>
       </c>
       <c r="E667" t="s">
         <v>675</v>
       </c>
       <c r="F667" t="s">
         <v>42</v>
       </c>
       <c r="G667" t="s">
         <v>46</v>
       </c>
       <c r="H667">
         <v>28</v>
       </c>
       <c r="I667" t="b">
         <v>0</v>
       </c>
       <c r="J667" t="s">
         <v>158</v>
       </c>
       <c r="K667">
         <v>1</v>
       </c>
@@ -41735,51 +41741,51 @@
       </c>
       <c r="N667" t="s">
         <v>24</v>
       </c>
       <c r="O667" t="s">
         <v>24</v>
       </c>
       <c r="P667" t="s">
         <v>24</v>
       </c>
       <c r="Q667" t="s">
         <v>24</v>
       </c>
       <c r="R667" t="s">
         <v>24</v>
       </c>
       <c r="S667">
         <v>73.32</v>
       </c>
     </row>
     <row r="668" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A668">
         <v>667</v>
       </c>
       <c r="B668" t="s">
-        <v>810</v>
+        <v>849</v>
       </c>
       <c r="C668" t="s">
         <v>209</v>
       </c>
       <c r="D668">
         <v>1727</v>
       </c>
       <c r="E668" t="s">
         <v>675</v>
       </c>
       <c r="F668" t="s">
         <v>31</v>
       </c>
       <c r="G668" t="s">
         <v>46</v>
       </c>
       <c r="H668">
         <v>50</v>
       </c>
       <c r="I668" t="b">
         <v>0</v>
       </c>
       <c r="J668" t="s">
         <v>158</v>
       </c>
@@ -41797,51 +41803,51 @@
       </c>
       <c r="O668" t="s">
         <v>24</v>
       </c>
       <c r="P668" t="s">
         <v>24</v>
       </c>
       <c r="Q668" t="s">
         <v>24</v>
       </c>
       <c r="R668" t="s">
         <v>24</v>
       </c>
       <c r="S668">
         <v>73.31</v>
       </c>
     </row>
     <row r="669" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A669">
         <v>668</v>
       </c>
       <c r="B669" t="s">
         <v>76</v>
       </c>
       <c r="C669" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="D669">
         <v>1948</v>
       </c>
       <c r="E669" t="s">
         <v>834</v>
       </c>
       <c r="F669" t="s">
         <v>31</v>
       </c>
       <c r="G669" t="s">
         <v>46</v>
       </c>
       <c r="H669">
         <v>51</v>
       </c>
       <c r="I669" t="b">
         <v>0</v>
       </c>
       <c r="J669" t="s">
         <v>158</v>
       </c>
       <c r="K669">
         <v>1</v>
       </c>
@@ -41853,54 +41859,54 @@
       </c>
       <c r="N669" t="s">
         <v>24</v>
       </c>
       <c r="O669" t="s">
         <v>24</v>
       </c>
       <c r="P669" t="s">
         <v>24</v>
       </c>
       <c r="Q669" t="s">
         <v>24</v>
       </c>
       <c r="R669" t="s">
         <v>24</v>
       </c>
       <c r="S669">
         <v>73.14</v>
       </c>
     </row>
     <row r="670" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A670">
         <v>669</v>
       </c>
       <c r="B670" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="C670" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="E670" t="s">
         <v>269</v>
       </c>
       <c r="F670" t="s">
         <v>65</v>
       </c>
       <c r="G670" t="s">
         <v>23</v>
       </c>
       <c r="H670">
         <v>61</v>
       </c>
       <c r="I670" t="b">
         <v>0</v>
       </c>
       <c r="J670" t="s">
         <v>158</v>
       </c>
       <c r="K670">
         <v>1</v>
       </c>
       <c r="L670" t="s">
         <v>24</v>
       </c>
@@ -41912,51 +41918,51 @@
       </c>
       <c r="O670">
         <v>73.05</v>
       </c>
       <c r="P670" t="s">
         <v>24</v>
       </c>
       <c r="Q670" t="s">
         <v>24</v>
       </c>
       <c r="R670" t="s">
         <v>24</v>
       </c>
       <c r="S670">
         <v>73.05</v>
       </c>
     </row>
     <row r="671" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A671">
         <v>670</v>
       </c>
       <c r="B671" t="s">
         <v>396</v>
       </c>
       <c r="C671" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="D671">
         <v>896</v>
       </c>
       <c r="E671" t="s">
         <v>24</v>
       </c>
       <c r="F671" t="s">
         <v>148</v>
       </c>
       <c r="G671" t="s">
         <v>23</v>
       </c>
       <c r="H671">
         <v>6</v>
       </c>
       <c r="I671" t="b">
         <v>0</v>
       </c>
       <c r="J671" t="s">
         <v>158</v>
       </c>
       <c r="K671">
         <v>1</v>
       </c>
@@ -41968,51 +41974,51 @@
       </c>
       <c r="N671" t="s">
         <v>24</v>
       </c>
       <c r="O671" t="s">
         <v>24</v>
       </c>
       <c r="P671" t="s">
         <v>24</v>
       </c>
       <c r="Q671">
         <v>72.83</v>
       </c>
       <c r="R671" t="s">
         <v>24</v>
       </c>
       <c r="S671">
         <v>72.83</v>
       </c>
     </row>
     <row r="672" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A672">
         <v>671</v>
       </c>
       <c r="B672" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="C672" t="s">
         <v>583</v>
       </c>
       <c r="D672">
         <v>229</v>
       </c>
       <c r="E672" t="s">
         <v>801</v>
       </c>
       <c r="F672" t="s">
         <v>65</v>
       </c>
       <c r="G672" t="s">
         <v>23</v>
       </c>
       <c r="H672">
         <v>62</v>
       </c>
       <c r="I672" t="b">
         <v>0</v>
       </c>
       <c r="J672" t="s">
         <v>158</v>
       </c>
@@ -42027,57 +42033,57 @@
       </c>
       <c r="N672" t="s">
         <v>24</v>
       </c>
       <c r="O672" t="s">
         <v>24</v>
       </c>
       <c r="P672" t="s">
         <v>24</v>
       </c>
       <c r="Q672" t="s">
         <v>24</v>
       </c>
       <c r="R672" t="s">
         <v>24</v>
       </c>
       <c r="S672">
         <v>72.69</v>
       </c>
     </row>
     <row r="673" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A673">
         <v>672</v>
       </c>
       <c r="B673" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="C673" t="s">
         <v>489</v>
       </c>
       <c r="E673" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="F673" t="s">
         <v>42</v>
       </c>
       <c r="G673" t="s">
         <v>46</v>
       </c>
       <c r="H673">
         <v>29</v>
       </c>
       <c r="I673" t="b">
         <v>0</v>
       </c>
       <c r="J673" t="s">
         <v>165</v>
       </c>
       <c r="K673">
         <v>1</v>
       </c>
       <c r="L673" t="s">
         <v>24</v>
       </c>
       <c r="M673" t="s">
         <v>24</v>
       </c>
@@ -42089,51 +42095,51 @@
       </c>
       <c r="P673" t="s">
         <v>24</v>
       </c>
       <c r="Q673">
         <v>72.64</v>
       </c>
       <c r="R673" t="s">
         <v>24</v>
       </c>
       <c r="S673">
         <v>72.64</v>
       </c>
     </row>
     <row r="674" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A674">
         <v>673</v>
       </c>
       <c r="B674" t="s">
         <v>482</v>
       </c>
       <c r="C674" t="s">
         <v>135</v>
       </c>
       <c r="E674" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="F674" t="s">
         <v>42</v>
       </c>
       <c r="G674" t="s">
         <v>46</v>
       </c>
       <c r="H674">
         <v>30</v>
       </c>
       <c r="I674" t="b">
         <v>0</v>
       </c>
       <c r="J674" t="s">
         <v>165</v>
       </c>
       <c r="K674">
         <v>1</v>
       </c>
       <c r="L674" t="s">
         <v>24</v>
       </c>
       <c r="M674" t="s">
         <v>24</v>
       </c>
@@ -42142,107 +42148,107 @@
       </c>
       <c r="O674">
         <v>72.55</v>
       </c>
       <c r="P674" t="s">
         <v>24</v>
       </c>
       <c r="Q674" t="s">
         <v>24</v>
       </c>
       <c r="R674" t="s">
         <v>24</v>
       </c>
       <c r="S674">
         <v>72.55</v>
       </c>
     </row>
     <row r="675" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A675">
         <v>674</v>
       </c>
       <c r="B675" t="s">
         <v>230</v>
       </c>
       <c r="C675" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="E675" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="F675" t="s">
         <v>65</v>
       </c>
       <c r="G675" t="s">
         <v>23</v>
       </c>
       <c r="H675">
         <v>63</v>
       </c>
       <c r="I675" t="b">
         <v>0</v>
       </c>
       <c r="J675" t="s">
         <v>158</v>
       </c>
       <c r="K675">
         <v>1</v>
       </c>
       <c r="L675" t="s">
         <v>24</v>
       </c>
       <c r="M675" t="s">
         <v>24</v>
       </c>
       <c r="N675" t="s">
         <v>24</v>
       </c>
       <c r="O675" t="s">
         <v>24</v>
       </c>
       <c r="P675" t="s">
         <v>24</v>
       </c>
       <c r="Q675">
         <v>72.43</v>
       </c>
       <c r="R675" t="s">
         <v>24</v>
       </c>
       <c r="S675">
         <v>72.43</v>
       </c>
     </row>
     <row r="676" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A676">
         <v>675</v>
       </c>
       <c r="B676" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="C676" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="D676">
         <v>1846</v>
       </c>
       <c r="E676" t="s">
         <v>51</v>
       </c>
       <c r="F676" t="s">
         <v>65</v>
       </c>
       <c r="G676" t="s">
         <v>23</v>
       </c>
       <c r="H676">
         <v>64</v>
       </c>
       <c r="I676" t="b">
         <v>0</v>
       </c>
       <c r="J676" t="s">
         <v>158</v>
       </c>
       <c r="K676">
         <v>1</v>
       </c>
@@ -42260,51 +42266,51 @@
       </c>
       <c r="P676" t="s">
         <v>24</v>
       </c>
       <c r="Q676">
         <v>71.94</v>
       </c>
       <c r="R676" t="s">
         <v>24</v>
       </c>
       <c r="S676">
         <v>71.94</v>
       </c>
     </row>
     <row r="677" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A677">
         <v>676</v>
       </c>
       <c r="B677" t="s">
         <v>222</v>
       </c>
       <c r="C677" t="s">
         <v>617</v>
       </c>
       <c r="E677" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="F677" t="s">
         <v>148</v>
       </c>
       <c r="G677" t="s">
         <v>46</v>
       </c>
       <c r="H677">
         <v>1</v>
       </c>
       <c r="I677" t="b">
         <v>0</v>
       </c>
       <c r="J677" t="s">
         <v>158</v>
       </c>
       <c r="K677">
         <v>0</v>
       </c>
       <c r="L677" t="s">
         <v>24</v>
       </c>
       <c r="M677" t="s">
         <v>24</v>
       </c>
@@ -42313,51 +42319,51 @@
       </c>
       <c r="O677" t="s">
         <v>24</v>
       </c>
       <c r="P677" t="s">
         <v>24</v>
       </c>
       <c r="Q677" t="s">
         <v>24</v>
       </c>
       <c r="R677" t="s">
         <v>24</v>
       </c>
       <c r="S677">
         <v>71.35</v>
       </c>
     </row>
     <row r="678" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A678">
         <v>677</v>
       </c>
       <c r="B678" t="s">
         <v>287</v>
       </c>
       <c r="C678" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="E678" t="s">
         <v>129</v>
       </c>
       <c r="F678" t="s">
         <v>65</v>
       </c>
       <c r="G678" t="s">
         <v>23</v>
       </c>
       <c r="H678">
         <v>65</v>
       </c>
       <c r="I678" t="b">
         <v>0</v>
       </c>
       <c r="J678" t="s">
         <v>158</v>
       </c>
       <c r="K678">
         <v>1</v>
       </c>
       <c r="L678" t="s">
         <v>24</v>
       </c>
@@ -42369,54 +42375,54 @@
       </c>
       <c r="O678" t="s">
         <v>24</v>
       </c>
       <c r="P678" t="s">
         <v>24</v>
       </c>
       <c r="Q678">
         <v>69.51</v>
       </c>
       <c r="R678" t="s">
         <v>24</v>
       </c>
       <c r="S678">
         <v>69.51</v>
       </c>
     </row>
     <row r="679" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A679">
         <v>678</v>
       </c>
       <c r="B679" t="s">
         <v>457</v>
       </c>
       <c r="C679" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="E679" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="F679" t="s">
         <v>65</v>
       </c>
       <c r="G679" t="s">
         <v>23</v>
       </c>
       <c r="H679">
         <v>66</v>
       </c>
       <c r="I679" t="b">
         <v>0</v>
       </c>
       <c r="J679" t="s">
         <v>158</v>
       </c>
       <c r="K679">
         <v>1</v>
       </c>
       <c r="L679" t="s">
         <v>24</v>
       </c>
       <c r="M679" t="s">
         <v>24</v>
       </c>
@@ -42428,51 +42434,51 @@
       </c>
       <c r="P679" t="s">
         <v>24</v>
       </c>
       <c r="Q679" t="s">
         <v>24</v>
       </c>
       <c r="R679" t="s">
         <v>24</v>
       </c>
       <c r="S679">
         <v>69.17</v>
       </c>
     </row>
     <row r="680" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A680">
         <v>679</v>
       </c>
       <c r="B680" t="s">
         <v>290</v>
       </c>
       <c r="C680" t="s">
         <v>433</v>
       </c>
       <c r="E680" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="F680" t="s">
         <v>42</v>
       </c>
       <c r="G680" t="s">
         <v>46</v>
       </c>
       <c r="H680">
         <v>31</v>
       </c>
       <c r="I680" t="b">
         <v>0</v>
       </c>
       <c r="J680" t="s">
         <v>165</v>
       </c>
       <c r="K680">
         <v>1</v>
       </c>
       <c r="L680" t="s">
         <v>24</v>
       </c>
       <c r="M680" t="s">
         <v>24</v>
       </c>
@@ -42481,51 +42487,51 @@
       </c>
       <c r="O680">
         <v>68.55</v>
       </c>
       <c r="P680" t="s">
         <v>24</v>
       </c>
       <c r="Q680" t="s">
         <v>24</v>
       </c>
       <c r="R680" t="s">
         <v>24</v>
       </c>
       <c r="S680">
         <v>68.55</v>
       </c>
     </row>
     <row r="681" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A681">
         <v>680</v>
       </c>
       <c r="B681" t="s">
         <v>639</v>
       </c>
       <c r="C681" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="D681">
         <v>2056</v>
       </c>
       <c r="E681" t="s">
         <v>24</v>
       </c>
       <c r="F681" t="s">
         <v>31</v>
       </c>
       <c r="G681" t="s">
         <v>46</v>
       </c>
       <c r="H681">
         <v>52</v>
       </c>
       <c r="I681" t="b">
         <v>0</v>
       </c>
       <c r="J681" t="s">
         <v>158</v>
       </c>
       <c r="K681">
         <v>1</v>
       </c>
@@ -42537,54 +42543,54 @@
       </c>
       <c r="N681" t="s">
         <v>24</v>
       </c>
       <c r="O681" t="s">
         <v>24</v>
       </c>
       <c r="P681" t="s">
         <v>24</v>
       </c>
       <c r="Q681" t="s">
         <v>24</v>
       </c>
       <c r="R681" t="s">
         <v>24</v>
       </c>
       <c r="S681">
         <v>68.36</v>
       </c>
     </row>
     <row r="682" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A682">
         <v>681</v>
       </c>
       <c r="B682" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="C682" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="E682" t="s">
         <v>269</v>
       </c>
       <c r="F682" t="s">
         <v>31</v>
       </c>
       <c r="G682" t="s">
         <v>46</v>
       </c>
       <c r="H682">
         <v>53</v>
       </c>
       <c r="I682" t="b">
         <v>0</v>
       </c>
       <c r="J682" t="s">
         <v>165</v>
       </c>
       <c r="K682">
         <v>1</v>
       </c>
       <c r="L682" t="s">
         <v>24</v>
       </c>
@@ -42593,54 +42599,54 @@
       </c>
       <c r="N682" t="s">
         <v>24</v>
       </c>
       <c r="O682">
         <v>67.14</v>
       </c>
       <c r="P682" t="s">
         <v>24</v>
       </c>
       <c r="Q682" t="s">
         <v>24</v>
       </c>
       <c r="R682" t="s">
         <v>24</v>
       </c>
       <c r="S682">
         <v>67.14</v>
       </c>
     </row>
     <row r="683" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A683">
         <v>682</v>
       </c>
       <c r="B683" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="C683" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="E683" t="s">
         <v>269</v>
       </c>
       <c r="F683" t="s">
         <v>31</v>
       </c>
       <c r="G683" t="s">
         <v>46</v>
       </c>
       <c r="H683">
         <v>54</v>
       </c>
       <c r="I683" t="b">
         <v>0</v>
       </c>
       <c r="J683" t="s">
         <v>165</v>
       </c>
       <c r="K683">
         <v>1</v>
       </c>
       <c r="L683" t="s">
         <v>24</v>
       </c>
@@ -42649,57 +42655,57 @@
       </c>
       <c r="N683" t="s">
         <v>24</v>
       </c>
       <c r="O683">
         <v>67.14</v>
       </c>
       <c r="P683" t="s">
         <v>24</v>
       </c>
       <c r="Q683" t="s">
         <v>24</v>
       </c>
       <c r="R683" t="s">
         <v>24</v>
       </c>
       <c r="S683">
         <v>67.14</v>
       </c>
     </row>
     <row r="684" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A684">
         <v>683</v>
       </c>
       <c r="B684" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="C684" t="s">
         <v>86</v>
       </c>
       <c r="E684" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="F684" t="s">
         <v>42</v>
       </c>
       <c r="G684" t="s">
         <v>46</v>
       </c>
       <c r="H684">
         <v>32</v>
       </c>
       <c r="I684" t="b">
         <v>0</v>
       </c>
       <c r="J684" t="s">
         <v>165</v>
       </c>
       <c r="K684">
         <v>1</v>
       </c>
       <c r="L684">
         <v>66.83</v>
       </c>
       <c r="M684" t="s">
         <v>24</v>
       </c>
@@ -42708,57 +42714,57 @@
       </c>
       <c r="O684" t="s">
         <v>24</v>
       </c>
       <c r="P684" t="s">
         <v>24</v>
       </c>
       <c r="Q684" t="s">
         <v>24</v>
       </c>
       <c r="R684" t="s">
         <v>24</v>
       </c>
       <c r="S684">
         <v>66.83</v>
       </c>
     </row>
     <row r="685" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A685">
         <v>684</v>
       </c>
       <c r="B685" t="s">
         <v>138</v>
       </c>
       <c r="C685" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="D685">
         <v>1586</v>
       </c>
       <c r="E685" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="F685" t="s">
         <v>31</v>
       </c>
       <c r="G685" t="s">
         <v>46</v>
       </c>
       <c r="H685">
         <v>55</v>
       </c>
       <c r="I685" t="b">
         <v>0</v>
       </c>
       <c r="J685" t="s">
         <v>165</v>
       </c>
       <c r="K685">
         <v>1</v>
       </c>
       <c r="L685">
         <v>66.67</v>
       </c>
       <c r="M685" t="s">
         <v>24</v>
       </c>
@@ -42767,51 +42773,51 @@
       </c>
       <c r="O685" t="s">
         <v>24</v>
       </c>
       <c r="P685" t="s">
         <v>24</v>
       </c>
       <c r="Q685" t="s">
         <v>24</v>
       </c>
       <c r="R685" t="s">
         <v>24</v>
       </c>
       <c r="S685">
         <v>66.67</v>
       </c>
     </row>
     <row r="686" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A686">
         <v>685</v>
       </c>
       <c r="B686" t="s">
         <v>73</v>
       </c>
       <c r="C686" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="E686" t="s">
         <v>54</v>
       </c>
       <c r="F686" t="s">
         <v>42</v>
       </c>
       <c r="G686" t="s">
         <v>23</v>
       </c>
       <c r="H686">
         <v>109</v>
       </c>
       <c r="I686" t="b">
         <v>0</v>
       </c>
       <c r="J686" t="s">
         <v>165</v>
       </c>
       <c r="K686">
         <v>1</v>
       </c>
       <c r="L686" t="s">
         <v>24</v>
       </c>
@@ -42820,51 +42826,51 @@
       </c>
       <c r="N686" t="s">
         <v>24</v>
       </c>
       <c r="O686" t="s">
         <v>24</v>
       </c>
       <c r="P686">
         <v>65.47</v>
       </c>
       <c r="Q686" t="s">
         <v>24</v>
       </c>
       <c r="R686" t="s">
         <v>24</v>
       </c>
       <c r="S686">
         <v>65.47</v>
       </c>
     </row>
     <row r="687" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A687">
         <v>686</v>
       </c>
       <c r="B687" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="C687" t="s">
         <v>86</v>
       </c>
       <c r="E687" t="s">
         <v>24</v>
       </c>
       <c r="F687" t="s">
         <v>22</v>
       </c>
       <c r="G687" t="s">
         <v>23</v>
       </c>
       <c r="H687">
         <v>167</v>
       </c>
       <c r="I687" t="b">
         <v>0</v>
       </c>
       <c r="J687" t="s">
         <v>165</v>
       </c>
       <c r="K687">
         <v>1</v>
       </c>
@@ -42879,51 +42885,51 @@
       </c>
       <c r="O687">
         <v>65.31</v>
       </c>
       <c r="P687" t="s">
         <v>24</v>
       </c>
       <c r="Q687" t="s">
         <v>24</v>
       </c>
       <c r="R687" t="s">
         <v>24</v>
       </c>
       <c r="S687">
         <v>65.31</v>
       </c>
     </row>
     <row r="688" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A688">
         <v>687</v>
       </c>
       <c r="B688" t="s">
         <v>232</v>
       </c>
       <c r="C688" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="E688" t="s">
         <v>213</v>
       </c>
       <c r="F688" t="s">
         <v>31</v>
       </c>
       <c r="G688" t="s">
         <v>23</v>
       </c>
       <c r="H688">
         <v>139</v>
       </c>
       <c r="I688" t="b">
         <v>0</v>
       </c>
       <c r="J688" t="s">
         <v>165</v>
       </c>
       <c r="K688">
         <v>1</v>
       </c>
       <c r="L688" t="s">
         <v>24</v>
       </c>
@@ -42935,51 +42941,51 @@
       </c>
       <c r="O688">
         <v>65.23</v>
       </c>
       <c r="P688" t="s">
         <v>24</v>
       </c>
       <c r="Q688" t="s">
         <v>24</v>
       </c>
       <c r="R688" t="s">
         <v>24</v>
       </c>
       <c r="S688">
         <v>65.23</v>
       </c>
     </row>
     <row r="689" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A689">
         <v>688</v>
       </c>
       <c r="B689" t="s">
         <v>73</v>
       </c>
       <c r="C689" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="E689" t="s">
         <v>195</v>
       </c>
       <c r="F689" t="s">
         <v>65</v>
       </c>
       <c r="G689" t="s">
         <v>23</v>
       </c>
       <c r="H689">
         <v>67</v>
       </c>
       <c r="I689" t="b">
         <v>0</v>
       </c>
       <c r="J689" t="s">
         <v>158</v>
       </c>
       <c r="K689">
         <v>1</v>
       </c>
       <c r="L689" t="s">
         <v>24</v>
       </c>
@@ -42991,54 +42997,54 @@
       </c>
       <c r="O689">
         <v>62.92</v>
       </c>
       <c r="P689" t="s">
         <v>24</v>
       </c>
       <c r="Q689" t="s">
         <v>24</v>
       </c>
       <c r="R689" t="s">
         <v>24</v>
       </c>
       <c r="S689">
         <v>62.92</v>
       </c>
     </row>
     <row r="690" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A690">
         <v>689</v>
       </c>
       <c r="B690" t="s">
         <v>488</v>
       </c>
       <c r="C690" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="E690" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="F690" t="s">
         <v>65</v>
       </c>
       <c r="G690" t="s">
         <v>23</v>
       </c>
       <c r="H690">
         <v>68</v>
       </c>
       <c r="I690" t="b">
         <v>0</v>
       </c>
       <c r="J690" t="s">
         <v>158</v>
       </c>
       <c r="K690">
         <v>1</v>
       </c>
       <c r="L690" t="s">
         <v>24</v>
       </c>
       <c r="M690" t="s">
         <v>24</v>
       </c>
@@ -43053,51 +43059,51 @@
       </c>
       <c r="Q690" t="s">
         <v>24</v>
       </c>
       <c r="R690" t="s">
         <v>24</v>
       </c>
       <c r="S690">
         <v>62.32</v>
       </c>
     </row>
     <row r="691" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A691">
         <v>690</v>
       </c>
       <c r="B691" t="s">
         <v>228</v>
       </c>
       <c r="C691" t="s">
         <v>192</v>
       </c>
       <c r="D691">
         <v>1710</v>
       </c>
       <c r="E691" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="F691" t="s">
         <v>31</v>
       </c>
       <c r="G691" t="s">
         <v>23</v>
       </c>
       <c r="H691">
         <v>140</v>
       </c>
       <c r="I691" t="b">
         <v>0</v>
       </c>
       <c r="J691" t="s">
         <v>165</v>
       </c>
       <c r="K691">
         <v>1</v>
       </c>
       <c r="L691" t="s">
         <v>24</v>
       </c>
       <c r="M691" t="s">
         <v>24</v>
       </c>
@@ -43106,110 +43112,110 @@
       </c>
       <c r="O691">
         <v>62.04</v>
       </c>
       <c r="P691" t="s">
         <v>24</v>
       </c>
       <c r="Q691" t="s">
         <v>24</v>
       </c>
       <c r="R691" t="s">
         <v>24</v>
       </c>
       <c r="S691">
         <v>62.04</v>
       </c>
     </row>
     <row r="692" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A692">
         <v>691</v>
       </c>
       <c r="B692" t="s">
         <v>729</v>
       </c>
       <c r="C692" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="D692">
         <v>1516</v>
       </c>
       <c r="E692" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="F692" t="s">
         <v>42</v>
       </c>
       <c r="G692" t="s">
         <v>23</v>
       </c>
       <c r="H692">
         <v>110</v>
       </c>
       <c r="I692" t="b">
         <v>0</v>
       </c>
       <c r="J692" t="s">
         <v>165</v>
       </c>
       <c r="K692">
         <v>1</v>
       </c>
       <c r="L692" t="s">
         <v>24</v>
       </c>
       <c r="M692" t="s">
         <v>24</v>
       </c>
       <c r="N692" t="s">
         <v>24</v>
       </c>
       <c r="O692">
         <v>61.26</v>
       </c>
       <c r="P692" t="s">
         <v>24</v>
       </c>
       <c r="Q692" t="s">
         <v>24</v>
       </c>
       <c r="R692" t="s">
         <v>24</v>
       </c>
       <c r="S692">
         <v>61.26</v>
       </c>
     </row>
     <row r="693" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A693">
         <v>692</v>
       </c>
       <c r="B693" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="C693" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="E693" t="s">
         <v>51</v>
       </c>
       <c r="F693" t="s">
         <v>65</v>
       </c>
       <c r="G693" t="s">
         <v>46</v>
       </c>
       <c r="H693">
         <v>11</v>
       </c>
       <c r="I693" t="b">
         <v>0</v>
       </c>
       <c r="J693" t="s">
         <v>158</v>
       </c>
       <c r="K693">
         <v>1</v>
       </c>
       <c r="L693">
         <v>59.92</v>
       </c>
@@ -43218,51 +43224,51 @@
       </c>
       <c r="N693" t="s">
         <v>24</v>
       </c>
       <c r="O693" t="s">
         <v>24</v>
       </c>
       <c r="P693" t="s">
         <v>24</v>
       </c>
       <c r="Q693" t="s">
         <v>24</v>
       </c>
       <c r="R693" t="s">
         <v>24</v>
       </c>
       <c r="S693">
         <v>59.92</v>
       </c>
     </row>
     <row r="694" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A694">
         <v>693</v>
       </c>
       <c r="B694" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="C694" t="s">
         <v>587</v>
       </c>
       <c r="E694" t="s">
         <v>303</v>
       </c>
       <c r="F694" t="s">
         <v>42</v>
       </c>
       <c r="G694" t="s">
         <v>46</v>
       </c>
       <c r="H694">
         <v>33</v>
       </c>
       <c r="I694" t="b">
         <v>0</v>
       </c>
       <c r="J694" t="s">
         <v>165</v>
       </c>
       <c r="K694">
         <v>1</v>
       </c>
@@ -43274,54 +43280,54 @@
       </c>
       <c r="N694" t="s">
         <v>24</v>
       </c>
       <c r="O694" t="s">
         <v>24</v>
       </c>
       <c r="P694" t="s">
         <v>24</v>
       </c>
       <c r="Q694" t="s">
         <v>24</v>
       </c>
       <c r="R694" t="s">
         <v>24</v>
       </c>
       <c r="S694">
         <v>59.87</v>
       </c>
     </row>
     <row r="695" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A695">
         <v>694</v>
       </c>
       <c r="B695" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="C695" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="E695" t="s">
         <v>303</v>
       </c>
       <c r="F695" t="s">
         <v>65</v>
       </c>
       <c r="G695" t="s">
         <v>46</v>
       </c>
       <c r="H695">
         <v>12</v>
       </c>
       <c r="I695" t="b">
         <v>0</v>
       </c>
       <c r="J695" t="s">
         <v>158</v>
       </c>
       <c r="K695">
         <v>1</v>
       </c>
       <c r="L695">
         <v>59.86</v>
       </c>
@@ -43392,51 +43398,51 @@
       </c>
       <c r="O696" t="s">
         <v>24</v>
       </c>
       <c r="P696" t="s">
         <v>24</v>
       </c>
       <c r="Q696" t="s">
         <v>24</v>
       </c>
       <c r="R696" t="s">
         <v>24</v>
       </c>
       <c r="S696">
         <v>0</v>
       </c>
     </row>
     <row r="697" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A697">
         <v>696</v>
       </c>
       <c r="B697" t="s">
         <v>52</v>
       </c>
       <c r="C697" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="D697">
         <v>2044</v>
       </c>
       <c r="E697" t="s">
         <v>51</v>
       </c>
       <c r="F697" t="s">
         <v>31</v>
       </c>
       <c r="G697" t="s">
         <v>23</v>
       </c>
       <c r="H697">
         <v>141</v>
       </c>
       <c r="I697" t="b">
         <v>0</v>
       </c>
       <c r="J697" t="s">
         <v>165</v>
       </c>
       <c r="K697">
         <v>0</v>
       </c>
@@ -43451,51 +43457,51 @@
       </c>
       <c r="O697" t="s">
         <v>24</v>
       </c>
       <c r="P697" t="s">
         <v>24</v>
       </c>
       <c r="Q697" t="s">
         <v>24</v>
       </c>
       <c r="R697" t="s">
         <v>24</v>
       </c>
       <c r="S697">
         <v>0</v>
       </c>
     </row>
     <row r="698" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A698">
         <v>697</v>
       </c>
       <c r="B698" t="s">
         <v>261</v>
       </c>
       <c r="C698" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="E698" t="s">
         <v>24</v>
       </c>
       <c r="F698" t="s">
         <v>22</v>
       </c>
       <c r="G698" t="s">
         <v>23</v>
       </c>
       <c r="H698">
         <v>168</v>
       </c>
       <c r="I698" t="b">
         <v>0</v>
       </c>
       <c r="J698" t="s">
         <v>165</v>
       </c>
       <c r="K698">
         <v>0</v>
       </c>
       <c r="L698" t="s">
         <v>24</v>
       </c>
@@ -43507,51 +43513,51 @@
       </c>
       <c r="O698" t="s">
         <v>24</v>
       </c>
       <c r="P698" t="s">
         <v>24</v>
       </c>
       <c r="Q698" t="s">
         <v>24</v>
       </c>
       <c r="R698" t="s">
         <v>24</v>
       </c>
       <c r="S698">
         <v>0</v>
       </c>
     </row>
     <row r="699" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A699">
         <v>698</v>
       </c>
       <c r="B699" t="s">
         <v>486</v>
       </c>
       <c r="C699" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="D699">
         <v>1686</v>
       </c>
       <c r="E699" t="s">
         <v>34</v>
       </c>
       <c r="F699" t="s">
         <v>22</v>
       </c>
       <c r="G699" t="s">
         <v>23</v>
       </c>
       <c r="H699">
         <v>169</v>
       </c>
       <c r="I699" t="b">
         <v>0</v>
       </c>
       <c r="J699" t="s">
         <v>158</v>
       </c>
       <c r="K699">
         <v>1</v>
       </c>
@@ -43566,51 +43572,51 @@
       </c>
       <c r="O699" t="s">
         <v>24</v>
       </c>
       <c r="P699" t="s">
         <v>24</v>
       </c>
       <c r="Q699" t="s">
         <v>24</v>
       </c>
       <c r="R699" t="s">
         <v>24</v>
       </c>
       <c r="S699">
         <v>0</v>
       </c>
     </row>
     <row r="700" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A700">
         <v>699</v>
       </c>
       <c r="B700" t="s">
         <v>606</v>
       </c>
       <c r="C700" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="D700">
         <v>403</v>
       </c>
       <c r="E700" t="s">
         <v>51</v>
       </c>
       <c r="F700" t="s">
         <v>42</v>
       </c>
       <c r="G700" t="s">
         <v>23</v>
       </c>
       <c r="H700">
         <v>111</v>
       </c>
       <c r="I700" t="b">
         <v>0</v>
       </c>
       <c r="J700" t="s">
         <v>165</v>
       </c>
       <c r="K700">
         <v>0</v>
       </c>
@@ -43625,51 +43631,51 @@
       </c>
       <c r="O700" t="s">
         <v>24</v>
       </c>
       <c r="P700" t="s">
         <v>24</v>
       </c>
       <c r="Q700" t="s">
         <v>24</v>
       </c>
       <c r="R700" t="s">
         <v>24</v>
       </c>
       <c r="S700">
         <v>0</v>
       </c>
     </row>
     <row r="701" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A701">
         <v>700</v>
       </c>
       <c r="B701" t="s">
         <v>212</v>
       </c>
       <c r="C701" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="E701" t="s">
         <v>24</v>
       </c>
       <c r="F701" t="s">
         <v>22</v>
       </c>
       <c r="G701" t="s">
         <v>23</v>
       </c>
       <c r="H701">
         <v>170</v>
       </c>
       <c r="I701" t="b">
         <v>0</v>
       </c>
       <c r="J701" t="s">
         <v>158</v>
       </c>
       <c r="K701">
         <v>1</v>
       </c>
       <c r="L701" t="s">
         <v>24</v>
       </c>
@@ -43681,51 +43687,51 @@
       </c>
       <c r="O701" t="s">
         <v>24</v>
       </c>
       <c r="P701" t="s">
         <v>24</v>
       </c>
       <c r="Q701" t="s">
         <v>24</v>
       </c>
       <c r="R701" t="s">
         <v>24</v>
       </c>
       <c r="S701">
         <v>0</v>
       </c>
     </row>
     <row r="702" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A702">
         <v>701</v>
       </c>
       <c r="B702" t="s">
         <v>153</v>
       </c>
       <c r="C702" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="E702" t="s">
         <v>480</v>
       </c>
       <c r="F702" t="s">
         <v>31</v>
       </c>
       <c r="G702" t="s">
         <v>46</v>
       </c>
       <c r="H702">
         <v>57</v>
       </c>
       <c r="I702" t="b">
         <v>0</v>
       </c>
       <c r="J702" t="s">
         <v>158</v>
       </c>
       <c r="K702">
         <v>1</v>
       </c>
       <c r="L702" t="s">
         <v>24</v>
       </c>
@@ -43737,107 +43743,107 @@
       </c>
       <c r="O702" t="s">
         <v>24</v>
       </c>
       <c r="P702" t="s">
         <v>24</v>
       </c>
       <c r="Q702" t="s">
         <v>24</v>
       </c>
       <c r="R702" t="s">
         <v>24</v>
       </c>
       <c r="S702">
         <v>0</v>
       </c>
     </row>
     <row r="703" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A703">
         <v>702</v>
       </c>
       <c r="B703" t="s">
         <v>823</v>
       </c>
       <c r="C703" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="E703" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="F703" t="s">
         <v>22</v>
       </c>
       <c r="G703" t="s">
         <v>46</v>
       </c>
       <c r="H703">
         <v>67</v>
       </c>
       <c r="I703" t="b">
         <v>0</v>
       </c>
       <c r="J703" t="s">
         <v>158</v>
       </c>
       <c r="K703">
         <v>1</v>
       </c>
       <c r="L703" t="s">
         <v>24</v>
       </c>
       <c r="M703" t="s">
         <v>24</v>
       </c>
       <c r="N703" t="s">
         <v>24</v>
       </c>
       <c r="O703" t="s">
         <v>24</v>
       </c>
       <c r="P703" t="s">
         <v>24</v>
       </c>
       <c r="Q703" t="s">
         <v>24</v>
       </c>
       <c r="R703">
         <v>0</v>
       </c>
       <c r="S703">
         <v>0</v>
       </c>
     </row>
     <row r="704" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A704">
         <v>703</v>
       </c>
       <c r="B704" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="C704" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="E704" t="s">
         <v>51</v>
       </c>
       <c r="F704" t="s">
         <v>22</v>
       </c>
       <c r="G704" t="s">
         <v>46</v>
       </c>
       <c r="H704">
         <v>68</v>
       </c>
       <c r="I704" t="b">
         <v>0</v>
       </c>
       <c r="J704" t="s">
         <v>165</v>
       </c>
       <c r="K704">
         <v>0</v>
       </c>
       <c r="L704" t="s">
         <v>24</v>
       </c>
@@ -43849,51 +43855,51 @@
       </c>
       <c r="O704" t="s">
         <v>24</v>
       </c>
       <c r="P704" t="s">
         <v>24</v>
       </c>
       <c r="Q704" t="s">
         <v>24</v>
       </c>
       <c r="R704" t="s">
         <v>24</v>
       </c>
       <c r="S704">
         <v>0</v>
       </c>
     </row>
     <row r="705" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A705">
         <v>704</v>
       </c>
       <c r="B705" t="s">
         <v>365</v>
       </c>
       <c r="C705" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="E705" t="s">
         <v>24</v>
       </c>
       <c r="F705" t="s">
         <v>22</v>
       </c>
       <c r="G705" t="s">
         <v>23</v>
       </c>
       <c r="H705">
         <v>171</v>
       </c>
       <c r="I705" t="b">
         <v>0</v>
       </c>
       <c r="J705" t="s">
         <v>165</v>
       </c>
       <c r="K705">
         <v>0</v>
       </c>
       <c r="L705" t="s">
         <v>24</v>
       </c>
@@ -43902,54 +43908,54 @@
       </c>
       <c r="N705" t="s">
         <v>24</v>
       </c>
       <c r="O705" t="s">
         <v>24</v>
       </c>
       <c r="P705" t="s">
         <v>24</v>
       </c>
       <c r="Q705" t="s">
         <v>24</v>
       </c>
       <c r="R705" t="s">
         <v>24</v>
       </c>
       <c r="S705">
         <v>0</v>
       </c>
     </row>
     <row r="706" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A706">
         <v>705</v>
       </c>
       <c r="B706" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="C706" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="E706" t="s">
         <v>24</v>
       </c>
       <c r="F706" t="s">
         <v>22</v>
       </c>
       <c r="G706" t="s">
         <v>46</v>
       </c>
       <c r="H706">
         <v>69</v>
       </c>
       <c r="I706" t="b">
         <v>0</v>
       </c>
       <c r="J706" t="s">
         <v>165</v>
       </c>
       <c r="K706">
         <v>0</v>
       </c>
       <c r="L706" t="s">
         <v>24</v>
       </c>
@@ -43961,51 +43967,51 @@
       </c>
       <c r="O706" t="s">
         <v>24</v>
       </c>
       <c r="P706" t="s">
         <v>24</v>
       </c>
       <c r="Q706" t="s">
         <v>24</v>
       </c>
       <c r="R706" t="s">
         <v>24</v>
       </c>
       <c r="S706">
         <v>0</v>
       </c>
     </row>
     <row r="707" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A707">
         <v>706</v>
       </c>
       <c r="B707" t="s">
         <v>130</v>
       </c>
       <c r="C707" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="E707" t="s">
         <v>27</v>
       </c>
       <c r="F707" t="s">
         <v>31</v>
       </c>
       <c r="G707" t="s">
         <v>23</v>
       </c>
       <c r="H707">
         <v>142</v>
       </c>
       <c r="I707" t="b">
         <v>0</v>
       </c>
       <c r="J707" t="s">
         <v>165</v>
       </c>
       <c r="K707">
         <v>0</v>
       </c>
       <c r="L707" t="s">
         <v>24</v>
       </c>
@@ -44017,51 +44023,51 @@
       </c>
       <c r="O707" t="s">
         <v>24</v>
       </c>
       <c r="P707" t="s">
         <v>24</v>
       </c>
       <c r="Q707" t="s">
         <v>24</v>
       </c>
       <c r="R707" t="s">
         <v>24</v>
       </c>
       <c r="S707">
         <v>0</v>
       </c>
     </row>
     <row r="708" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A708">
         <v>707</v>
       </c>
       <c r="B708" t="s">
         <v>232</v>
       </c>
       <c r="C708" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="E708" t="s">
         <v>746</v>
       </c>
       <c r="F708" t="s">
         <v>31</v>
       </c>
       <c r="G708" t="s">
         <v>23</v>
       </c>
       <c r="H708">
         <v>143</v>
       </c>
       <c r="I708" t="b">
         <v>0</v>
       </c>
       <c r="J708" t="s">
         <v>158</v>
       </c>
       <c r="K708">
         <v>1</v>
       </c>
       <c r="L708" t="s">
         <v>24</v>
       </c>
@@ -44073,51 +44079,51 @@
       </c>
       <c r="O708" t="s">
         <v>24</v>
       </c>
       <c r="P708" t="s">
         <v>24</v>
       </c>
       <c r="Q708" t="s">
         <v>24</v>
       </c>
       <c r="R708">
         <v>0</v>
       </c>
       <c r="S708">
         <v>0</v>
       </c>
     </row>
     <row r="709" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A709">
         <v>708</v>
       </c>
       <c r="B709" t="s">
         <v>82</v>
       </c>
       <c r="C709" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="E709" t="s">
         <v>24</v>
       </c>
       <c r="F709" t="s">
         <v>31</v>
       </c>
       <c r="G709" t="s">
         <v>23</v>
       </c>
       <c r="H709">
         <v>144</v>
       </c>
       <c r="I709" t="b">
         <v>0</v>
       </c>
       <c r="J709" t="s">
         <v>158</v>
       </c>
       <c r="K709">
         <v>1</v>
       </c>
       <c r="L709" t="s">
         <v>24</v>
       </c>
@@ -44126,54 +44132,54 @@
       </c>
       <c r="N709" t="s">
         <v>24</v>
       </c>
       <c r="O709" t="s">
         <v>24</v>
       </c>
       <c r="P709" t="s">
         <v>24</v>
       </c>
       <c r="Q709" t="s">
         <v>24</v>
       </c>
       <c r="R709">
         <v>0</v>
       </c>
       <c r="S709">
         <v>0</v>
       </c>
     </row>
     <row r="710" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A710">
         <v>709</v>
       </c>
       <c r="B710" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="C710" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="E710" t="s">
         <v>252</v>
       </c>
       <c r="F710" t="s">
         <v>31</v>
       </c>
       <c r="G710" t="s">
         <v>46</v>
       </c>
       <c r="H710">
         <v>58</v>
       </c>
       <c r="I710" t="b">
         <v>0</v>
       </c>
       <c r="J710" t="s">
         <v>158</v>
       </c>
       <c r="K710">
         <v>1</v>
       </c>
       <c r="L710" t="s">
         <v>24</v>
       </c>
@@ -44350,54 +44356,54 @@
       </c>
       <c r="N713" t="s">
         <v>24</v>
       </c>
       <c r="O713" t="s">
         <v>24</v>
       </c>
       <c r="P713" t="s">
         <v>24</v>
       </c>
       <c r="Q713" t="s">
         <v>24</v>
       </c>
       <c r="R713">
         <v>0</v>
       </c>
       <c r="S713">
         <v>0</v>
       </c>
     </row>
     <row r="714" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A714">
         <v>713</v>
       </c>
       <c r="B714" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="C714" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="E714" t="s">
         <v>24</v>
       </c>
       <c r="F714" t="s">
         <v>31</v>
       </c>
       <c r="G714" t="s">
         <v>46</v>
       </c>
       <c r="H714">
         <v>59</v>
       </c>
       <c r="I714" t="b">
         <v>0</v>
       </c>
       <c r="J714" t="s">
         <v>165</v>
       </c>
       <c r="K714">
         <v>0</v>
       </c>
       <c r="L714" t="s">
         <v>24</v>
       </c>
@@ -44409,51 +44415,51 @@
       </c>
       <c r="O714" t="s">
         <v>24</v>
       </c>
       <c r="P714" t="s">
         <v>24</v>
       </c>
       <c r="Q714" t="s">
         <v>24</v>
       </c>
       <c r="R714" t="s">
         <v>24</v>
       </c>
       <c r="S714">
         <v>0</v>
       </c>
     </row>
     <row r="715" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A715">
         <v>714</v>
       </c>
       <c r="B715" t="s">
         <v>534</v>
       </c>
       <c r="C715" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="E715" t="s">
         <v>24</v>
       </c>
       <c r="F715" t="s">
         <v>22</v>
       </c>
       <c r="G715" t="s">
         <v>23</v>
       </c>
       <c r="H715">
         <v>172</v>
       </c>
       <c r="I715" t="b">
         <v>0</v>
       </c>
       <c r="J715" t="s">
         <v>165</v>
       </c>
       <c r="K715">
         <v>0</v>
       </c>
       <c r="L715" t="s">
         <v>24</v>
       </c>
@@ -44462,54 +44468,54 @@
       </c>
       <c r="N715" t="s">
         <v>24</v>
       </c>
       <c r="O715" t="s">
         <v>24</v>
       </c>
       <c r="P715" t="s">
         <v>24</v>
       </c>
       <c r="Q715" t="s">
         <v>24</v>
       </c>
       <c r="R715" t="s">
         <v>24</v>
       </c>
       <c r="S715">
         <v>0</v>
       </c>
     </row>
     <row r="716" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A716">
         <v>715</v>
       </c>
       <c r="B716" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="C716" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="E716" t="s">
         <v>24</v>
       </c>
       <c r="F716" t="s">
         <v>22</v>
       </c>
       <c r="G716" t="s">
         <v>46</v>
       </c>
       <c r="H716">
         <v>70</v>
       </c>
       <c r="I716" t="b">
         <v>0</v>
       </c>
       <c r="J716" t="s">
         <v>165</v>
       </c>
       <c r="K716">
         <v>0</v>
       </c>
       <c r="L716" t="s">
         <v>24</v>
       </c>
@@ -44521,51 +44527,51 @@
       </c>
       <c r="O716" t="s">
         <v>24</v>
       </c>
       <c r="P716" t="s">
         <v>24</v>
       </c>
       <c r="Q716" t="s">
         <v>24</v>
       </c>
       <c r="R716" t="s">
         <v>24</v>
       </c>
       <c r="S716">
         <v>0</v>
       </c>
     </row>
     <row r="717" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A717">
         <v>716</v>
       </c>
       <c r="B717" t="s">
         <v>642</v>
       </c>
       <c r="C717" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="E717" t="s">
         <v>27</v>
       </c>
       <c r="F717" t="s">
         <v>42</v>
       </c>
       <c r="G717" t="s">
         <v>46</v>
       </c>
       <c r="H717">
         <v>34</v>
       </c>
       <c r="I717" t="b">
         <v>0</v>
       </c>
       <c r="J717" t="s">
         <v>165</v>
       </c>
       <c r="K717">
         <v>0</v>
       </c>
       <c r="L717" t="s">
         <v>24</v>
       </c>
@@ -44630,51 +44636,51 @@
       </c>
       <c r="N718" t="s">
         <v>24</v>
       </c>
       <c r="O718" t="s">
         <v>24</v>
       </c>
       <c r="P718" t="s">
         <v>24</v>
       </c>
       <c r="Q718" t="s">
         <v>24</v>
       </c>
       <c r="R718" t="s">
         <v>24</v>
       </c>
       <c r="S718">
         <v>0</v>
       </c>
     </row>
     <row r="719" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A719">
         <v>718</v>
       </c>
       <c r="B719" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="C719" t="s">
         <v>93</v>
       </c>
       <c r="E719" t="s">
         <v>571</v>
       </c>
       <c r="F719" t="s">
         <v>31</v>
       </c>
       <c r="G719" t="s">
         <v>23</v>
       </c>
       <c r="H719">
         <v>148</v>
       </c>
       <c r="I719" t="b">
         <v>0</v>
       </c>
       <c r="J719" t="s">
         <v>165</v>
       </c>
       <c r="K719">
         <v>0</v>
       </c>
@@ -44686,54 +44692,54 @@
       </c>
       <c r="N719" t="s">
         <v>24</v>
       </c>
       <c r="O719" t="s">
         <v>24</v>
       </c>
       <c r="P719" t="s">
         <v>24</v>
       </c>
       <c r="Q719" t="s">
         <v>24</v>
       </c>
       <c r="R719" t="s">
         <v>24</v>
       </c>
       <c r="S719">
         <v>0</v>
       </c>
     </row>
     <row r="720" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A720">
         <v>719</v>
       </c>
       <c r="B720" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="C720" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="E720" t="s">
         <v>51</v>
       </c>
       <c r="F720" t="s">
         <v>31</v>
       </c>
       <c r="G720" t="s">
         <v>46</v>
       </c>
       <c r="H720">
         <v>61</v>
       </c>
       <c r="I720" t="b">
         <v>0</v>
       </c>
       <c r="J720" t="s">
         <v>165</v>
       </c>
       <c r="K720">
         <v>0</v>
       </c>
       <c r="L720" t="s">
         <v>24</v>
       </c>
@@ -44798,54 +44804,54 @@
       </c>
       <c r="N721" t="s">
         <v>24</v>
       </c>
       <c r="O721" t="s">
         <v>24</v>
       </c>
       <c r="P721" t="s">
         <v>24</v>
       </c>
       <c r="Q721" t="s">
         <v>24</v>
       </c>
       <c r="R721" t="s">
         <v>24</v>
       </c>
       <c r="S721">
         <v>0</v>
       </c>
     </row>
     <row r="722" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A722">
         <v>721</v>
       </c>
       <c r="B722" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="C722" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="E722" t="s">
         <v>24</v>
       </c>
       <c r="F722" t="s">
         <v>22</v>
       </c>
       <c r="G722" t="s">
         <v>46</v>
       </c>
       <c r="H722">
         <v>71</v>
       </c>
       <c r="I722" t="b">
         <v>0</v>
       </c>
       <c r="J722" t="s">
         <v>165</v>
       </c>
       <c r="K722">
         <v>0</v>
       </c>
       <c r="L722" t="s">
         <v>24</v>
       </c>
@@ -44913,51 +44919,51 @@
       </c>
       <c r="O723" t="s">
         <v>24</v>
       </c>
       <c r="P723" t="s">
         <v>24</v>
       </c>
       <c r="Q723" t="s">
         <v>24</v>
       </c>
       <c r="R723" t="s">
         <v>24</v>
       </c>
       <c r="S723">
         <v>0</v>
       </c>
     </row>
     <row r="724" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A724">
         <v>723</v>
       </c>
       <c r="B724" t="s">
         <v>543</v>
       </c>
       <c r="C724" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="E724" t="s">
         <v>27</v>
       </c>
       <c r="F724" t="s">
         <v>31</v>
       </c>
       <c r="G724" t="s">
         <v>46</v>
       </c>
       <c r="H724">
         <v>62</v>
       </c>
       <c r="I724" t="b">
         <v>0</v>
       </c>
       <c r="J724" t="s">
         <v>165</v>
       </c>
       <c r="K724">
         <v>0</v>
       </c>
       <c r="L724" t="s">
         <v>24</v>
       </c>
@@ -44969,51 +44975,51 @@
       </c>
       <c r="O724" t="s">
         <v>24</v>
       </c>
       <c r="P724" t="s">
         <v>24</v>
       </c>
       <c r="Q724" t="s">
         <v>24</v>
       </c>
       <c r="R724" t="s">
         <v>24</v>
       </c>
       <c r="S724">
         <v>0</v>
       </c>
     </row>
     <row r="725" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A725">
         <v>724</v>
       </c>
       <c r="B725" t="s">
         <v>178</v>
       </c>
       <c r="C725" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="E725" t="s">
         <v>27</v>
       </c>
       <c r="F725" t="s">
         <v>31</v>
       </c>
       <c r="G725" t="s">
         <v>23</v>
       </c>
       <c r="H725">
         <v>149</v>
       </c>
       <c r="I725" t="b">
         <v>0</v>
       </c>
       <c r="J725" t="s">
         <v>165</v>
       </c>
       <c r="K725">
         <v>0</v>
       </c>
       <c r="L725" t="s">
         <v>24</v>
       </c>
@@ -45022,54 +45028,54 @@
       </c>
       <c r="N725" t="s">
         <v>24</v>
       </c>
       <c r="O725" t="s">
         <v>24</v>
       </c>
       <c r="P725" t="s">
         <v>24</v>
       </c>
       <c r="Q725" t="s">
         <v>24</v>
       </c>
       <c r="R725" t="s">
         <v>24</v>
       </c>
       <c r="S725">
         <v>0</v>
       </c>
     </row>
     <row r="726" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A726">
         <v>725</v>
       </c>
       <c r="B726" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C726" t="s">
         <v>1037</v>
-      </c>
-[...1 lines deleted...]
-        <v>1036</v>
       </c>
       <c r="D726">
         <v>2143</v>
       </c>
       <c r="E726" t="s">
         <v>24</v>
       </c>
       <c r="F726" t="s">
         <v>22</v>
       </c>
       <c r="G726" t="s">
         <v>46</v>
       </c>
       <c r="H726">
         <v>72</v>
       </c>
       <c r="I726" t="b">
         <v>0</v>
       </c>
       <c r="J726" t="s">
         <v>165</v>
       </c>
       <c r="K726">
         <v>0</v>
       </c>
@@ -45084,51 +45090,51 @@
       </c>
       <c r="O726" t="s">
         <v>24</v>
       </c>
       <c r="P726" t="s">
         <v>24</v>
       </c>
       <c r="Q726" t="s">
         <v>24</v>
       </c>
       <c r="R726" t="s">
         <v>24</v>
       </c>
       <c r="S726">
         <v>0</v>
       </c>
     </row>
     <row r="727" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A727">
         <v>726</v>
       </c>
       <c r="B727" t="s">
         <v>254</v>
       </c>
       <c r="C727" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="E727" t="s">
         <v>27</v>
       </c>
       <c r="F727" t="s">
         <v>31</v>
       </c>
       <c r="G727" t="s">
         <v>23</v>
       </c>
       <c r="H727">
         <v>150</v>
       </c>
       <c r="I727" t="b">
         <v>0</v>
       </c>
       <c r="J727" t="s">
         <v>165</v>
       </c>
       <c r="K727">
         <v>0</v>
       </c>
       <c r="L727" t="s">
         <v>24</v>
       </c>
@@ -45140,51 +45146,51 @@
       </c>
       <c r="O727" t="s">
         <v>24</v>
       </c>
       <c r="P727" t="s">
         <v>24</v>
       </c>
       <c r="Q727" t="s">
         <v>24</v>
       </c>
       <c r="R727" t="s">
         <v>24</v>
       </c>
       <c r="S727">
         <v>0</v>
       </c>
     </row>
     <row r="728" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A728">
         <v>727</v>
       </c>
       <c r="B728" t="s">
         <v>486</v>
       </c>
       <c r="C728" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="D728">
         <v>2163</v>
       </c>
       <c r="E728" t="s">
         <v>24</v>
       </c>
       <c r="F728" t="s">
         <v>22</v>
       </c>
       <c r="G728" t="s">
         <v>23</v>
       </c>
       <c r="H728">
         <v>174</v>
       </c>
       <c r="I728" t="b">
         <v>0</v>
       </c>
       <c r="J728" t="s">
         <v>165</v>
       </c>
       <c r="K728">
         <v>0</v>
       </c>
@@ -45199,51 +45205,51 @@
       </c>
       <c r="O728" t="s">
         <v>24</v>
       </c>
       <c r="P728" t="s">
         <v>24</v>
       </c>
       <c r="Q728" t="s">
         <v>24</v>
       </c>
       <c r="R728" t="s">
         <v>24</v>
       </c>
       <c r="S728">
         <v>0</v>
       </c>
     </row>
     <row r="729" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A729">
         <v>728</v>
       </c>
       <c r="B729" t="s">
         <v>69</v>
       </c>
       <c r="C729" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D729">
         <v>2369</v>
       </c>
       <c r="E729" t="s">
         <v>24</v>
       </c>
       <c r="F729" t="s">
         <v>22</v>
       </c>
       <c r="G729" t="s">
         <v>23</v>
       </c>
       <c r="H729">
         <v>175</v>
       </c>
       <c r="I729" t="b">
         <v>0</v>
       </c>
       <c r="J729" t="s">
         <v>165</v>
       </c>
       <c r="K729">
         <v>0</v>
       </c>
@@ -45258,104 +45264,104 @@
       </c>
       <c r="O729" t="s">
         <v>24</v>
       </c>
       <c r="P729" t="s">
         <v>24</v>
       </c>
       <c r="Q729" t="s">
         <v>24</v>
       </c>
       <c r="R729" t="s">
         <v>24</v>
       </c>
       <c r="S729">
         <v>0</v>
       </c>
     </row>
     <row r="730" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A730">
         <v>729</v>
       </c>
       <c r="B730" t="s">
         <v>212</v>
       </c>
       <c r="C730" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="E730" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="F730" t="s">
         <v>22</v>
       </c>
       <c r="G730" t="s">
         <v>23</v>
       </c>
       <c r="H730">
         <v>176</v>
       </c>
       <c r="I730" t="b">
         <v>0</v>
       </c>
       <c r="J730" t="s">
         <v>165</v>
       </c>
       <c r="K730">
         <v>0</v>
       </c>
       <c r="L730" t="s">
         <v>24</v>
       </c>
       <c r="M730" t="s">
         <v>24</v>
       </c>
       <c r="N730" t="s">
         <v>24</v>
       </c>
       <c r="O730" t="s">
         <v>24</v>
       </c>
       <c r="P730" t="s">
         <v>24</v>
       </c>
       <c r="Q730" t="s">
         <v>24</v>
       </c>
       <c r="R730" t="s">
         <v>24</v>
       </c>
       <c r="S730">
         <v>0</v>
       </c>
     </row>
     <row r="731" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A731">
         <v>730</v>
       </c>
       <c r="B731" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="C731" t="s">
         <v>350</v>
       </c>
       <c r="E731" t="s">
         <v>27</v>
       </c>
       <c r="F731" t="s">
         <v>42</v>
       </c>
       <c r="G731" t="s">
         <v>23</v>
       </c>
       <c r="H731">
         <v>113</v>
       </c>
       <c r="I731" t="b">
         <v>0</v>
       </c>
       <c r="J731" t="s">
         <v>165</v>
       </c>
       <c r="K731">
         <v>0</v>
       </c>