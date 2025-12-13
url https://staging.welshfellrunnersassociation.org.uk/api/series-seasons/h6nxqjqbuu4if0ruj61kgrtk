--- v0 (2025-10-19)
+++ v1 (2025-12-13)
@@ -52,51 +52,51 @@
   <si>
     <t>Class</t>
   </si>
   <si>
     <t>Category Position</t>
   </si>
   <si>
     <t>Eligible</t>
   </si>
   <si>
     <t>IneligibleReasons</t>
   </si>
   <si>
     <t>Race count</t>
   </si>
   <si>
     <t>Fan Fawr</t>
   </si>
   <si>
     <t xml:space="preserve">Winter Sugar Loaf/Mynydd Pen-y-fâl gaeaf </t>
   </si>
   <si>
     <t>Blorenge</t>
   </si>
   <si>
-    <t>Skirrid Xmas Hill Race</t>
+    <t>Skirrid Hill Race</t>
   </si>
   <si>
     <t>Craig yr Allt</t>
   </si>
   <si>
     <t>Cwm Nant-y-Groes</t>
   </si>
   <si>
     <t>Hatterall Flow Test</t>
   </si>
   <si>
     <t>Pen Tir Drop</t>
   </si>
   <si>
     <t>Score</t>
   </si>
   <si>
     <t>Wyndham</t>
   </si>
   <si>
     <t>Turner</t>
   </si>
   <si>
     <t>Mynydd Du</t>
   </si>