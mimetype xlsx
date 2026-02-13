--- v1 (2025-12-13)
+++ v2 (2026-02-13)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Data" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4323" uniqueCount="619">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4323" uniqueCount="620">
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>WFRA membership no</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>Age Category</t>
   </si>
   <si>
     <t>Class</t>
   </si>
   <si>
     <t>Category Position</t>
   </si>
   <si>
@@ -1546,132 +1546,135 @@
   <si>
     <t>Shields</t>
   </si>
   <si>
     <t>Robert</t>
   </si>
   <si>
     <t>Lineham</t>
   </si>
   <si>
     <t>Deanna</t>
   </si>
   <si>
     <t>Mammath</t>
   </si>
   <si>
     <t>Nathan</t>
   </si>
   <si>
     <t>Landeg</t>
   </si>
   <si>
     <t>Askey</t>
   </si>
   <si>
+    <t>Julia</t>
+  </si>
+  <si>
+    <t>Mathias</t>
+  </si>
+  <si>
+    <t>Emily</t>
+  </si>
+  <si>
+    <t>GWILLIAM</t>
+  </si>
+  <si>
+    <t>Pells</t>
+  </si>
+  <si>
+    <t>CDF</t>
+  </si>
+  <si>
+    <t>Carys</t>
+  </si>
+  <si>
+    <t>Murphy</t>
+  </si>
+  <si>
+    <t>Haywood Smith</t>
+  </si>
+  <si>
+    <t>Spencer</t>
+  </si>
+  <si>
+    <t>Napolitano</t>
+  </si>
+  <si>
+    <t>WHITMARSH</t>
+  </si>
+  <si>
+    <t>Louise</t>
+  </si>
+  <si>
+    <t>Crockett</t>
+  </si>
+  <si>
+    <t>Hunter</t>
+  </si>
+  <si>
+    <t>Warland</t>
+  </si>
+  <si>
+    <t>Clare</t>
+  </si>
+  <si>
+    <t>Patterson</t>
+  </si>
+  <si>
+    <t>PATTERSON</t>
+  </si>
+  <si>
+    <t>COX</t>
+  </si>
+  <si>
+    <t>Lily</t>
+  </si>
+  <si>
+    <t>Chubb</t>
+  </si>
+  <si>
+    <t>Gould</t>
+  </si>
+  <si>
+    <t>Helen</t>
+  </si>
+  <si>
+    <t>Sawyer</t>
+  </si>
+  <si>
+    <t>Casburn</t>
+  </si>
+  <si>
+    <t>Vegan Runners UK</t>
+  </si>
+  <si>
+    <t>Riddington</t>
+  </si>
+  <si>
     <t>Julie</t>
-  </si>
-[...79 lines deleted...]
-    <t>Riddington</t>
   </si>
   <si>
     <t>Scholey</t>
   </si>
   <si>
     <t>Anneke</t>
   </si>
   <si>
     <t>Bull</t>
   </si>
   <si>
     <t>Timothy</t>
   </si>
   <si>
     <t>Osman</t>
   </si>
   <si>
     <t>Crocodiles</t>
   </si>
   <si>
     <t>Lucas</t>
   </si>
   <si>
     <t>Beatrice</t>
   </si>
@@ -19044,50 +19047,53 @@
         <v>25</v>
       </c>
       <c r="Q278" t="s">
         <v>25</v>
       </c>
       <c r="R278" t="s">
         <v>25</v>
       </c>
       <c r="S278" t="s">
         <v>25</v>
       </c>
       <c r="T278">
         <v>90.51</v>
       </c>
     </row>
     <row r="279" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A279">
         <v>278</v>
       </c>
       <c r="B279" t="s">
         <v>512</v>
       </c>
       <c r="C279" t="s">
         <v>513</v>
       </c>
+      <c r="D279">
+        <v>1826</v>
+      </c>
       <c r="E279" t="s">
         <v>22</v>
       </c>
       <c r="F279" t="s">
         <v>50</v>
       </c>
       <c r="G279" t="s">
         <v>57</v>
       </c>
       <c r="H279">
         <v>17</v>
       </c>
       <c r="I279" t="b">
         <v>1</v>
       </c>
       <c r="J279" t="s">
         <v>25</v>
       </c>
       <c r="K279">
         <v>1</v>
       </c>
       <c r="L279" t="s">
         <v>25</v>
       </c>
       <c r="M279" t="s">
@@ -20228,54 +20234,54 @@
       </c>
       <c r="O298" t="s">
         <v>25</v>
       </c>
       <c r="P298">
         <v>83.95</v>
       </c>
       <c r="Q298" t="s">
         <v>25</v>
       </c>
       <c r="R298" t="s">
         <v>25</v>
       </c>
       <c r="S298" t="s">
         <v>25</v>
       </c>
       <c r="T298">
         <v>83.95</v>
       </c>
     </row>
     <row r="299" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A299">
         <v>298</v>
       </c>
       <c r="B299" t="s">
-        <v>512</v>
+        <v>540</v>
       </c>
       <c r="C299" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="E299" t="s">
         <v>475</v>
       </c>
       <c r="F299" t="s">
         <v>62</v>
       </c>
       <c r="G299" t="s">
         <v>57</v>
       </c>
       <c r="H299">
         <v>8</v>
       </c>
       <c r="I299" t="b">
         <v>1</v>
       </c>
       <c r="J299" t="s">
         <v>25</v>
       </c>
       <c r="K299">
         <v>1</v>
       </c>
       <c r="L299" t="s">
         <v>25</v>
       </c>
@@ -20287,54 +20293,54 @@
       </c>
       <c r="O299" t="s">
         <v>25</v>
       </c>
       <c r="P299">
         <v>83.82</v>
       </c>
       <c r="Q299" t="s">
         <v>25</v>
       </c>
       <c r="R299" t="s">
         <v>25</v>
       </c>
       <c r="S299" t="s">
         <v>25</v>
       </c>
       <c r="T299">
         <v>83.82</v>
       </c>
     </row>
     <row r="300" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A300">
         <v>299</v>
       </c>
       <c r="B300" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C300" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="E300" t="s">
         <v>185</v>
       </c>
       <c r="F300" t="s">
         <v>62</v>
       </c>
       <c r="G300" t="s">
         <v>57</v>
       </c>
       <c r="H300">
         <v>9</v>
       </c>
       <c r="I300" t="b">
         <v>1</v>
       </c>
       <c r="J300" t="s">
         <v>25</v>
       </c>
       <c r="K300">
         <v>0</v>
       </c>
       <c r="L300" t="s">
         <v>25</v>
       </c>
@@ -20346,57 +20352,57 @@
       </c>
       <c r="O300" t="s">
         <v>25</v>
       </c>
       <c r="P300" t="s">
         <v>25</v>
       </c>
       <c r="Q300" t="s">
         <v>25</v>
       </c>
       <c r="R300" t="s">
         <v>25</v>
       </c>
       <c r="S300" t="s">
         <v>25</v>
       </c>
       <c r="T300">
         <v>83.7</v>
       </c>
     </row>
     <row r="301" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A301">
         <v>300</v>
       </c>
       <c r="B301" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="C301" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="E301" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="F301" t="s">
         <v>62</v>
       </c>
       <c r="G301" t="s">
         <v>24</v>
       </c>
       <c r="H301">
         <v>22</v>
       </c>
       <c r="I301" t="b">
         <v>1</v>
       </c>
       <c r="J301" t="s">
         <v>25</v>
       </c>
       <c r="K301">
         <v>1</v>
       </c>
       <c r="L301" t="s">
         <v>25</v>
       </c>
       <c r="M301" t="s">
         <v>25</v>
       </c>
@@ -20408,51 +20414,51 @@
       </c>
       <c r="P301" t="s">
         <v>25</v>
       </c>
       <c r="Q301" t="s">
         <v>25</v>
       </c>
       <c r="R301" t="s">
         <v>25</v>
       </c>
       <c r="S301" t="s">
         <v>25</v>
       </c>
       <c r="T301">
         <v>83.65</v>
       </c>
     </row>
     <row r="302" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A302">
         <v>301</v>
       </c>
       <c r="B302" t="s">
         <v>69</v>
       </c>
       <c r="C302" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="D302">
         <v>11</v>
       </c>
       <c r="E302" t="s">
         <v>56</v>
       </c>
       <c r="F302" t="s">
         <v>62</v>
       </c>
       <c r="G302" t="s">
         <v>24</v>
       </c>
       <c r="H302">
         <v>23</v>
       </c>
       <c r="I302" t="b">
         <v>1</v>
       </c>
       <c r="J302" t="s">
         <v>25</v>
       </c>
       <c r="K302">
         <v>1</v>
       </c>
@@ -20467,51 +20473,51 @@
       </c>
       <c r="O302" t="s">
         <v>25</v>
       </c>
       <c r="P302" t="s">
         <v>25</v>
       </c>
       <c r="Q302" t="s">
         <v>25</v>
       </c>
       <c r="R302" t="s">
         <v>25</v>
       </c>
       <c r="S302" t="s">
         <v>25</v>
       </c>
       <c r="T302">
         <v>83.49</v>
       </c>
     </row>
     <row r="303" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A303">
         <v>302</v>
       </c>
       <c r="B303" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="C303" t="s">
         <v>290</v>
       </c>
       <c r="E303" t="s">
         <v>318</v>
       </c>
       <c r="F303" t="s">
         <v>31</v>
       </c>
       <c r="G303" t="s">
         <v>57</v>
       </c>
       <c r="H303">
         <v>19</v>
       </c>
       <c r="I303" t="b">
         <v>1</v>
       </c>
       <c r="J303" t="s">
         <v>25</v>
       </c>
       <c r="K303">
         <v>1</v>
       </c>
@@ -20529,51 +20535,51 @@
       </c>
       <c r="P303">
         <v>83.1</v>
       </c>
       <c r="Q303" t="s">
         <v>25</v>
       </c>
       <c r="R303" t="s">
         <v>25</v>
       </c>
       <c r="S303" t="s">
         <v>25</v>
       </c>
       <c r="T303">
         <v>83.1</v>
       </c>
     </row>
     <row r="304" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A304">
         <v>303</v>
       </c>
       <c r="B304" t="s">
         <v>484</v>
       </c>
       <c r="C304" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="E304" t="s">
         <v>109</v>
       </c>
       <c r="F304" t="s">
         <v>101</v>
       </c>
       <c r="G304" t="s">
         <v>24</v>
       </c>
       <c r="H304">
         <v>6</v>
       </c>
       <c r="I304" t="b">
         <v>1</v>
       </c>
       <c r="J304" t="s">
         <v>25</v>
       </c>
       <c r="K304">
         <v>1</v>
       </c>
       <c r="L304" t="s">
         <v>25</v>
       </c>
@@ -20588,51 +20594,51 @@
       </c>
       <c r="P304" t="s">
         <v>25</v>
       </c>
       <c r="Q304" t="s">
         <v>25</v>
       </c>
       <c r="R304" t="s">
         <v>25</v>
       </c>
       <c r="S304" t="s">
         <v>25</v>
       </c>
       <c r="T304">
         <v>82.89</v>
       </c>
     </row>
     <row r="305" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A305">
         <v>304</v>
       </c>
       <c r="B305" t="s">
         <v>164</v>
       </c>
       <c r="C305" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="E305" t="s">
         <v>39</v>
       </c>
       <c r="F305" t="s">
         <v>62</v>
       </c>
       <c r="G305" t="s">
         <v>24</v>
       </c>
       <c r="H305">
         <v>24</v>
       </c>
       <c r="I305" t="b">
         <v>1</v>
       </c>
       <c r="J305" t="s">
         <v>25</v>
       </c>
       <c r="K305">
         <v>1</v>
       </c>
       <c r="L305" t="s">
         <v>25</v>
       </c>
@@ -20644,54 +20650,54 @@
       </c>
       <c r="O305" t="s">
         <v>25</v>
       </c>
       <c r="P305" t="s">
         <v>25</v>
       </c>
       <c r="Q305">
         <v>82.78</v>
       </c>
       <c r="R305" t="s">
         <v>25</v>
       </c>
       <c r="S305" t="s">
         <v>25</v>
       </c>
       <c r="T305">
         <v>82.78</v>
       </c>
     </row>
     <row r="306" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A306">
         <v>305</v>
       </c>
       <c r="B306" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="C306" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="E306" t="s">
         <v>81</v>
       </c>
       <c r="F306" t="s">
         <v>50</v>
       </c>
       <c r="G306" t="s">
         <v>57</v>
       </c>
       <c r="H306">
         <v>21</v>
       </c>
       <c r="I306" t="b">
         <v>1</v>
       </c>
       <c r="J306" t="s">
         <v>25</v>
       </c>
       <c r="K306">
         <v>1</v>
       </c>
       <c r="L306" t="s">
         <v>25</v>
       </c>
@@ -20706,51 +20712,51 @@
       </c>
       <c r="P306" t="s">
         <v>25</v>
       </c>
       <c r="Q306" t="s">
         <v>25</v>
       </c>
       <c r="R306" t="s">
         <v>25</v>
       </c>
       <c r="S306" t="s">
         <v>25</v>
       </c>
       <c r="T306">
         <v>82.69</v>
       </c>
     </row>
     <row r="307" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A307">
         <v>306</v>
       </c>
       <c r="B307" t="s">
         <v>196</v>
       </c>
       <c r="C307" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="E307" t="s">
         <v>81</v>
       </c>
       <c r="F307" t="s">
         <v>62</v>
       </c>
       <c r="G307" t="s">
         <v>24</v>
       </c>
       <c r="H307">
         <v>25</v>
       </c>
       <c r="I307" t="b">
         <v>1</v>
       </c>
       <c r="J307" t="s">
         <v>25</v>
       </c>
       <c r="K307">
         <v>0</v>
       </c>
       <c r="L307" t="s">
         <v>25</v>
       </c>
@@ -20762,51 +20768,51 @@
       </c>
       <c r="O307" t="s">
         <v>25</v>
       </c>
       <c r="P307" t="s">
         <v>25</v>
       </c>
       <c r="Q307" t="s">
         <v>25</v>
       </c>
       <c r="R307" t="s">
         <v>25</v>
       </c>
       <c r="S307" t="s">
         <v>25</v>
       </c>
       <c r="T307">
         <v>82.62</v>
       </c>
     </row>
     <row r="308" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A308">
         <v>307</v>
       </c>
       <c r="B308" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="C308" t="s">
         <v>389</v>
       </c>
       <c r="E308" t="s">
         <v>39</v>
       </c>
       <c r="F308" t="s">
         <v>50</v>
       </c>
       <c r="G308" t="s">
         <v>57</v>
       </c>
       <c r="H308">
         <v>22</v>
       </c>
       <c r="I308" t="b">
         <v>1</v>
       </c>
       <c r="J308" t="s">
         <v>25</v>
       </c>
       <c r="K308">
         <v>1</v>
       </c>
@@ -20821,54 +20827,54 @@
       </c>
       <c r="O308" t="s">
         <v>25</v>
       </c>
       <c r="P308">
         <v>82.43</v>
       </c>
       <c r="Q308" t="s">
         <v>25</v>
       </c>
       <c r="R308" t="s">
         <v>25</v>
       </c>
       <c r="S308" t="s">
         <v>25</v>
       </c>
       <c r="T308">
         <v>82.43</v>
       </c>
     </row>
     <row r="309" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A309">
         <v>308</v>
       </c>
       <c r="B309" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="C309" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="E309" t="s">
         <v>39</v>
       </c>
       <c r="F309" t="s">
         <v>50</v>
       </c>
       <c r="G309" t="s">
         <v>57</v>
       </c>
       <c r="H309">
         <v>23</v>
       </c>
       <c r="I309" t="b">
         <v>1</v>
       </c>
       <c r="J309" t="s">
         <v>25</v>
       </c>
       <c r="K309">
         <v>1</v>
       </c>
       <c r="L309" t="s">
         <v>25</v>
       </c>
@@ -20942,51 +20948,51 @@
       </c>
       <c r="P310" t="s">
         <v>25</v>
       </c>
       <c r="Q310" t="s">
         <v>25</v>
       </c>
       <c r="R310">
         <v>81.64</v>
       </c>
       <c r="S310" t="s">
         <v>25</v>
       </c>
       <c r="T310">
         <v>81.64</v>
       </c>
     </row>
     <row r="311" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A311">
         <v>310</v>
       </c>
       <c r="B311" t="s">
         <v>347</v>
       </c>
       <c r="C311" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="E311" t="s">
         <v>22</v>
       </c>
       <c r="F311" t="s">
         <v>62</v>
       </c>
       <c r="G311" t="s">
         <v>24</v>
       </c>
       <c r="H311">
         <v>26</v>
       </c>
       <c r="I311" t="b">
         <v>1</v>
       </c>
       <c r="J311" t="s">
         <v>25</v>
       </c>
       <c r="K311">
         <v>1</v>
       </c>
       <c r="L311" t="s">
         <v>25</v>
       </c>
@@ -20998,54 +21004,54 @@
       </c>
       <c r="O311" t="s">
         <v>25</v>
       </c>
       <c r="P311" t="s">
         <v>25</v>
       </c>
       <c r="Q311" t="s">
         <v>25</v>
       </c>
       <c r="R311">
         <v>81.55</v>
       </c>
       <c r="S311" t="s">
         <v>25</v>
       </c>
       <c r="T311">
         <v>81.55</v>
       </c>
     </row>
     <row r="312" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A312">
         <v>311</v>
       </c>
       <c r="B312" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="C312" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="E312" t="s">
         <v>125</v>
       </c>
       <c r="F312" t="s">
         <v>23</v>
       </c>
       <c r="G312" t="s">
         <v>57</v>
       </c>
       <c r="H312">
         <v>31</v>
       </c>
       <c r="I312" t="b">
         <v>1</v>
       </c>
       <c r="J312" t="s">
         <v>25</v>
       </c>
       <c r="K312">
         <v>1</v>
       </c>
       <c r="L312" t="s">
         <v>25</v>
       </c>
@@ -21060,51 +21066,51 @@
       </c>
       <c r="P312" t="s">
         <v>25</v>
       </c>
       <c r="Q312" t="s">
         <v>25</v>
       </c>
       <c r="R312" t="s">
         <v>25</v>
       </c>
       <c r="S312">
         <v>81.23</v>
       </c>
       <c r="T312">
         <v>81.23</v>
       </c>
     </row>
     <row r="313" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A313">
         <v>312</v>
       </c>
       <c r="B313" t="s">
         <v>201</v>
       </c>
       <c r="C313" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="E313" t="s">
         <v>125</v>
       </c>
       <c r="F313" t="s">
         <v>23</v>
       </c>
       <c r="G313" t="s">
         <v>24</v>
       </c>
       <c r="H313">
         <v>92</v>
       </c>
       <c r="I313" t="b">
         <v>1</v>
       </c>
       <c r="J313" t="s">
         <v>25</v>
       </c>
       <c r="K313">
         <v>1</v>
       </c>
       <c r="L313" t="s">
         <v>25</v>
       </c>
@@ -21116,54 +21122,54 @@
       </c>
       <c r="O313" t="s">
         <v>25</v>
       </c>
       <c r="P313" t="s">
         <v>25</v>
       </c>
       <c r="Q313" t="s">
         <v>25</v>
       </c>
       <c r="R313" t="s">
         <v>25</v>
       </c>
       <c r="S313">
         <v>81.21</v>
       </c>
       <c r="T313">
         <v>81.21</v>
       </c>
     </row>
     <row r="314" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A314">
         <v>313</v>
       </c>
       <c r="B314" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="C314" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="E314" t="s">
         <v>153</v>
       </c>
       <c r="F314" t="s">
         <v>23</v>
       </c>
       <c r="G314" t="s">
         <v>57</v>
       </c>
       <c r="H314">
         <v>32</v>
       </c>
       <c r="I314" t="b">
         <v>1</v>
       </c>
       <c r="J314" t="s">
         <v>25</v>
       </c>
       <c r="K314">
         <v>1</v>
       </c>
       <c r="L314" t="s">
         <v>25</v>
       </c>
@@ -21178,51 +21184,51 @@
       </c>
       <c r="P314" t="s">
         <v>25</v>
       </c>
       <c r="Q314">
         <v>80.79</v>
       </c>
       <c r="R314" t="s">
         <v>25</v>
       </c>
       <c r="S314" t="s">
         <v>25</v>
       </c>
       <c r="T314">
         <v>80.79</v>
       </c>
     </row>
     <row r="315" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A315">
         <v>314</v>
       </c>
       <c r="B315" t="s">
         <v>67</v>
       </c>
       <c r="C315" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="E315" t="s">
         <v>25</v>
       </c>
       <c r="F315" t="s">
         <v>31</v>
       </c>
       <c r="G315" t="s">
         <v>57</v>
       </c>
       <c r="H315">
         <v>21</v>
       </c>
       <c r="I315" t="b">
         <v>1</v>
       </c>
       <c r="J315" t="s">
         <v>25</v>
       </c>
       <c r="K315">
         <v>1</v>
       </c>
       <c r="L315" t="s">
         <v>25</v>
       </c>
@@ -21237,51 +21243,51 @@
       </c>
       <c r="P315" t="s">
         <v>25</v>
       </c>
       <c r="Q315" t="s">
         <v>25</v>
       </c>
       <c r="R315" t="s">
         <v>25</v>
       </c>
       <c r="S315" t="s">
         <v>25</v>
       </c>
       <c r="T315">
         <v>80.24</v>
       </c>
     </row>
     <row r="316" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A316">
         <v>315</v>
       </c>
       <c r="B316" t="s">
         <v>60</v>
       </c>
       <c r="C316" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="E316" t="s">
         <v>39</v>
       </c>
       <c r="F316" t="s">
         <v>101</v>
       </c>
       <c r="G316" t="s">
         <v>24</v>
       </c>
       <c r="H316">
         <v>7</v>
       </c>
       <c r="I316" t="b">
         <v>1</v>
       </c>
       <c r="J316" t="s">
         <v>25</v>
       </c>
       <c r="K316">
         <v>1</v>
       </c>
       <c r="L316" t="s">
         <v>25</v>
       </c>
@@ -21296,51 +21302,51 @@
       </c>
       <c r="P316">
         <v>79.35</v>
       </c>
       <c r="Q316" t="s">
         <v>25</v>
       </c>
       <c r="R316" t="s">
         <v>25</v>
       </c>
       <c r="S316" t="s">
         <v>25</v>
       </c>
       <c r="T316">
         <v>79.35</v>
       </c>
     </row>
     <row r="317" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A317">
         <v>316</v>
       </c>
       <c r="B317" t="s">
         <v>28</v>
       </c>
       <c r="C317" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="D317">
         <v>888</v>
       </c>
       <c r="E317" t="s">
         <v>22</v>
       </c>
       <c r="F317" t="s">
         <v>50</v>
       </c>
       <c r="G317" t="s">
         <v>24</v>
       </c>
       <c r="H317">
         <v>38</v>
       </c>
       <c r="I317" t="b">
         <v>1</v>
       </c>
       <c r="J317" t="s">
         <v>25</v>
       </c>
       <c r="K317">
         <v>1</v>
       </c>
@@ -21355,54 +21361,54 @@
       </c>
       <c r="O317">
         <v>79.07</v>
       </c>
       <c r="P317" t="s">
         <v>25</v>
       </c>
       <c r="Q317" t="s">
         <v>25</v>
       </c>
       <c r="R317" t="s">
         <v>25</v>
       </c>
       <c r="S317" t="s">
         <v>25</v>
       </c>
       <c r="T317">
         <v>79.07</v>
       </c>
     </row>
     <row r="318" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A318">
         <v>317</v>
       </c>
       <c r="B318" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="C318" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="E318" t="s">
         <v>25</v>
       </c>
       <c r="F318" t="s">
         <v>128</v>
       </c>
       <c r="G318" t="s">
         <v>57</v>
       </c>
       <c r="H318">
         <v>8</v>
       </c>
       <c r="I318" t="b">
         <v>1</v>
       </c>
       <c r="J318" t="s">
         <v>25</v>
       </c>
       <c r="K318">
         <v>1</v>
       </c>
       <c r="L318">
         <v>79.02</v>
       </c>
@@ -21414,51 +21420,51 @@
       </c>
       <c r="O318" t="s">
         <v>25</v>
       </c>
       <c r="P318" t="s">
         <v>25</v>
       </c>
       <c r="Q318" t="s">
         <v>25</v>
       </c>
       <c r="R318" t="s">
         <v>25</v>
       </c>
       <c r="S318" t="s">
         <v>25</v>
       </c>
       <c r="T318">
         <v>79.02</v>
       </c>
     </row>
     <row r="319" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A319">
         <v>318</v>
       </c>
       <c r="B319" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="C319" t="s">
         <v>348</v>
       </c>
       <c r="E319" t="s">
         <v>39</v>
       </c>
       <c r="F319" t="s">
         <v>23</v>
       </c>
       <c r="G319" t="s">
         <v>57</v>
       </c>
       <c r="H319">
         <v>33</v>
       </c>
       <c r="I319" t="b">
         <v>1</v>
       </c>
       <c r="J319" t="s">
         <v>25</v>
       </c>
       <c r="K319">
         <v>1</v>
       </c>
@@ -21473,54 +21479,54 @@
       </c>
       <c r="O319" t="s">
         <v>25</v>
       </c>
       <c r="P319">
         <v>77.91</v>
       </c>
       <c r="Q319" t="s">
         <v>25</v>
       </c>
       <c r="R319" t="s">
         <v>25</v>
       </c>
       <c r="S319" t="s">
         <v>25</v>
       </c>
       <c r="T319">
         <v>77.91</v>
       </c>
     </row>
     <row r="320" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A320">
         <v>319</v>
       </c>
       <c r="B320" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="C320" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="E320" t="s">
         <v>39</v>
       </c>
       <c r="F320" t="s">
         <v>31</v>
       </c>
       <c r="G320" t="s">
         <v>57</v>
       </c>
       <c r="H320">
         <v>22</v>
       </c>
       <c r="I320" t="b">
         <v>1</v>
       </c>
       <c r="J320" t="s">
         <v>25</v>
       </c>
       <c r="K320">
         <v>1</v>
       </c>
       <c r="L320" t="s">
         <v>25</v>
       </c>
@@ -21532,54 +21538,54 @@
       </c>
       <c r="O320" t="s">
         <v>25</v>
       </c>
       <c r="P320">
         <v>77.73</v>
       </c>
       <c r="Q320" t="s">
         <v>25</v>
       </c>
       <c r="R320" t="s">
         <v>25</v>
       </c>
       <c r="S320" t="s">
         <v>25</v>
       </c>
       <c r="T320">
         <v>77.73</v>
       </c>
     </row>
     <row r="321" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A321">
         <v>320</v>
       </c>
       <c r="B321" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="C321" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="E321" t="s">
         <v>25</v>
       </c>
       <c r="F321" t="s">
         <v>23</v>
       </c>
       <c r="G321" t="s">
         <v>57</v>
       </c>
       <c r="H321">
         <v>34</v>
       </c>
       <c r="I321" t="b">
         <v>1</v>
       </c>
       <c r="J321" t="s">
         <v>25</v>
       </c>
       <c r="K321">
         <v>1</v>
       </c>
       <c r="L321" t="s">
         <v>25</v>
       </c>
@@ -21650,54 +21656,54 @@
       </c>
       <c r="O322" t="s">
         <v>25</v>
       </c>
       <c r="P322" t="s">
         <v>25</v>
       </c>
       <c r="Q322" t="s">
         <v>25</v>
       </c>
       <c r="R322" t="s">
         <v>25</v>
       </c>
       <c r="S322" t="s">
         <v>25</v>
       </c>
       <c r="T322">
         <v>77.24</v>
       </c>
     </row>
     <row r="323" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A323">
         <v>322</v>
       </c>
       <c r="B323" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="C323" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="E323" t="s">
         <v>263</v>
       </c>
       <c r="F323" t="s">
         <v>128</v>
       </c>
       <c r="G323" t="s">
         <v>57</v>
       </c>
       <c r="H323">
         <v>9</v>
       </c>
       <c r="I323" t="b">
         <v>1</v>
       </c>
       <c r="J323" t="s">
         <v>25</v>
       </c>
       <c r="K323">
         <v>1</v>
       </c>
       <c r="L323">
         <v>77.17</v>
       </c>
@@ -21709,54 +21715,54 @@
       </c>
       <c r="O323" t="s">
         <v>25</v>
       </c>
       <c r="P323" t="s">
         <v>25</v>
       </c>
       <c r="Q323" t="s">
         <v>25</v>
       </c>
       <c r="R323" t="s">
         <v>25</v>
       </c>
       <c r="S323" t="s">
         <v>25</v>
       </c>
       <c r="T323">
         <v>77.17</v>
       </c>
     </row>
     <row r="324" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A324">
         <v>323</v>
       </c>
       <c r="B324" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="C324" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="E324" t="s">
         <v>25</v>
       </c>
       <c r="F324" t="s">
         <v>23</v>
       </c>
       <c r="G324" t="s">
         <v>57</v>
       </c>
       <c r="H324">
         <v>35</v>
       </c>
       <c r="I324" t="b">
         <v>1</v>
       </c>
       <c r="J324" t="s">
         <v>25</v>
       </c>
       <c r="K324">
         <v>1</v>
       </c>
       <c r="L324" t="s">
         <v>25</v>
       </c>
@@ -21771,51 +21777,51 @@
       </c>
       <c r="P324" t="s">
         <v>25</v>
       </c>
       <c r="Q324" t="s">
         <v>25</v>
       </c>
       <c r="R324">
         <v>76.26</v>
       </c>
       <c r="S324" t="s">
         <v>25</v>
       </c>
       <c r="T324">
         <v>76.26</v>
       </c>
     </row>
     <row r="325" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A325">
         <v>324</v>
       </c>
       <c r="B325" t="s">
         <v>246</v>
       </c>
       <c r="C325" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="E325" t="s">
         <v>276</v>
       </c>
       <c r="F325" t="s">
         <v>23</v>
       </c>
       <c r="G325" t="s">
         <v>57</v>
       </c>
       <c r="H325">
         <v>36</v>
       </c>
       <c r="I325" t="b">
         <v>1</v>
       </c>
       <c r="J325" t="s">
         <v>25</v>
       </c>
       <c r="K325">
         <v>1</v>
       </c>
       <c r="L325" t="s">
         <v>25</v>
       </c>
@@ -21830,51 +21836,51 @@
       </c>
       <c r="P325">
         <v>76.16</v>
       </c>
       <c r="Q325" t="s">
         <v>25</v>
       </c>
       <c r="R325" t="s">
         <v>25</v>
       </c>
       <c r="S325" t="s">
         <v>25</v>
       </c>
       <c r="T325">
         <v>76.16</v>
       </c>
     </row>
     <row r="326" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A326">
         <v>325</v>
       </c>
       <c r="B326" t="s">
         <v>210</v>
       </c>
       <c r="C326" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="E326" t="s">
         <v>177</v>
       </c>
       <c r="F326" t="s">
         <v>23</v>
       </c>
       <c r="G326" t="s">
         <v>57</v>
       </c>
       <c r="H326">
         <v>37</v>
       </c>
       <c r="I326" t="b">
         <v>1</v>
       </c>
       <c r="J326" t="s">
         <v>25</v>
       </c>
       <c r="K326">
         <v>1</v>
       </c>
       <c r="L326" t="s">
         <v>25</v>
       </c>
@@ -21886,54 +21892,54 @@
       </c>
       <c r="O326" t="s">
         <v>25</v>
       </c>
       <c r="P326">
         <v>75.78</v>
       </c>
       <c r="Q326" t="s">
         <v>25</v>
       </c>
       <c r="R326" t="s">
         <v>25</v>
       </c>
       <c r="S326" t="s">
         <v>25</v>
       </c>
       <c r="T326">
         <v>75.78</v>
       </c>
     </row>
     <row r="327" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A327">
         <v>326</v>
       </c>
       <c r="B327" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="C327" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="E327" t="s">
         <v>318</v>
       </c>
       <c r="F327" t="s">
         <v>62</v>
       </c>
       <c r="G327" t="s">
         <v>57</v>
       </c>
       <c r="H327">
         <v>10</v>
       </c>
       <c r="I327" t="b">
         <v>1</v>
       </c>
       <c r="J327" t="s">
         <v>25</v>
       </c>
       <c r="K327">
         <v>1</v>
       </c>
       <c r="L327" t="s">
         <v>25</v>
       </c>
@@ -21945,54 +21951,54 @@
       </c>
       <c r="O327" t="s">
         <v>25</v>
       </c>
       <c r="P327">
         <v>74.89</v>
       </c>
       <c r="Q327" t="s">
         <v>25</v>
       </c>
       <c r="R327" t="s">
         <v>25</v>
       </c>
       <c r="S327" t="s">
         <v>25</v>
       </c>
       <c r="T327">
         <v>74.89</v>
       </c>
     </row>
     <row r="328" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A328">
         <v>327</v>
       </c>
       <c r="B328" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C328" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="E328" t="s">
         <v>42</v>
       </c>
       <c r="F328" t="s">
         <v>23</v>
       </c>
       <c r="G328" t="s">
         <v>57</v>
       </c>
       <c r="H328">
         <v>38</v>
       </c>
       <c r="I328" t="b">
         <v>1</v>
       </c>
       <c r="J328" t="s">
         <v>25</v>
       </c>
       <c r="K328">
         <v>1</v>
       </c>
       <c r="L328" t="s">
         <v>25</v>
       </c>
@@ -22004,54 +22010,54 @@
       </c>
       <c r="O328" t="s">
         <v>25</v>
       </c>
       <c r="P328">
         <v>74.89</v>
       </c>
       <c r="Q328" t="s">
         <v>25</v>
       </c>
       <c r="R328" t="s">
         <v>25</v>
       </c>
       <c r="S328" t="s">
         <v>25</v>
       </c>
       <c r="T328">
         <v>74.89</v>
       </c>
     </row>
     <row r="329" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A329">
         <v>328</v>
       </c>
       <c r="B329" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="C329" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="E329" t="s">
         <v>25</v>
       </c>
       <c r="F329" t="s">
         <v>31</v>
       </c>
       <c r="G329" t="s">
         <v>57</v>
       </c>
       <c r="H329">
         <v>23</v>
       </c>
       <c r="I329" t="b">
         <v>1</v>
       </c>
       <c r="J329" t="s">
         <v>25</v>
       </c>
       <c r="K329">
         <v>1</v>
       </c>
       <c r="L329" t="s">
         <v>25</v>
       </c>
@@ -22063,54 +22069,54 @@
       </c>
       <c r="O329" t="s">
         <v>25</v>
       </c>
       <c r="P329" t="s">
         <v>25</v>
       </c>
       <c r="Q329" t="s">
         <v>25</v>
       </c>
       <c r="R329" t="s">
         <v>25</v>
       </c>
       <c r="S329" t="s">
         <v>25</v>
       </c>
       <c r="T329">
         <v>74.19</v>
       </c>
     </row>
     <row r="330" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A330">
         <v>329</v>
       </c>
       <c r="B330" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="C330" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="E330" t="s">
         <v>475</v>
       </c>
       <c r="F330" t="s">
         <v>101</v>
       </c>
       <c r="G330" t="s">
         <v>24</v>
       </c>
       <c r="H330">
         <v>8</v>
       </c>
       <c r="I330" t="b">
         <v>1</v>
       </c>
       <c r="J330" t="s">
         <v>25</v>
       </c>
       <c r="K330">
         <v>1</v>
       </c>
       <c r="L330" t="s">
         <v>25</v>
       </c>
@@ -22122,51 +22128,51 @@
       </c>
       <c r="O330" t="s">
         <v>25</v>
       </c>
       <c r="P330" t="s">
         <v>25</v>
       </c>
       <c r="Q330" t="s">
         <v>25</v>
       </c>
       <c r="R330" t="s">
         <v>25</v>
       </c>
       <c r="S330">
         <v>74</v>
       </c>
       <c r="T330">
         <v>74</v>
       </c>
     </row>
     <row r="331" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A331">
         <v>330</v>
       </c>
       <c r="B331" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="C331" t="s">
         <v>78</v>
       </c>
       <c r="E331" t="s">
         <v>25</v>
       </c>
       <c r="F331" t="s">
         <v>23</v>
       </c>
       <c r="G331" t="s">
         <v>57</v>
       </c>
       <c r="H331">
         <v>39</v>
       </c>
       <c r="I331" t="b">
         <v>1</v>
       </c>
       <c r="J331" t="s">
         <v>25</v>
       </c>
       <c r="K331">
         <v>1</v>
       </c>
@@ -22181,54 +22187,54 @@
       </c>
       <c r="O331" t="s">
         <v>25</v>
       </c>
       <c r="P331" t="s">
         <v>25</v>
       </c>
       <c r="Q331" t="s">
         <v>25</v>
       </c>
       <c r="R331">
         <v>73.06</v>
       </c>
       <c r="S331" t="s">
         <v>25</v>
       </c>
       <c r="T331">
         <v>73.06</v>
       </c>
     </row>
     <row r="332" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A332">
         <v>331</v>
       </c>
       <c r="B332" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="C332" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="E332" t="s">
         <v>421</v>
       </c>
       <c r="F332" t="s">
         <v>23</v>
       </c>
       <c r="G332" t="s">
         <v>57</v>
       </c>
       <c r="H332">
         <v>40</v>
       </c>
       <c r="I332" t="b">
         <v>1</v>
       </c>
       <c r="J332" t="s">
         <v>25</v>
       </c>
       <c r="K332">
         <v>1</v>
       </c>
       <c r="L332" t="s">
         <v>25</v>
       </c>
@@ -22299,54 +22305,54 @@
       </c>
       <c r="O333" t="s">
         <v>25</v>
       </c>
       <c r="P333" t="s">
         <v>25</v>
       </c>
       <c r="Q333" t="s">
         <v>25</v>
       </c>
       <c r="R333" t="s">
         <v>25</v>
       </c>
       <c r="S333" t="s">
         <v>25</v>
       </c>
       <c r="T333">
         <v>72.17</v>
       </c>
     </row>
     <row r="334" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A334">
         <v>333</v>
       </c>
       <c r="B334" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="C334" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D334">
         <v>2477</v>
       </c>
       <c r="E334" t="s">
         <v>39</v>
       </c>
       <c r="F334" t="s">
         <v>50</v>
       </c>
       <c r="G334" t="s">
         <v>57</v>
       </c>
       <c r="H334">
         <v>25</v>
       </c>
       <c r="I334" t="b">
         <v>1</v>
       </c>
       <c r="J334" t="s">
         <v>25</v>
       </c>
       <c r="K334">
         <v>1</v>
       </c>
@@ -22361,54 +22367,54 @@
       </c>
       <c r="O334" t="s">
         <v>25</v>
       </c>
       <c r="P334">
         <v>71.61</v>
       </c>
       <c r="Q334" t="s">
         <v>25</v>
       </c>
       <c r="R334" t="s">
         <v>25</v>
       </c>
       <c r="S334" t="s">
         <v>25</v>
       </c>
       <c r="T334">
         <v>71.61</v>
       </c>
     </row>
     <row r="335" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A335">
         <v>334</v>
       </c>
       <c r="B335" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="C335" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="E335" t="s">
         <v>263</v>
       </c>
       <c r="F335" t="s">
         <v>128</v>
       </c>
       <c r="G335" t="s">
         <v>57</v>
       </c>
       <c r="H335">
         <v>10</v>
       </c>
       <c r="I335" t="b">
         <v>1</v>
       </c>
       <c r="J335" t="s">
         <v>25</v>
       </c>
       <c r="K335">
         <v>1</v>
       </c>
       <c r="L335">
         <v>71.47</v>
       </c>
@@ -22420,54 +22426,54 @@
       </c>
       <c r="O335" t="s">
         <v>25</v>
       </c>
       <c r="P335" t="s">
         <v>25</v>
       </c>
       <c r="Q335" t="s">
         <v>25</v>
       </c>
       <c r="R335" t="s">
         <v>25</v>
       </c>
       <c r="S335" t="s">
         <v>25</v>
       </c>
       <c r="T335">
         <v>71.47</v>
       </c>
     </row>
     <row r="336" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A336">
         <v>335</v>
       </c>
       <c r="B336" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="C336" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="E336" t="s">
         <v>421</v>
       </c>
       <c r="F336" t="s">
         <v>50</v>
       </c>
       <c r="G336" t="s">
         <v>57</v>
       </c>
       <c r="H336">
         <v>26</v>
       </c>
       <c r="I336" t="b">
         <v>1</v>
       </c>
       <c r="J336" t="s">
         <v>25</v>
       </c>
       <c r="K336">
         <v>1</v>
       </c>
       <c r="L336" t="s">
         <v>25</v>
       </c>
@@ -22482,51 +22488,51 @@
       </c>
       <c r="P336" t="s">
         <v>25</v>
       </c>
       <c r="Q336" t="s">
         <v>25</v>
       </c>
       <c r="R336" t="s">
         <v>25</v>
       </c>
       <c r="S336" t="s">
         <v>25</v>
       </c>
       <c r="T336">
         <v>71.09</v>
       </c>
     </row>
     <row r="337" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A337">
         <v>336</v>
       </c>
       <c r="B337" t="s">
         <v>54</v>
       </c>
       <c r="C337" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="E337" t="s">
         <v>25</v>
       </c>
       <c r="F337" t="s">
         <v>23</v>
       </c>
       <c r="G337" t="s">
         <v>57</v>
       </c>
       <c r="H337">
         <v>41</v>
       </c>
       <c r="I337" t="b">
         <v>1</v>
       </c>
       <c r="J337" t="s">
         <v>25</v>
       </c>
       <c r="K337">
         <v>1</v>
       </c>
       <c r="L337" t="s">
         <v>25</v>
       </c>
@@ -22538,54 +22544,54 @@
       </c>
       <c r="O337" t="s">
         <v>25</v>
       </c>
       <c r="P337" t="s">
         <v>25</v>
       </c>
       <c r="Q337">
         <v>69.45</v>
       </c>
       <c r="R337" t="s">
         <v>25</v>
       </c>
       <c r="S337" t="s">
         <v>25</v>
       </c>
       <c r="T337">
         <v>69.45</v>
       </c>
     </row>
     <row r="338" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A338">
         <v>337</v>
       </c>
       <c r="B338" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="C338" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="E338" t="s">
         <v>254</v>
       </c>
       <c r="F338" t="s">
         <v>50</v>
       </c>
       <c r="G338" t="s">
         <v>57</v>
       </c>
       <c r="H338">
         <v>27</v>
       </c>
       <c r="I338" t="b">
         <v>1</v>
       </c>
       <c r="J338" t="s">
         <v>25</v>
       </c>
       <c r="K338">
         <v>1</v>
       </c>
       <c r="L338" t="s">
         <v>25</v>
       </c>
@@ -22600,51 +22606,51 @@
       </c>
       <c r="P338" t="s">
         <v>25</v>
       </c>
       <c r="Q338" t="s">
         <v>25</v>
       </c>
       <c r="R338" t="s">
         <v>25</v>
       </c>
       <c r="S338" t="s">
         <v>25</v>
       </c>
       <c r="T338">
         <v>68.54</v>
       </c>
     </row>
     <row r="339" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A339">
         <v>338</v>
       </c>
       <c r="B339" t="s">
         <v>446</v>
       </c>
       <c r="C339" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="E339" t="s">
         <v>39</v>
       </c>
       <c r="F339" t="s">
         <v>101</v>
       </c>
       <c r="G339" t="s">
         <v>57</v>
       </c>
       <c r="H339">
         <v>1</v>
       </c>
       <c r="I339" t="b">
         <v>1</v>
       </c>
       <c r="J339" t="s">
         <v>25</v>
       </c>
       <c r="K339">
         <v>1</v>
       </c>
       <c r="L339" t="s">
         <v>25</v>
       </c>
@@ -22656,54 +22662,54 @@
       </c>
       <c r="O339" t="s">
         <v>25</v>
       </c>
       <c r="P339">
         <v>66.71</v>
       </c>
       <c r="Q339" t="s">
         <v>25</v>
       </c>
       <c r="R339" t="s">
         <v>25</v>
       </c>
       <c r="S339" t="s">
         <v>25</v>
       </c>
       <c r="T339">
         <v>66.71</v>
       </c>
     </row>
     <row r="340" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A340">
         <v>339</v>
       </c>
       <c r="B340" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="C340" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="E340" t="s">
         <v>421</v>
       </c>
       <c r="F340" t="s">
         <v>62</v>
       </c>
       <c r="G340" t="s">
         <v>57</v>
       </c>
       <c r="H340">
         <v>11</v>
       </c>
       <c r="I340" t="b">
         <v>1</v>
       </c>
       <c r="J340" t="s">
         <v>25</v>
       </c>
       <c r="K340">
         <v>1</v>
       </c>
       <c r="L340" t="s">
         <v>25</v>
       </c>
@@ -22718,51 +22724,51 @@
       </c>
       <c r="P340" t="s">
         <v>25</v>
       </c>
       <c r="Q340" t="s">
         <v>25</v>
       </c>
       <c r="R340" t="s">
         <v>25</v>
       </c>
       <c r="S340" t="s">
         <v>25</v>
       </c>
       <c r="T340">
         <v>66.26</v>
       </c>
     </row>
     <row r="341" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A341">
         <v>340</v>
       </c>
       <c r="B341" t="s">
         <v>77</v>
       </c>
       <c r="C341" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="E341" t="s">
         <v>185</v>
       </c>
       <c r="F341" t="s">
         <v>50</v>
       </c>
       <c r="G341" t="s">
         <v>24</v>
       </c>
       <c r="H341">
         <v>40</v>
       </c>
       <c r="I341" t="b">
         <v>1</v>
       </c>
       <c r="J341" t="s">
         <v>25</v>
       </c>
       <c r="K341">
         <v>0</v>
       </c>
       <c r="L341" t="s">
         <v>25</v>
       </c>
@@ -22774,54 +22780,54 @@
       </c>
       <c r="O341" t="s">
         <v>25</v>
       </c>
       <c r="P341" t="s">
         <v>25</v>
       </c>
       <c r="Q341" t="s">
         <v>25</v>
       </c>
       <c r="R341" t="s">
         <v>25</v>
       </c>
       <c r="S341" t="s">
         <v>25</v>
       </c>
       <c r="T341">
         <v>65.81</v>
       </c>
     </row>
     <row r="342" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A342">
         <v>341</v>
       </c>
       <c r="B342" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="C342" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="E342" t="s">
         <v>39</v>
       </c>
       <c r="F342" t="s">
         <v>31</v>
       </c>
       <c r="G342" t="s">
         <v>57</v>
       </c>
       <c r="H342">
         <v>24</v>
       </c>
       <c r="I342" t="b">
         <v>1</v>
       </c>
       <c r="J342" t="s">
         <v>25</v>
       </c>
       <c r="K342">
         <v>1</v>
       </c>
       <c r="L342" t="s">
         <v>25</v>
       </c>
@@ -22833,54 +22839,54 @@
       </c>
       <c r="O342" t="s">
         <v>25</v>
       </c>
       <c r="P342">
         <v>61.4</v>
       </c>
       <c r="Q342" t="s">
         <v>25</v>
       </c>
       <c r="R342" t="s">
         <v>25</v>
       </c>
       <c r="S342" t="s">
         <v>25</v>
       </c>
       <c r="T342">
         <v>61.4</v>
       </c>
     </row>
     <row r="343" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A343">
         <v>342</v>
       </c>
       <c r="B343" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C343" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="E343" t="s">
         <v>39</v>
       </c>
       <c r="F343" t="s">
         <v>62</v>
       </c>
       <c r="G343" t="s">
         <v>57</v>
       </c>
       <c r="H343">
         <v>12</v>
       </c>
       <c r="I343" t="b">
         <v>1</v>
       </c>
       <c r="J343" t="s">
         <v>25</v>
       </c>
       <c r="K343">
         <v>1</v>
       </c>
       <c r="L343" t="s">
         <v>25</v>
       </c>
@@ -22951,54 +22957,54 @@
       </c>
       <c r="O344" t="s">
         <v>25</v>
       </c>
       <c r="P344">
         <v>61.15</v>
       </c>
       <c r="Q344" t="s">
         <v>25</v>
       </c>
       <c r="R344" t="s">
         <v>25</v>
       </c>
       <c r="S344" t="s">
         <v>25</v>
       </c>
       <c r="T344">
         <v>61.15</v>
       </c>
     </row>
     <row r="345" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A345">
         <v>344</v>
       </c>
       <c r="B345" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="C345" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="E345" t="s">
         <v>39</v>
       </c>
       <c r="F345" t="s">
         <v>62</v>
       </c>
       <c r="G345" t="s">
         <v>57</v>
       </c>
       <c r="H345">
         <v>13</v>
       </c>
       <c r="I345" t="b">
         <v>1</v>
       </c>
       <c r="J345" t="s">
         <v>25</v>
       </c>
       <c r="K345">
         <v>1</v>
       </c>
       <c r="L345" t="s">
         <v>25</v>
       </c>
@@ -23010,54 +23016,54 @@
       </c>
       <c r="O345" t="s">
         <v>25</v>
       </c>
       <c r="P345">
         <v>60.99</v>
       </c>
       <c r="Q345" t="s">
         <v>25</v>
       </c>
       <c r="R345" t="s">
         <v>25</v>
       </c>
       <c r="S345" t="s">
         <v>25</v>
       </c>
       <c r="T345">
         <v>60.99</v>
       </c>
     </row>
     <row r="346" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A346">
         <v>345</v>
       </c>
       <c r="B346" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="C346" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="E346" t="s">
         <v>39</v>
       </c>
       <c r="F346" t="s">
         <v>50</v>
       </c>
       <c r="G346" t="s">
         <v>57</v>
       </c>
       <c r="H346">
         <v>29</v>
       </c>
       <c r="I346" t="b">
         <v>1</v>
       </c>
       <c r="J346" t="s">
         <v>25</v>
       </c>
       <c r="K346">
         <v>1</v>
       </c>
       <c r="L346" t="s">
         <v>25</v>
       </c>
@@ -23069,54 +23075,54 @@
       </c>
       <c r="O346" t="s">
         <v>25</v>
       </c>
       <c r="P346">
         <v>60.86</v>
       </c>
       <c r="Q346" t="s">
         <v>25</v>
       </c>
       <c r="R346" t="s">
         <v>25</v>
       </c>
       <c r="S346" t="s">
         <v>25</v>
       </c>
       <c r="T346">
         <v>60.86</v>
       </c>
     </row>
     <row r="347" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A347">
         <v>346</v>
       </c>
       <c r="B347" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="C347" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="E347" t="s">
         <v>263</v>
       </c>
       <c r="F347" t="s">
         <v>128</v>
       </c>
       <c r="G347" t="s">
         <v>24</v>
       </c>
       <c r="H347">
         <v>10</v>
       </c>
       <c r="I347" t="b">
         <v>1</v>
       </c>
       <c r="J347" t="s">
         <v>25</v>
       </c>
       <c r="K347">
         <v>1</v>
       </c>
       <c r="L347">
         <v>57.78</v>
       </c>
@@ -23131,51 +23137,51 @@
       </c>
       <c r="P347" t="s">
         <v>25</v>
       </c>
       <c r="Q347" t="s">
         <v>25</v>
       </c>
       <c r="R347" t="s">
         <v>25</v>
       </c>
       <c r="S347" t="s">
         <v>25</v>
       </c>
       <c r="T347">
         <v>57.78</v>
       </c>
     </row>
     <row r="348" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A348">
         <v>347</v>
       </c>
       <c r="B348" t="s">
         <v>34</v>
       </c>
       <c r="C348" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="D348">
         <v>1410</v>
       </c>
       <c r="E348" t="s">
         <v>25</v>
       </c>
       <c r="F348" t="s">
         <v>101</v>
       </c>
       <c r="G348" t="s">
         <v>24</v>
       </c>
       <c r="H348">
         <v>9</v>
       </c>
       <c r="I348" t="b">
         <v>1</v>
       </c>
       <c r="J348" t="s">
         <v>25</v>
       </c>
       <c r="K348">
         <v>1</v>
       </c>
@@ -23190,54 +23196,54 @@
       </c>
       <c r="O348">
         <v>55.79</v>
       </c>
       <c r="P348" t="s">
         <v>25</v>
       </c>
       <c r="Q348" t="s">
         <v>25</v>
       </c>
       <c r="R348" t="s">
         <v>25</v>
       </c>
       <c r="S348" t="s">
         <v>25</v>
       </c>
       <c r="T348">
         <v>55.79</v>
       </c>
     </row>
     <row r="349" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A349">
         <v>348</v>
       </c>
       <c r="B349" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="C349" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="E349" t="s">
         <v>421</v>
       </c>
       <c r="F349" t="s">
         <v>50</v>
       </c>
       <c r="G349" t="s">
         <v>57</v>
       </c>
       <c r="H349">
         <v>30</v>
       </c>
       <c r="I349" t="b">
         <v>1</v>
       </c>
       <c r="J349" t="s">
         <v>25</v>
       </c>
       <c r="K349">
         <v>1</v>
       </c>
       <c r="L349" t="s">
         <v>25</v>
       </c>
@@ -23249,51 +23255,51 @@
       </c>
       <c r="O349">
         <v>52.4</v>
       </c>
       <c r="P349" t="s">
         <v>25</v>
       </c>
       <c r="Q349" t="s">
         <v>25</v>
       </c>
       <c r="R349" t="s">
         <v>25</v>
       </c>
       <c r="S349" t="s">
         <v>25</v>
       </c>
       <c r="T349">
         <v>52.4</v>
       </c>
     </row>
     <row r="350" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A350">
         <v>349</v>
       </c>
       <c r="B350" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="C350" t="s">
         <v>68</v>
       </c>
       <c r="E350" t="s">
         <v>25</v>
       </c>
       <c r="F350" t="s">
         <v>101</v>
       </c>
       <c r="G350" t="s">
         <v>24</v>
       </c>
       <c r="H350">
         <v>10</v>
       </c>
       <c r="I350" t="b">
         <v>1</v>
       </c>
       <c r="J350" t="s">
         <v>25</v>
       </c>
       <c r="K350">
         <v>1</v>
       </c>
@@ -23308,72 +23314,72 @@
       </c>
       <c r="O350" t="s">
         <v>25</v>
       </c>
       <c r="P350" t="s">
         <v>25</v>
       </c>
       <c r="Q350" t="s">
         <v>25</v>
       </c>
       <c r="R350" t="s">
         <v>25</v>
       </c>
       <c r="S350" t="s">
         <v>25</v>
       </c>
       <c r="T350">
         <v>46.89</v>
       </c>
     </row>
     <row r="351" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A351">
         <v>350</v>
       </c>
       <c r="B351" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="C351" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="E351" t="s">
         <v>263</v>
       </c>
       <c r="F351" t="s">
         <v>128</v>
       </c>
       <c r="G351" t="s">
         <v>57</v>
       </c>
       <c r="H351">
         <v>11</v>
       </c>
       <c r="I351" t="b">
         <v>0</v>
       </c>
       <c r="J351" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="K351">
         <v>1</v>
       </c>
       <c r="L351">
         <v>0</v>
       </c>
       <c r="M351" t="s">
         <v>25</v>
       </c>
       <c r="N351" t="s">
         <v>25</v>
       </c>
       <c r="O351" t="s">
         <v>25</v>
       </c>
       <c r="P351" t="s">
         <v>25</v>
       </c>
       <c r="Q351" t="s">
         <v>25</v>
       </c>
       <c r="R351" t="s">
         <v>25</v>
       </c>