--- v0 (2025-11-05)
+++ v1 (2026-01-15)
@@ -8,104 +8,95 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Data" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="637" uniqueCount="139">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="566" uniqueCount="136">
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>WFRA membership no</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>Age Category</t>
   </si>
   <si>
     <t>Class</t>
   </si>
   <si>
     <t>Category Position</t>
   </si>
   <si>
     <t>Eligible</t>
   </si>
   <si>
     <t>IneligibleReasons</t>
   </si>
   <si>
     <t>Race count</t>
   </si>
   <si>
-    <t>Spring Sugar Loaf Juniors</t>
-[...5 lines deleted...]
-    <t>Pen y Fan Juniors</t>
+    <t>Rasys Cedris /Wales Junior Champs</t>
   </si>
   <si>
     <t>Llanthony Show Juniors</t>
   </si>
   <si>
-    <t>Fan Fawr Juniors</t>
+    <t>Mynydd Maen Juniors</t>
   </si>
   <si>
     <t>Winter Sugar Loaf Juniors/Ras Iau Pen y Fâl</t>
-  </si>
-[...1 lines deleted...]
-    <t>Llanthony Show Juniors (2)</t>
   </si>
   <si>
     <t>Score</t>
   </si>
   <si>
     <t>Jesse</t>
   </si>
   <si>
     <t>Ryan</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>U7</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
     <t>Henry</t>
   </si>
   <si>
     <t>Mollekin</t>
   </si>
@@ -805,3255 +796,2751 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:S56"/>
+  <dimension ref="A1:P56"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <sheetData>
-    <row r="1" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
       <c r="O1" t="s">
         <v>14</v>
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
-      <c r="Q1" t="s">
-[...9 lines deleted...]
-    <row r="2" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="2" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F2" t="s">
         <v>19</v>
       </c>
-      <c r="C2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="H2">
         <v>1</v>
       </c>
       <c r="I2" t="b">
         <v>1</v>
       </c>
       <c r="J2" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="K2">
-        <v>3</v>
-[...8 lines deleted...]
-        <v>144.07</v>
+        <v>0</v>
+      </c>
+      <c r="L2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M2" t="s">
+        <v>18</v>
+      </c>
+      <c r="N2" t="s">
+        <v>18</v>
       </c>
       <c r="O2" t="s">
-        <v>21</v>
-[...10 lines deleted...]
-      <c r="S2">
+        <v>18</v>
+      </c>
+      <c r="P2">
         <v>393.07</v>
       </c>
     </row>
-    <row r="3" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="C3" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D3">
         <v>2259</v>
       </c>
       <c r="E3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F3" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="G3" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="H3">
         <v>2</v>
       </c>
       <c r="I3" t="b">
         <v>1</v>
       </c>
       <c r="J3" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="K3">
-        <v>4</v>
-[...8 lines deleted...]
-        <v>116.03</v>
+        <v>0</v>
+      </c>
+      <c r="L3" t="s">
+        <v>18</v>
+      </c>
+      <c r="M3" t="s">
+        <v>18</v>
+      </c>
+      <c r="N3" t="s">
+        <v>18</v>
       </c>
       <c r="O3" t="s">
-        <v>21</v>
-[...10 lines deleted...]
-      <c r="S3">
+        <v>18</v>
+      </c>
+      <c r="P3">
         <v>379.88</v>
       </c>
     </row>
-    <row r="4" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="C4" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="D4">
         <v>2440</v>
       </c>
       <c r="E4" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="F4" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="G4" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="H4">
         <v>1</v>
       </c>
       <c r="I4" t="b">
         <v>1</v>
       </c>
       <c r="J4" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="K4">
-        <v>3</v>
-[...8 lines deleted...]
-        <v>98.08</v>
+        <v>0</v>
+      </c>
+      <c r="L4" t="s">
+        <v>18</v>
+      </c>
+      <c r="M4" t="s">
+        <v>18</v>
+      </c>
+      <c r="N4" t="s">
+        <v>18</v>
       </c>
       <c r="O4" t="s">
-        <v>21</v>
-[...10 lines deleted...]
-      <c r="S4">
+        <v>18</v>
+      </c>
+      <c r="P4">
         <v>379.31</v>
       </c>
     </row>
-    <row r="5" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="C5" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="D5">
         <v>2450</v>
       </c>
       <c r="E5" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="F5" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="G5" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="H5">
         <v>1</v>
       </c>
       <c r="I5" t="b">
         <v>1</v>
       </c>
       <c r="J5" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="K5">
-        <v>4</v>
-[...8 lines deleted...]
-        <v>120.56</v>
+        <v>0</v>
+      </c>
+      <c r="L5" t="s">
+        <v>18</v>
+      </c>
+      <c r="M5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N5" t="s">
+        <v>18</v>
       </c>
       <c r="O5" t="s">
-        <v>21</v>
-[...10 lines deleted...]
-      <c r="S5">
+        <v>18</v>
+      </c>
+      <c r="P5">
         <v>348.36</v>
       </c>
     </row>
-    <row r="6" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A6">
         <v>6</v>
       </c>
       <c r="B6" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="C6" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D6">
         <v>2381</v>
       </c>
       <c r="E6" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F6" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="G6" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="H6">
         <v>2</v>
       </c>
       <c r="I6" t="b">
         <v>1</v>
       </c>
       <c r="J6" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="K6">
-        <v>3</v>
-[...8 lines deleted...]
-        <v>116.22</v>
+        <v>0</v>
+      </c>
+      <c r="L6" t="s">
+        <v>18</v>
+      </c>
+      <c r="M6" t="s">
+        <v>18</v>
+      </c>
+      <c r="N6" t="s">
+        <v>18</v>
       </c>
       <c r="O6" t="s">
-        <v>21</v>
-[...10 lines deleted...]
-      <c r="S6">
+        <v>18</v>
+      </c>
+      <c r="P6">
         <v>337.22</v>
       </c>
     </row>
-    <row r="7" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A7">
         <v>7</v>
       </c>
       <c r="B7" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="C7" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="F7" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="G7" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="H7">
         <v>1</v>
       </c>
       <c r="I7" t="b">
         <v>1</v>
       </c>
       <c r="J7" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="K7">
-        <v>4</v>
-[...8 lines deleted...]
-        <v>108.06</v>
+        <v>0</v>
+      </c>
+      <c r="L7" t="s">
+        <v>18</v>
+      </c>
+      <c r="M7" t="s">
+        <v>18</v>
+      </c>
+      <c r="N7" t="s">
+        <v>18</v>
       </c>
       <c r="O7" t="s">
-        <v>21</v>
-[...10 lines deleted...]
-      <c r="S7">
+        <v>18</v>
+      </c>
+      <c r="P7">
         <v>335.08</v>
       </c>
     </row>
-    <row r="8" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A8">
         <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="C8" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="D8">
         <v>2352</v>
       </c>
       <c r="E8" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F8" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="G8" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="H8">
         <v>2</v>
       </c>
       <c r="I8" t="b">
         <v>1</v>
       </c>
       <c r="J8" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="K8">
-        <v>4</v>
-[...8 lines deleted...]
-        <v>103.13</v>
+        <v>0</v>
+      </c>
+      <c r="L8" t="s">
+        <v>18</v>
+      </c>
+      <c r="M8" t="s">
+        <v>18</v>
+      </c>
+      <c r="N8" t="s">
+        <v>18</v>
       </c>
       <c r="O8" t="s">
-        <v>21</v>
-[...10 lines deleted...]
-      <c r="S8">
+        <v>18</v>
+      </c>
+      <c r="P8">
         <v>320.65</v>
       </c>
     </row>
-    <row r="9" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A9">
         <v>10</v>
       </c>
       <c r="B9" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="C9" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="D9">
         <v>2430</v>
       </c>
       <c r="E9" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F9" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="G9" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="H9">
         <v>1</v>
       </c>
       <c r="I9" t="b">
         <v>1</v>
       </c>
       <c r="J9" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="K9">
-        <v>4</v>
-[...8 lines deleted...]
-        <v>93.69</v>
+        <v>0</v>
+      </c>
+      <c r="L9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M9" t="s">
+        <v>18</v>
+      </c>
+      <c r="N9" t="s">
+        <v>18</v>
       </c>
       <c r="O9" t="s">
-        <v>21</v>
-[...10 lines deleted...]
-      <c r="S9">
+        <v>18</v>
+      </c>
+      <c r="P9">
         <v>315.02</v>
       </c>
     </row>
-    <row r="10" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A10">
         <v>11</v>
       </c>
       <c r="B10" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="C10" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D10">
         <v>2234</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F10" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="G10" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="H10">
         <v>3</v>
       </c>
       <c r="I10" t="b">
         <v>1</v>
       </c>
       <c r="J10" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="K10">
-        <v>3</v>
-[...8 lines deleted...]
-        <v>104.56</v>
+        <v>0</v>
+      </c>
+      <c r="L10" t="s">
+        <v>18</v>
+      </c>
+      <c r="M10" t="s">
+        <v>18</v>
+      </c>
+      <c r="N10" t="s">
+        <v>18</v>
       </c>
       <c r="O10" t="s">
-        <v>21</v>
-[...10 lines deleted...]
-      <c r="S10">
+        <v>18</v>
+      </c>
+      <c r="P10">
         <v>314.4</v>
       </c>
     </row>
-    <row r="11" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A11">
         <v>14</v>
       </c>
       <c r="B11" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="C11" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="D11">
         <v>2250</v>
       </c>
       <c r="E11" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="F11" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="G11" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="H11">
         <v>1</v>
       </c>
       <c r="I11" t="b">
         <v>1</v>
       </c>
       <c r="J11" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="K11">
-        <v>4</v>
-[...8 lines deleted...]
-        <v>100</v>
+        <v>0</v>
+      </c>
+      <c r="L11" t="s">
+        <v>18</v>
+      </c>
+      <c r="M11" t="s">
+        <v>18</v>
+      </c>
+      <c r="N11" t="s">
+        <v>18</v>
       </c>
       <c r="O11" t="s">
-        <v>21</v>
-[...10 lines deleted...]
-      <c r="S11">
+        <v>18</v>
+      </c>
+      <c r="P11">
         <v>309.51</v>
       </c>
     </row>
-    <row r="12" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A12">
         <v>15</v>
       </c>
       <c r="B12" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="C12" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="E12" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F12" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="G12" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="H12">
         <v>2</v>
       </c>
       <c r="I12" t="b">
         <v>1</v>
       </c>
       <c r="J12" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="K12">
-        <v>3</v>
-[...8 lines deleted...]
-        <v>98.36</v>
+        <v>0</v>
+      </c>
+      <c r="L12" t="s">
+        <v>18</v>
+      </c>
+      <c r="M12" t="s">
+        <v>18</v>
+      </c>
+      <c r="N12" t="s">
+        <v>18</v>
       </c>
       <c r="O12" t="s">
-        <v>21</v>
-[...10 lines deleted...]
-      <c r="S12">
+        <v>18</v>
+      </c>
+      <c r="P12">
         <v>308.11</v>
       </c>
     </row>
-    <row r="13" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A13">
         <v>16</v>
       </c>
       <c r="B13" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="C13" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="D13">
         <v>2055</v>
       </c>
       <c r="E13" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F13" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="G13" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="H13">
         <v>4</v>
       </c>
       <c r="I13" t="b">
         <v>1</v>
       </c>
       <c r="J13" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="K13">
-        <v>3</v>
-[...8 lines deleted...]
-        <v>95.19</v>
+        <v>0</v>
+      </c>
+      <c r="L13" t="s">
+        <v>18</v>
+      </c>
+      <c r="M13" t="s">
+        <v>18</v>
+      </c>
+      <c r="N13" t="s">
+        <v>18</v>
       </c>
       <c r="O13" t="s">
-        <v>21</v>
-[...10 lines deleted...]
-      <c r="S13">
+        <v>18</v>
+      </c>
+      <c r="P13">
         <v>304.99</v>
       </c>
     </row>
-    <row r="14" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A14">
         <v>17</v>
       </c>
       <c r="B14" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="C14" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="D14">
         <v>2439</v>
       </c>
       <c r="E14" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="F14" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="G14" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="H14">
         <v>1</v>
       </c>
       <c r="I14" t="b">
         <v>1</v>
       </c>
       <c r="J14" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="K14">
-        <v>3</v>
-[...8 lines deleted...]
-        <v>100.76</v>
+        <v>0</v>
+      </c>
+      <c r="L14" t="s">
+        <v>18</v>
+      </c>
+      <c r="M14" t="s">
+        <v>18</v>
+      </c>
+      <c r="N14" t="s">
+        <v>18</v>
       </c>
       <c r="O14" t="s">
-        <v>21</v>
-[...10 lines deleted...]
-      <c r="S14">
+        <v>18</v>
+      </c>
+      <c r="P14">
         <v>298.89</v>
       </c>
     </row>
-    <row r="15" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A15">
         <v>18</v>
       </c>
       <c r="B15" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="C15" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="D15">
         <v>2463</v>
       </c>
       <c r="E15" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F15" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="G15" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="H15">
         <v>4</v>
       </c>
       <c r="I15" t="b">
         <v>1</v>
       </c>
       <c r="J15" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="K15">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>97.71</v>
+        <v>0</v>
+      </c>
+      <c r="L15" t="s">
+        <v>18</v>
+      </c>
+      <c r="M15" t="s">
+        <v>18</v>
       </c>
       <c r="N15" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="O15" t="s">
-        <v>21</v>
-[...10 lines deleted...]
-      <c r="S15">
+        <v>18</v>
+      </c>
+      <c r="P15">
         <v>295.14</v>
       </c>
     </row>
-    <row r="16" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A16">
         <v>20</v>
       </c>
       <c r="B16" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="C16" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="D16">
         <v>2425</v>
       </c>
       <c r="E16" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F16" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="G16" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="H16">
         <v>3</v>
       </c>
       <c r="I16" t="b">
         <v>0</v>
       </c>
       <c r="J16" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K16">
-        <v>2</v>
-[...5 lines deleted...]
-        <v>109.04</v>
+        <v>0</v>
+      </c>
+      <c r="L16" t="s">
+        <v>18</v>
+      </c>
+      <c r="M16" t="s">
+        <v>18</v>
       </c>
       <c r="N16" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="O16" t="s">
-        <v>21</v>
-[...10 lines deleted...]
-      <c r="S16">
+        <v>18</v>
+      </c>
+      <c r="P16">
         <v>224.82</v>
       </c>
     </row>
-    <row r="17" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A17">
         <v>22</v>
       </c>
       <c r="B17" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="D17">
         <v>2266</v>
       </c>
       <c r="E17" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="F17" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="G17" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="H17">
         <v>5</v>
       </c>
       <c r="I17" t="b">
         <v>0</v>
       </c>
       <c r="J17" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K17">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>106.21</v>
+        <v>0</v>
+      </c>
+      <c r="L17" t="s">
+        <v>18</v>
       </c>
       <c r="M17" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>112.48</v>
+        <v>18</v>
+      </c>
+      <c r="N17" t="s">
+        <v>18</v>
       </c>
       <c r="O17" t="s">
-        <v>21</v>
-[...10 lines deleted...]
-      <c r="S17">
+        <v>18</v>
+      </c>
+      <c r="P17">
         <v>218.69</v>
       </c>
     </row>
-    <row r="18" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A18">
         <v>23</v>
       </c>
       <c r="B18" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="C18" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="E18" t="s">
+        <v>23</v>
+      </c>
+      <c r="F18" t="s">
         <v>26</v>
       </c>
-      <c r="F18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G18" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="H18">
         <v>1</v>
       </c>
       <c r="I18" t="b">
         <v>0</v>
       </c>
       <c r="J18" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K18">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>110.32</v>
+        <v>0</v>
+      </c>
+      <c r="L18" t="s">
+        <v>18</v>
       </c>
       <c r="M18" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="N18" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="O18" t="s">
-        <v>21</v>
-[...10 lines deleted...]
-      <c r="S18">
+        <v>18</v>
+      </c>
+      <c r="P18">
         <v>210.32</v>
       </c>
     </row>
-    <row r="19" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A19">
         <v>24</v>
       </c>
       <c r="B19" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="C19" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="D19">
         <v>2472</v>
       </c>
       <c r="E19" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="F19" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="G19" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="H19">
         <v>2</v>
       </c>
       <c r="I19" t="b">
         <v>0</v>
       </c>
       <c r="J19" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K19">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>111.01</v>
+        <v>0</v>
+      </c>
+      <c r="L19" t="s">
+        <v>18</v>
       </c>
       <c r="M19" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>99.29</v>
+        <v>18</v>
+      </c>
+      <c r="N19" t="s">
+        <v>18</v>
       </c>
       <c r="O19" t="s">
-        <v>21</v>
-[...10 lines deleted...]
-      <c r="S19">
+        <v>18</v>
+      </c>
+      <c r="P19">
         <v>210.3</v>
       </c>
     </row>
-    <row r="20" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A20">
         <v>28</v>
       </c>
       <c r="B20" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="C20" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="D20">
         <v>2470</v>
       </c>
       <c r="E20" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="F20" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="G20" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="H20">
         <v>1</v>
       </c>
       <c r="I20" t="b">
         <v>0</v>
       </c>
       <c r="J20" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K20">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>94.5</v>
+        <v>0</v>
+      </c>
+      <c r="L20" t="s">
+        <v>18</v>
       </c>
       <c r="M20" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>18</v>
+      </c>
+      <c r="N20" t="s">
+        <v>18</v>
       </c>
       <c r="O20" t="s">
-        <v>21</v>
-[...10 lines deleted...]
-      <c r="S20">
+        <v>18</v>
+      </c>
+      <c r="P20">
         <v>194.5</v>
       </c>
     </row>
-    <row r="21" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A21">
         <v>31</v>
       </c>
       <c r="B21" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="C21" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="D21">
         <v>2471</v>
       </c>
       <c r="E21" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="F21" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="G21" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="H21">
         <v>5</v>
       </c>
       <c r="I21" t="b">
         <v>0</v>
       </c>
       <c r="J21" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K21">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>90.38</v>
+        <v>0</v>
+      </c>
+      <c r="L21" t="s">
+        <v>18</v>
       </c>
       <c r="M21" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>90.48</v>
+        <v>18</v>
+      </c>
+      <c r="N21" t="s">
+        <v>18</v>
       </c>
       <c r="O21" t="s">
-        <v>21</v>
-[...10 lines deleted...]
-      <c r="S21">
+        <v>18</v>
+      </c>
+      <c r="P21">
         <v>180.86</v>
       </c>
     </row>
-    <row r="22" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A22">
         <v>32</v>
       </c>
       <c r="B22" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="C22" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="D22">
         <v>2058</v>
       </c>
       <c r="E22" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F22" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="G22" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="H22">
         <v>3</v>
       </c>
       <c r="I22" t="b">
         <v>0</v>
       </c>
       <c r="J22" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K22">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>92.19</v>
+        <v>0</v>
+      </c>
+      <c r="L22" t="s">
+        <v>18</v>
       </c>
       <c r="M22" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="N22" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="O22" t="s">
-        <v>21</v>
-[...10 lines deleted...]
-      <c r="S22">
+        <v>18</v>
+      </c>
+      <c r="P22">
         <v>177.08</v>
       </c>
     </row>
-    <row r="23" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A23">
         <v>33</v>
       </c>
       <c r="B23" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="C23" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="E23" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F23" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="G23" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="H23">
         <v>7</v>
       </c>
       <c r="I23" t="b">
         <v>0</v>
       </c>
       <c r="J23" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K23">
-        <v>2</v>
-[...5 lines deleted...]
-        <v>90.64</v>
+        <v>0</v>
+      </c>
+      <c r="L23" t="s">
+        <v>18</v>
+      </c>
+      <c r="M23" t="s">
+        <v>18</v>
       </c>
       <c r="N23" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="O23" t="s">
-        <v>21</v>
-[...10 lines deleted...]
-      <c r="S23">
+        <v>18</v>
+      </c>
+      <c r="P23">
         <v>175.98</v>
       </c>
     </row>
-    <row r="24" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A24">
         <v>34</v>
       </c>
       <c r="B24" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="C24" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="E24" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="F24" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="G24" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="H24">
         <v>4</v>
       </c>
       <c r="I24" t="b">
         <v>0</v>
       </c>
       <c r="J24" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K24">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L24" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="M24" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="N24" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="O24" t="s">
-        <v>21</v>
-[...7 lines deleted...]
-      <c r="R24">
+        <v>18</v>
+      </c>
+      <c r="P24">
         <v>139.11</v>
       </c>
-      <c r="S24">
-[...3 lines deleted...]
-    <row r="25" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="25" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A25">
         <v>35</v>
       </c>
       <c r="B25" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="C25" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="E25" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F25" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="G25" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="H25">
         <v>4</v>
       </c>
       <c r="I25" t="b">
         <v>0</v>
       </c>
       <c r="J25" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K25">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="L25">
+        <v>0</v>
+      </c>
+      <c r="L25" t="s">
+        <v>18</v>
+      </c>
+      <c r="M25" t="s">
+        <v>18</v>
+      </c>
+      <c r="N25" t="s">
+        <v>18</v>
+      </c>
+      <c r="O25" t="s">
+        <v>18</v>
+      </c>
+      <c r="P25">
         <v>133.42</v>
       </c>
-      <c r="M25" t="s">
-[...21 lines deleted...]
-    <row r="26" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="26" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A26">
         <v>37</v>
       </c>
       <c r="B26" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="C26" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="E26" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="F26" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="G26" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="H26">
         <v>7</v>
       </c>
       <c r="I26" t="b">
         <v>0</v>
       </c>
       <c r="J26" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K26">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L26" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="M26" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="N26" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="O26" t="s">
-        <v>21</v>
-[...7 lines deleted...]
-      <c r="R26">
+        <v>18</v>
+      </c>
+      <c r="P26">
         <v>124.92</v>
       </c>
-      <c r="S26">
-[...3 lines deleted...]
-    <row r="27" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="27" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A27">
         <v>39</v>
       </c>
       <c r="B27" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="C27" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="D27">
         <v>2446</v>
       </c>
       <c r="E27" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="F27" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="G27" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="H27">
         <v>3</v>
       </c>
       <c r="I27" t="b">
         <v>0</v>
       </c>
       <c r="J27" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K27">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="L27">
+        <v>0</v>
+      </c>
+      <c r="L27" t="s">
+        <v>18</v>
+      </c>
+      <c r="M27" t="s">
+        <v>18</v>
+      </c>
+      <c r="N27" t="s">
+        <v>18</v>
+      </c>
+      <c r="O27" t="s">
+        <v>18</v>
+      </c>
+      <c r="P27">
         <v>122</v>
       </c>
-      <c r="M27" t="s">
-[...21 lines deleted...]
-    <row r="28" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="28" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A28">
         <v>42</v>
       </c>
       <c r="B28" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="C28" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="E28" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F28" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="G28" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="H28">
         <v>8</v>
       </c>
       <c r="I28" t="b">
         <v>0</v>
       </c>
       <c r="J28" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K28">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="L28">
+        <v>0</v>
+      </c>
+      <c r="L28" t="s">
+        <v>18</v>
+      </c>
+      <c r="M28" t="s">
+        <v>18</v>
+      </c>
+      <c r="N28" t="s">
+        <v>18</v>
+      </c>
+      <c r="O28" t="s">
+        <v>18</v>
+      </c>
+      <c r="P28">
         <v>118.11</v>
       </c>
-      <c r="M28" t="s">
-[...21 lines deleted...]
-    <row r="29" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="29" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A29">
         <v>43</v>
       </c>
       <c r="B29" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="C29" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="E29" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="F29" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="G29" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="H29">
         <v>9</v>
       </c>
       <c r="I29" t="b">
         <v>0</v>
       </c>
       <c r="J29" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K29">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="L29">
+        <v>0</v>
+      </c>
+      <c r="L29" t="s">
+        <v>18</v>
+      </c>
+      <c r="M29" t="s">
+        <v>18</v>
+      </c>
+      <c r="N29" t="s">
+        <v>18</v>
+      </c>
+      <c r="O29" t="s">
+        <v>18</v>
+      </c>
+      <c r="P29">
         <v>117.94</v>
       </c>
-      <c r="M29" t="s">
-[...21 lines deleted...]
-    <row r="30" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="30" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A30">
         <v>47</v>
       </c>
       <c r="B30" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="C30" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="E30" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="F30" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="G30" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="H30">
         <v>5</v>
       </c>
       <c r="I30" t="b">
         <v>0</v>
       </c>
       <c r="J30" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K30">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L30" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="M30" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="N30" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="O30" t="s">
-        <v>21</v>
-[...7 lines deleted...]
-      <c r="R30">
+        <v>18</v>
+      </c>
+      <c r="P30">
         <v>113.18</v>
       </c>
-      <c r="S30">
-[...3 lines deleted...]
-    <row r="31" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="31" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A31">
         <v>49</v>
       </c>
       <c r="B31" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="C31" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="E31" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="F31" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="G31" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="H31">
         <v>6</v>
       </c>
       <c r="I31" t="b">
         <v>0</v>
       </c>
       <c r="J31" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K31">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L31" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="M31" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="N31" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="O31" t="s">
-        <v>21</v>
-[...7 lines deleted...]
-      <c r="R31">
+        <v>18</v>
+      </c>
+      <c r="P31">
         <v>111.11</v>
       </c>
-      <c r="S31">
-[...3 lines deleted...]
-    <row r="32" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="32" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A32">
         <v>52</v>
       </c>
       <c r="B32" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="C32" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="E32" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="F32" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="G32" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="H32">
         <v>2</v>
       </c>
       <c r="I32" t="b">
         <v>0</v>
       </c>
       <c r="J32" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K32">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="L32">
+        <v>0</v>
+      </c>
+      <c r="L32" t="s">
+        <v>18</v>
+      </c>
+      <c r="M32" t="s">
+        <v>18</v>
+      </c>
+      <c r="N32" t="s">
+        <v>18</v>
+      </c>
+      <c r="O32" t="s">
+        <v>18</v>
+      </c>
+      <c r="P32">
         <v>106.86</v>
       </c>
-      <c r="M32" t="s">
-[...21 lines deleted...]
-    <row r="33" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="33" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A33">
         <v>54</v>
       </c>
       <c r="B33" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="C33" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="E33" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="F33" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="G33" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="H33">
         <v>7</v>
       </c>
       <c r="I33" t="b">
         <v>0</v>
       </c>
       <c r="J33" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K33">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="L33">
+        <v>0</v>
+      </c>
+      <c r="L33" t="s">
+        <v>18</v>
+      </c>
+      <c r="M33" t="s">
+        <v>18</v>
+      </c>
+      <c r="N33" t="s">
+        <v>18</v>
+      </c>
+      <c r="O33" t="s">
+        <v>18</v>
+      </c>
+      <c r="P33">
         <v>105.92</v>
       </c>
-      <c r="M33" t="s">
-[...21 lines deleted...]
-    <row r="34" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="34" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A34">
         <v>55</v>
       </c>
       <c r="B34" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="C34" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="E34" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="F34" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="G34" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="H34">
         <v>2</v>
       </c>
       <c r="I34" t="b">
         <v>0</v>
       </c>
       <c r="J34" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K34">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L34" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="M34" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="N34" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="O34" t="s">
-        <v>21</v>
-[...7 lines deleted...]
-      <c r="R34">
+        <v>18</v>
+      </c>
+      <c r="P34">
         <v>105.64</v>
       </c>
-      <c r="S34">
-[...3 lines deleted...]
-    <row r="35" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="35" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A35">
         <v>65</v>
       </c>
       <c r="B35" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="C35" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="E35" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="F35" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="G35" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="H35">
         <v>12</v>
       </c>
       <c r="I35" t="b">
         <v>0</v>
       </c>
       <c r="J35" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K35">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L35" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="M35" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="N35" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="O35" t="s">
-        <v>21</v>
-[...7 lines deleted...]
-      <c r="R35">
+        <v>18</v>
+      </c>
+      <c r="P35">
         <v>101.49</v>
       </c>
-      <c r="S35">
-[...3 lines deleted...]
-    <row r="36" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="36" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A36">
         <v>68</v>
       </c>
       <c r="B36" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="C36" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="E36" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F36" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="G36" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="H36">
         <v>13</v>
       </c>
       <c r="I36" t="b">
         <v>0</v>
       </c>
       <c r="J36" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K36">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L36" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="M36" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="N36" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="O36" t="s">
-        <v>21</v>
-[...7 lines deleted...]
-      <c r="R36">
+        <v>18</v>
+      </c>
+      <c r="P36">
         <v>100.88</v>
       </c>
-      <c r="S36">
-[...3 lines deleted...]
-    <row r="37" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="37" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A37">
         <v>73</v>
       </c>
       <c r="B37" t="s">
+        <v>102</v>
+      </c>
+      <c r="C37" t="s">
+        <v>103</v>
+      </c>
+      <c r="E37" t="s">
+        <v>104</v>
+      </c>
+      <c r="F37" t="s">
         <v>105</v>
       </c>
-      <c r="C37" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G37" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="H37">
         <v>3</v>
       </c>
       <c r="I37" t="b">
         <v>0</v>
       </c>
       <c r="J37" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K37">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L37" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="M37" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="N37" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="O37" t="s">
-        <v>21</v>
-[...7 lines deleted...]
-      <c r="R37">
+        <v>18</v>
+      </c>
+      <c r="P37">
         <v>100</v>
       </c>
-      <c r="S37">
-[...3 lines deleted...]
-    <row r="38" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="38" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A38">
         <v>75</v>
       </c>
       <c r="B38" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="C38" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="E38" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="F38" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="G38" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="H38">
         <v>7</v>
       </c>
       <c r="I38" t="b">
         <v>0</v>
       </c>
       <c r="J38" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K38">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L38" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="M38" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="N38" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="O38" t="s">
-        <v>21</v>
-[...7 lines deleted...]
-      <c r="R38">
+        <v>18</v>
+      </c>
+      <c r="P38">
         <v>99.8</v>
       </c>
-      <c r="S38">
-[...3 lines deleted...]
-    <row r="39" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="39" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A39">
         <v>76</v>
       </c>
       <c r="B39" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="C39" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="D39">
         <v>2443</v>
       </c>
       <c r="E39" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="F39" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="G39" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="H39">
         <v>4</v>
       </c>
       <c r="I39" t="b">
         <v>0</v>
       </c>
       <c r="J39" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K39">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="L39">
+        <v>0</v>
+      </c>
+      <c r="L39" t="s">
+        <v>18</v>
+      </c>
+      <c r="M39" t="s">
+        <v>18</v>
+      </c>
+      <c r="N39" t="s">
+        <v>18</v>
+      </c>
+      <c r="O39" t="s">
+        <v>18</v>
+      </c>
+      <c r="P39">
         <v>99.4</v>
       </c>
-      <c r="M39" t="s">
-[...21 lines deleted...]
-    <row r="40" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="40" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A40">
         <v>81</v>
       </c>
       <c r="B40" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="C40" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="E40" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="F40" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="G40" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="H40">
         <v>5</v>
       </c>
       <c r="I40" t="b">
         <v>0</v>
       </c>
       <c r="J40" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K40">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="L40">
+        <v>0</v>
+      </c>
+      <c r="L40" t="s">
+        <v>18</v>
+      </c>
+      <c r="M40" t="s">
+        <v>18</v>
+      </c>
+      <c r="N40" t="s">
+        <v>18</v>
+      </c>
+      <c r="O40" t="s">
+        <v>18</v>
+      </c>
+      <c r="P40">
         <v>97.12</v>
       </c>
-      <c r="M40" t="s">
-[...21 lines deleted...]
-    <row r="41" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="41" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A41">
         <v>82</v>
       </c>
       <c r="B41" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="C41" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="D41">
         <v>2263</v>
       </c>
       <c r="E41" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F41" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="G41" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="H41">
         <v>14</v>
       </c>
       <c r="I41" t="b">
         <v>0</v>
       </c>
       <c r="J41" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K41">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L41" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="M41" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="N41" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="O41" t="s">
-        <v>21</v>
-[...7 lines deleted...]
-      <c r="R41">
+        <v>18</v>
+      </c>
+      <c r="P41">
         <v>96.59</v>
       </c>
-      <c r="S41">
-[...3 lines deleted...]
-    <row r="42" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="42" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A42">
         <v>84</v>
       </c>
       <c r="B42" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="C42" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="E42" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="F42" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="G42" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="H42">
         <v>15</v>
       </c>
       <c r="I42" t="b">
         <v>0</v>
       </c>
       <c r="J42" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K42">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="L42">
+        <v>0</v>
+      </c>
+      <c r="L42" t="s">
+        <v>18</v>
+      </c>
+      <c r="M42" t="s">
+        <v>18</v>
+      </c>
+      <c r="N42" t="s">
+        <v>18</v>
+      </c>
+      <c r="O42" t="s">
+        <v>18</v>
+      </c>
+      <c r="P42">
         <v>95.2</v>
       </c>
-      <c r="M42" t="s">
-[...21 lines deleted...]
-    <row r="43" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="43" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A43">
         <v>86</v>
       </c>
       <c r="B43" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="C43" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="E43" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F43" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="G43" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="H43">
         <v>17</v>
       </c>
       <c r="I43" t="b">
         <v>0</v>
       </c>
       <c r="J43" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K43">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="L43">
+        <v>0</v>
+      </c>
+      <c r="L43" t="s">
+        <v>18</v>
+      </c>
+      <c r="M43" t="s">
+        <v>18</v>
+      </c>
+      <c r="N43" t="s">
+        <v>18</v>
+      </c>
+      <c r="O43" t="s">
+        <v>18</v>
+      </c>
+      <c r="P43">
         <v>93.52</v>
       </c>
-      <c r="M43" t="s">
-[...21 lines deleted...]
-    <row r="44" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="44" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A44">
         <v>89</v>
       </c>
       <c r="B44" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="C44" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="E44" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="F44" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="G44" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="H44">
         <v>18</v>
       </c>
       <c r="I44" t="b">
         <v>0</v>
       </c>
       <c r="J44" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K44">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L44" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="M44" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="N44" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="O44" t="s">
-        <v>21</v>
-[...7 lines deleted...]
-      <c r="R44">
+        <v>18</v>
+      </c>
+      <c r="P44">
         <v>92.03</v>
       </c>
-      <c r="S44">
-[...3 lines deleted...]
-    <row r="45" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="45" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A45">
         <v>90</v>
       </c>
       <c r="B45" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="C45" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="E45" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="F45" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="G45" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="H45">
         <v>5</v>
       </c>
       <c r="I45" t="b">
         <v>0</v>
       </c>
       <c r="J45" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K45">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="L45">
+        <v>0</v>
+      </c>
+      <c r="L45" t="s">
+        <v>18</v>
+      </c>
+      <c r="M45" t="s">
+        <v>18</v>
+      </c>
+      <c r="N45" t="s">
+        <v>18</v>
+      </c>
+      <c r="O45" t="s">
+        <v>18</v>
+      </c>
+      <c r="P45">
         <v>92.01</v>
       </c>
-      <c r="M45" t="s">
-[...21 lines deleted...]
-    <row r="46" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="46" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A46">
         <v>92</v>
       </c>
       <c r="B46" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="C46" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="E46" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F46" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="G46" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="H46">
         <v>8</v>
       </c>
       <c r="I46" t="b">
         <v>0</v>
       </c>
       <c r="J46" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K46">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L46" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="M46" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="N46" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="O46" t="s">
-        <v>21</v>
-[...7 lines deleted...]
-      <c r="R46">
+        <v>18</v>
+      </c>
+      <c r="P46">
         <v>89.57</v>
       </c>
-      <c r="S46">
-[...3 lines deleted...]
-    <row r="47" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="47" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A47">
         <v>93</v>
       </c>
       <c r="B47" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="C47" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="E47" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F47" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="G47" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="H47">
         <v>9</v>
       </c>
       <c r="I47" t="b">
         <v>0</v>
       </c>
       <c r="J47" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K47">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="L47">
+        <v>0</v>
+      </c>
+      <c r="L47" t="s">
+        <v>18</v>
+      </c>
+      <c r="M47" t="s">
+        <v>18</v>
+      </c>
+      <c r="N47" t="s">
+        <v>18</v>
+      </c>
+      <c r="O47" t="s">
+        <v>18</v>
+      </c>
+      <c r="P47">
         <v>88.65</v>
       </c>
-      <c r="M47" t="s">
-[...21 lines deleted...]
-    <row r="48" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="48" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A48">
         <v>94</v>
       </c>
       <c r="B48" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="C48" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="E48" t="s">
+        <v>23</v>
+      </c>
+      <c r="F48" t="s">
         <v>26</v>
       </c>
-      <c r="F48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G48" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="H48">
         <v>7</v>
       </c>
       <c r="I48" t="b">
         <v>0</v>
       </c>
       <c r="J48" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K48">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="L48">
+        <v>0</v>
+      </c>
+      <c r="L48" t="s">
+        <v>18</v>
+      </c>
+      <c r="M48" t="s">
+        <v>18</v>
+      </c>
+      <c r="N48" t="s">
+        <v>18</v>
+      </c>
+      <c r="O48" t="s">
+        <v>18</v>
+      </c>
+      <c r="P48">
         <v>85.98</v>
       </c>
-      <c r="M48" t="s">
-[...21 lines deleted...]
-    <row r="49" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="49" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A49">
         <v>95</v>
       </c>
       <c r="B49" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="C49" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="E49" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F49" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="G49" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="H49">
         <v>19</v>
       </c>
       <c r="I49" t="b">
         <v>0</v>
       </c>
       <c r="J49" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K49">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="L49">
+        <v>0</v>
+      </c>
+      <c r="L49" t="s">
+        <v>18</v>
+      </c>
+      <c r="M49" t="s">
+        <v>18</v>
+      </c>
+      <c r="N49" t="s">
+        <v>18</v>
+      </c>
+      <c r="O49" t="s">
+        <v>18</v>
+      </c>
+      <c r="P49">
         <v>85.93</v>
       </c>
-      <c r="M49" t="s">
-[...21 lines deleted...]
-    <row r="50" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="50" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A50">
         <v>97</v>
       </c>
       <c r="B50" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="C50" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="E50" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F50" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="G50" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="H50">
         <v>20</v>
       </c>
       <c r="I50" t="b">
         <v>0</v>
       </c>
       <c r="J50" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K50">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="L50">
+        <v>0</v>
+      </c>
+      <c r="L50" t="s">
+        <v>18</v>
+      </c>
+      <c r="M50" t="s">
+        <v>18</v>
+      </c>
+      <c r="N50" t="s">
+        <v>18</v>
+      </c>
+      <c r="O50" t="s">
+        <v>18</v>
+      </c>
+      <c r="P50">
         <v>83.92</v>
       </c>
-      <c r="M50" t="s">
-[...21 lines deleted...]
-    <row r="51" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="51" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A51">
         <v>100</v>
       </c>
       <c r="B51" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="C51" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="E51" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="F51" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="G51" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="H51">
         <v>11</v>
       </c>
       <c r="I51" t="b">
         <v>0</v>
       </c>
       <c r="J51" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K51">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L51" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="M51" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="N51" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="O51" t="s">
-        <v>21</v>
-[...7 lines deleted...]
-      <c r="R51">
+        <v>18</v>
+      </c>
+      <c r="P51">
         <v>82.27</v>
       </c>
-      <c r="S51">
-[...3 lines deleted...]
-    <row r="52" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="52" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A52">
         <v>103</v>
       </c>
       <c r="B52" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="C52" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="E52" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="F52" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="G52" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="H52">
         <v>17</v>
       </c>
       <c r="I52" t="b">
         <v>0</v>
       </c>
       <c r="J52" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K52">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L52" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="M52" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="N52" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="O52" t="s">
-        <v>21</v>
-[...7 lines deleted...]
-      <c r="R52">
+        <v>18</v>
+      </c>
+      <c r="P52">
         <v>76.89</v>
       </c>
-      <c r="S52">
-[...3 lines deleted...]
-    <row r="53" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="53" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A53">
         <v>104</v>
       </c>
       <c r="B53" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="C53" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="E53" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="F53" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="G53" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="H53">
         <v>9</v>
       </c>
       <c r="I53" t="b">
         <v>0</v>
       </c>
       <c r="J53" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K53">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="L53">
+        <v>0</v>
+      </c>
+      <c r="L53" t="s">
+        <v>18</v>
+      </c>
+      <c r="M53" t="s">
+        <v>18</v>
+      </c>
+      <c r="N53" t="s">
+        <v>18</v>
+      </c>
+      <c r="O53" t="s">
+        <v>18</v>
+      </c>
+      <c r="P53">
         <v>75.21</v>
       </c>
-      <c r="M53" t="s">
-[...21 lines deleted...]
-    <row r="54" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="54" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A54">
         <v>106</v>
       </c>
       <c r="B54" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="C54" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="D54">
         <v>2453</v>
       </c>
       <c r="E54" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F54" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="G54" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="H54">
         <v>18</v>
       </c>
       <c r="I54" t="b">
         <v>0</v>
       </c>
       <c r="J54" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K54">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="L54">
+        <v>0</v>
+      </c>
+      <c r="L54" t="s">
+        <v>18</v>
+      </c>
+      <c r="M54" t="s">
+        <v>18</v>
+      </c>
+      <c r="N54" t="s">
+        <v>18</v>
+      </c>
+      <c r="O54" t="s">
+        <v>18</v>
+      </c>
+      <c r="P54">
         <v>72.41</v>
       </c>
-      <c r="M54" t="s">
-[...21 lines deleted...]
-    <row r="55" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="55" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A55">
         <v>108</v>
       </c>
       <c r="B55" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="C55" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="E55" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="F55" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="G55" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="H55">
         <v>11</v>
       </c>
       <c r="I55" t="b">
         <v>0</v>
       </c>
       <c r="J55" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K55">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L55" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="M55" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="N55" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="O55" t="s">
-        <v>21</v>
-[...7 lines deleted...]
-      <c r="R55">
+        <v>18</v>
+      </c>
+      <c r="P55">
         <v>68.03</v>
       </c>
-      <c r="S55">
-[...3 lines deleted...]
-    <row r="56" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="56" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A56">
         <v>109</v>
       </c>
       <c r="B56" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="C56" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="D56">
         <v>2454</v>
       </c>
       <c r="E56" t="s">
+        <v>23</v>
+      </c>
+      <c r="F56" t="s">
         <v>26</v>
       </c>
-      <c r="F56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G56" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="H56">
         <v>7</v>
       </c>
       <c r="I56" t="b">
         <v>0</v>
       </c>
       <c r="J56" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K56">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>62.22</v>
+        <v>0</v>
+      </c>
+      <c r="L56" t="s">
+        <v>18</v>
       </c>
       <c r="M56" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="N56" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="O56" t="s">
-        <v>21</v>
-[...10 lines deleted...]
-      <c r="S56">
+        <v>18</v>
+      </c>
+      <c r="P56">
         <v>62.22</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>