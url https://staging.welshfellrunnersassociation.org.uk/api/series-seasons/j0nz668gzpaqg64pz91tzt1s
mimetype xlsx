--- v0 (2025-10-16)
+++ v1 (2026-03-14)
@@ -8,809 +8,1016 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Data" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="679" uniqueCount="253">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1009" uniqueCount="322">
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>WFRA membership no</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>Age Category</t>
   </si>
   <si>
     <t>Class</t>
   </si>
   <si>
     <t>Category Position</t>
   </si>
   <si>
     <t>Eligible</t>
   </si>
   <si>
     <t>IneligibleReasons</t>
   </si>
   <si>
     <t>Race count</t>
   </si>
   <si>
-    <t>Waun Fach</t>
+    <t>Pipe Dream</t>
   </si>
   <si>
     <t>Score</t>
   </si>
   <si>
-    <t>Daniel</t>
-[...2 lines deleted...]
-    <t>Connolly</t>
+    <t>Kieran</t>
+  </si>
+  <si>
+    <t>Wynne-Cattanach</t>
+  </si>
+  <si>
+    <t>Rhedwyr Eryri Harriers</t>
+  </si>
+  <si>
+    <t>S</t>
+  </si>
+  <si>
+    <t>M</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>Gavin</t>
+  </si>
+  <si>
+    <t>Roberts</t>
+  </si>
+  <si>
+    <t>Calder Valley Fell Runners</t>
+  </si>
+  <si>
+    <t>V40</t>
+  </si>
+  <si>
+    <t>Rhys</t>
+  </si>
+  <si>
+    <t>GOODRICK</t>
+  </si>
+  <si>
+    <t>Vegan Runners</t>
+  </si>
+  <si>
+    <t>Jones</t>
+  </si>
+  <si>
+    <t>Rhedwyr Hebog</t>
+  </si>
+  <si>
+    <t>Chris</t>
+  </si>
+  <si>
+    <t>Mclean</t>
+  </si>
+  <si>
+    <t>Meirionnydd Running Club</t>
+  </si>
+  <si>
+    <t>Jonathan</t>
+  </si>
+  <si>
+    <t>Ford</t>
+  </si>
+  <si>
+    <t>Mynydd Du</t>
+  </si>
+  <si>
+    <t>Sion</t>
+  </si>
+  <si>
+    <t>EDWARDS</t>
+  </si>
+  <si>
+    <t>Wyndham</t>
+  </si>
+  <si>
+    <t>Turner</t>
+  </si>
+  <si>
+    <t>Ally</t>
+  </si>
+  <si>
+    <t>Hughes</t>
+  </si>
+  <si>
+    <t>Wrexham AC</t>
+  </si>
+  <si>
+    <t>Tomas</t>
+  </si>
+  <si>
+    <t>Black</t>
+  </si>
+  <si>
+    <t>Mynyddwyr de Cymru</t>
+  </si>
+  <si>
+    <t>U23</t>
+  </si>
+  <si>
+    <t>Tom</t>
+  </si>
+  <si>
+    <t>Beach</t>
+  </si>
+  <si>
+    <t>Buckley Runners</t>
+  </si>
+  <si>
+    <t>James</t>
+  </si>
+  <si>
+    <t>Legg</t>
+  </si>
+  <si>
+    <t>Jez</t>
+  </si>
+  <si>
+    <t>Brown</t>
+  </si>
+  <si>
+    <t>V50</t>
+  </si>
+  <si>
+    <t>Adam</t>
+  </si>
+  <si>
+    <t>Williams</t>
+  </si>
+  <si>
+    <t>Loughborough Students</t>
+  </si>
+  <si>
+    <t>Mike</t>
+  </si>
+  <si>
+    <t>Frost</t>
   </si>
   <si>
     <t>Mercia Fell Runners</t>
   </si>
   <si>
-    <t>S</t>
-[...44 lines deleted...]
-    <t>Rhedwyr Eryri Harriers</t>
+    <t>Emlyn</t>
+  </si>
+  <si>
+    <t>Owen</t>
+  </si>
+  <si>
+    <t>Martin</t>
+  </si>
+  <si>
+    <t>CLIFFE</t>
+  </si>
+  <si>
+    <t>Grant</t>
+  </si>
+  <si>
+    <t>Little</t>
+  </si>
+  <si>
+    <t>GOG Triathlon</t>
+  </si>
+  <si>
+    <t>Tony</t>
+  </si>
+  <si>
+    <t>Wood</t>
+  </si>
+  <si>
+    <t>Denbigh Harriers</t>
+  </si>
+  <si>
+    <t>Dafydd</t>
+  </si>
+  <si>
+    <t>Bryden</t>
+  </si>
+  <si>
+    <t>Bronwen</t>
+  </si>
+  <si>
+    <t>Jenkinson</t>
+  </si>
+  <si>
+    <t>F</t>
+  </si>
+  <si>
+    <t>Craig</t>
+  </si>
+  <si>
+    <t>Lowe</t>
+  </si>
+  <si>
+    <t>Riches</t>
+  </si>
+  <si>
+    <t>Gonks</t>
+  </si>
+  <si>
+    <t>Hebog</t>
+  </si>
+  <si>
+    <t>Suzie</t>
+  </si>
+  <si>
+    <t>Richards</t>
+  </si>
+  <si>
+    <t>Simon</t>
+  </si>
+  <si>
+    <t>Edwards</t>
+  </si>
+  <si>
+    <t>Jessica</t>
+  </si>
+  <si>
+    <t>Evans</t>
+  </si>
+  <si>
+    <t>Clwydian Range Runners</t>
+  </si>
+  <si>
+    <t>Rob</t>
+  </si>
+  <si>
+    <t>ARDEN</t>
+  </si>
+  <si>
+    <t>Tattenhall Runners</t>
+  </si>
+  <si>
+    <t>Medcalf</t>
+  </si>
+  <si>
+    <t>San Domenico RC</t>
+  </si>
+  <si>
+    <t>Duckett</t>
+  </si>
+  <si>
+    <t>Brian</t>
+  </si>
+  <si>
+    <t>Corcoran</t>
+  </si>
+  <si>
+    <t>Tess</t>
+  </si>
+  <si>
+    <t>Elias</t>
+  </si>
+  <si>
+    <t>Rhian</t>
+  </si>
+  <si>
+    <t>Probert</t>
+  </si>
+  <si>
+    <t>Katie</t>
+  </si>
+  <si>
+    <t>Ironside</t>
+  </si>
+  <si>
+    <t>Andrea</t>
+  </si>
+  <si>
+    <t>Rowlands</t>
+  </si>
+  <si>
+    <t>Jackie</t>
+  </si>
+  <si>
+    <t>Lee</t>
+  </si>
+  <si>
+    <t>Llion</t>
+  </si>
+  <si>
+    <t>Webb</t>
+  </si>
+  <si>
+    <t>V60</t>
+  </si>
+  <si>
+    <t>TURNER</t>
+  </si>
+  <si>
+    <t>Briony</t>
+  </si>
+  <si>
+    <t>Latter</t>
+  </si>
+  <si>
+    <t>Bailey</t>
+  </si>
+  <si>
+    <t>Prestatyn RC</t>
+  </si>
+  <si>
+    <t>John</t>
+  </si>
+  <si>
+    <t>Simpson</t>
+  </si>
+  <si>
+    <t>Pensby Runners</t>
+  </si>
+  <si>
+    <t>Michael</t>
+  </si>
+  <si>
+    <t>Waring</t>
+  </si>
+  <si>
+    <t>Chester Triathlon Club</t>
+  </si>
+  <si>
+    <t>Hannah</t>
+  </si>
+  <si>
+    <t>Tomlinson</t>
+  </si>
+  <si>
+    <t>Stephen</t>
+  </si>
+  <si>
+    <t>Arran Runners</t>
+  </si>
+  <si>
+    <t>V70</t>
+  </si>
+  <si>
+    <t>Ben</t>
+  </si>
+  <si>
+    <t>Thomas</t>
+  </si>
+  <si>
+    <t>Mared</t>
+  </si>
+  <si>
+    <t>Llywelyn</t>
+  </si>
+  <si>
+    <t>Sarah</t>
+  </si>
+  <si>
+    <t>Barnwell</t>
+  </si>
+  <si>
+    <t>Paul</t>
+  </si>
+  <si>
+    <t>Lewtey</t>
+  </si>
+  <si>
+    <t>Deestriders</t>
+  </si>
+  <si>
+    <t>Nathan</t>
+  </si>
+  <si>
+    <t>Price</t>
+  </si>
+  <si>
+    <t>Nick</t>
+  </si>
+  <si>
+    <t>Denney</t>
+  </si>
+  <si>
+    <t>Snell</t>
+  </si>
+  <si>
+    <t>Gwyn</t>
+  </si>
+  <si>
+    <t>WILLIAMS</t>
+  </si>
+  <si>
+    <t>Colwyn Bay AC</t>
+  </si>
+  <si>
+    <t>Arwel</t>
+  </si>
+  <si>
+    <t>Lewis</t>
+  </si>
+  <si>
+    <t>Bruce</t>
+  </si>
+  <si>
+    <t>Lacey</t>
+  </si>
+  <si>
+    <t>Belper Harriers</t>
+  </si>
+  <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>Marham</t>
+  </si>
+  <si>
+    <t>Jon</t>
+  </si>
+  <si>
+    <t>Mulhall</t>
+  </si>
+  <si>
+    <t>Kirkby Milers AC</t>
+  </si>
+  <si>
+    <t>Sam</t>
+  </si>
+  <si>
+    <t>Warrenger</t>
+  </si>
+  <si>
+    <t>Nigel</t>
+  </si>
+  <si>
+    <t>Parr</t>
+  </si>
+  <si>
+    <t>Deestriders RC</t>
+  </si>
+  <si>
+    <t>Hayley</t>
+  </si>
+  <si>
+    <t>Keith</t>
+  </si>
+  <si>
+    <t>Quinton</t>
+  </si>
+  <si>
+    <t>Michelle</t>
+  </si>
+  <si>
+    <t>Farrell</t>
+  </si>
+  <si>
+    <t>Allan</t>
+  </si>
+  <si>
+    <t>Mckeown</t>
+  </si>
+  <si>
+    <t>Neil</t>
+  </si>
+  <si>
+    <t>Vicars-Harris</t>
+  </si>
+  <si>
+    <t>Hobday</t>
+  </si>
+  <si>
+    <t>Ellie</t>
+  </si>
+  <si>
+    <t>Graham</t>
+  </si>
+  <si>
+    <t>Davies</t>
+  </si>
+  <si>
+    <t>Jim</t>
+  </si>
+  <si>
+    <t>Westwood</t>
+  </si>
+  <si>
+    <t>Steve</t>
+  </si>
+  <si>
+    <t>Bellis</t>
+  </si>
+  <si>
+    <t>Gooding</t>
+  </si>
+  <si>
+    <t>Andrew</t>
+  </si>
+  <si>
+    <t>Gething</t>
+  </si>
+  <si>
+    <t>Sophie</t>
+  </si>
+  <si>
+    <t>Johnson</t>
+  </si>
+  <si>
+    <t>Robertson</t>
+  </si>
+  <si>
+    <t>Rachel</t>
+  </si>
+  <si>
+    <t>Jackson</t>
+  </si>
+  <si>
+    <t>Prestatyn</t>
+  </si>
+  <si>
+    <t>Richard</t>
+  </si>
+  <si>
+    <t>Borne</t>
+  </si>
+  <si>
+    <t>Mysteruns</t>
+  </si>
+  <si>
+    <t>Flora</t>
+  </si>
+  <si>
+    <t>Gunner</t>
+  </si>
+  <si>
+    <t>Croft Ambrey RC</t>
+  </si>
+  <si>
+    <t>Steven</t>
+  </si>
+  <si>
+    <t>Don</t>
+  </si>
+  <si>
+    <t>Powell</t>
+  </si>
+  <si>
+    <t>Basingstoke &amp; Mid Hants AC</t>
+  </si>
+  <si>
+    <t>WFRA</t>
+  </si>
+  <si>
+    <t>Linda</t>
+  </si>
+  <si>
+    <t>Wrexhan AC</t>
+  </si>
+  <si>
+    <t>Alexandra</t>
+  </si>
+  <si>
+    <t>Fletcher</t>
+  </si>
+  <si>
+    <t>Mark</t>
+  </si>
+  <si>
+    <t>Dakeyne</t>
+  </si>
+  <si>
+    <t>Tina</t>
+  </si>
+  <si>
+    <t>Usherwood</t>
+  </si>
+  <si>
+    <t>Menai</t>
+  </si>
+  <si>
+    <t>Baugh</t>
+  </si>
+  <si>
+    <t>Hooton</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Vincent</t>
+  </si>
+  <si>
+    <t>Salisbury</t>
+  </si>
+  <si>
+    <t>Nem</t>
+  </si>
+  <si>
+    <t>Prestatyn Running Club</t>
+  </si>
+  <si>
+    <t>Gary</t>
+  </si>
+  <si>
+    <t>V75</t>
+  </si>
+  <si>
+    <t>Janey</t>
+  </si>
+  <si>
+    <t>Morrison</t>
+  </si>
+  <si>
+    <t>Julie</t>
+  </si>
+  <si>
+    <t>fairhurst</t>
+  </si>
+  <si>
+    <t>Porth Eirias runners</t>
+  </si>
+  <si>
+    <t>Robbins</t>
+  </si>
+  <si>
+    <t>V80</t>
+  </si>
+  <si>
+    <t>Morris</t>
+  </si>
+  <si>
+    <t>Sara</t>
+  </si>
+  <si>
+    <t>Jacobs</t>
+  </si>
+  <si>
+    <t>Hazel</t>
+  </si>
+  <si>
+    <t>Charles</t>
+  </si>
+  <si>
+    <t>Ashley</t>
+  </si>
+  <si>
+    <t>Ann Claire</t>
+  </si>
+  <si>
+    <t>Cara</t>
   </si>
   <si>
     <t>Jack</t>
   </si>
   <si>
-    <t>Agnew</t>
-[...14 lines deleted...]
-    <t>Turner</t>
+    <t>Walsh</t>
+  </si>
+  <si>
+    <t>NotAMember</t>
+  </si>
+  <si>
+    <t>Billy</t>
+  </si>
+  <si>
+    <t>Leason</t>
+  </si>
+  <si>
+    <t>Corrales</t>
+  </si>
+  <si>
+    <t>Dark Peak Fell Runners</t>
+  </si>
+  <si>
+    <t>Dion</t>
+  </si>
+  <si>
+    <t>Huw</t>
+  </si>
+  <si>
+    <t>Brassington</t>
+  </si>
+  <si>
+    <t>Cfr</t>
+  </si>
+  <si>
+    <t>MIDDLEWICK</t>
+  </si>
+  <si>
+    <t>Thames Hare &amp; Hounds</t>
+  </si>
+  <si>
+    <t>Jenkins</t>
+  </si>
+  <si>
+    <t>Run Free</t>
+  </si>
+  <si>
+    <t>Joshua</t>
+  </si>
+  <si>
+    <t>Rothery</t>
+  </si>
+  <si>
+    <t>Luke</t>
+  </si>
+  <si>
+    <t>JONES</t>
+  </si>
+  <si>
+    <t>Ifan</t>
+  </si>
+  <si>
+    <t>Gethin</t>
+  </si>
+  <si>
+    <t>Running Punks</t>
+  </si>
+  <si>
+    <t>Louis</t>
+  </si>
+  <si>
+    <t>McGee</t>
+  </si>
+  <si>
+    <t>Gareth</t>
+  </si>
+  <si>
+    <t>Harri</t>
+  </si>
+  <si>
+    <t>Pickering</t>
+  </si>
+  <si>
+    <t>Haines</t>
+  </si>
+  <si>
+    <t>Callum</t>
+  </si>
+  <si>
+    <t>Dixon</t>
+  </si>
+  <si>
+    <t>Alpine Sausages</t>
+  </si>
+  <si>
+    <t>Andy</t>
+  </si>
+  <si>
+    <t>Preedy</t>
+  </si>
+  <si>
+    <t>Rossendale Harriers</t>
+  </si>
+  <si>
+    <t>Upton</t>
+  </si>
+  <si>
+    <t>Will</t>
+  </si>
+  <si>
+    <t>Platts</t>
   </si>
   <si>
     <t>Patrick</t>
   </si>
   <si>
-    <t>Tudor</t>
-[...95 lines deleted...]
-    <t>Poole Runners</t>
+    <t>Cawthorn</t>
+  </si>
+  <si>
+    <t>Dylan</t>
+  </si>
+  <si>
+    <t>Watson</t>
+  </si>
+  <si>
+    <t>Waller</t>
+  </si>
+  <si>
+    <t>O'Hara</t>
+  </si>
+  <si>
+    <t>Hereford Couriers</t>
+  </si>
+  <si>
+    <t>Benjamin</t>
+  </si>
+  <si>
+    <t>Brummitt</t>
+  </si>
+  <si>
+    <t>Edward</t>
+  </si>
+  <si>
+    <t>Maldwyn</t>
+  </si>
+  <si>
+    <t>Jasper</t>
+  </si>
+  <si>
+    <t>McQueen</t>
+  </si>
+  <si>
+    <t>Kevin</t>
+  </si>
+  <si>
+    <t>Slattery</t>
+  </si>
+  <si>
+    <t>North Wales Road Runners</t>
+  </si>
+  <si>
+    <t>Mia</t>
+  </si>
+  <si>
+    <t>Jac</t>
+  </si>
+  <si>
+    <t>Bleddyn</t>
+  </si>
+  <si>
+    <t>Lemalle</t>
+  </si>
+  <si>
+    <t>Tucker</t>
+  </si>
+  <si>
+    <t>Hunt</t>
+  </si>
+  <si>
+    <t>Parry</t>
+  </si>
+  <si>
+    <t>Meilir</t>
+  </si>
+  <si>
+    <t>Faith</t>
+  </si>
+  <si>
+    <t>Paterson-Jones</t>
+  </si>
+  <si>
+    <t>Cybi Striders</t>
+  </si>
+  <si>
+    <t>OWEN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Run Free Fell Runners </t>
+  </si>
+  <si>
+    <t>Alwyn</t>
+  </si>
+  <si>
+    <t>Lili</t>
+  </si>
+  <si>
+    <t>Minton Roberts</t>
+  </si>
+  <si>
+    <t>Stephanie</t>
+  </si>
+  <si>
+    <t>Cunliffe</t>
+  </si>
+  <si>
+    <t>Nic</t>
+  </si>
+  <si>
+    <t>Conner</t>
+  </si>
+  <si>
+    <t>Iain</t>
+  </si>
+  <si>
+    <t>Lunt</t>
+  </si>
+  <si>
+    <t>Dwygy Dashers</t>
+  </si>
+  <si>
+    <t>Ruth</t>
+  </si>
+  <si>
+    <t>Hollywood</t>
   </si>
   <si>
     <t>Matt</t>
   </si>
   <si>
-    <t>Farrer</t>
-[...233 lines deleted...]
-    <t>Brancher</t>
+    <t>Hail</t>
+  </si>
+  <si>
+    <t>Jayne</t>
+  </si>
+  <si>
+    <t>Sharon</t>
+  </si>
+  <si>
+    <t>Lloyd</t>
+  </si>
+  <si>
+    <t>Rebecca</t>
+  </si>
+  <si>
+    <t>Philip</t>
+  </si>
+  <si>
+    <t>Howarth</t>
+  </si>
+  <si>
+    <t>Dickson</t>
   </si>
   <si>
     <t>Beverley</t>
   </si>
   <si>
-    <t>Tucker</t>
-[...293 lines deleted...]
-    <t>Formula One Circuit Crew</t>
+    <t>Antony</t>
+  </si>
+  <si>
+    <t>Dala</t>
+  </si>
+  <si>
+    <t>Clare</t>
+  </si>
+  <si>
+    <t>Nicki</t>
+  </si>
+  <si>
+    <t>Triggs</t>
+  </si>
+  <si>
+    <t>Nicola</t>
+  </si>
+  <si>
+    <t>Porth Eirias</t>
+  </si>
+  <si>
+    <t>Lees</t>
+  </si>
+  <si>
+    <t>NotEnoughCompletedRaces</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1147,51 +1354,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:M112"/>
+  <dimension ref="A1:M167"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <sheetData>
     <row r="1" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -1202,4459 +1409,6681 @@
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>13</v>
       </c>
       <c r="C2" t="s">
         <v>14</v>
       </c>
       <c r="D2">
-        <v>2190</v>
+        <v>2384</v>
       </c>
       <c r="E2" t="s">
         <v>15</v>
       </c>
       <c r="F2" t="s">
         <v>16</v>
       </c>
       <c r="G2" t="s">
         <v>17</v>
       </c>
       <c r="H2">
         <v>1</v>
       </c>
       <c r="I2" t="b">
         <v>1</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
       <c r="K2">
         <v>1</v>
       </c>
       <c r="L2">
-        <v>160.28</v>
+        <v>156.87</v>
       </c>
       <c r="M2">
-        <v>160.28</v>
+        <v>156.87</v>
       </c>
     </row>
     <row r="3" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3">
-        <v>2178</v>
+        <v>1170</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="F3" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I3" t="b">
         <v>1</v>
       </c>
       <c r="J3" t="s">
         <v>18</v>
       </c>
       <c r="K3">
         <v>1</v>
       </c>
       <c r="L3">
-        <v>154.2</v>
+        <v>155.5</v>
       </c>
       <c r="M3">
-        <v>154.2</v>
+        <v>155.5</v>
       </c>
     </row>
     <row r="4" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D4">
-        <v>1690</v>
+        <v>2585</v>
       </c>
       <c r="E4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>16</v>
       </c>
       <c r="G4" t="s">
         <v>17</v>
       </c>
       <c r="H4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I4" t="b">
         <v>1</v>
       </c>
       <c r="J4" t="s">
         <v>18</v>
       </c>
       <c r="K4">
         <v>1</v>
       </c>
       <c r="L4">
-        <v>151.01</v>
+        <v>151.65</v>
       </c>
       <c r="M4">
-        <v>151.01</v>
+        <v>151.65</v>
       </c>
     </row>
     <row r="5" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="C5" t="s">
         <v>26</v>
       </c>
-      <c r="D5">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
         <v>27</v>
       </c>
       <c r="F5" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="G5" t="s">
         <v>17</v>
       </c>
       <c r="H5">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I5" t="b">
         <v>1</v>
       </c>
       <c r="J5" t="s">
         <v>18</v>
       </c>
       <c r="K5">
         <v>1</v>
       </c>
       <c r="L5">
-        <v>149.78</v>
+        <v>151.58</v>
       </c>
       <c r="M5">
-        <v>149.78</v>
+        <v>151.58</v>
       </c>
     </row>
     <row r="6" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C6" t="s">
         <v>29</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6">
+        <v>1695</v>
+      </c>
+      <c r="E6" t="s">
         <v>30</v>
-      </c>
-[...4 lines deleted...]
-        <v>31</v>
       </c>
       <c r="F6" t="s">
         <v>16</v>
       </c>
       <c r="G6" t="s">
         <v>17</v>
       </c>
       <c r="H6">
         <v>4</v>
       </c>
       <c r="I6" t="b">
         <v>1</v>
       </c>
       <c r="J6" t="s">
         <v>18</v>
       </c>
       <c r="K6">
         <v>1</v>
       </c>
       <c r="L6">
-        <v>145.78</v>
+        <v>147.92</v>
       </c>
       <c r="M6">
-        <v>145.78</v>
+        <v>147.92</v>
       </c>
     </row>
     <row r="7" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
+        <v>31</v>
+      </c>
+      <c r="C7" t="s">
         <v>32</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7">
+        <v>1690</v>
+      </c>
+      <c r="E7" t="s">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
       <c r="F7" t="s">
         <v>16</v>
       </c>
       <c r="G7" t="s">
         <v>17</v>
       </c>
       <c r="H7">
         <v>5</v>
       </c>
       <c r="I7" t="b">
         <v>1</v>
       </c>
       <c r="J7" t="s">
         <v>18</v>
       </c>
       <c r="K7">
         <v>1</v>
       </c>
       <c r="L7">
-        <v>142.33</v>
+        <v>145.96</v>
       </c>
       <c r="M7">
-        <v>142.33</v>
+        <v>145.96</v>
       </c>
     </row>
     <row r="8" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>34</v>
       </c>
       <c r="C8" t="s">
         <v>35</v>
       </c>
       <c r="D8">
-        <v>1397</v>
+        <v>1301</v>
       </c>
       <c r="E8" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
       <c r="F8" t="s">
         <v>16</v>
       </c>
       <c r="G8" t="s">
         <v>17</v>
       </c>
       <c r="H8">
         <v>6</v>
       </c>
       <c r="I8" t="b">
         <v>1</v>
       </c>
       <c r="J8" t="s">
         <v>18</v>
       </c>
       <c r="K8">
         <v>1</v>
       </c>
       <c r="L8">
-        <v>141.7</v>
+        <v>145.56</v>
       </c>
       <c r="M8">
-        <v>141.7</v>
+        <v>145.56</v>
       </c>
     </row>
     <row r="9" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
+        <v>36</v>
+      </c>
+      <c r="C9" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="D9">
         <v>1798</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="F9" t="s">
         <v>16</v>
       </c>
       <c r="G9" t="s">
         <v>17</v>
       </c>
       <c r="H9">
         <v>7</v>
       </c>
       <c r="I9" t="b">
         <v>1</v>
       </c>
       <c r="J9" t="s">
         <v>18</v>
       </c>
       <c r="K9">
         <v>1</v>
       </c>
       <c r="L9">
-        <v>137.72</v>
+        <v>140.86</v>
       </c>
       <c r="M9">
-        <v>137.72</v>
+        <v>140.86</v>
       </c>
     </row>
     <row r="10" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
+        <v>38</v>
+      </c>
+      <c r="C10" t="s">
         <v>39</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10">
+        <v>1932</v>
+      </c>
+      <c r="E10" t="s">
         <v>40</v>
       </c>
-      <c r="D10">
-[...4 lines deleted...]
-      </c>
       <c r="F10" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="G10" t="s">
         <v>17</v>
       </c>
       <c r="H10">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="I10" t="b">
         <v>1</v>
       </c>
       <c r="J10" t="s">
         <v>18</v>
       </c>
       <c r="K10">
         <v>1</v>
       </c>
       <c r="L10">
-        <v>135.67</v>
+        <v>140.18</v>
       </c>
       <c r="M10">
-        <v>135.67</v>
+        <v>140.18</v>
       </c>
     </row>
     <row r="11" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
+        <v>41</v>
+      </c>
+      <c r="C11" t="s">
         <v>42</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11">
+        <v>1783</v>
+      </c>
+      <c r="E11" t="s">
         <v>43</v>
       </c>
-      <c r="D11">
-[...2 lines deleted...]
-      <c r="E11" t="s">
+      <c r="F11" t="s">
         <v>44</v>
       </c>
-      <c r="F11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G11" t="s">
         <v>17</v>
       </c>
       <c r="H11">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="I11" t="b">
         <v>1</v>
       </c>
       <c r="J11" t="s">
         <v>18</v>
       </c>
       <c r="K11">
         <v>1</v>
       </c>
       <c r="L11">
-        <v>135.21</v>
+        <v>134.9</v>
       </c>
       <c r="M11">
-        <v>135.21</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="12" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>45</v>
       </c>
       <c r="C12" t="s">
         <v>46</v>
       </c>
       <c r="D12">
-        <v>999</v>
+        <v>2502</v>
       </c>
       <c r="E12" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="F12" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="G12" t="s">
         <v>17</v>
       </c>
       <c r="H12">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="I12" t="b">
         <v>1</v>
       </c>
       <c r="J12" t="s">
         <v>18</v>
       </c>
       <c r="K12">
         <v>1</v>
       </c>
       <c r="L12">
-        <v>133.05</v>
+        <v>134.22</v>
       </c>
       <c r="M12">
-        <v>133.05</v>
+        <v>134.22</v>
       </c>
     </row>
     <row r="13" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C13" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D13">
-        <v>1580</v>
+        <v>1650</v>
       </c>
       <c r="E13" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="F13" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="G13" t="s">
         <v>17</v>
       </c>
       <c r="H13">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="I13" t="b">
         <v>1</v>
       </c>
       <c r="J13" t="s">
         <v>18</v>
       </c>
       <c r="K13">
         <v>1</v>
       </c>
       <c r="L13">
-        <v>132.68</v>
+        <v>133.04</v>
       </c>
       <c r="M13">
-        <v>132.68</v>
+        <v>133.04</v>
       </c>
     </row>
     <row r="14" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C14" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D14">
-        <v>996</v>
+        <v>740</v>
       </c>
       <c r="E14" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="F14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G14" t="s">
         <v>17</v>
       </c>
       <c r="H14">
         <v>1</v>
       </c>
       <c r="I14" t="b">
         <v>1</v>
       </c>
       <c r="J14" t="s">
         <v>18</v>
       </c>
       <c r="K14">
         <v>1</v>
       </c>
       <c r="L14">
-        <v>132.05</v>
+        <v>132.71</v>
       </c>
       <c r="M14">
-        <v>132.05</v>
+        <v>132.71</v>
       </c>
     </row>
     <row r="15" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D15">
-        <v>417</v>
+        <v>2540</v>
       </c>
       <c r="E15" t="s">
-        <v>36</v>
+        <v>55</v>
       </c>
       <c r="F15" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="G15" t="s">
         <v>17</v>
       </c>
       <c r="H15">
         <v>2</v>
       </c>
       <c r="I15" t="b">
         <v>1</v>
       </c>
       <c r="J15" t="s">
         <v>18</v>
       </c>
       <c r="K15">
         <v>1</v>
       </c>
       <c r="L15">
-        <v>131.87</v>
+        <v>132.43</v>
       </c>
       <c r="M15">
-        <v>131.87</v>
+        <v>132.43</v>
       </c>
     </row>
     <row r="16" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C16" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D16">
         <v>2317</v>
       </c>
       <c r="E16" t="s">
-        <v>15</v>
+        <v>58</v>
       </c>
       <c r="F16" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G16" t="s">
         <v>17</v>
       </c>
       <c r="H16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I16" t="b">
         <v>1</v>
       </c>
       <c r="J16" t="s">
         <v>18</v>
       </c>
       <c r="K16">
         <v>1</v>
       </c>
       <c r="L16">
-        <v>129.89</v>
+        <v>132.38</v>
       </c>
       <c r="M16">
-        <v>129.89</v>
+        <v>132.38</v>
       </c>
     </row>
     <row r="17" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C17" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="D17">
-        <v>1753</v>
+        <v>996</v>
       </c>
       <c r="E17" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F17" t="s">
-        <v>16</v>
+        <v>52</v>
       </c>
       <c r="G17" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H17">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I17" t="b">
         <v>1</v>
       </c>
       <c r="J17" t="s">
         <v>18</v>
       </c>
       <c r="K17">
         <v>1</v>
       </c>
       <c r="L17">
-        <v>129.53</v>
+        <v>132.21</v>
       </c>
       <c r="M17">
-        <v>129.53</v>
+        <v>132.21</v>
       </c>
     </row>
     <row r="18" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C18" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="D18">
-        <v>2456</v>
+        <v>403</v>
       </c>
       <c r="E18" t="s">
-        <v>61</v>
+        <v>15</v>
       </c>
       <c r="F18" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G18" t="s">
         <v>17</v>
       </c>
       <c r="H18">
         <v>4</v>
       </c>
       <c r="I18" t="b">
         <v>1</v>
       </c>
       <c r="J18" t="s">
         <v>18</v>
       </c>
       <c r="K18">
         <v>1</v>
       </c>
       <c r="L18">
-        <v>128.94</v>
+        <v>130.91</v>
       </c>
       <c r="M18">
-        <v>128.94</v>
+        <v>130.91</v>
       </c>
     </row>
     <row r="19" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C19" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D19">
-        <v>1184</v>
+        <v>2064</v>
       </c>
       <c r="E19" t="s">
-        <v>24</v>
+        <v>65</v>
       </c>
       <c r="F19" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="G19" t="s">
         <v>17</v>
       </c>
       <c r="H19">
         <v>5</v>
       </c>
       <c r="I19" t="b">
         <v>1</v>
       </c>
       <c r="J19" t="s">
         <v>18</v>
       </c>
       <c r="K19">
         <v>1</v>
       </c>
       <c r="L19">
-        <v>126.87</v>
+        <v>130.75</v>
       </c>
       <c r="M19">
-        <v>126.87</v>
+        <v>130.75</v>
       </c>
     </row>
     <row r="20" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C20" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="D20">
-        <v>1300</v>
+        <v>1050</v>
       </c>
       <c r="E20" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="F20" t="s">
-        <v>67</v>
+        <v>16</v>
       </c>
       <c r="G20" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H20">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="I20" t="b">
         <v>1</v>
       </c>
       <c r="J20" t="s">
         <v>18</v>
       </c>
       <c r="K20">
         <v>1</v>
       </c>
       <c r="L20">
-        <v>126.1</v>
+        <v>130.64</v>
       </c>
       <c r="M20">
-        <v>126.1</v>
+        <v>130.64</v>
       </c>
     </row>
     <row r="21" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C21" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D21">
-        <v>2339</v>
+        <v>2546</v>
       </c>
       <c r="E21" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="F21" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G21" t="s">
         <v>17</v>
       </c>
       <c r="H21">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I21" t="b">
         <v>1</v>
       </c>
       <c r="J21" t="s">
         <v>18</v>
       </c>
       <c r="K21">
         <v>1</v>
       </c>
       <c r="L21">
-        <v>124.16</v>
+        <v>130.27</v>
       </c>
       <c r="M21">
-        <v>124.16</v>
+        <v>130.27</v>
       </c>
     </row>
     <row r="22" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>45</v>
+        <v>71</v>
       </c>
       <c r="C22" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="D22">
-        <v>1413</v>
+        <v>2385</v>
       </c>
       <c r="E22" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F22" t="s">
-        <v>67</v>
+        <v>16</v>
       </c>
       <c r="G22" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="H22">
         <v>1</v>
       </c>
       <c r="I22" t="b">
         <v>1</v>
       </c>
       <c r="J22" t="s">
         <v>18</v>
       </c>
       <c r="K22">
         <v>1</v>
       </c>
       <c r="L22">
-        <v>123.67</v>
+        <v>129.27</v>
       </c>
       <c r="M22">
-        <v>123.67</v>
+        <v>129.27</v>
       </c>
     </row>
     <row r="23" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>62</v>
+        <v>74</v>
       </c>
       <c r="C23" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="D23">
-        <v>1169</v>
+        <v>1844</v>
       </c>
       <c r="E23" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="F23" t="s">
-        <v>51</v>
+        <v>16</v>
       </c>
       <c r="G23" t="s">
         <v>17</v>
       </c>
       <c r="H23">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="I23" t="b">
         <v>1</v>
       </c>
       <c r="J23" t="s">
         <v>18</v>
       </c>
       <c r="K23">
         <v>1</v>
       </c>
       <c r="L23">
-        <v>123.16</v>
+        <v>129.21</v>
       </c>
       <c r="M23">
-        <v>123.16</v>
+        <v>129.21</v>
       </c>
     </row>
     <row r="24" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C24" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="D24">
-        <v>1809</v>
+        <v>2564</v>
       </c>
       <c r="E24" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="F24" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
       <c r="G24" t="s">
         <v>17</v>
       </c>
       <c r="H24">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="I24" t="b">
         <v>1</v>
       </c>
       <c r="J24" t="s">
         <v>18</v>
       </c>
       <c r="K24">
         <v>1</v>
       </c>
       <c r="L24">
-        <v>123</v>
+        <v>126.7</v>
       </c>
       <c r="M24">
-        <v>123</v>
+        <v>126.7</v>
       </c>
     </row>
     <row r="25" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>45</v>
+        <v>77</v>
       </c>
       <c r="C25" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="D25">
-        <v>1677</v>
+        <v>983</v>
       </c>
       <c r="E25" t="s">
-        <v>15</v>
+        <v>78</v>
       </c>
       <c r="F25" t="s">
-        <v>16</v>
+        <v>52</v>
       </c>
       <c r="G25" t="s">
         <v>17</v>
       </c>
       <c r="H25">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="I25" t="b">
         <v>1</v>
       </c>
       <c r="J25" t="s">
         <v>18</v>
       </c>
       <c r="K25">
         <v>1</v>
       </c>
       <c r="L25">
-        <v>121.3</v>
+        <v>124.71</v>
       </c>
       <c r="M25">
-        <v>121.3</v>
+        <v>124.71</v>
       </c>
     </row>
     <row r="26" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C26" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="D26">
-        <v>1827</v>
+        <v>1788</v>
       </c>
       <c r="E26" t="s">
-        <v>78</v>
+        <v>15</v>
       </c>
       <c r="F26" t="s">
-        <v>67</v>
+        <v>16</v>
       </c>
       <c r="G26" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="H26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I26" t="b">
         <v>1</v>
       </c>
       <c r="J26" t="s">
         <v>18</v>
       </c>
       <c r="K26">
         <v>1</v>
       </c>
       <c r="L26">
-        <v>119.3</v>
+        <v>123.7</v>
       </c>
       <c r="M26">
-        <v>119.3</v>
+        <v>123.7</v>
       </c>
     </row>
     <row r="27" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="C27" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="D27">
-        <v>981</v>
+        <v>255</v>
       </c>
       <c r="E27" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="F27" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G27" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H27">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I27" t="b">
         <v>1</v>
       </c>
       <c r="J27" t="s">
         <v>18</v>
       </c>
       <c r="K27">
         <v>1</v>
       </c>
       <c r="L27">
-        <v>117.5</v>
+        <v>123.36</v>
       </c>
       <c r="M27">
-        <v>117.5</v>
+        <v>123.36</v>
       </c>
     </row>
     <row r="28" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>59</v>
+        <v>83</v>
       </c>
       <c r="C28" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="D28">
-        <v>2320</v>
+        <v>2387</v>
       </c>
       <c r="E28" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="F28" t="s">
         <v>16</v>
       </c>
       <c r="G28" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="H28">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="I28" t="b">
         <v>1</v>
       </c>
       <c r="J28" t="s">
         <v>18</v>
       </c>
       <c r="K28">
         <v>1</v>
       </c>
       <c r="L28">
-        <v>117.09</v>
+        <v>122.41</v>
       </c>
       <c r="M28">
-        <v>117.09</v>
+        <v>122.41</v>
       </c>
     </row>
     <row r="29" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="C29" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="D29">
-        <v>2479</v>
+        <v>1317</v>
       </c>
       <c r="E29" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="F29" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
       <c r="G29" t="s">
         <v>17</v>
       </c>
       <c r="H29">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I29" t="b">
         <v>1</v>
       </c>
       <c r="J29" t="s">
         <v>18</v>
       </c>
       <c r="K29">
         <v>1</v>
       </c>
       <c r="L29">
-        <v>116.46</v>
+        <v>122.27</v>
       </c>
       <c r="M29">
-        <v>116.46</v>
+        <v>122.27</v>
       </c>
     </row>
     <row r="30" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>85</v>
+        <v>28</v>
       </c>
       <c r="C30" t="s">
-        <v>13</v>
+        <v>89</v>
       </c>
       <c r="D30">
-        <v>1666</v>
+        <v>1126</v>
       </c>
       <c r="E30" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="F30" t="s">
-        <v>67</v>
+        <v>52</v>
       </c>
       <c r="G30" t="s">
         <v>17</v>
       </c>
       <c r="H30">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="I30" t="b">
         <v>1</v>
       </c>
       <c r="J30" t="s">
         <v>18</v>
       </c>
       <c r="K30">
         <v>1</v>
       </c>
       <c r="L30">
-        <v>116.29</v>
+        <v>120.38</v>
       </c>
       <c r="M30">
-        <v>116.29</v>
+        <v>120.38</v>
       </c>
     </row>
     <row r="31" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="C31" t="s">
+        <v>91</v>
+      </c>
+      <c r="D31">
+        <v>1525</v>
+      </c>
+      <c r="E31" t="s">
         <v>88</v>
       </c>
-      <c r="D31">
-[...4 lines deleted...]
-      </c>
       <c r="F31" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="G31" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H31">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="I31" t="b">
         <v>1</v>
       </c>
       <c r="J31" t="s">
         <v>18</v>
       </c>
       <c r="K31">
         <v>1</v>
       </c>
       <c r="L31">
-        <v>115.7</v>
+        <v>120.29</v>
       </c>
       <c r="M31">
-        <v>115.7</v>
+        <v>120.29</v>
       </c>
     </row>
     <row r="32" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="C32" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="D32">
-        <v>1093</v>
+        <v>2568</v>
       </c>
       <c r="E32" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="F32" t="s">
-        <v>67</v>
+        <v>52</v>
       </c>
       <c r="G32" t="s">
         <v>17</v>
       </c>
       <c r="H32">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I32" t="b">
         <v>1</v>
       </c>
       <c r="J32" t="s">
         <v>18</v>
       </c>
       <c r="K32">
         <v>1</v>
       </c>
       <c r="L32">
-        <v>115.41</v>
+        <v>120.11</v>
       </c>
       <c r="M32">
-        <v>115.41</v>
+        <v>120.11</v>
       </c>
     </row>
     <row r="33" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="C33" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="D33">
-        <v>1574</v>
+        <v>2181</v>
       </c>
       <c r="E33" t="s">
-        <v>93</v>
+        <v>15</v>
       </c>
       <c r="F33" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
       <c r="G33" t="s">
-        <v>58</v>
+        <v>73</v>
       </c>
       <c r="H33">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I33" t="b">
         <v>1</v>
       </c>
       <c r="J33" t="s">
         <v>18</v>
       </c>
       <c r="K33">
         <v>1</v>
       </c>
       <c r="L33">
-        <v>114.06</v>
+        <v>119.88</v>
       </c>
       <c r="M33">
-        <v>114.06</v>
+        <v>119.88</v>
       </c>
     </row>
     <row r="34" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C34" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D34">
-        <v>1223</v>
+        <v>981</v>
       </c>
       <c r="E34" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="F34" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G34" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="H34">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="I34" t="b">
         <v>1</v>
       </c>
       <c r="J34" t="s">
         <v>18</v>
       </c>
       <c r="K34">
         <v>1</v>
       </c>
       <c r="L34">
-        <v>109.69</v>
+        <v>119.84</v>
       </c>
       <c r="M34">
-        <v>109.69</v>
+        <v>119.84</v>
       </c>
     </row>
     <row r="35" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C35" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="D35">
-        <v>2308</v>
+        <v>1131</v>
       </c>
       <c r="E35" t="s">
-        <v>98</v>
+        <v>43</v>
       </c>
       <c r="F35" t="s">
-        <v>51</v>
+        <v>16</v>
       </c>
       <c r="G35" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="H35">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I35" t="b">
         <v>1</v>
       </c>
       <c r="J35" t="s">
         <v>18</v>
       </c>
       <c r="K35">
         <v>1</v>
       </c>
       <c r="L35">
-        <v>109.31</v>
+        <v>119.43</v>
       </c>
       <c r="M35">
-        <v>109.31</v>
+        <v>119.43</v>
       </c>
     </row>
     <row r="36" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="C36" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D36">
-        <v>2350</v>
+        <v>2397</v>
       </c>
       <c r="E36" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F36" t="s">
-        <v>67</v>
+        <v>52</v>
       </c>
       <c r="G36" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="H36">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="I36" t="b">
         <v>1</v>
       </c>
       <c r="J36" t="s">
         <v>18</v>
       </c>
       <c r="K36">
         <v>1</v>
       </c>
       <c r="L36">
-        <v>108.02</v>
+        <v>118.5</v>
       </c>
       <c r="M36">
-        <v>108.02</v>
+        <v>118.5</v>
       </c>
     </row>
     <row r="37" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C37" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="D37">
-        <v>2459</v>
+        <v>75</v>
       </c>
       <c r="E37" t="s">
-        <v>102</v>
+        <v>15</v>
       </c>
       <c r="F37" t="s">
-        <v>103</v>
+        <v>52</v>
       </c>
       <c r="G37" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="H37">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I37" t="b">
         <v>1</v>
       </c>
       <c r="J37" t="s">
         <v>18</v>
       </c>
       <c r="K37">
         <v>1</v>
       </c>
       <c r="L37">
-        <v>106.9</v>
+        <v>118.15</v>
       </c>
       <c r="M37">
-        <v>106.9</v>
+        <v>118.15</v>
       </c>
     </row>
     <row r="38" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>104</v>
       </c>
       <c r="C38" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="D38">
-        <v>2343</v>
+        <v>2572</v>
       </c>
       <c r="E38" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F38" t="s">
         <v>16</v>
       </c>
       <c r="G38" t="s">
         <v>17</v>
       </c>
       <c r="H38">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="I38" t="b">
         <v>1</v>
       </c>
       <c r="J38" t="s">
         <v>18</v>
       </c>
       <c r="K38">
         <v>1</v>
       </c>
       <c r="L38">
-        <v>104.53</v>
+        <v>117.24</v>
       </c>
       <c r="M38">
-        <v>104.53</v>
+        <v>117.24</v>
       </c>
     </row>
     <row r="39" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>106</v>
+        <v>74</v>
       </c>
       <c r="C39" t="s">
-        <v>107</v>
+        <v>26</v>
       </c>
       <c r="D39">
-        <v>2484</v>
+        <v>2213</v>
       </c>
       <c r="E39" t="s">
-        <v>108</v>
+        <v>15</v>
       </c>
       <c r="F39" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G39" t="s">
         <v>17</v>
       </c>
       <c r="H39">
         <v>9</v>
       </c>
       <c r="I39" t="b">
         <v>1</v>
       </c>
       <c r="J39" t="s">
         <v>18</v>
       </c>
       <c r="K39">
         <v>1</v>
       </c>
       <c r="L39">
-        <v>103.89</v>
+        <v>116.98</v>
       </c>
       <c r="M39">
-        <v>103.89</v>
+        <v>116.98</v>
       </c>
     </row>
     <row r="40" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="C40" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="D40">
-        <v>1476</v>
+        <v>2459</v>
       </c>
       <c r="E40" t="s">
-        <v>111</v>
+        <v>33</v>
       </c>
       <c r="F40" t="s">
-        <v>51</v>
+        <v>106</v>
       </c>
       <c r="G40" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H40">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I40" t="b">
         <v>1</v>
       </c>
       <c r="J40" t="s">
         <v>18</v>
       </c>
       <c r="K40">
         <v>1</v>
       </c>
       <c r="L40">
-        <v>103.03</v>
+        <v>115.25</v>
       </c>
       <c r="M40">
-        <v>103.03</v>
+        <v>115.25</v>
       </c>
     </row>
     <row r="41" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>112</v>
+        <v>45</v>
       </c>
       <c r="C41" t="s">
-        <v>113</v>
+        <v>107</v>
       </c>
       <c r="D41">
-        <v>1697</v>
+        <v>1413</v>
       </c>
       <c r="E41" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="F41" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="G41" t="s">
         <v>17</v>
       </c>
       <c r="H41">
         <v>10</v>
       </c>
       <c r="I41" t="b">
         <v>1</v>
       </c>
       <c r="J41" t="s">
         <v>18</v>
       </c>
       <c r="K41">
         <v>1</v>
       </c>
       <c r="L41">
-        <v>99.66</v>
+        <v>114.66</v>
       </c>
       <c r="M41">
-        <v>99.66</v>
+        <v>114.66</v>
       </c>
     </row>
     <row r="42" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="C42" t="s">
-        <v>115</v>
+        <v>109</v>
       </c>
       <c r="D42">
-        <v>2363</v>
+        <v>1513</v>
       </c>
       <c r="E42" t="s">
-        <v>116</v>
+        <v>43</v>
       </c>
       <c r="F42" t="s">
-        <v>67</v>
+        <v>16</v>
       </c>
       <c r="G42" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="H42">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="I42" t="b">
         <v>1</v>
       </c>
       <c r="J42" t="s">
         <v>18</v>
       </c>
       <c r="K42">
         <v>1</v>
       </c>
       <c r="L42">
-        <v>99.45</v>
+        <v>114.46</v>
       </c>
       <c r="M42">
-        <v>99.45</v>
+        <v>114.46</v>
       </c>
     </row>
     <row r="43" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>117</v>
+        <v>103</v>
       </c>
       <c r="C43" t="s">
-        <v>118</v>
+        <v>110</v>
       </c>
       <c r="D43">
-        <v>768</v>
+        <v>1674</v>
       </c>
       <c r="E43" t="s">
-        <v>27</v>
+        <v>111</v>
       </c>
       <c r="F43" t="s">
-        <v>103</v>
+        <v>22</v>
       </c>
       <c r="G43" t="s">
         <v>17</v>
       </c>
       <c r="H43">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="I43" t="b">
         <v>1</v>
       </c>
       <c r="J43" t="s">
         <v>18</v>
       </c>
       <c r="K43">
         <v>1</v>
       </c>
       <c r="L43">
-        <v>98.49</v>
+        <v>114.21</v>
       </c>
       <c r="M43">
-        <v>98.49</v>
+        <v>114.21</v>
       </c>
     </row>
     <row r="44" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>96</v>
+        <v>112</v>
       </c>
       <c r="C44" t="s">
-        <v>119</v>
+        <v>113</v>
       </c>
       <c r="D44">
-        <v>1796</v>
+        <v>1456</v>
       </c>
       <c r="E44" t="s">
-        <v>18</v>
+        <v>114</v>
       </c>
       <c r="F44" t="s">
-        <v>67</v>
+        <v>106</v>
       </c>
       <c r="G44" t="s">
         <v>17</v>
       </c>
       <c r="H44">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="I44" t="b">
         <v>1</v>
       </c>
       <c r="J44" t="s">
         <v>18</v>
       </c>
       <c r="K44">
         <v>1</v>
       </c>
       <c r="L44">
-        <v>97.92</v>
+        <v>112.72</v>
       </c>
       <c r="M44">
-        <v>97.92</v>
+        <v>112.72</v>
       </c>
     </row>
     <row r="45" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="C45" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="D45">
-        <v>2118</v>
+        <v>2545</v>
       </c>
       <c r="E45" t="s">
-        <v>24</v>
+        <v>117</v>
       </c>
       <c r="F45" t="s">
-        <v>103</v>
+        <v>52</v>
       </c>
       <c r="G45" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H45">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I45" t="b">
         <v>1</v>
       </c>
       <c r="J45" t="s">
         <v>18</v>
       </c>
       <c r="K45">
         <v>1</v>
       </c>
       <c r="L45">
-        <v>97.78</v>
+        <v>112.4</v>
       </c>
       <c r="M45">
-        <v>97.78</v>
+        <v>112.4</v>
       </c>
     </row>
     <row r="46" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>47</v>
+        <v>118</v>
       </c>
       <c r="C46" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="D46">
-        <v>2322</v>
+        <v>2295</v>
       </c>
       <c r="E46" t="s">
-        <v>18</v>
+        <v>85</v>
       </c>
       <c r="F46" t="s">
-        <v>67</v>
+        <v>16</v>
       </c>
       <c r="G46" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="H46">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I46" t="b">
         <v>1</v>
       </c>
       <c r="J46" t="s">
         <v>18</v>
       </c>
       <c r="K46">
         <v>1</v>
       </c>
       <c r="L46">
-        <v>97.26</v>
+        <v>111.26</v>
       </c>
       <c r="M46">
-        <v>97.26</v>
+        <v>111.26</v>
       </c>
     </row>
     <row r="47" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="C47" t="s">
-        <v>124</v>
+        <v>26</v>
       </c>
       <c r="D47">
-        <v>1446</v>
+        <v>122</v>
       </c>
       <c r="E47" t="s">
-        <v>36</v>
+        <v>121</v>
       </c>
       <c r="F47" t="s">
-        <v>51</v>
+        <v>122</v>
       </c>
       <c r="G47" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H47">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I47" t="b">
         <v>1</v>
       </c>
       <c r="J47" t="s">
         <v>18</v>
       </c>
       <c r="K47">
         <v>1</v>
       </c>
       <c r="L47">
-        <v>96.02</v>
+        <v>110.8</v>
       </c>
       <c r="M47">
-        <v>96.02</v>
+        <v>110.8</v>
       </c>
     </row>
     <row r="48" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C48" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="D48">
-        <v>2210</v>
+        <v>2264</v>
       </c>
       <c r="E48" t="s">
-        <v>127</v>
+        <v>111</v>
       </c>
       <c r="F48" t="s">
         <v>16</v>
       </c>
       <c r="G48" t="s">
         <v>17</v>
       </c>
       <c r="H48">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="I48" t="b">
         <v>1</v>
       </c>
       <c r="J48" t="s">
         <v>18</v>
       </c>
       <c r="K48">
         <v>1</v>
       </c>
       <c r="L48">
-        <v>95.88</v>
+        <v>109.81</v>
       </c>
       <c r="M48">
-        <v>95.88</v>
+        <v>109.81</v>
       </c>
     </row>
     <row r="49" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="C49" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="D49">
-        <v>1506</v>
+        <v>2293</v>
       </c>
       <c r="E49" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="F49" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
       <c r="G49" t="s">
-        <v>58</v>
+        <v>73</v>
       </c>
       <c r="H49">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="I49" t="b">
         <v>1</v>
       </c>
       <c r="J49" t="s">
         <v>18</v>
       </c>
       <c r="K49">
         <v>1</v>
       </c>
       <c r="L49">
-        <v>95.29</v>
+        <v>109.73</v>
       </c>
       <c r="M49">
-        <v>95.29</v>
+        <v>109.73</v>
       </c>
     </row>
     <row r="50" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="C50" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="D50">
-        <v>2214</v>
+        <v>1225</v>
       </c>
       <c r="E50" t="s">
-        <v>132</v>
+        <v>15</v>
       </c>
       <c r="F50" t="s">
-        <v>67</v>
+        <v>106</v>
       </c>
       <c r="G50" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="H50">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="I50" t="b">
         <v>1</v>
       </c>
       <c r="J50" t="s">
         <v>18</v>
       </c>
       <c r="K50">
         <v>1</v>
       </c>
       <c r="L50">
-        <v>94.81</v>
+        <v>107.91</v>
       </c>
       <c r="M50">
-        <v>94.81</v>
+        <v>107.91</v>
       </c>
     </row>
     <row r="51" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="C51" t="s">
+        <v>130</v>
+      </c>
+      <c r="D51">
+        <v>2537</v>
+      </c>
+      <c r="E51" t="s">
         <v>131</v>
       </c>
-      <c r="D51">
-[...4 lines deleted...]
-      </c>
       <c r="F51" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="G51" t="s">
         <v>17</v>
       </c>
       <c r="H51">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="I51" t="b">
         <v>1</v>
       </c>
       <c r="J51" t="s">
         <v>18</v>
       </c>
       <c r="K51">
         <v>1</v>
       </c>
       <c r="L51">
-        <v>94.64</v>
+        <v>107.04</v>
       </c>
       <c r="M51">
-        <v>94.64</v>
+        <v>107.04</v>
       </c>
     </row>
     <row r="52" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C52" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="D52">
-        <v>2476</v>
+        <v>1936</v>
       </c>
       <c r="E52" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F52" t="s">
-        <v>67</v>
+        <v>16</v>
       </c>
       <c r="G52" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H52">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="I52" t="b">
         <v>1</v>
       </c>
       <c r="J52" t="s">
         <v>18</v>
       </c>
       <c r="K52">
         <v>1</v>
       </c>
       <c r="L52">
-        <v>94.42</v>
+        <v>106.86</v>
       </c>
       <c r="M52">
-        <v>94.42</v>
+        <v>106.86</v>
       </c>
     </row>
     <row r="53" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="C53" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="D53">
-        <v>2047</v>
+        <v>2379</v>
       </c>
       <c r="E53" t="s">
-        <v>24</v>
+        <v>65</v>
       </c>
       <c r="F53" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G53" t="s">
         <v>17</v>
       </c>
       <c r="H53">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="I53" t="b">
         <v>1</v>
       </c>
       <c r="J53" t="s">
         <v>18</v>
       </c>
       <c r="K53">
         <v>1</v>
       </c>
       <c r="L53">
-        <v>94.34</v>
+        <v>106.65</v>
       </c>
       <c r="M53">
-        <v>94.34</v>
+        <v>106.65</v>
       </c>
     </row>
     <row r="54" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>138</v>
+        <v>56</v>
       </c>
       <c r="C54" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="D54">
-        <v>250</v>
+        <v>1610</v>
       </c>
       <c r="E54" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="F54" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="G54" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H54">
         <v>3</v>
       </c>
       <c r="I54" t="b">
         <v>1</v>
       </c>
       <c r="J54" t="s">
         <v>18</v>
       </c>
       <c r="K54">
         <v>1</v>
       </c>
       <c r="L54">
-        <v>88.69</v>
+        <v>104.96</v>
       </c>
       <c r="M54">
-        <v>88.69</v>
+        <v>104.96</v>
       </c>
     </row>
     <row r="55" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="C55" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="D55">
-        <v>1299</v>
+        <v>1083</v>
       </c>
       <c r="E55" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="F55" t="s">
-        <v>143</v>
+        <v>52</v>
       </c>
       <c r="G55" t="s">
         <v>17</v>
       </c>
       <c r="H55">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I55" t="b">
         <v>1</v>
       </c>
       <c r="J55" t="s">
         <v>18</v>
       </c>
       <c r="K55">
         <v>1</v>
       </c>
       <c r="L55">
-        <v>88.58</v>
+        <v>104.62</v>
       </c>
       <c r="M55">
-        <v>88.58</v>
+        <v>104.62</v>
       </c>
     </row>
     <row r="56" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="C56" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="D56">
-        <v>2364</v>
+        <v>112</v>
       </c>
       <c r="E56" t="s">
-        <v>146</v>
+        <v>15</v>
       </c>
       <c r="F56" t="s">
-        <v>16</v>
+        <v>106</v>
       </c>
       <c r="G56" t="s">
         <v>17</v>
       </c>
       <c r="H56">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="I56" t="b">
         <v>1</v>
       </c>
       <c r="J56" t="s">
         <v>18</v>
       </c>
       <c r="K56">
         <v>1</v>
       </c>
       <c r="L56">
-        <v>84.65</v>
+        <v>103.9</v>
       </c>
       <c r="M56">
-        <v>84.65</v>
+        <v>103.9</v>
       </c>
     </row>
     <row r="57" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="C57" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="D57">
-        <v>881</v>
+        <v>2468</v>
       </c>
       <c r="E57" t="s">
-        <v>27</v>
+        <v>144</v>
       </c>
       <c r="F57" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
       <c r="G57" t="s">
         <v>17</v>
       </c>
       <c r="H57">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="I57" t="b">
         <v>1</v>
       </c>
       <c r="J57" t="s">
         <v>18</v>
       </c>
       <c r="K57">
         <v>1</v>
       </c>
       <c r="L57">
-        <v>83.92</v>
+        <v>103.7</v>
       </c>
       <c r="M57">
-        <v>83.92</v>
+        <v>103.7</v>
       </c>
     </row>
     <row r="58" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="C58" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="D58">
-        <v>1957</v>
+        <v>372</v>
       </c>
       <c r="E58" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="F58" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="G58" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H58">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I58" t="b">
         <v>1</v>
       </c>
       <c r="J58" t="s">
         <v>18</v>
       </c>
       <c r="K58">
         <v>1</v>
       </c>
       <c r="L58">
-        <v>83.46</v>
+        <v>102.46</v>
       </c>
       <c r="M58">
-        <v>83.46</v>
+        <v>102.46</v>
       </c>
     </row>
     <row r="59" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="C59" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="D59">
-        <v>631</v>
+        <v>2408</v>
       </c>
       <c r="E59" t="s">
-        <v>24</v>
+        <v>149</v>
       </c>
       <c r="F59" t="s">
-        <v>103</v>
+        <v>22</v>
       </c>
       <c r="G59" t="s">
         <v>17</v>
       </c>
       <c r="H59">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="I59" t="b">
         <v>1</v>
       </c>
       <c r="J59" t="s">
         <v>18</v>
       </c>
       <c r="K59">
         <v>1</v>
       </c>
       <c r="L59">
-        <v>83.07</v>
+        <v>101.52</v>
       </c>
       <c r="M59">
-        <v>83.07</v>
+        <v>101.52</v>
       </c>
     </row>
     <row r="60" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="C60" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="D60">
-        <v>1011</v>
+        <v>2315</v>
       </c>
       <c r="E60" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="F60" t="s">
-        <v>51</v>
+        <v>16</v>
       </c>
       <c r="G60" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H60">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="I60" t="b">
         <v>1</v>
       </c>
       <c r="J60" t="s">
         <v>18</v>
       </c>
       <c r="K60">
         <v>1</v>
       </c>
       <c r="L60">
-        <v>81.51</v>
+        <v>100.49</v>
       </c>
       <c r="M60">
-        <v>81.51</v>
+        <v>100.49</v>
       </c>
     </row>
     <row r="61" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="C61" t="s">
-        <v>129</v>
+        <v>153</v>
       </c>
       <c r="D61">
-        <v>202</v>
+        <v>1302</v>
       </c>
       <c r="E61" t="s">
-        <v>130</v>
+        <v>154</v>
       </c>
       <c r="F61" t="s">
-        <v>156</v>
+        <v>52</v>
       </c>
       <c r="G61" t="s">
         <v>17</v>
       </c>
       <c r="H61">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="I61" t="b">
         <v>1</v>
       </c>
       <c r="J61" t="s">
         <v>18</v>
       </c>
       <c r="K61">
         <v>1</v>
       </c>
       <c r="L61">
-        <v>81.35</v>
+        <v>99.65</v>
       </c>
       <c r="M61">
-        <v>81.35</v>
+        <v>99.65</v>
       </c>
     </row>
     <row r="62" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="C62" t="s">
-        <v>113</v>
+        <v>37</v>
       </c>
       <c r="D62">
-        <v>662</v>
+        <v>711</v>
       </c>
       <c r="E62" t="s">
-        <v>24</v>
+        <v>65</v>
       </c>
       <c r="F62" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
       <c r="G62" t="s">
-        <v>58</v>
+        <v>73</v>
       </c>
       <c r="H62">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="I62" t="b">
         <v>1</v>
       </c>
       <c r="J62" t="s">
         <v>18</v>
       </c>
       <c r="K62">
         <v>1</v>
       </c>
       <c r="L62">
-        <v>81.19</v>
+        <v>99.06</v>
       </c>
       <c r="M62">
-        <v>81.19</v>
+        <v>99.06</v>
       </c>
     </row>
     <row r="63" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="C63" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="D63">
-        <v>719</v>
+        <v>2489</v>
       </c>
       <c r="E63" t="s">
-        <v>160</v>
+        <v>18</v>
       </c>
       <c r="F63" t="s">
-        <v>156</v>
+        <v>22</v>
       </c>
       <c r="G63" t="s">
         <v>17</v>
       </c>
       <c r="H63">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="I63" t="b">
         <v>1</v>
       </c>
       <c r="J63" t="s">
         <v>18</v>
       </c>
       <c r="K63">
         <v>1</v>
       </c>
       <c r="L63">
-        <v>78.27</v>
+        <v>98.9</v>
       </c>
       <c r="M63">
-        <v>78.27</v>
+        <v>98.9</v>
       </c>
     </row>
     <row r="64" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="C64" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="D64">
-        <v>548</v>
+        <v>1500</v>
       </c>
       <c r="E64" t="s">
-        <v>163</v>
+        <v>65</v>
       </c>
       <c r="F64" t="s">
-        <v>156</v>
+        <v>22</v>
       </c>
       <c r="G64" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="H64">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I64" t="b">
         <v>1</v>
       </c>
       <c r="J64" t="s">
         <v>18</v>
       </c>
       <c r="K64">
         <v>1</v>
       </c>
       <c r="L64">
-        <v>70.2</v>
+        <v>98.51</v>
       </c>
       <c r="M64">
-        <v>70.2</v>
+        <v>98.51</v>
       </c>
     </row>
     <row r="65" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="C65" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="D65">
-        <v>555</v>
+        <v>1520</v>
       </c>
       <c r="E65" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="F65" t="s">
-        <v>166</v>
+        <v>22</v>
       </c>
       <c r="G65" t="s">
         <v>17</v>
       </c>
       <c r="H65">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="I65" t="b">
         <v>1</v>
       </c>
       <c r="J65" t="s">
         <v>18</v>
       </c>
       <c r="K65">
         <v>1</v>
       </c>
       <c r="L65">
-        <v>66.89</v>
+        <v>98.42</v>
       </c>
       <c r="M65">
-        <v>66.89</v>
+        <v>98.42</v>
       </c>
     </row>
     <row r="66" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="C66" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="D66">
-        <v>2477</v>
+        <v>1611</v>
       </c>
       <c r="E66" t="s">
-        <v>36</v>
+        <v>65</v>
       </c>
       <c r="F66" t="s">
-        <v>103</v>
+        <v>52</v>
       </c>
       <c r="G66" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H66">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="I66" t="b">
         <v>1</v>
       </c>
       <c r="J66" t="s">
         <v>18</v>
       </c>
       <c r="K66">
         <v>1</v>
       </c>
       <c r="L66">
-        <v>64.1</v>
+        <v>97.54</v>
       </c>
       <c r="M66">
-        <v>64.1</v>
+        <v>97.54</v>
       </c>
     </row>
     <row r="67" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>169</v>
+        <v>56</v>
       </c>
       <c r="C67" t="s">
-        <v>170</v>
+        <v>164</v>
+      </c>
+      <c r="D67">
+        <v>488</v>
       </c>
       <c r="E67" t="s">
-        <v>171</v>
+        <v>68</v>
       </c>
       <c r="F67" t="s">
-        <v>16</v>
+        <v>106</v>
       </c>
       <c r="G67" t="s">
         <v>17</v>
       </c>
       <c r="H67">
-        <v>17</v>
+        <v>6</v>
       </c>
       <c r="I67" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J67" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="K67">
         <v>1</v>
       </c>
       <c r="L67">
-        <v>158.31</v>
+        <v>97.42</v>
       </c>
       <c r="M67">
-        <v>158.31</v>
+        <v>97.42</v>
       </c>
     </row>
     <row r="68" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>173</v>
+        <v>165</v>
       </c>
       <c r="C68" t="s">
-        <v>174</v>
+        <v>67</v>
+      </c>
+      <c r="D68">
+        <v>2496</v>
       </c>
       <c r="E68" t="s">
-        <v>175</v>
+        <v>114</v>
       </c>
       <c r="F68" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
       <c r="G68" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="H68">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="I68" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J68" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="K68">
         <v>1</v>
       </c>
       <c r="L68">
-        <v>144.85</v>
+        <v>95.61</v>
       </c>
       <c r="M68">
-        <v>144.85</v>
+        <v>95.61</v>
       </c>
     </row>
     <row r="69" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>173</v>
+        <v>166</v>
       </c>
       <c r="C69" t="s">
-        <v>176</v>
+        <v>167</v>
+      </c>
+      <c r="D69">
+        <v>455</v>
       </c>
       <c r="E69" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F69" t="s">
-        <v>16</v>
+        <v>106</v>
       </c>
       <c r="G69" t="s">
         <v>17</v>
       </c>
       <c r="H69">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="I69" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J69" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="K69">
         <v>1</v>
       </c>
       <c r="L69">
-        <v>135.9</v>
+        <v>95.44</v>
       </c>
       <c r="M69">
-        <v>135.9</v>
+        <v>95.44</v>
       </c>
     </row>
     <row r="70" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>45</v>
+        <v>168</v>
       </c>
       <c r="C70" t="s">
-        <v>177</v>
+        <v>169</v>
+      </c>
+      <c r="D70">
+        <v>2553</v>
       </c>
       <c r="E70" t="s">
-        <v>178</v>
+        <v>18</v>
       </c>
       <c r="F70" t="s">
-        <v>16</v>
+        <v>52</v>
       </c>
       <c r="G70" t="s">
         <v>17</v>
       </c>
       <c r="H70">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="I70" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J70" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="K70">
         <v>1</v>
       </c>
       <c r="L70">
-        <v>135.71</v>
+        <v>95.21</v>
       </c>
       <c r="M70">
-        <v>135.71</v>
+        <v>95.21</v>
       </c>
     </row>
     <row r="71" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>179</v>
+        <v>170</v>
       </c>
       <c r="C71" t="s">
-        <v>180</v>
+        <v>171</v>
+      </c>
+      <c r="D71">
+        <v>1913</v>
       </c>
       <c r="E71" t="s">
-        <v>142</v>
+        <v>47</v>
       </c>
       <c r="F71" t="s">
-        <v>67</v>
+        <v>122</v>
       </c>
       <c r="G71" t="s">
         <v>17</v>
       </c>
       <c r="H71">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="I71" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J71" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="K71">
         <v>1</v>
       </c>
       <c r="L71">
-        <v>133.91</v>
+        <v>94.42</v>
       </c>
       <c r="M71">
-        <v>133.91</v>
+        <v>94.42</v>
       </c>
     </row>
     <row r="72" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>181</v>
+        <v>162</v>
       </c>
       <c r="C72" t="s">
-        <v>182</v>
+        <v>172</v>
+      </c>
+      <c r="D72">
+        <v>1555</v>
       </c>
       <c r="E72" t="s">
-        <v>183</v>
+        <v>114</v>
       </c>
       <c r="F72" t="s">
+        <v>52</v>
+      </c>
+      <c r="G72" t="s">
+        <v>17</v>
+      </c>
+      <c r="H72">
         <v>16</v>
       </c>
-      <c r="G72" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I72" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J72" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="K72">
         <v>1</v>
       </c>
       <c r="L72">
-        <v>127.97</v>
+        <v>93.89</v>
       </c>
       <c r="M72">
-        <v>127.97</v>
+        <v>93.89</v>
       </c>
     </row>
     <row r="73" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>158</v>
+        <v>173</v>
       </c>
       <c r="C73" t="s">
-        <v>184</v>
+        <v>174</v>
+      </c>
+      <c r="D73">
+        <v>2396</v>
       </c>
       <c r="E73" t="s">
         <v>18</v>
       </c>
       <c r="F73" t="s">
-        <v>67</v>
+        <v>106</v>
       </c>
       <c r="G73" t="s">
         <v>17</v>
       </c>
       <c r="H73">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="I73" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J73" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="K73">
         <v>1</v>
       </c>
       <c r="L73">
-        <v>124.97</v>
+        <v>92.91</v>
       </c>
       <c r="M73">
-        <v>124.97</v>
+        <v>92.91</v>
       </c>
     </row>
     <row r="74" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>185</v>
+        <v>175</v>
       </c>
       <c r="C74" t="s">
-        <v>186</v>
+        <v>176</v>
+      </c>
+      <c r="D74">
+        <v>2029</v>
       </c>
       <c r="E74" t="s">
-        <v>18</v>
+        <v>111</v>
       </c>
       <c r="F74" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="G74" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="H74">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="I74" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J74" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="K74">
         <v>1</v>
       </c>
       <c r="L74">
-        <v>123.93</v>
+        <v>92.8</v>
       </c>
       <c r="M74">
-        <v>123.93</v>
+        <v>92.8</v>
       </c>
     </row>
     <row r="75" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>187</v>
+        <v>129</v>
       </c>
       <c r="C75" t="s">
-        <v>188</v>
+        <v>177</v>
+      </c>
+      <c r="D75">
+        <v>2169</v>
       </c>
       <c r="E75" t="s">
-        <v>36</v>
+        <v>114</v>
       </c>
       <c r="F75" t="s">
-        <v>51</v>
+        <v>106</v>
       </c>
       <c r="G75" t="s">
         <v>17</v>
       </c>
       <c r="H75">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="I75" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J75" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="K75">
         <v>1</v>
       </c>
       <c r="L75">
-        <v>120.69</v>
+        <v>92.72</v>
       </c>
       <c r="M75">
-        <v>120.69</v>
+        <v>92.72</v>
       </c>
     </row>
     <row r="76" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>189</v>
+        <v>178</v>
       </c>
       <c r="C76" t="s">
-        <v>190</v>
+        <v>179</v>
+      </c>
+      <c r="D76">
+        <v>2538</v>
       </c>
       <c r="E76" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="F76" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="G76" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="H76">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="I76" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J76" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="K76">
         <v>1</v>
       </c>
       <c r="L76">
-        <v>118.35</v>
+        <v>92.42</v>
       </c>
       <c r="M76">
-        <v>118.35</v>
+        <v>92.42</v>
       </c>
     </row>
     <row r="77" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>34</v>
+        <v>181</v>
       </c>
       <c r="C77" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="D77">
-        <v>1003</v>
+        <v>828</v>
       </c>
       <c r="E77" t="s">
-        <v>24</v>
+        <v>183</v>
       </c>
       <c r="F77" t="s">
-        <v>67</v>
+        <v>52</v>
       </c>
       <c r="G77" t="s">
         <v>17</v>
       </c>
       <c r="H77">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="I77" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J77" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="K77">
         <v>1</v>
       </c>
       <c r="L77">
-        <v>115.89</v>
+        <v>92.26</v>
       </c>
       <c r="M77">
-        <v>115.89</v>
+        <v>92.26</v>
       </c>
     </row>
     <row r="78" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>192</v>
+        <v>184</v>
       </c>
       <c r="C78" t="s">
-        <v>193</v>
+        <v>185</v>
+      </c>
+      <c r="D78">
+        <v>1506</v>
       </c>
       <c r="E78" t="s">
-        <v>127</v>
+        <v>186</v>
       </c>
       <c r="F78" t="s">
-        <v>67</v>
+        <v>106</v>
       </c>
       <c r="G78" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="H78">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="I78" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J78" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="K78">
         <v>1</v>
       </c>
       <c r="L78">
-        <v>108.24</v>
+        <v>92.1</v>
       </c>
       <c r="M78">
-        <v>108.24</v>
+        <v>92.1</v>
       </c>
     </row>
     <row r="79" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>194</v>
+        <v>187</v>
       </c>
       <c r="C79" t="s">
-        <v>33</v>
+        <v>146</v>
+      </c>
+      <c r="D79">
+        <v>397</v>
       </c>
       <c r="E79" t="s">
-        <v>15</v>
+        <v>58</v>
       </c>
       <c r="F79" t="s">
-        <v>51</v>
+        <v>106</v>
       </c>
       <c r="G79" t="s">
         <v>17</v>
       </c>
       <c r="H79">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="I79" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J79" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="K79">
         <v>1</v>
       </c>
       <c r="L79">
-        <v>108.14</v>
+        <v>90.84</v>
       </c>
       <c r="M79">
-        <v>108.14</v>
+        <v>90.84</v>
       </c>
     </row>
     <row r="80" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>195</v>
+        <v>188</v>
       </c>
       <c r="C80" t="s">
-        <v>196</v>
+        <v>189</v>
+      </c>
+      <c r="D80">
+        <v>1299</v>
       </c>
       <c r="E80" t="s">
-        <v>146</v>
+        <v>190</v>
       </c>
       <c r="F80" t="s">
-        <v>67</v>
+        <v>122</v>
       </c>
       <c r="G80" t="s">
         <v>17</v>
       </c>
       <c r="H80">
-        <v>17</v>
+        <v>3</v>
       </c>
       <c r="I80" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J80" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="K80">
         <v>1</v>
       </c>
       <c r="L80">
-        <v>107.41</v>
+        <v>88.57</v>
       </c>
       <c r="M80">
-        <v>107.41</v>
+        <v>88.57</v>
       </c>
     </row>
     <row r="81" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>197</v>
+        <v>60</v>
       </c>
       <c r="C81" t="s">
-        <v>198</v>
+        <v>54</v>
+      </c>
+      <c r="D81">
+        <v>898</v>
       </c>
       <c r="E81" t="s">
-        <v>36</v>
+        <v>191</v>
       </c>
       <c r="F81" t="s">
-        <v>51</v>
+        <v>106</v>
       </c>
       <c r="G81" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H81">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="I81" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J81" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="K81">
         <v>1</v>
       </c>
       <c r="L81">
-        <v>105.93</v>
+        <v>86.76</v>
       </c>
       <c r="M81">
-        <v>105.93</v>
+        <v>86.76</v>
       </c>
     </row>
     <row r="82" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>199</v>
+        <v>192</v>
       </c>
       <c r="C82" t="s">
-        <v>200</v>
+        <v>26</v>
+      </c>
+      <c r="D82">
+        <v>600</v>
       </c>
       <c r="E82" t="s">
-        <v>201</v>
+        <v>193</v>
       </c>
       <c r="F82" t="s">
-        <v>16</v>
+        <v>106</v>
       </c>
       <c r="G82" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="H82">
-        <v>22</v>
+        <v>3</v>
       </c>
       <c r="I82" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J82" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="K82">
         <v>1</v>
       </c>
       <c r="L82">
-        <v>105.5</v>
+        <v>86.48</v>
       </c>
       <c r="M82">
-        <v>105.5</v>
+        <v>86.48</v>
       </c>
     </row>
     <row r="83" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>202</v>
+        <v>194</v>
       </c>
       <c r="C83" t="s">
-        <v>203</v>
+        <v>195</v>
       </c>
       <c r="D83">
-        <v>1821</v>
+        <v>394</v>
       </c>
       <c r="E83" t="s">
-        <v>111</v>
+        <v>15</v>
       </c>
       <c r="F83" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="G83" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="H83">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="I83" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J83" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="K83">
         <v>1</v>
       </c>
       <c r="L83">
-        <v>102.57</v>
+        <v>86.32</v>
       </c>
       <c r="M83">
-        <v>102.57</v>
+        <v>86.32</v>
       </c>
     </row>
     <row r="84" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>76</v>
+        <v>196</v>
       </c>
       <c r="C84" t="s">
-        <v>204</v>
+        <v>197</v>
+      </c>
+      <c r="D84">
+        <v>2407</v>
       </c>
       <c r="E84" t="s">
-        <v>132</v>
+        <v>111</v>
       </c>
       <c r="F84" t="s">
-        <v>16</v>
+        <v>106</v>
       </c>
       <c r="G84" t="s">
         <v>17</v>
       </c>
       <c r="H84">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="I84" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J84" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="K84">
         <v>1</v>
       </c>
       <c r="L84">
-        <v>100.06</v>
+        <v>83.89</v>
       </c>
       <c r="M84">
-        <v>100.06</v>
+        <v>83.89</v>
       </c>
     </row>
     <row r="85" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="C85" t="s">
-        <v>205</v>
+        <v>199</v>
+      </c>
+      <c r="D85">
+        <v>1065</v>
       </c>
       <c r="E85" t="s">
         <v>15</v>
       </c>
       <c r="F85" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="G85" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="H85">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I85" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J85" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="K85">
         <v>1</v>
       </c>
       <c r="L85">
-        <v>98.9</v>
+        <v>83.82</v>
       </c>
       <c r="M85">
-        <v>98.9</v>
+        <v>83.82</v>
       </c>
     </row>
     <row r="86" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
+        <v>200</v>
+      </c>
+      <c r="C86" t="s">
+        <v>201</v>
+      </c>
+      <c r="D86">
+        <v>974</v>
+      </c>
+      <c r="E86" t="s">
+        <v>68</v>
+      </c>
+      <c r="F86" t="s">
         <v>106</v>
       </c>
-      <c r="C86" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G86" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="H86">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="I86" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J86" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="K86">
         <v>1</v>
       </c>
       <c r="L86">
-        <v>96.33</v>
+        <v>83.25</v>
       </c>
       <c r="M86">
-        <v>96.33</v>
+        <v>83.25</v>
       </c>
     </row>
     <row r="87" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>206</v>
+        <v>81</v>
       </c>
       <c r="C87" t="s">
-        <v>207</v>
+        <v>202</v>
+      </c>
+      <c r="D87">
+        <v>2570</v>
       </c>
       <c r="E87" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="F87" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="G87" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H87">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="I87" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J87" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="K87">
         <v>1</v>
       </c>
       <c r="L87">
-        <v>95</v>
+        <v>83.1</v>
       </c>
       <c r="M87">
-        <v>95</v>
+        <v>83.1</v>
       </c>
     </row>
     <row r="88" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>87</v>
+        <v>28</v>
       </c>
       <c r="C88" t="s">
-        <v>209</v>
+        <v>204</v>
+      </c>
+      <c r="D88">
+        <v>2327</v>
       </c>
       <c r="E88" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="F88" t="s">
-        <v>16</v>
+        <v>106</v>
       </c>
       <c r="G88" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H88">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="I88" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J88" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="K88">
         <v>1</v>
       </c>
       <c r="L88">
-        <v>93.77</v>
+        <v>81.92</v>
       </c>
       <c r="M88">
-        <v>93.77</v>
+        <v>81.92</v>
       </c>
     </row>
     <row r="89" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>210</v>
+        <v>165</v>
       </c>
       <c r="C89" t="s">
-        <v>211</v>
+        <v>205</v>
       </c>
       <c r="D89">
-        <v>1612</v>
+        <v>250</v>
       </c>
       <c r="E89" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F89" t="s">
-        <v>51</v>
+        <v>106</v>
       </c>
       <c r="G89" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="H89">
-        <v>17</v>
+        <v>6</v>
       </c>
       <c r="I89" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J89" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="K89">
         <v>1</v>
       </c>
       <c r="L89">
-        <v>93.66</v>
+        <v>80.99</v>
       </c>
       <c r="M89">
-        <v>93.66</v>
+        <v>80.99</v>
       </c>
     </row>
     <row r="90" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>212</v>
+        <v>206</v>
       </c>
       <c r="C90" t="s">
-        <v>213</v>
+        <v>48</v>
+      </c>
+      <c r="D90">
+        <v>2523</v>
       </c>
       <c r="E90" t="s">
-        <v>18</v>
+        <v>207</v>
       </c>
       <c r="F90" t="s">
         <v>16</v>
       </c>
       <c r="G90" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H90">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="I90" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J90" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="K90">
         <v>1</v>
       </c>
       <c r="L90">
-        <v>93.66</v>
+        <v>80.89</v>
       </c>
       <c r="M90">
-        <v>93.66</v>
+        <v>80.89</v>
       </c>
     </row>
     <row r="91" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="C91" t="s">
-        <v>215</v>
+        <v>185</v>
+      </c>
+      <c r="D91">
+        <v>202</v>
       </c>
       <c r="E91" t="s">
-        <v>18</v>
+        <v>186</v>
       </c>
       <c r="F91" t="s">
-        <v>16</v>
+        <v>209</v>
       </c>
       <c r="G91" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H91">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I91" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J91" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="K91">
         <v>1</v>
       </c>
       <c r="L91">
-        <v>93.34</v>
+        <v>80.25</v>
       </c>
       <c r="M91">
-        <v>93.34</v>
+        <v>80.25</v>
       </c>
     </row>
     <row r="92" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>216</v>
+        <v>210</v>
       </c>
       <c r="C92" t="s">
-        <v>217</v>
+        <v>211</v>
+      </c>
+      <c r="D92">
+        <v>2497</v>
       </c>
       <c r="E92" t="s">
-        <v>36</v>
+        <v>203</v>
       </c>
       <c r="F92" t="s">
-        <v>51</v>
+        <v>16</v>
       </c>
       <c r="G92" t="s">
-        <v>58</v>
+        <v>73</v>
       </c>
       <c r="H92">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="I92" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J92" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="K92">
         <v>1</v>
       </c>
       <c r="L92">
-        <v>92.33</v>
+        <v>79.79</v>
       </c>
       <c r="M92">
-        <v>92.33</v>
+        <v>79.79</v>
       </c>
     </row>
     <row r="93" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>34</v>
+        <v>212</v>
       </c>
       <c r="C93" t="s">
-        <v>218</v>
+        <v>213</v>
+      </c>
+      <c r="D93">
+        <v>2563</v>
       </c>
       <c r="E93" t="s">
-        <v>18</v>
+        <v>214</v>
       </c>
       <c r="F93" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="G93" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="H93">
-        <v>24</v>
+        <v>7</v>
       </c>
       <c r="I93" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J93" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="K93">
         <v>1</v>
       </c>
       <c r="L93">
-        <v>91.47</v>
+        <v>77.2</v>
       </c>
       <c r="M93">
-        <v>91.47</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="94" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>219</v>
+        <v>92</v>
       </c>
       <c r="C94" t="s">
-        <v>220</v>
+        <v>215</v>
+      </c>
+      <c r="D94">
+        <v>2427</v>
       </c>
       <c r="E94" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F94" t="s">
-        <v>16</v>
+        <v>216</v>
       </c>
       <c r="G94" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H94">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I94" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J94" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="K94">
         <v>1</v>
       </c>
       <c r="L94">
-        <v>89.97</v>
+        <v>75.5</v>
       </c>
       <c r="M94">
-        <v>89.97</v>
+        <v>75.5</v>
       </c>
     </row>
     <row r="95" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>221</v>
+        <v>112</v>
       </c>
       <c r="C95" t="s">
-        <v>222</v>
+        <v>217</v>
+      </c>
+      <c r="D95">
+        <v>25</v>
       </c>
       <c r="E95" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="F95" t="s">
-        <v>51</v>
+        <v>216</v>
       </c>
       <c r="G95" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H95">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="I95" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J95" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="K95">
         <v>1</v>
       </c>
       <c r="L95">
-        <v>89.73</v>
+        <v>72.61</v>
       </c>
       <c r="M95">
-        <v>89.73</v>
+        <v>72.61</v>
       </c>
     </row>
     <row r="96" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>104</v>
+        <v>218</v>
       </c>
       <c r="C96" t="s">
-        <v>223</v>
+        <v>219</v>
+      </c>
+      <c r="D96">
+        <v>2063</v>
       </c>
       <c r="E96" t="s">
-        <v>146</v>
+        <v>15</v>
       </c>
       <c r="F96" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G96" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="H96">
-        <v>18</v>
+        <v>4</v>
       </c>
       <c r="I96" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J96" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="K96">
         <v>1</v>
       </c>
       <c r="L96">
-        <v>88.38</v>
+        <v>70.07</v>
       </c>
       <c r="M96">
-        <v>88.38</v>
+        <v>70.07</v>
       </c>
     </row>
     <row r="97" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="C97" t="s">
-        <v>225</v>
+        <v>215</v>
+      </c>
+      <c r="D97">
+        <v>2500</v>
       </c>
       <c r="E97" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
       <c r="F97" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="G97" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="H97">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="I97" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J97" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="K97">
         <v>1</v>
       </c>
       <c r="L97">
-        <v>87.65</v>
+        <v>68.89</v>
       </c>
       <c r="M97">
-        <v>87.65</v>
+        <v>68.89</v>
       </c>
     </row>
     <row r="98" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="C98" t="s">
-        <v>43</v>
+        <v>222</v>
+      </c>
+      <c r="D98">
+        <v>229</v>
       </c>
       <c r="E98" t="s">
-        <v>227</v>
+        <v>193</v>
       </c>
       <c r="F98" t="s">
-        <v>51</v>
+        <v>106</v>
       </c>
       <c r="G98" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H98">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="I98" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J98" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="K98">
         <v>1</v>
       </c>
       <c r="L98">
-        <v>87.16</v>
+        <v>66.86</v>
       </c>
       <c r="M98">
-        <v>87.16</v>
+        <v>66.86</v>
       </c>
     </row>
     <row r="99" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="C99" t="s">
-        <v>229</v>
+        <v>26</v>
+      </c>
+      <c r="D99">
+        <v>1915</v>
       </c>
       <c r="E99" t="s">
-        <v>227</v>
+        <v>18</v>
       </c>
       <c r="F99" t="s">
-        <v>103</v>
+        <v>52</v>
       </c>
       <c r="G99" t="s">
-        <v>58</v>
+        <v>73</v>
       </c>
       <c r="H99">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="I99" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J99" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="K99">
         <v>1</v>
       </c>
       <c r="L99">
-        <v>87.04</v>
+        <v>38.31</v>
       </c>
       <c r="M99">
-        <v>87.04</v>
+        <v>38.31</v>
       </c>
     </row>
     <row r="100" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>230</v>
+        <v>224</v>
       </c>
       <c r="C100" t="s">
-        <v>231</v>
+        <v>26</v>
+      </c>
+      <c r="D100">
+        <v>2554</v>
       </c>
       <c r="E100" t="s">
-        <v>18</v>
+        <v>111</v>
       </c>
       <c r="F100" t="s">
-        <v>16</v>
+        <v>52</v>
       </c>
       <c r="G100" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="H100">
-        <v>25</v>
+        <v>6</v>
       </c>
       <c r="I100" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J100" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="K100">
         <v>1</v>
       </c>
       <c r="L100">
-        <v>86.2</v>
+        <v>38.29</v>
       </c>
       <c r="M100">
-        <v>86.2</v>
+        <v>38.29</v>
       </c>
     </row>
     <row r="101" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>232</v>
+        <v>225</v>
       </c>
       <c r="C101" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="E101" t="s">
-        <v>233</v>
+        <v>18</v>
       </c>
       <c r="F101" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
       <c r="G101" t="s">
         <v>17</v>
       </c>
       <c r="H101">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="I101" t="b">
         <v>0</v>
       </c>
       <c r="J101" t="s">
-        <v>172</v>
+        <v>227</v>
       </c>
       <c r="K101">
         <v>1</v>
       </c>
       <c r="L101">
-        <v>83.84</v>
+        <v>143.78</v>
       </c>
       <c r="M101">
-        <v>83.84</v>
+        <v>143.78</v>
       </c>
     </row>
     <row r="102" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="C102" t="s">
-        <v>235</v>
+        <v>229</v>
       </c>
       <c r="E102" t="s">
-        <v>146</v>
+        <v>15</v>
       </c>
       <c r="F102" t="s">
-        <v>67</v>
+        <v>16</v>
       </c>
       <c r="G102" t="s">
         <v>17</v>
       </c>
       <c r="H102">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I102" t="b">
         <v>0</v>
       </c>
       <c r="J102" t="s">
-        <v>172</v>
+        <v>227</v>
       </c>
       <c r="K102">
         <v>1</v>
       </c>
       <c r="L102">
-        <v>83.83</v>
+        <v>142.75</v>
       </c>
       <c r="M102">
-        <v>83.83</v>
+        <v>142.75</v>
       </c>
     </row>
     <row r="103" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>236</v>
+        <v>115</v>
       </c>
       <c r="C103" t="s">
-        <v>237</v>
+        <v>230</v>
+      </c>
+      <c r="D103">
+        <v>1035</v>
       </c>
       <c r="E103" t="s">
-        <v>36</v>
+        <v>231</v>
       </c>
       <c r="F103" t="s">
-        <v>51</v>
+        <v>16</v>
       </c>
       <c r="G103" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H103">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="I103" t="b">
         <v>0</v>
       </c>
       <c r="J103" t="s">
-        <v>172</v>
+        <v>227</v>
       </c>
       <c r="K103">
         <v>1</v>
       </c>
       <c r="L103">
-        <v>83.64</v>
+        <v>137.7</v>
       </c>
       <c r="M103">
-        <v>83.64</v>
+        <v>137.7</v>
       </c>
     </row>
     <row r="104" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="C104" t="s">
-        <v>101</v>
+        <v>26</v>
       </c>
       <c r="E104" t="s">
         <v>18</v>
       </c>
       <c r="F104" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
       <c r="G104" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H104">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="I104" t="b">
         <v>0</v>
       </c>
       <c r="J104" t="s">
-        <v>172</v>
+        <v>227</v>
       </c>
       <c r="K104">
         <v>1</v>
       </c>
       <c r="L104">
-        <v>83.21</v>
+        <v>136.69</v>
       </c>
       <c r="M104">
-        <v>83.21</v>
+        <v>136.69</v>
       </c>
     </row>
     <row r="105" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>239</v>
+        <v>233</v>
       </c>
       <c r="C105" t="s">
-        <v>240</v>
+        <v>234</v>
       </c>
       <c r="E105" t="s">
-        <v>18</v>
+        <v>235</v>
       </c>
       <c r="F105" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="G105" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H105">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="I105" t="b">
         <v>0</v>
       </c>
       <c r="J105" t="s">
-        <v>172</v>
+        <v>227</v>
       </c>
       <c r="K105">
         <v>1</v>
       </c>
       <c r="L105">
-        <v>79.67</v>
+        <v>136.34</v>
       </c>
       <c r="M105">
-        <v>79.67</v>
+        <v>136.34</v>
       </c>
     </row>
     <row r="106" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>241</v>
+        <v>222</v>
       </c>
       <c r="C106" t="s">
-        <v>43</v>
+        <v>236</v>
       </c>
       <c r="E106" t="s">
-        <v>36</v>
+        <v>237</v>
       </c>
       <c r="F106" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
       <c r="G106" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H106">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="I106" t="b">
         <v>0</v>
       </c>
       <c r="J106" t="s">
-        <v>172</v>
+        <v>227</v>
       </c>
       <c r="K106">
         <v>1</v>
       </c>
       <c r="L106">
-        <v>68.48</v>
+        <v>133.88</v>
       </c>
       <c r="M106">
-        <v>68.48</v>
+        <v>133.88</v>
       </c>
     </row>
     <row r="107" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>194</v>
+        <v>45</v>
       </c>
       <c r="C107" t="s">
-        <v>242</v>
+        <v>238</v>
+      </c>
+      <c r="D107">
+        <v>2357</v>
       </c>
       <c r="E107" t="s">
-        <v>36</v>
+        <v>239</v>
       </c>
       <c r="F107" t="s">
-        <v>51</v>
+        <v>16</v>
       </c>
       <c r="G107" t="s">
         <v>17</v>
       </c>
       <c r="H107">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="I107" t="b">
         <v>0</v>
       </c>
       <c r="J107" t="s">
-        <v>172</v>
+        <v>227</v>
       </c>
       <c r="K107">
         <v>1</v>
       </c>
       <c r="L107">
-        <v>68.06</v>
+        <v>130.91</v>
       </c>
       <c r="M107">
-        <v>68.06</v>
+        <v>130.91</v>
       </c>
     </row>
     <row r="108" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="C108" t="s">
-        <v>244</v>
+        <v>241</v>
+      </c>
+      <c r="D108">
+        <v>1723</v>
       </c>
       <c r="E108" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="F108" t="s">
-        <v>143</v>
+        <v>16</v>
       </c>
       <c r="G108" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H108">
-        <v>1</v>
+        <v>22</v>
       </c>
       <c r="I108" t="b">
         <v>0</v>
       </c>
       <c r="J108" t="s">
-        <v>172</v>
+        <v>227</v>
       </c>
       <c r="K108">
         <v>1</v>
       </c>
       <c r="L108">
-        <v>67.91</v>
+        <v>130.16</v>
       </c>
       <c r="M108">
-        <v>67.91</v>
+        <v>130.16</v>
       </c>
     </row>
     <row r="109" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="C109" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="E109" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F109" t="s">
         <v>16</v>
       </c>
       <c r="G109" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H109">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="I109" t="b">
         <v>0</v>
       </c>
       <c r="J109" t="s">
-        <v>172</v>
+        <v>227</v>
       </c>
       <c r="K109">
         <v>1</v>
       </c>
       <c r="L109">
-        <v>67.34</v>
+        <v>125.95</v>
       </c>
       <c r="M109">
-        <v>67.34</v>
+        <v>125.95</v>
       </c>
     </row>
     <row r="110" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="C110" t="s">
-        <v>248</v>
+        <v>39</v>
       </c>
       <c r="E110" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="F110" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
       <c r="G110" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H110">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="I110" t="b">
         <v>0</v>
       </c>
       <c r="J110" t="s">
-        <v>172</v>
+        <v>227</v>
       </c>
       <c r="K110">
         <v>1</v>
       </c>
       <c r="L110">
-        <v>63.98</v>
+        <v>121.57</v>
       </c>
       <c r="M110">
-        <v>63.98</v>
+        <v>121.57</v>
       </c>
     </row>
     <row r="111" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="C111" t="s">
-        <v>250</v>
+        <v>26</v>
       </c>
       <c r="E111" t="s">
-        <v>36</v>
+        <v>246</v>
       </c>
       <c r="F111" t="s">
-        <v>143</v>
+        <v>22</v>
       </c>
       <c r="G111" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H111">
-        <v>2</v>
+        <v>18</v>
       </c>
       <c r="I111" t="b">
         <v>0</v>
       </c>
       <c r="J111" t="s">
-        <v>172</v>
+        <v>227</v>
       </c>
       <c r="K111">
         <v>1</v>
       </c>
       <c r="L111">
-        <v>55.21</v>
+        <v>121.07</v>
       </c>
       <c r="M111">
-        <v>55.21</v>
+        <v>121.07</v>
       </c>
     </row>
     <row r="112" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>52</v>
+        <v>247</v>
       </c>
       <c r="C112" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="E112" t="s">
-        <v>252</v>
+        <v>18</v>
       </c>
       <c r="F112" t="s">
-        <v>143</v>
+        <v>16</v>
       </c>
       <c r="G112" t="s">
         <v>17</v>
       </c>
       <c r="H112">
-        <v>3</v>
+        <v>25</v>
       </c>
       <c r="I112" t="b">
         <v>0</v>
       </c>
       <c r="J112" t="s">
-        <v>172</v>
+        <v>227</v>
       </c>
       <c r="K112">
         <v>1</v>
       </c>
       <c r="L112">
-        <v>55.08</v>
+        <v>120.97</v>
       </c>
       <c r="M112">
-        <v>55.08</v>
+        <v>120.97</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A113">
+        <v>112</v>
+      </c>
+      <c r="B113" t="s">
+        <v>249</v>
+      </c>
+      <c r="C113" t="s">
+        <v>26</v>
+      </c>
+      <c r="D113">
+        <v>2358</v>
+      </c>
+      <c r="E113" t="s">
+        <v>207</v>
+      </c>
+      <c r="F113" t="s">
+        <v>22</v>
+      </c>
+      <c r="G113" t="s">
+        <v>17</v>
+      </c>
+      <c r="H113">
+        <v>19</v>
+      </c>
+      <c r="I113" t="b">
+        <v>0</v>
+      </c>
+      <c r="J113" t="s">
+        <v>227</v>
+      </c>
+      <c r="K113">
+        <v>1</v>
+      </c>
+      <c r="L113">
+        <v>120.79</v>
+      </c>
+      <c r="M113">
+        <v>120.79</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A114">
+        <v>113</v>
+      </c>
+      <c r="B114" t="s">
+        <v>250</v>
+      </c>
+      <c r="C114" t="s">
+        <v>251</v>
+      </c>
+      <c r="E114" t="s">
+        <v>18</v>
+      </c>
+      <c r="F114" t="s">
+        <v>16</v>
+      </c>
+      <c r="G114" t="s">
+        <v>17</v>
+      </c>
+      <c r="H114">
+        <v>26</v>
+      </c>
+      <c r="I114" t="b">
+        <v>0</v>
+      </c>
+      <c r="J114" t="s">
+        <v>227</v>
+      </c>
+      <c r="K114">
+        <v>1</v>
+      </c>
+      <c r="L114">
+        <v>120.56</v>
+      </c>
+      <c r="M114">
+        <v>120.56</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A115">
+        <v>114</v>
+      </c>
+      <c r="B115" t="s">
+        <v>112</v>
+      </c>
+      <c r="C115" t="s">
+        <v>252</v>
+      </c>
+      <c r="E115" t="s">
+        <v>18</v>
+      </c>
+      <c r="F115" t="s">
+        <v>22</v>
+      </c>
+      <c r="G115" t="s">
+        <v>17</v>
+      </c>
+      <c r="H115">
+        <v>20</v>
+      </c>
+      <c r="I115" t="b">
+        <v>0</v>
+      </c>
+      <c r="J115" t="s">
+        <v>227</v>
+      </c>
+      <c r="K115">
+        <v>1</v>
+      </c>
+      <c r="L115">
+        <v>120.2</v>
+      </c>
+      <c r="M115">
+        <v>120.2</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A116">
+        <v>115</v>
+      </c>
+      <c r="B116" t="s">
+        <v>253</v>
+      </c>
+      <c r="C116" t="s">
+        <v>254</v>
+      </c>
+      <c r="E116" t="s">
+        <v>255</v>
+      </c>
+      <c r="F116" t="s">
+        <v>16</v>
+      </c>
+      <c r="G116" t="s">
+        <v>17</v>
+      </c>
+      <c r="H116">
+        <v>27</v>
+      </c>
+      <c r="I116" t="b">
+        <v>0</v>
+      </c>
+      <c r="J116" t="s">
+        <v>227</v>
+      </c>
+      <c r="K116">
+        <v>1</v>
+      </c>
+      <c r="L116">
+        <v>119.57</v>
+      </c>
+      <c r="M116">
+        <v>119.57</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A117">
+        <v>116</v>
+      </c>
+      <c r="B117" t="s">
+        <v>256</v>
+      </c>
+      <c r="C117" t="s">
+        <v>257</v>
+      </c>
+      <c r="E117" t="s">
+        <v>258</v>
+      </c>
+      <c r="F117" t="s">
+        <v>52</v>
+      </c>
+      <c r="G117" t="s">
+        <v>17</v>
+      </c>
+      <c r="H117">
+        <v>18</v>
+      </c>
+      <c r="I117" t="b">
+        <v>0</v>
+      </c>
+      <c r="J117" t="s">
+        <v>227</v>
+      </c>
+      <c r="K117">
+        <v>1</v>
+      </c>
+      <c r="L117">
+        <v>118.63</v>
+      </c>
+      <c r="M117">
+        <v>118.63</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A118">
+        <v>117</v>
+      </c>
+      <c r="B118" t="s">
+        <v>162</v>
+      </c>
+      <c r="C118" t="s">
+        <v>259</v>
+      </c>
+      <c r="E118" t="s">
+        <v>114</v>
+      </c>
+      <c r="F118" t="s">
+        <v>22</v>
+      </c>
+      <c r="G118" t="s">
+        <v>17</v>
+      </c>
+      <c r="H118">
+        <v>21</v>
+      </c>
+      <c r="I118" t="b">
+        <v>0</v>
+      </c>
+      <c r="J118" t="s">
+        <v>227</v>
+      </c>
+      <c r="K118">
+        <v>1</v>
+      </c>
+      <c r="L118">
+        <v>117.93</v>
+      </c>
+      <c r="M118">
+        <v>117.93</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A119">
+        <v>118</v>
+      </c>
+      <c r="B119" t="s">
+        <v>260</v>
+      </c>
+      <c r="C119" t="s">
+        <v>261</v>
+      </c>
+      <c r="E119" t="s">
+        <v>114</v>
+      </c>
+      <c r="F119" t="s">
+        <v>16</v>
+      </c>
+      <c r="G119" t="s">
+        <v>17</v>
+      </c>
+      <c r="H119">
+        <v>28</v>
+      </c>
+      <c r="I119" t="b">
+        <v>0</v>
+      </c>
+      <c r="J119" t="s">
+        <v>227</v>
+      </c>
+      <c r="K119">
+        <v>1</v>
+      </c>
+      <c r="L119">
+        <v>116</v>
+      </c>
+      <c r="M119">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A120">
+        <v>119</v>
+      </c>
+      <c r="B120" t="s">
+        <v>262</v>
+      </c>
+      <c r="C120" t="s">
+        <v>263</v>
+      </c>
+      <c r="E120" t="s">
+        <v>18</v>
+      </c>
+      <c r="F120" t="s">
+        <v>16</v>
+      </c>
+      <c r="G120" t="s">
+        <v>17</v>
+      </c>
+      <c r="H120">
+        <v>29</v>
+      </c>
+      <c r="I120" t="b">
+        <v>0</v>
+      </c>
+      <c r="J120" t="s">
+        <v>227</v>
+      </c>
+      <c r="K120">
+        <v>1</v>
+      </c>
+      <c r="L120">
+        <v>114.09</v>
+      </c>
+      <c r="M120">
+        <v>114.09</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A121">
+        <v>120</v>
+      </c>
+      <c r="B121" t="s">
+        <v>173</v>
+      </c>
+      <c r="C121" t="s">
+        <v>167</v>
+      </c>
+      <c r="E121" t="s">
+        <v>18</v>
+      </c>
+      <c r="F121" t="s">
+        <v>16</v>
+      </c>
+      <c r="G121" t="s">
+        <v>17</v>
+      </c>
+      <c r="H121">
+        <v>30</v>
+      </c>
+      <c r="I121" t="b">
+        <v>0</v>
+      </c>
+      <c r="J121" t="s">
+        <v>227</v>
+      </c>
+      <c r="K121">
+        <v>1</v>
+      </c>
+      <c r="L121">
+        <v>113.04</v>
+      </c>
+      <c r="M121">
+        <v>113.04</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A122">
+        <v>121</v>
+      </c>
+      <c r="B122" t="s">
+        <v>264</v>
+      </c>
+      <c r="C122" t="s">
+        <v>265</v>
+      </c>
+      <c r="D122">
+        <v>1794</v>
+      </c>
+      <c r="E122" t="s">
+        <v>18</v>
+      </c>
+      <c r="F122" t="s">
+        <v>22</v>
+      </c>
+      <c r="G122" t="s">
+        <v>17</v>
+      </c>
+      <c r="H122">
+        <v>22</v>
+      </c>
+      <c r="I122" t="b">
+        <v>0</v>
+      </c>
+      <c r="J122" t="s">
+        <v>227</v>
+      </c>
+      <c r="K122">
+        <v>1</v>
+      </c>
+      <c r="L122">
+        <v>111.93</v>
+      </c>
+      <c r="M122">
+        <v>111.93</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A123">
+        <v>122</v>
+      </c>
+      <c r="B123" t="s">
+        <v>150</v>
+      </c>
+      <c r="C123" t="s">
+        <v>266</v>
+      </c>
+      <c r="E123" t="s">
+        <v>18</v>
+      </c>
+      <c r="F123" t="s">
+        <v>16</v>
+      </c>
+      <c r="G123" t="s">
+        <v>17</v>
+      </c>
+      <c r="H123">
+        <v>31</v>
+      </c>
+      <c r="I123" t="b">
+        <v>0</v>
+      </c>
+      <c r="J123" t="s">
+        <v>227</v>
+      </c>
+      <c r="K123">
+        <v>1</v>
+      </c>
+      <c r="L123">
+        <v>110.68</v>
+      </c>
+      <c r="M123">
+        <v>110.68</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A124">
+        <v>123</v>
+      </c>
+      <c r="B124" t="s">
+        <v>48</v>
+      </c>
+      <c r="C124" t="s">
+        <v>267</v>
+      </c>
+      <c r="E124" t="s">
+        <v>88</v>
+      </c>
+      <c r="F124" t="s">
+        <v>22</v>
+      </c>
+      <c r="G124" t="s">
+        <v>17</v>
+      </c>
+      <c r="H124">
+        <v>23</v>
+      </c>
+      <c r="I124" t="b">
+        <v>0</v>
+      </c>
+      <c r="J124" t="s">
+        <v>227</v>
+      </c>
+      <c r="K124">
+        <v>1</v>
+      </c>
+      <c r="L124">
+        <v>110.57</v>
+      </c>
+      <c r="M124">
+        <v>110.57</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A125">
+        <v>124</v>
+      </c>
+      <c r="B125" t="s">
+        <v>256</v>
+      </c>
+      <c r="C125" t="s">
+        <v>26</v>
+      </c>
+      <c r="D125">
+        <v>2398</v>
+      </c>
+      <c r="E125" t="s">
+        <v>65</v>
+      </c>
+      <c r="F125" t="s">
+        <v>52</v>
+      </c>
+      <c r="G125" t="s">
+        <v>17</v>
+      </c>
+      <c r="H125">
+        <v>19</v>
+      </c>
+      <c r="I125" t="b">
+        <v>0</v>
+      </c>
+      <c r="J125" t="s">
+        <v>227</v>
+      </c>
+      <c r="K125">
+        <v>1</v>
+      </c>
+      <c r="L125">
+        <v>110.34</v>
+      </c>
+      <c r="M125">
+        <v>110.34</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A126">
+        <v>125</v>
+      </c>
+      <c r="B126" t="s">
+        <v>48</v>
+      </c>
+      <c r="C126" t="s">
+        <v>167</v>
+      </c>
+      <c r="E126" t="s">
+        <v>268</v>
+      </c>
+      <c r="F126" t="s">
+        <v>44</v>
+      </c>
+      <c r="G126" t="s">
+        <v>17</v>
+      </c>
+      <c r="H126">
+        <v>3</v>
+      </c>
+      <c r="I126" t="b">
+        <v>0</v>
+      </c>
+      <c r="J126" t="s">
+        <v>227</v>
+      </c>
+      <c r="K126">
+        <v>1</v>
+      </c>
+      <c r="L126">
+        <v>107.55</v>
+      </c>
+      <c r="M126">
+        <v>107.55</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A127">
+        <v>126</v>
+      </c>
+      <c r="B127" t="s">
+        <v>56</v>
+      </c>
+      <c r="C127" t="s">
+        <v>26</v>
+      </c>
+      <c r="E127" t="s">
+        <v>18</v>
+      </c>
+      <c r="F127" t="s">
+        <v>52</v>
+      </c>
+      <c r="G127" t="s">
+        <v>17</v>
+      </c>
+      <c r="H127">
+        <v>20</v>
+      </c>
+      <c r="I127" t="b">
+        <v>0</v>
+      </c>
+      <c r="J127" t="s">
+        <v>227</v>
+      </c>
+      <c r="K127">
+        <v>1</v>
+      </c>
+      <c r="L127">
+        <v>107.55</v>
+      </c>
+      <c r="M127">
+        <v>107.55</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A128">
+        <v>127</v>
+      </c>
+      <c r="B128" t="s">
+        <v>269</v>
+      </c>
+      <c r="C128" t="s">
+        <v>270</v>
+      </c>
+      <c r="E128" t="s">
+        <v>18</v>
+      </c>
+      <c r="F128" t="s">
+        <v>16</v>
+      </c>
+      <c r="G128" t="s">
+        <v>17</v>
+      </c>
+      <c r="H128">
+        <v>32</v>
+      </c>
+      <c r="I128" t="b">
+        <v>0</v>
+      </c>
+      <c r="J128" t="s">
+        <v>227</v>
+      </c>
+      <c r="K128">
+        <v>1</v>
+      </c>
+      <c r="L128">
+        <v>107</v>
+      </c>
+      <c r="M128">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A129">
+        <v>128</v>
+      </c>
+      <c r="B129" t="s">
+        <v>271</v>
+      </c>
+      <c r="C129" t="s">
+        <v>167</v>
+      </c>
+      <c r="E129" t="s">
+        <v>272</v>
+      </c>
+      <c r="F129" t="s">
+        <v>122</v>
+      </c>
+      <c r="G129" t="s">
+        <v>17</v>
+      </c>
+      <c r="H129">
+        <v>4</v>
+      </c>
+      <c r="I129" t="b">
+        <v>0</v>
+      </c>
+      <c r="J129" t="s">
+        <v>227</v>
+      </c>
+      <c r="K129">
+        <v>1</v>
+      </c>
+      <c r="L129">
+        <v>106.33</v>
+      </c>
+      <c r="M129">
+        <v>106.33</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A130">
+        <v>129</v>
+      </c>
+      <c r="B130" t="s">
+        <v>273</v>
+      </c>
+      <c r="C130" t="s">
+        <v>274</v>
+      </c>
+      <c r="D130">
+        <v>2405</v>
+      </c>
+      <c r="E130" t="s">
+        <v>214</v>
+      </c>
+      <c r="F130" t="s">
+        <v>52</v>
+      </c>
+      <c r="G130" t="s">
+        <v>17</v>
+      </c>
+      <c r="H130">
+        <v>21</v>
+      </c>
+      <c r="I130" t="b">
+        <v>0</v>
+      </c>
+      <c r="J130" t="s">
+        <v>227</v>
+      </c>
+      <c r="K130">
+        <v>1</v>
+      </c>
+      <c r="L130">
+        <v>103.87</v>
+      </c>
+      <c r="M130">
+        <v>103.87</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A131">
+        <v>130</v>
+      </c>
+      <c r="B131" t="s">
+        <v>275</v>
+      </c>
+      <c r="C131" t="s">
+        <v>276</v>
+      </c>
+      <c r="E131" t="s">
+        <v>277</v>
+      </c>
+      <c r="F131" t="s">
+        <v>122</v>
+      </c>
+      <c r="G131" t="s">
+        <v>17</v>
+      </c>
+      <c r="H131">
+        <v>5</v>
+      </c>
+      <c r="I131" t="b">
+        <v>0</v>
+      </c>
+      <c r="J131" t="s">
+        <v>227</v>
+      </c>
+      <c r="K131">
+        <v>1</v>
+      </c>
+      <c r="L131">
+        <v>103.56</v>
+      </c>
+      <c r="M131">
+        <v>103.56</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A132">
+        <v>131</v>
+      </c>
+      <c r="B132" t="s">
+        <v>278</v>
+      </c>
+      <c r="C132" t="s">
+        <v>54</v>
+      </c>
+      <c r="E132" t="s">
+        <v>18</v>
+      </c>
+      <c r="F132" t="s">
+        <v>16</v>
+      </c>
+      <c r="G132" t="s">
+        <v>73</v>
+      </c>
+      <c r="H132">
+        <v>10</v>
+      </c>
+      <c r="I132" t="b">
+        <v>0</v>
+      </c>
+      <c r="J132" t="s">
+        <v>227</v>
+      </c>
+      <c r="K132">
+        <v>1</v>
+      </c>
+      <c r="L132">
+        <v>103.03</v>
+      </c>
+      <c r="M132">
+        <v>103.03</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A133">
+        <v>132</v>
+      </c>
+      <c r="B133" t="s">
+        <v>279</v>
+      </c>
+      <c r="C133" t="s">
+        <v>141</v>
+      </c>
+      <c r="E133" t="s">
+        <v>255</v>
+      </c>
+      <c r="F133" t="s">
+        <v>16</v>
+      </c>
+      <c r="G133" t="s">
+        <v>17</v>
+      </c>
+      <c r="H133">
+        <v>33</v>
+      </c>
+      <c r="I133" t="b">
+        <v>0</v>
+      </c>
+      <c r="J133" t="s">
+        <v>227</v>
+      </c>
+      <c r="K133">
+        <v>1</v>
+      </c>
+      <c r="L133">
+        <v>102.89</v>
+      </c>
+      <c r="M133">
+        <v>102.89</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A134">
+        <v>133</v>
+      </c>
+      <c r="B134" t="s">
+        <v>280</v>
+      </c>
+      <c r="C134" t="s">
+        <v>84</v>
+      </c>
+      <c r="E134" t="s">
+        <v>65</v>
+      </c>
+      <c r="F134" t="s">
+        <v>52</v>
+      </c>
+      <c r="G134" t="s">
+        <v>17</v>
+      </c>
+      <c r="H134">
+        <v>22</v>
+      </c>
+      <c r="I134" t="b">
+        <v>0</v>
+      </c>
+      <c r="J134" t="s">
+        <v>227</v>
+      </c>
+      <c r="K134">
+        <v>1</v>
+      </c>
+      <c r="L134">
+        <v>102.6</v>
+      </c>
+      <c r="M134">
+        <v>102.6</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A135">
+        <v>134</v>
+      </c>
+      <c r="B135" t="s">
+        <v>53</v>
+      </c>
+      <c r="C135" t="s">
+        <v>281</v>
+      </c>
+      <c r="E135" t="s">
+        <v>277</v>
+      </c>
+      <c r="F135" t="s">
+        <v>22</v>
+      </c>
+      <c r="G135" t="s">
+        <v>17</v>
+      </c>
+      <c r="H135">
+        <v>24</v>
+      </c>
+      <c r="I135" t="b">
+        <v>0</v>
+      </c>
+      <c r="J135" t="s">
+        <v>227</v>
+      </c>
+      <c r="K135">
+        <v>1</v>
+      </c>
+      <c r="L135">
+        <v>102.23</v>
+      </c>
+      <c r="M135">
+        <v>102.23</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A136">
+        <v>135</v>
+      </c>
+      <c r="B136" t="s">
+        <v>129</v>
+      </c>
+      <c r="C136" t="s">
+        <v>282</v>
+      </c>
+      <c r="D136">
+        <v>1012</v>
+      </c>
+      <c r="E136" t="s">
+        <v>33</v>
+      </c>
+      <c r="F136" t="s">
+        <v>52</v>
+      </c>
+      <c r="G136" t="s">
+        <v>17</v>
+      </c>
+      <c r="H136">
+        <v>23</v>
+      </c>
+      <c r="I136" t="b">
+        <v>0</v>
+      </c>
+      <c r="J136" t="s">
+        <v>227</v>
+      </c>
+      <c r="K136">
+        <v>1</v>
+      </c>
+      <c r="L136">
+        <v>101.16</v>
+      </c>
+      <c r="M136">
+        <v>101.16</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A137">
+        <v>136</v>
+      </c>
+      <c r="B137" t="s">
+        <v>48</v>
+      </c>
+      <c r="C137" t="s">
+        <v>148</v>
+      </c>
+      <c r="E137" t="s">
+        <v>18</v>
+      </c>
+      <c r="F137" t="s">
+        <v>44</v>
+      </c>
+      <c r="G137" t="s">
+        <v>17</v>
+      </c>
+      <c r="H137">
+        <v>4</v>
+      </c>
+      <c r="I137" t="b">
+        <v>0</v>
+      </c>
+      <c r="J137" t="s">
+        <v>227</v>
+      </c>
+      <c r="K137">
+        <v>1</v>
+      </c>
+      <c r="L137">
+        <v>100.49</v>
+      </c>
+      <c r="M137">
+        <v>100.49</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A138">
+        <v>137</v>
+      </c>
+      <c r="B138" t="s">
+        <v>247</v>
+      </c>
+      <c r="C138" t="s">
+        <v>283</v>
+      </c>
+      <c r="E138" t="s">
+        <v>18</v>
+      </c>
+      <c r="F138" t="s">
+        <v>16</v>
+      </c>
+      <c r="G138" t="s">
+        <v>17</v>
+      </c>
+      <c r="H138">
+        <v>34</v>
+      </c>
+      <c r="I138" t="b">
+        <v>0</v>
+      </c>
+      <c r="J138" t="s">
+        <v>227</v>
+      </c>
+      <c r="K138">
+        <v>1</v>
+      </c>
+      <c r="L138">
+        <v>99.68</v>
+      </c>
+      <c r="M138">
+        <v>99.68</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A139">
+        <v>138</v>
+      </c>
+      <c r="B139" t="s">
+        <v>81</v>
+      </c>
+      <c r="C139" t="s">
+        <v>284</v>
+      </c>
+      <c r="D139">
+        <v>2402</v>
+      </c>
+      <c r="E139" t="s">
+        <v>18</v>
+      </c>
+      <c r="F139" t="s">
+        <v>16</v>
+      </c>
+      <c r="G139" t="s">
+        <v>17</v>
+      </c>
+      <c r="H139">
+        <v>35</v>
+      </c>
+      <c r="I139" t="b">
+        <v>0</v>
+      </c>
+      <c r="J139" t="s">
+        <v>227</v>
+      </c>
+      <c r="K139">
+        <v>1</v>
+      </c>
+      <c r="L139">
+        <v>98.11</v>
+      </c>
+      <c r="M139">
+        <v>98.11</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A140">
+        <v>139</v>
+      </c>
+      <c r="B140" t="s">
+        <v>269</v>
+      </c>
+      <c r="C140" t="s">
+        <v>51</v>
+      </c>
+      <c r="E140" t="s">
+        <v>18</v>
+      </c>
+      <c r="F140" t="s">
+        <v>22</v>
+      </c>
+      <c r="G140" t="s">
+        <v>17</v>
+      </c>
+      <c r="H140">
+        <v>25</v>
+      </c>
+      <c r="I140" t="b">
+        <v>0</v>
+      </c>
+      <c r="J140" t="s">
+        <v>227</v>
+      </c>
+      <c r="K140">
+        <v>1</v>
+      </c>
+      <c r="L140">
+        <v>97.93</v>
+      </c>
+      <c r="M140">
+        <v>97.93</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A141">
+        <v>140</v>
+      </c>
+      <c r="B141" t="s">
+        <v>285</v>
+      </c>
+      <c r="C141" t="s">
+        <v>84</v>
+      </c>
+      <c r="E141" t="s">
+        <v>18</v>
+      </c>
+      <c r="F141" t="s">
+        <v>44</v>
+      </c>
+      <c r="G141" t="s">
+        <v>17</v>
+      </c>
+      <c r="H141">
+        <v>5</v>
+      </c>
+      <c r="I141" t="b">
+        <v>0</v>
+      </c>
+      <c r="J141" t="s">
+        <v>227</v>
+      </c>
+      <c r="K141">
+        <v>1</v>
+      </c>
+      <c r="L141">
+        <v>96.89</v>
+      </c>
+      <c r="M141">
+        <v>96.89</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A142">
+        <v>141</v>
+      </c>
+      <c r="B142" t="s">
+        <v>286</v>
+      </c>
+      <c r="C142" t="s">
+        <v>287</v>
+      </c>
+      <c r="E142" t="s">
+        <v>288</v>
+      </c>
+      <c r="F142" t="s">
+        <v>16</v>
+      </c>
+      <c r="G142" t="s">
+        <v>73</v>
+      </c>
+      <c r="H142">
+        <v>11</v>
+      </c>
+      <c r="I142" t="b">
+        <v>0</v>
+      </c>
+      <c r="J142" t="s">
+        <v>227</v>
+      </c>
+      <c r="K142">
+        <v>1</v>
+      </c>
+      <c r="L142">
+        <v>96.01</v>
+      </c>
+      <c r="M142">
+        <v>96.01</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A143">
+        <v>142</v>
+      </c>
+      <c r="B143" t="s">
+        <v>162</v>
+      </c>
+      <c r="C143" t="s">
+        <v>289</v>
+      </c>
+      <c r="E143" t="s">
+        <v>290</v>
+      </c>
+      <c r="F143" t="s">
+        <v>122</v>
+      </c>
+      <c r="G143" t="s">
+        <v>17</v>
+      </c>
+      <c r="H143">
+        <v>6</v>
+      </c>
+      <c r="I143" t="b">
+        <v>0</v>
+      </c>
+      <c r="J143" t="s">
+        <v>227</v>
+      </c>
+      <c r="K143">
+        <v>1</v>
+      </c>
+      <c r="L143">
+        <v>95.13</v>
+      </c>
+      <c r="M143">
+        <v>95.13</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A144">
+        <v>143</v>
+      </c>
+      <c r="B144" t="s">
+        <v>291</v>
+      </c>
+      <c r="C144" t="s">
+        <v>284</v>
+      </c>
+      <c r="E144" t="s">
+        <v>15</v>
+      </c>
+      <c r="F144" t="s">
+        <v>52</v>
+      </c>
+      <c r="G144" t="s">
+        <v>17</v>
+      </c>
+      <c r="H144">
+        <v>24</v>
+      </c>
+      <c r="I144" t="b">
+        <v>0</v>
+      </c>
+      <c r="J144" t="s">
+        <v>227</v>
+      </c>
+      <c r="K144">
+        <v>1</v>
+      </c>
+      <c r="L144">
+        <v>94.96</v>
+      </c>
+      <c r="M144">
+        <v>94.96</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A145">
+        <v>144</v>
+      </c>
+      <c r="B145" t="s">
+        <v>292</v>
+      </c>
+      <c r="C145" t="s">
+        <v>293</v>
+      </c>
+      <c r="E145" t="s">
+        <v>18</v>
+      </c>
+      <c r="F145" t="s">
+        <v>44</v>
+      </c>
+      <c r="G145" t="s">
+        <v>73</v>
+      </c>
+      <c r="H145">
+        <v>1</v>
+      </c>
+      <c r="I145" t="b">
+        <v>0</v>
+      </c>
+      <c r="J145" t="s">
+        <v>227</v>
+      </c>
+      <c r="K145">
+        <v>1</v>
+      </c>
+      <c r="L145">
+        <v>94.14</v>
+      </c>
+      <c r="M145">
+        <v>94.14</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A146">
+        <v>145</v>
+      </c>
+      <c r="B146" t="s">
+        <v>155</v>
+      </c>
+      <c r="C146" t="s">
+        <v>26</v>
+      </c>
+      <c r="E146" t="s">
+        <v>18</v>
+      </c>
+      <c r="F146" t="s">
+        <v>22</v>
+      </c>
+      <c r="G146" t="s">
+        <v>73</v>
+      </c>
+      <c r="H146">
+        <v>8</v>
+      </c>
+      <c r="I146" t="b">
+        <v>0</v>
+      </c>
+      <c r="J146" t="s">
+        <v>227</v>
+      </c>
+      <c r="K146">
+        <v>1</v>
+      </c>
+      <c r="L146">
+        <v>93.43</v>
+      </c>
+      <c r="M146">
+        <v>93.43</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A147">
+        <v>146</v>
+      </c>
+      <c r="B147" t="s">
+        <v>249</v>
+      </c>
+      <c r="C147" t="s">
+        <v>26</v>
+      </c>
+      <c r="D147">
+        <v>478</v>
+      </c>
+      <c r="E147" t="s">
+        <v>43</v>
+      </c>
+      <c r="F147" t="s">
+        <v>209</v>
+      </c>
+      <c r="G147" t="s">
+        <v>17</v>
+      </c>
+      <c r="H147">
+        <v>2</v>
+      </c>
+      <c r="I147" t="b">
+        <v>0</v>
+      </c>
+      <c r="J147" t="s">
+        <v>227</v>
+      </c>
+      <c r="K147">
+        <v>1</v>
+      </c>
+      <c r="L147">
+        <v>92.88</v>
+      </c>
+      <c r="M147">
+        <v>92.88</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A148">
+        <v>147</v>
+      </c>
+      <c r="B148" t="s">
+        <v>256</v>
+      </c>
+      <c r="C148" t="s">
+        <v>124</v>
+      </c>
+      <c r="E148" t="s">
+        <v>111</v>
+      </c>
+      <c r="F148" t="s">
+        <v>106</v>
+      </c>
+      <c r="G148" t="s">
+        <v>17</v>
+      </c>
+      <c r="H148">
+        <v>15</v>
+      </c>
+      <c r="I148" t="b">
+        <v>0</v>
+      </c>
+      <c r="J148" t="s">
+        <v>227</v>
+      </c>
+      <c r="K148">
+        <v>1</v>
+      </c>
+      <c r="L148">
+        <v>91.71</v>
+      </c>
+      <c r="M148">
+        <v>91.71</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A149">
+        <v>148</v>
+      </c>
+      <c r="B149" t="s">
+        <v>294</v>
+      </c>
+      <c r="C149" t="s">
+        <v>295</v>
+      </c>
+      <c r="E149" t="s">
+        <v>114</v>
+      </c>
+      <c r="F149" t="s">
+        <v>16</v>
+      </c>
+      <c r="G149" t="s">
+        <v>73</v>
+      </c>
+      <c r="H149">
+        <v>12</v>
+      </c>
+      <c r="I149" t="b">
+        <v>0</v>
+      </c>
+      <c r="J149" t="s">
+        <v>227</v>
+      </c>
+      <c r="K149">
+        <v>1</v>
+      </c>
+      <c r="L149">
+        <v>90.3</v>
+      </c>
+      <c r="M149">
+        <v>90.3</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A150">
+        <v>149</v>
+      </c>
+      <c r="B150" t="s">
+        <v>296</v>
+      </c>
+      <c r="C150" t="s">
+        <v>297</v>
+      </c>
+      <c r="E150" t="s">
+        <v>18</v>
+      </c>
+      <c r="F150" t="s">
+        <v>16</v>
+      </c>
+      <c r="G150" t="s">
+        <v>17</v>
+      </c>
+      <c r="H150">
+        <v>36</v>
+      </c>
+      <c r="I150" t="b">
+        <v>0</v>
+      </c>
+      <c r="J150" t="s">
+        <v>227</v>
+      </c>
+      <c r="K150">
+        <v>1</v>
+      </c>
+      <c r="L150">
+        <v>87.79</v>
+      </c>
+      <c r="M150">
+        <v>87.79</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A151">
+        <v>150</v>
+      </c>
+      <c r="B151" t="s">
+        <v>232</v>
+      </c>
+      <c r="C151" t="s">
+        <v>26</v>
+      </c>
+      <c r="E151" t="s">
+        <v>18</v>
+      </c>
+      <c r="F151" t="s">
+        <v>16</v>
+      </c>
+      <c r="G151" t="s">
+        <v>17</v>
+      </c>
+      <c r="H151">
+        <v>37</v>
+      </c>
+      <c r="I151" t="b">
+        <v>0</v>
+      </c>
+      <c r="J151" t="s">
+        <v>227</v>
+      </c>
+      <c r="K151">
+        <v>1</v>
+      </c>
+      <c r="L151">
+        <v>85.92</v>
+      </c>
+      <c r="M151">
+        <v>85.92</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A152">
+        <v>151</v>
+      </c>
+      <c r="B152" t="s">
+        <v>298</v>
+      </c>
+      <c r="C152" t="s">
+        <v>299</v>
+      </c>
+      <c r="E152" t="s">
+        <v>18</v>
+      </c>
+      <c r="F152" t="s">
+        <v>22</v>
+      </c>
+      <c r="G152" t="s">
+        <v>17</v>
+      </c>
+      <c r="H152">
+        <v>26</v>
+      </c>
+      <c r="I152" t="b">
+        <v>0</v>
+      </c>
+      <c r="J152" t="s">
+        <v>227</v>
+      </c>
+      <c r="K152">
+        <v>1</v>
+      </c>
+      <c r="L152">
+        <v>85.23</v>
+      </c>
+      <c r="M152">
+        <v>85.23</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A153">
+        <v>152</v>
+      </c>
+      <c r="B153" t="s">
+        <v>145</v>
+      </c>
+      <c r="C153" t="s">
+        <v>84</v>
+      </c>
+      <c r="E153" t="s">
+        <v>300</v>
+      </c>
+      <c r="F153" t="s">
+        <v>106</v>
+      </c>
+      <c r="G153" t="s">
+        <v>17</v>
+      </c>
+      <c r="H153">
+        <v>16</v>
+      </c>
+      <c r="I153" t="b">
+        <v>0</v>
+      </c>
+      <c r="J153" t="s">
+        <v>227</v>
+      </c>
+      <c r="K153">
+        <v>1</v>
+      </c>
+      <c r="L153">
+        <v>84.06</v>
+      </c>
+      <c r="M153">
+        <v>84.06</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A154">
+        <v>153</v>
+      </c>
+      <c r="B154" t="s">
+        <v>301</v>
+      </c>
+      <c r="C154" t="s">
+        <v>302</v>
+      </c>
+      <c r="E154" t="s">
+        <v>18</v>
+      </c>
+      <c r="F154" t="s">
+        <v>16</v>
+      </c>
+      <c r="G154" t="s">
+        <v>73</v>
+      </c>
+      <c r="H154">
+        <v>13</v>
+      </c>
+      <c r="I154" t="b">
+        <v>0</v>
+      </c>
+      <c r="J154" t="s">
+        <v>227</v>
+      </c>
+      <c r="K154">
+        <v>1</v>
+      </c>
+      <c r="L154">
+        <v>82.99</v>
+      </c>
+      <c r="M154">
+        <v>82.99</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A155">
+        <v>154</v>
+      </c>
+      <c r="B155" t="s">
+        <v>303</v>
+      </c>
+      <c r="C155" t="s">
+        <v>304</v>
+      </c>
+      <c r="E155" t="s">
+        <v>18</v>
+      </c>
+      <c r="F155" t="s">
+        <v>22</v>
+      </c>
+      <c r="G155" t="s">
+        <v>17</v>
+      </c>
+      <c r="H155">
+        <v>27</v>
+      </c>
+      <c r="I155" t="b">
+        <v>0</v>
+      </c>
+      <c r="J155" t="s">
+        <v>227</v>
+      </c>
+      <c r="K155">
+        <v>1</v>
+      </c>
+      <c r="L155">
+        <v>82.93</v>
+      </c>
+      <c r="M155">
+        <v>82.93</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A156">
+        <v>155</v>
+      </c>
+      <c r="B156" t="s">
+        <v>305</v>
+      </c>
+      <c r="C156" t="s">
+        <v>133</v>
+      </c>
+      <c r="E156" t="s">
+        <v>114</v>
+      </c>
+      <c r="F156" t="s">
+        <v>16</v>
+      </c>
+      <c r="G156" t="s">
+        <v>73</v>
+      </c>
+      <c r="H156">
+        <v>14</v>
+      </c>
+      <c r="I156" t="b">
+        <v>0</v>
+      </c>
+      <c r="J156" t="s">
+        <v>227</v>
+      </c>
+      <c r="K156">
+        <v>1</v>
+      </c>
+      <c r="L156">
+        <v>82.8</v>
+      </c>
+      <c r="M156">
+        <v>82.8</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A157">
+        <v>156</v>
+      </c>
+      <c r="B157" t="s">
+        <v>306</v>
+      </c>
+      <c r="C157" t="s">
+        <v>307</v>
+      </c>
+      <c r="E157" t="s">
+        <v>18</v>
+      </c>
+      <c r="F157" t="s">
+        <v>22</v>
+      </c>
+      <c r="G157" t="s">
+        <v>73</v>
+      </c>
+      <c r="H157">
+        <v>9</v>
+      </c>
+      <c r="I157" t="b">
+        <v>0</v>
+      </c>
+      <c r="J157" t="s">
+        <v>227</v>
+      </c>
+      <c r="K157">
+        <v>1</v>
+      </c>
+      <c r="L157">
+        <v>82.18</v>
+      </c>
+      <c r="M157">
+        <v>82.18</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A158">
+        <v>157</v>
+      </c>
+      <c r="B158" t="s">
+        <v>308</v>
+      </c>
+      <c r="C158" t="s">
+        <v>284</v>
+      </c>
+      <c r="D158">
+        <v>2361</v>
+      </c>
+      <c r="E158" t="s">
+        <v>15</v>
+      </c>
+      <c r="F158" t="s">
+        <v>22</v>
+      </c>
+      <c r="G158" t="s">
+        <v>73</v>
+      </c>
+      <c r="H158">
+        <v>10</v>
+      </c>
+      <c r="I158" t="b">
+        <v>0</v>
+      </c>
+      <c r="J158" t="s">
+        <v>227</v>
+      </c>
+      <c r="K158">
+        <v>1</v>
+      </c>
+      <c r="L158">
+        <v>81.48</v>
+      </c>
+      <c r="M158">
+        <v>81.48</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A159">
+        <v>158</v>
+      </c>
+      <c r="B159" t="s">
+        <v>309</v>
+      </c>
+      <c r="C159" t="s">
+        <v>310</v>
+      </c>
+      <c r="E159" t="s">
+        <v>18</v>
+      </c>
+      <c r="F159" t="s">
+        <v>122</v>
+      </c>
+      <c r="G159" t="s">
+        <v>17</v>
+      </c>
+      <c r="H159">
+        <v>7</v>
+      </c>
+      <c r="I159" t="b">
+        <v>0</v>
+      </c>
+      <c r="J159" t="s">
+        <v>227</v>
+      </c>
+      <c r="K159">
+        <v>1</v>
+      </c>
+      <c r="L159">
+        <v>80.5</v>
+      </c>
+      <c r="M159">
+        <v>80.5</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A160">
+        <v>159</v>
+      </c>
+      <c r="B160" t="s">
+        <v>83</v>
+      </c>
+      <c r="C160" t="s">
+        <v>311</v>
+      </c>
+      <c r="E160" t="s">
+        <v>18</v>
+      </c>
+      <c r="F160" t="s">
+        <v>16</v>
+      </c>
+      <c r="G160" t="s">
+        <v>73</v>
+      </c>
+      <c r="H160">
+        <v>15</v>
+      </c>
+      <c r="I160" t="b">
+        <v>0</v>
+      </c>
+      <c r="J160" t="s">
+        <v>227</v>
+      </c>
+      <c r="K160">
+        <v>1</v>
+      </c>
+      <c r="L160">
+        <v>75.99</v>
+      </c>
+      <c r="M160">
+        <v>75.99</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A161">
+        <v>160</v>
+      </c>
+      <c r="B161" t="s">
+        <v>312</v>
+      </c>
+      <c r="C161" t="s">
+        <v>282</v>
+      </c>
+      <c r="D161">
+        <v>1011</v>
+      </c>
+      <c r="E161" t="s">
+        <v>33</v>
+      </c>
+      <c r="F161" t="s">
+        <v>52</v>
+      </c>
+      <c r="G161" t="s">
+        <v>73</v>
+      </c>
+      <c r="H161">
+        <v>7</v>
+      </c>
+      <c r="I161" t="b">
+        <v>0</v>
+      </c>
+      <c r="J161" t="s">
+        <v>227</v>
+      </c>
+      <c r="K161">
+        <v>1</v>
+      </c>
+      <c r="L161">
+        <v>75.81</v>
+      </c>
+      <c r="M161">
+        <v>75.81</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A162">
+        <v>161</v>
+      </c>
+      <c r="B162" t="s">
+        <v>313</v>
+      </c>
+      <c r="C162" t="s">
+        <v>314</v>
+      </c>
+      <c r="E162" t="s">
+        <v>114</v>
+      </c>
+      <c r="F162" t="s">
+        <v>106</v>
+      </c>
+      <c r="G162" t="s">
+        <v>17</v>
+      </c>
+      <c r="H162">
+        <v>17</v>
+      </c>
+      <c r="I162" t="b">
+        <v>0</v>
+      </c>
+      <c r="J162" t="s">
+        <v>227</v>
+      </c>
+      <c r="K162">
+        <v>1</v>
+      </c>
+      <c r="L162">
+        <v>75.79</v>
+      </c>
+      <c r="M162">
+        <v>75.79</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A163">
+        <v>162</v>
+      </c>
+      <c r="B163" t="s">
+        <v>315</v>
+      </c>
+      <c r="C163" t="s">
+        <v>26</v>
+      </c>
+      <c r="E163" t="s">
+        <v>18</v>
+      </c>
+      <c r="F163" t="s">
+        <v>22</v>
+      </c>
+      <c r="G163" t="s">
+        <v>73</v>
+      </c>
+      <c r="H163">
+        <v>11</v>
+      </c>
+      <c r="I163" t="b">
+        <v>0</v>
+      </c>
+      <c r="J163" t="s">
+        <v>227</v>
+      </c>
+      <c r="K163">
+        <v>1</v>
+      </c>
+      <c r="L163">
+        <v>75.73</v>
+      </c>
+      <c r="M163">
+        <v>75.73</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A164">
+        <v>163</v>
+      </c>
+      <c r="B164" t="s">
+        <v>316</v>
+      </c>
+      <c r="C164" t="s">
+        <v>317</v>
+      </c>
+      <c r="D164">
+        <v>2401</v>
+      </c>
+      <c r="E164" t="s">
+        <v>207</v>
+      </c>
+      <c r="F164" t="s">
+        <v>16</v>
+      </c>
+      <c r="G164" t="s">
+        <v>73</v>
+      </c>
+      <c r="H164">
+        <v>16</v>
+      </c>
+      <c r="I164" t="b">
+        <v>0</v>
+      </c>
+      <c r="J164" t="s">
+        <v>227</v>
+      </c>
+      <c r="K164">
+        <v>1</v>
+      </c>
+      <c r="L164">
+        <v>70.38</v>
+      </c>
+      <c r="M164">
+        <v>70.38</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A165">
+        <v>164</v>
+      </c>
+      <c r="B165" t="s">
+        <v>318</v>
+      </c>
+      <c r="C165" t="s">
+        <v>84</v>
+      </c>
+      <c r="E165" t="s">
+        <v>319</v>
+      </c>
+      <c r="F165" t="s">
+        <v>16</v>
+      </c>
+      <c r="G165" t="s">
+        <v>73</v>
+      </c>
+      <c r="H165">
+        <v>17</v>
+      </c>
+      <c r="I165" t="b">
+        <v>0</v>
+      </c>
+      <c r="J165" t="s">
+        <v>227</v>
+      </c>
+      <c r="K165">
+        <v>1</v>
+      </c>
+      <c r="L165">
+        <v>69.58</v>
+      </c>
+      <c r="M165">
+        <v>69.58</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A166">
+        <v>165</v>
+      </c>
+      <c r="B166" t="s">
+        <v>212</v>
+      </c>
+      <c r="C166" t="s">
+        <v>84</v>
+      </c>
+      <c r="E166" t="s">
+        <v>111</v>
+      </c>
+      <c r="F166" t="s">
+        <v>106</v>
+      </c>
+      <c r="G166" t="s">
+        <v>73</v>
+      </c>
+      <c r="H166">
+        <v>8</v>
+      </c>
+      <c r="I166" t="b">
+        <v>0</v>
+      </c>
+      <c r="J166" t="s">
+        <v>227</v>
+      </c>
+      <c r="K166">
+        <v>1</v>
+      </c>
+      <c r="L166">
+        <v>38.24</v>
+      </c>
+      <c r="M166">
+        <v>38.24</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A167">
+        <v>166</v>
+      </c>
+      <c r="B167" t="s">
+        <v>150</v>
+      </c>
+      <c r="C167" t="s">
+        <v>320</v>
+      </c>
+      <c r="D167">
+        <v>2517</v>
+      </c>
+      <c r="E167" t="s">
+        <v>18</v>
+      </c>
+      <c r="F167" t="s">
+        <v>22</v>
+      </c>
+      <c r="G167" t="s">
+        <v>17</v>
+      </c>
+      <c r="H167">
+        <v>28</v>
+      </c>
+      <c r="I167" t="b">
+        <v>0</v>
+      </c>
+      <c r="J167" t="s">
+        <v>321</v>
+      </c>
+      <c r="K167">
+        <v>1</v>
+      </c>
+      <c r="L167">
+        <v>0</v>
+      </c>
+      <c r="M167">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">