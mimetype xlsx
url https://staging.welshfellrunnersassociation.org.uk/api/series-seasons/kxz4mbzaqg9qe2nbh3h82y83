--- v0 (2025-10-18)
+++ v1 (2026-03-05)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Data" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3537" uniqueCount="570">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3535" uniqueCount="569">
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>WFRA membership no</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>Age Category</t>
   </si>
   <si>
     <t>Class</t>
   </si>
   <si>
     <t>Category Position</t>
   </si>
   <si>
@@ -1387,105 +1387,102 @@
   <si>
     <t>Newhouse</t>
   </si>
   <si>
     <t>Nikki</t>
   </si>
   <si>
     <t>Childs</t>
   </si>
   <si>
     <t>Marcello</t>
   </si>
   <si>
     <t>Stuart</t>
   </si>
   <si>
     <t>DUNCAN</t>
   </si>
   <si>
     <t>Vicars-Harris</t>
   </si>
   <si>
     <t>Gog Triathlon Club</t>
   </si>
   <si>
-    <t>MATHIAS</t>
+    <t>Julia</t>
+  </si>
+  <si>
+    <t>Mathias</t>
   </si>
   <si>
     <t>Walters</t>
   </si>
   <si>
     <t>EVANS</t>
   </si>
   <si>
     <t>Hereford Couriers</t>
   </si>
   <si>
     <t>Justin</t>
   </si>
   <si>
     <t>Byworth</t>
   </si>
   <si>
     <t>Amanda</t>
   </si>
   <si>
     <t>Beer</t>
   </si>
   <si>
     <t>Whitworth</t>
   </si>
   <si>
     <t>Harris</t>
   </si>
   <si>
     <t>Tony</t>
   </si>
   <si>
     <t>Keech</t>
   </si>
   <si>
     <t>Human Energy AC</t>
   </si>
   <si>
     <t>O'BRIEN</t>
   </si>
   <si>
     <t>Fairwater Runners</t>
   </si>
   <si>
     <t>Underhill</t>
   </si>
   <si>
     <t>SWOC</t>
-  </si>
-[...4 lines deleted...]
-    <t>Mathias</t>
   </si>
   <si>
     <t>Graham</t>
   </si>
   <si>
     <t>Maynard</t>
   </si>
   <si>
     <t>Wendy</t>
   </si>
   <si>
     <t>SHARPE-NASH</t>
   </si>
   <si>
     <t>Hollie</t>
   </si>
   <si>
     <t>Thomson</t>
   </si>
   <si>
     <t>Stewart</t>
   </si>
   <si>
     <t>Foster</t>
   </si>
@@ -15580,107 +15577,110 @@
       </c>
       <c r="M248">
         <v>91.1</v>
       </c>
       <c r="N248" t="s">
         <v>23</v>
       </c>
       <c r="O248" t="s">
         <v>23</v>
       </c>
       <c r="P248" t="s">
         <v>23</v>
       </c>
       <c r="Q248" t="s">
         <v>23</v>
       </c>
       <c r="R248">
         <v>91.1</v>
       </c>
     </row>
     <row r="249" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A249">
         <v>248</v>
       </c>
       <c r="B249" t="s">
-        <v>374</v>
+        <v>459</v>
       </c>
       <c r="C249" t="s">
-        <v>459</v>
+        <v>460</v>
+      </c>
+      <c r="D249">
+        <v>1826</v>
       </c>
       <c r="E249" t="s">
         <v>26</v>
       </c>
       <c r="F249" t="s">
         <v>38</v>
       </c>
       <c r="G249" t="s">
         <v>44</v>
       </c>
       <c r="H249">
         <v>11</v>
       </c>
       <c r="I249" t="b">
         <v>0</v>
       </c>
       <c r="J249" t="s">
         <v>108</v>
       </c>
       <c r="K249">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L249">
         <v>90.82</v>
       </c>
       <c r="M249" t="s">
         <v>23</v>
       </c>
       <c r="N249" t="s">
         <v>23</v>
       </c>
       <c r="O249" t="s">
         <v>23</v>
       </c>
       <c r="P249" t="s">
         <v>23</v>
       </c>
-      <c r="Q249" t="s">
-        <v>23</v>
+      <c r="Q249">
+        <v>88.57</v>
       </c>
       <c r="R249">
         <v>90.82</v>
       </c>
     </row>
     <row r="250" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A250">
         <v>249</v>
       </c>
       <c r="B250" t="s">
         <v>52</v>
       </c>
       <c r="C250" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="D250">
         <v>1848</v>
       </c>
       <c r="E250" t="s">
         <v>348</v>
       </c>
       <c r="F250" t="s">
         <v>27</v>
       </c>
       <c r="G250" t="s">
         <v>44</v>
       </c>
       <c r="H250">
         <v>23</v>
       </c>
       <c r="I250" t="b">
         <v>0</v>
       </c>
       <c r="J250" t="s">
         <v>108</v>
       </c>
       <c r="K250">
         <v>1</v>
       </c>
@@ -15692,157 +15692,157 @@
       </c>
       <c r="N250" t="s">
         <v>23</v>
       </c>
       <c r="O250" t="s">
         <v>23</v>
       </c>
       <c r="P250" t="s">
         <v>23</v>
       </c>
       <c r="Q250" t="s">
         <v>23</v>
       </c>
       <c r="R250">
         <v>90.71</v>
       </c>
     </row>
     <row r="251" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A251">
         <v>250</v>
       </c>
       <c r="B251" t="s">
         <v>327</v>
       </c>
       <c r="C251" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="E251" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="F251" t="s">
         <v>27</v>
       </c>
       <c r="G251" t="s">
         <v>44</v>
       </c>
       <c r="H251">
         <v>24</v>
       </c>
       <c r="I251" t="b">
         <v>0</v>
       </c>
       <c r="J251" t="s">
         <v>108</v>
       </c>
       <c r="K251">
         <v>1</v>
       </c>
       <c r="L251" t="s">
         <v>23</v>
       </c>
       <c r="M251" t="s">
         <v>23</v>
       </c>
       <c r="N251" t="s">
         <v>23</v>
       </c>
       <c r="O251">
         <v>90.18</v>
       </c>
       <c r="P251" t="s">
         <v>23</v>
       </c>
       <c r="Q251" t="s">
         <v>23</v>
       </c>
       <c r="R251">
         <v>90.18</v>
       </c>
     </row>
     <row r="252" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A252">
         <v>251</v>
       </c>
       <c r="B252" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="C252" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="E252" t="s">
         <v>355</v>
       </c>
       <c r="F252" t="s">
         <v>38</v>
       </c>
       <c r="G252" t="s">
         <v>22</v>
       </c>
       <c r="H252">
         <v>49</v>
       </c>
       <c r="I252" t="b">
         <v>0</v>
       </c>
       <c r="J252" t="s">
         <v>108</v>
       </c>
       <c r="K252">
         <v>1</v>
       </c>
       <c r="L252">
         <v>90.12</v>
       </c>
       <c r="M252" t="s">
         <v>23</v>
       </c>
       <c r="N252" t="s">
         <v>23</v>
       </c>
       <c r="O252" t="s">
         <v>23</v>
       </c>
       <c r="P252" t="s">
         <v>23</v>
       </c>
       <c r="Q252" t="s">
         <v>23</v>
       </c>
       <c r="R252">
         <v>90.12</v>
       </c>
     </row>
     <row r="253" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A253">
         <v>252</v>
       </c>
       <c r="B253" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="C253" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="E253" t="s">
         <v>23</v>
       </c>
       <c r="F253" t="s">
         <v>21</v>
       </c>
       <c r="G253" t="s">
         <v>44</v>
       </c>
       <c r="H253">
         <v>16</v>
       </c>
       <c r="I253" t="b">
         <v>0</v>
       </c>
       <c r="J253" t="s">
         <v>108</v>
       </c>
       <c r="K253">
         <v>1</v>
       </c>
       <c r="L253" t="s">
         <v>23</v>
       </c>
@@ -15851,101 +15851,101 @@
       </c>
       <c r="N253" t="s">
         <v>23</v>
       </c>
       <c r="O253" t="s">
         <v>23</v>
       </c>
       <c r="P253">
         <v>89.9</v>
       </c>
       <c r="Q253" t="s">
         <v>23</v>
       </c>
       <c r="R253">
         <v>89.9</v>
       </c>
     </row>
     <row r="254" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A254">
         <v>253</v>
       </c>
       <c r="B254" t="s">
         <v>185</v>
       </c>
       <c r="C254" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="E254" t="s">
         <v>23</v>
       </c>
       <c r="F254" t="s">
         <v>27</v>
       </c>
       <c r="G254" t="s">
         <v>22</v>
       </c>
       <c r="H254">
         <v>67</v>
       </c>
       <c r="I254" t="b">
         <v>0</v>
       </c>
       <c r="J254" t="s">
         <v>108</v>
       </c>
       <c r="K254">
         <v>1</v>
       </c>
       <c r="L254" t="s">
         <v>23</v>
       </c>
       <c r="M254" t="s">
         <v>23</v>
       </c>
       <c r="N254" t="s">
         <v>23</v>
       </c>
       <c r="O254" t="s">
         <v>23</v>
       </c>
       <c r="P254" t="s">
         <v>23</v>
       </c>
       <c r="Q254">
         <v>89.62</v>
       </c>
       <c r="R254">
         <v>89.62</v>
       </c>
     </row>
     <row r="255" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A255">
         <v>254</v>
       </c>
       <c r="B255" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="C255" t="s">
         <v>384</v>
       </c>
       <c r="E255" t="s">
         <v>23</v>
       </c>
       <c r="F255" t="s">
         <v>27</v>
       </c>
       <c r="G255" t="s">
         <v>22</v>
       </c>
       <c r="H255">
         <v>68</v>
       </c>
       <c r="I255" t="b">
         <v>0</v>
       </c>
       <c r="J255" t="s">
         <v>108</v>
       </c>
       <c r="K255">
         <v>1</v>
       </c>
@@ -15954,57 +15954,57 @@
       </c>
       <c r="M255" t="s">
         <v>23</v>
       </c>
       <c r="N255" t="s">
         <v>23</v>
       </c>
       <c r="O255" t="s">
         <v>23</v>
       </c>
       <c r="P255" t="s">
         <v>23</v>
       </c>
       <c r="Q255">
         <v>89.61</v>
       </c>
       <c r="R255">
         <v>89.61</v>
       </c>
     </row>
     <row r="256" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A256">
         <v>255</v>
       </c>
       <c r="B256" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="C256" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="E256" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="F256" t="s">
         <v>48</v>
       </c>
       <c r="G256" t="s">
         <v>22</v>
       </c>
       <c r="H256">
         <v>17</v>
       </c>
       <c r="I256" t="b">
         <v>0</v>
       </c>
       <c r="J256" t="s">
         <v>108</v>
       </c>
       <c r="K256">
         <v>1</v>
       </c>
       <c r="L256" t="s">
         <v>23</v>
       </c>
       <c r="M256" t="s">
         <v>23</v>
       </c>
@@ -16063,266 +16063,266 @@
       </c>
       <c r="N257" t="s">
         <v>23</v>
       </c>
       <c r="O257" t="s">
         <v>23</v>
       </c>
       <c r="P257" t="s">
         <v>23</v>
       </c>
       <c r="Q257">
         <v>89.26</v>
       </c>
       <c r="R257">
         <v>89.26</v>
       </c>
     </row>
     <row r="258" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A258">
         <v>257</v>
       </c>
       <c r="B258" t="s">
         <v>49</v>
       </c>
       <c r="C258" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="E258" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="F258" t="s">
         <v>21</v>
       </c>
       <c r="G258" t="s">
         <v>22</v>
       </c>
       <c r="H258">
         <v>54</v>
       </c>
       <c r="I258" t="b">
         <v>0</v>
       </c>
       <c r="J258" t="s">
         <v>108</v>
       </c>
       <c r="K258">
         <v>1</v>
       </c>
       <c r="L258" t="s">
         <v>23</v>
       </c>
       <c r="M258" t="s">
         <v>23</v>
       </c>
       <c r="N258">
         <v>89.09</v>
       </c>
       <c r="O258" t="s">
         <v>23</v>
       </c>
       <c r="P258" t="s">
         <v>23</v>
       </c>
       <c r="Q258" t="s">
         <v>23</v>
       </c>
       <c r="R258">
         <v>89.09</v>
       </c>
     </row>
     <row r="259" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A259">
         <v>258</v>
       </c>
       <c r="B259" t="s">
         <v>101</v>
       </c>
       <c r="C259" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="E259" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="F259" t="s">
         <v>27</v>
       </c>
       <c r="G259" t="s">
         <v>22</v>
       </c>
       <c r="H259">
         <v>69</v>
       </c>
       <c r="I259" t="b">
         <v>0</v>
       </c>
       <c r="J259" t="s">
         <v>108</v>
       </c>
       <c r="K259">
         <v>1</v>
       </c>
       <c r="L259">
         <v>89.07</v>
       </c>
       <c r="M259" t="s">
         <v>23</v>
       </c>
       <c r="N259" t="s">
         <v>23</v>
       </c>
       <c r="O259" t="s">
         <v>23</v>
       </c>
       <c r="P259" t="s">
         <v>23</v>
       </c>
       <c r="Q259" t="s">
         <v>23</v>
       </c>
       <c r="R259">
         <v>89.07</v>
       </c>
     </row>
     <row r="260" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A260">
         <v>259</v>
       </c>
       <c r="B260" t="s">
-        <v>476</v>
+        <v>459</v>
       </c>
       <c r="C260" t="s">
-        <v>477</v>
+        <v>460</v>
       </c>
       <c r="D260">
         <v>1826</v>
       </c>
       <c r="E260" t="s">
         <v>23</v>
       </c>
       <c r="F260" t="s">
         <v>38</v>
       </c>
       <c r="G260" t="s">
         <v>44</v>
       </c>
       <c r="H260">
         <v>12</v>
       </c>
       <c r="I260" t="b">
         <v>0</v>
       </c>
       <c r="J260" t="s">
         <v>108</v>
       </c>
       <c r="K260">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>2</v>
+      </c>
+      <c r="L260">
+        <v>90.82</v>
       </c>
       <c r="M260" t="s">
         <v>23</v>
       </c>
       <c r="N260" t="s">
         <v>23</v>
       </c>
       <c r="O260" t="s">
         <v>23</v>
       </c>
       <c r="P260" t="s">
         <v>23</v>
       </c>
       <c r="Q260">
         <v>88.57</v>
       </c>
       <c r="R260">
         <v>88.57</v>
       </c>
     </row>
     <row r="261" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A261">
         <v>260</v>
       </c>
       <c r="B261" t="s">
+        <v>477</v>
+      </c>
+      <c r="C261" t="s">
         <v>478</v>
-      </c>
-[...1 lines deleted...]
-        <v>479</v>
       </c>
       <c r="E261" t="s">
         <v>267</v>
       </c>
       <c r="F261" t="s">
         <v>48</v>
       </c>
       <c r="G261" t="s">
         <v>22</v>
       </c>
       <c r="H261">
         <v>18</v>
       </c>
       <c r="I261" t="b">
         <v>0</v>
       </c>
       <c r="J261" t="s">
         <v>108</v>
       </c>
       <c r="K261">
         <v>1</v>
       </c>
       <c r="L261" t="s">
         <v>23</v>
       </c>
       <c r="M261" t="s">
         <v>23</v>
       </c>
       <c r="N261">
         <v>88.31</v>
       </c>
       <c r="O261" t="s">
         <v>23</v>
       </c>
       <c r="P261" t="s">
         <v>23</v>
       </c>
       <c r="Q261" t="s">
         <v>23</v>
       </c>
       <c r="R261">
         <v>88.31</v>
       </c>
     </row>
     <row r="262" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A262">
         <v>261</v>
       </c>
       <c r="B262" t="s">
+        <v>479</v>
+      </c>
+      <c r="C262" t="s">
         <v>480</v>
-      </c>
-[...1 lines deleted...]
-        <v>481</v>
       </c>
       <c r="D262">
         <v>2202</v>
       </c>
       <c r="E262" t="s">
         <v>37</v>
       </c>
       <c r="F262" t="s">
         <v>38</v>
       </c>
       <c r="G262" t="s">
         <v>44</v>
       </c>
       <c r="H262">
         <v>13</v>
       </c>
       <c r="I262" t="b">
         <v>0</v>
       </c>
       <c r="J262" t="s">
         <v>108</v>
       </c>
       <c r="K262">
         <v>1</v>
       </c>
@@ -16331,51 +16331,51 @@
       </c>
       <c r="M262" t="s">
         <v>23</v>
       </c>
       <c r="N262">
         <v>88.15</v>
       </c>
       <c r="O262" t="s">
         <v>23</v>
       </c>
       <c r="P262" t="s">
         <v>23</v>
       </c>
       <c r="Q262" t="s">
         <v>23</v>
       </c>
       <c r="R262">
         <v>88.15</v>
       </c>
     </row>
     <row r="263" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A263">
         <v>262</v>
       </c>
       <c r="B263" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="C263" t="s">
         <v>381</v>
       </c>
       <c r="E263" t="s">
         <v>382</v>
       </c>
       <c r="F263" t="s">
         <v>27</v>
       </c>
       <c r="G263" t="s">
         <v>44</v>
       </c>
       <c r="H263">
         <v>26</v>
       </c>
       <c r="I263" t="b">
         <v>0</v>
       </c>
       <c r="J263" t="s">
         <v>108</v>
       </c>
       <c r="K263">
         <v>1</v>
       </c>
@@ -16384,54 +16384,54 @@
       </c>
       <c r="M263" t="s">
         <v>23</v>
       </c>
       <c r="N263" t="s">
         <v>23</v>
       </c>
       <c r="O263" t="s">
         <v>23</v>
       </c>
       <c r="P263">
         <v>87.98</v>
       </c>
       <c r="Q263" t="s">
         <v>23</v>
       </c>
       <c r="R263">
         <v>87.98</v>
       </c>
     </row>
     <row r="264" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A264">
         <v>263</v>
       </c>
       <c r="B264" t="s">
+        <v>482</v>
+      </c>
+      <c r="C264" t="s">
         <v>483</v>
-      </c>
-[...1 lines deleted...]
-        <v>484</v>
       </c>
       <c r="D264">
         <v>2326</v>
       </c>
       <c r="E264" t="s">
         <v>26</v>
       </c>
       <c r="F264" t="s">
         <v>48</v>
       </c>
       <c r="G264" t="s">
         <v>22</v>
       </c>
       <c r="H264">
         <v>19</v>
       </c>
       <c r="I264" t="b">
         <v>0</v>
       </c>
       <c r="J264" t="s">
         <v>108</v>
       </c>
       <c r="K264">
         <v>1</v>
       </c>
@@ -16493,54 +16493,54 @@
       </c>
       <c r="M265">
         <v>86.48</v>
       </c>
       <c r="N265" t="s">
         <v>23</v>
       </c>
       <c r="O265" t="s">
         <v>23</v>
       </c>
       <c r="P265" t="s">
         <v>23</v>
       </c>
       <c r="Q265" t="s">
         <v>23</v>
       </c>
       <c r="R265">
         <v>86.48</v>
       </c>
     </row>
     <row r="266" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A266">
         <v>265</v>
       </c>
       <c r="B266" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="C266" t="s">
-        <v>485</v>
+        <v>484</v>
       </c>
       <c r="E266" t="s">
         <v>51</v>
       </c>
       <c r="F266" t="s">
         <v>48</v>
       </c>
       <c r="G266" t="s">
         <v>22</v>
       </c>
       <c r="H266">
         <v>21</v>
       </c>
       <c r="I266" t="b">
         <v>0</v>
       </c>
       <c r="J266" t="s">
         <v>108</v>
       </c>
       <c r="K266">
         <v>0</v>
       </c>
       <c r="L266" t="s">
         <v>23</v>
       </c>
@@ -16549,104 +16549,104 @@
       </c>
       <c r="N266" t="s">
         <v>23</v>
       </c>
       <c r="O266" t="s">
         <v>23</v>
       </c>
       <c r="P266" t="s">
         <v>23</v>
       </c>
       <c r="Q266" t="s">
         <v>23</v>
       </c>
       <c r="R266">
         <v>86.39</v>
       </c>
     </row>
     <row r="267" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A267">
         <v>266</v>
       </c>
       <c r="B267" t="s">
         <v>54</v>
       </c>
       <c r="C267" t="s">
-        <v>486</v>
+        <v>485</v>
       </c>
       <c r="E267" t="s">
         <v>146</v>
       </c>
       <c r="F267" t="s">
         <v>21</v>
       </c>
       <c r="G267" t="s">
         <v>44</v>
       </c>
       <c r="H267">
         <v>17</v>
       </c>
       <c r="I267" t="b">
         <v>0</v>
       </c>
       <c r="J267" t="s">
         <v>108</v>
       </c>
       <c r="K267">
         <v>1</v>
       </c>
       <c r="L267" t="s">
         <v>23</v>
       </c>
       <c r="M267" t="s">
         <v>23</v>
       </c>
       <c r="N267" t="s">
         <v>23</v>
       </c>
       <c r="O267" t="s">
         <v>23</v>
       </c>
       <c r="P267">
         <v>85.94</v>
       </c>
       <c r="Q267" t="s">
         <v>23</v>
       </c>
       <c r="R267">
         <v>85.94</v>
       </c>
     </row>
     <row r="268" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A268">
         <v>267</v>
       </c>
       <c r="B268" t="s">
+        <v>486</v>
+      </c>
+      <c r="C268" t="s">
         <v>487</v>
-      </c>
-[...1 lines deleted...]
-        <v>488</v>
       </c>
       <c r="E268" t="s">
         <v>207</v>
       </c>
       <c r="F268" t="s">
         <v>21</v>
       </c>
       <c r="G268" t="s">
         <v>44</v>
       </c>
       <c r="H268">
         <v>18</v>
       </c>
       <c r="I268" t="b">
         <v>0</v>
       </c>
       <c r="J268" t="s">
         <v>108</v>
       </c>
       <c r="K268">
         <v>1</v>
       </c>
       <c r="L268" t="s">
         <v>23</v>
       </c>
@@ -16655,104 +16655,104 @@
       </c>
       <c r="N268" t="s">
         <v>23</v>
       </c>
       <c r="O268" t="s">
         <v>23</v>
       </c>
       <c r="P268">
         <v>85.86</v>
       </c>
       <c r="Q268" t="s">
         <v>23</v>
       </c>
       <c r="R268">
         <v>85.86</v>
       </c>
     </row>
     <row r="269" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A269">
         <v>268</v>
       </c>
       <c r="B269" t="s">
         <v>431</v>
       </c>
       <c r="C269" t="s">
+        <v>488</v>
+      </c>
+      <c r="E269" t="s">
         <v>489</v>
-      </c>
-[...1 lines deleted...]
-        <v>490</v>
       </c>
       <c r="F269" t="s">
         <v>38</v>
       </c>
       <c r="G269" t="s">
         <v>44</v>
       </c>
       <c r="H269">
         <v>14</v>
       </c>
       <c r="I269" t="b">
         <v>0</v>
       </c>
       <c r="J269" t="s">
         <v>108</v>
       </c>
       <c r="K269">
         <v>1</v>
       </c>
       <c r="L269" t="s">
         <v>23</v>
       </c>
       <c r="M269" t="s">
         <v>23</v>
       </c>
       <c r="N269" t="s">
         <v>23</v>
       </c>
       <c r="O269" t="s">
         <v>23</v>
       </c>
       <c r="P269">
         <v>85.81</v>
       </c>
       <c r="Q269" t="s">
         <v>23</v>
       </c>
       <c r="R269">
         <v>85.81</v>
       </c>
     </row>
     <row r="270" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A270">
         <v>269</v>
       </c>
       <c r="B270" t="s">
+        <v>490</v>
+      </c>
+      <c r="C270" t="s">
         <v>491</v>
-      </c>
-[...1 lines deleted...]
-        <v>492</v>
       </c>
       <c r="D270">
         <v>1870</v>
       </c>
       <c r="E270" t="s">
         <v>37</v>
       </c>
       <c r="F270" t="s">
         <v>38</v>
       </c>
       <c r="G270" t="s">
         <v>44</v>
       </c>
       <c r="H270">
         <v>15</v>
       </c>
       <c r="I270" t="b">
         <v>0</v>
       </c>
       <c r="J270" t="s">
         <v>108</v>
       </c>
       <c r="K270">
         <v>1</v>
       </c>
@@ -16820,51 +16820,51 @@
       </c>
       <c r="N271" t="s">
         <v>23</v>
       </c>
       <c r="O271">
         <v>85.8</v>
       </c>
       <c r="P271" t="s">
         <v>23</v>
       </c>
       <c r="Q271" t="s">
         <v>23</v>
       </c>
       <c r="R271">
         <v>85.8</v>
       </c>
     </row>
     <row r="272" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A272">
         <v>271</v>
       </c>
       <c r="B272" t="s">
         <v>361</v>
       </c>
       <c r="C272" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="D272">
         <v>1813</v>
       </c>
       <c r="E272" t="s">
         <v>23</v>
       </c>
       <c r="F272" t="s">
         <v>38</v>
       </c>
       <c r="G272" t="s">
         <v>22</v>
       </c>
       <c r="H272">
         <v>50</v>
       </c>
       <c r="I272" t="b">
         <v>0</v>
       </c>
       <c r="J272" t="s">
         <v>108</v>
       </c>
       <c r="K272">
         <v>1</v>
       </c>
@@ -16876,51 +16876,51 @@
       </c>
       <c r="N272" t="s">
         <v>23</v>
       </c>
       <c r="O272" t="s">
         <v>23</v>
       </c>
       <c r="P272" t="s">
         <v>23</v>
       </c>
       <c r="Q272">
         <v>85.53</v>
       </c>
       <c r="R272">
         <v>85.53</v>
       </c>
     </row>
     <row r="273" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A273">
         <v>272</v>
       </c>
       <c r="B273" t="s">
         <v>420</v>
       </c>
       <c r="C273" t="s">
-        <v>494</v>
+        <v>493</v>
       </c>
       <c r="E273" t="s">
         <v>134</v>
       </c>
       <c r="F273" t="s">
         <v>38</v>
       </c>
       <c r="G273" t="s">
         <v>22</v>
       </c>
       <c r="H273">
         <v>51</v>
       </c>
       <c r="I273" t="b">
         <v>0</v>
       </c>
       <c r="J273" t="s">
         <v>108</v>
       </c>
       <c r="K273">
         <v>1</v>
       </c>
       <c r="L273" t="s">
         <v>23</v>
       </c>
@@ -16929,51 +16929,51 @@
       </c>
       <c r="N273" t="s">
         <v>23</v>
       </c>
       <c r="O273" t="s">
         <v>23</v>
       </c>
       <c r="P273">
         <v>85.44</v>
       </c>
       <c r="Q273" t="s">
         <v>23</v>
       </c>
       <c r="R273">
         <v>85.44</v>
       </c>
     </row>
     <row r="274" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A274">
         <v>273</v>
       </c>
       <c r="B274" t="s">
         <v>52</v>
       </c>
       <c r="C274" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="E274" t="s">
         <v>26</v>
       </c>
       <c r="F274" t="s">
         <v>21</v>
       </c>
       <c r="G274" t="s">
         <v>44</v>
       </c>
       <c r="H274">
         <v>19</v>
       </c>
       <c r="I274" t="b">
         <v>0</v>
       </c>
       <c r="J274" t="s">
         <v>108</v>
       </c>
       <c r="K274">
         <v>1</v>
       </c>
       <c r="L274">
         <v>84.98</v>
       </c>
@@ -16982,51 +16982,51 @@
       </c>
       <c r="N274" t="s">
         <v>23</v>
       </c>
       <c r="O274" t="s">
         <v>23</v>
       </c>
       <c r="P274" t="s">
         <v>23</v>
       </c>
       <c r="Q274" t="s">
         <v>23</v>
       </c>
       <c r="R274">
         <v>84.98</v>
       </c>
     </row>
     <row r="275" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A275">
         <v>274</v>
       </c>
       <c r="B275" t="s">
         <v>242</v>
       </c>
       <c r="C275" t="s">
-        <v>496</v>
+        <v>495</v>
       </c>
       <c r="E275" t="s">
         <v>23</v>
       </c>
       <c r="F275" t="s">
         <v>21</v>
       </c>
       <c r="G275" t="s">
         <v>22</v>
       </c>
       <c r="H275">
         <v>56</v>
       </c>
       <c r="I275" t="b">
         <v>0</v>
       </c>
       <c r="J275" t="s">
         <v>108</v>
       </c>
       <c r="K275">
         <v>1</v>
       </c>
       <c r="L275" t="s">
         <v>23</v>
       </c>
@@ -17035,210 +17035,210 @@
       </c>
       <c r="N275">
         <v>84.74</v>
       </c>
       <c r="O275" t="s">
         <v>23</v>
       </c>
       <c r="P275" t="s">
         <v>23</v>
       </c>
       <c r="Q275" t="s">
         <v>23</v>
       </c>
       <c r="R275">
         <v>84.74</v>
       </c>
     </row>
     <row r="276" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A276">
         <v>275</v>
       </c>
       <c r="B276" t="s">
         <v>31</v>
       </c>
       <c r="C276" t="s">
-        <v>497</v>
+        <v>496</v>
       </c>
       <c r="E276" t="s">
         <v>23</v>
       </c>
       <c r="F276" t="s">
         <v>27</v>
       </c>
       <c r="G276" t="s">
         <v>22</v>
       </c>
       <c r="H276">
         <v>70</v>
       </c>
       <c r="I276" t="b">
         <v>0</v>
       </c>
       <c r="J276" t="s">
         <v>108</v>
       </c>
       <c r="K276">
         <v>1</v>
       </c>
       <c r="L276" t="s">
         <v>23</v>
       </c>
       <c r="M276" t="s">
         <v>23</v>
       </c>
       <c r="N276">
         <v>84.7</v>
       </c>
       <c r="O276" t="s">
         <v>23</v>
       </c>
       <c r="P276" t="s">
         <v>23</v>
       </c>
       <c r="Q276" t="s">
         <v>23</v>
       </c>
       <c r="R276">
         <v>84.7</v>
       </c>
     </row>
     <row r="277" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A277">
         <v>276</v>
       </c>
       <c r="B277" t="s">
+        <v>497</v>
+      </c>
+      <c r="C277" t="s">
         <v>498</v>
       </c>
-      <c r="C277" t="s">
+      <c r="E277" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
       <c r="F277" t="s">
         <v>27</v>
       </c>
       <c r="G277" t="s">
         <v>44</v>
       </c>
       <c r="H277">
         <v>27</v>
       </c>
       <c r="I277" t="b">
         <v>0</v>
       </c>
       <c r="J277" t="s">
         <v>108</v>
       </c>
       <c r="K277">
         <v>1</v>
       </c>
       <c r="L277">
         <v>84.41</v>
       </c>
       <c r="M277" t="s">
         <v>23</v>
       </c>
       <c r="N277" t="s">
         <v>23</v>
       </c>
       <c r="O277" t="s">
         <v>23</v>
       </c>
       <c r="P277" t="s">
         <v>23</v>
       </c>
       <c r="Q277" t="s">
         <v>23</v>
       </c>
       <c r="R277">
         <v>84.41</v>
       </c>
     </row>
     <row r="278" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A278">
         <v>277</v>
       </c>
       <c r="B278" t="s">
+        <v>500</v>
+      </c>
+      <c r="C278" t="s">
         <v>501</v>
-      </c>
-[...1 lines deleted...]
-        <v>502</v>
       </c>
       <c r="E278" t="s">
         <v>250</v>
       </c>
       <c r="F278" t="s">
         <v>27</v>
       </c>
       <c r="G278" t="s">
         <v>22</v>
       </c>
       <c r="H278">
         <v>71</v>
       </c>
       <c r="I278" t="b">
         <v>0</v>
       </c>
       <c r="J278" t="s">
         <v>108</v>
       </c>
       <c r="K278">
         <v>1</v>
       </c>
       <c r="L278">
         <v>84.39</v>
       </c>
       <c r="M278" t="s">
         <v>23</v>
       </c>
       <c r="N278" t="s">
         <v>23</v>
       </c>
       <c r="O278" t="s">
         <v>23</v>
       </c>
       <c r="P278" t="s">
         <v>23</v>
       </c>
       <c r="Q278" t="s">
         <v>23</v>
       </c>
       <c r="R278">
         <v>84.39</v>
       </c>
     </row>
     <row r="279" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A279">
         <v>278</v>
       </c>
       <c r="B279" t="s">
+        <v>502</v>
+      </c>
+      <c r="C279" t="s">
         <v>503</v>
-      </c>
-[...1 lines deleted...]
-        <v>504</v>
       </c>
       <c r="E279" t="s">
         <v>79</v>
       </c>
       <c r="F279" t="s">
         <v>27</v>
       </c>
       <c r="G279" t="s">
         <v>44</v>
       </c>
       <c r="H279">
         <v>28</v>
       </c>
       <c r="I279" t="b">
         <v>0</v>
       </c>
       <c r="J279" t="s">
         <v>108</v>
       </c>
       <c r="K279">
         <v>1</v>
       </c>
       <c r="L279" t="s">
         <v>23</v>
       </c>
@@ -17247,107 +17247,107 @@
       </c>
       <c r="N279">
         <v>84.01</v>
       </c>
       <c r="O279" t="s">
         <v>23</v>
       </c>
       <c r="P279" t="s">
         <v>23</v>
       </c>
       <c r="Q279" t="s">
         <v>23</v>
       </c>
       <c r="R279">
         <v>84.01</v>
       </c>
     </row>
     <row r="280" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A280">
         <v>279</v>
       </c>
       <c r="B280" t="s">
         <v>361</v>
       </c>
       <c r="C280" t="s">
-        <v>505</v>
+        <v>504</v>
       </c>
       <c r="D280">
         <v>1145</v>
       </c>
       <c r="E280" t="s">
-        <v>506</v>
+        <v>505</v>
       </c>
       <c r="F280" t="s">
         <v>21</v>
       </c>
       <c r="G280" t="s">
         <v>22</v>
       </c>
       <c r="H280">
         <v>57</v>
       </c>
       <c r="I280" t="b">
         <v>0</v>
       </c>
       <c r="J280" t="s">
         <v>108</v>
       </c>
       <c r="K280">
         <v>1</v>
       </c>
       <c r="L280" t="s">
         <v>23</v>
       </c>
       <c r="M280" t="s">
         <v>23</v>
       </c>
       <c r="N280">
         <v>83.17</v>
       </c>
       <c r="O280" t="s">
         <v>23</v>
       </c>
       <c r="P280" t="s">
         <v>23</v>
       </c>
       <c r="Q280" t="s">
         <v>23</v>
       </c>
       <c r="R280">
         <v>83.17</v>
       </c>
     </row>
     <row r="281" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A281">
         <v>280</v>
       </c>
       <c r="B281" t="s">
         <v>209</v>
       </c>
       <c r="C281" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="D281">
         <v>1255</v>
       </c>
       <c r="E281" t="s">
         <v>138</v>
       </c>
       <c r="F281" t="s">
         <v>27</v>
       </c>
       <c r="G281" t="s">
         <v>22</v>
       </c>
       <c r="H281">
         <v>72</v>
       </c>
       <c r="I281" t="b">
         <v>0</v>
       </c>
       <c r="J281" t="s">
         <v>108</v>
       </c>
       <c r="K281">
         <v>1</v>
       </c>
@@ -17356,54 +17356,54 @@
       </c>
       <c r="M281" t="s">
         <v>23</v>
       </c>
       <c r="N281" t="s">
         <v>23</v>
       </c>
       <c r="O281" t="s">
         <v>23</v>
       </c>
       <c r="P281" t="s">
         <v>23</v>
       </c>
       <c r="Q281" t="s">
         <v>23</v>
       </c>
       <c r="R281">
         <v>83.13</v>
       </c>
     </row>
     <row r="282" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A282">
         <v>281</v>
       </c>
       <c r="B282" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="C282" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="E282" t="s">
         <v>230</v>
       </c>
       <c r="F282" t="s">
         <v>27</v>
       </c>
       <c r="G282" t="s">
         <v>22</v>
       </c>
       <c r="H282">
         <v>73</v>
       </c>
       <c r="I282" t="b">
         <v>0</v>
       </c>
       <c r="J282" t="s">
         <v>108</v>
       </c>
       <c r="K282">
         <v>1</v>
       </c>
       <c r="L282">
         <v>83.12</v>
       </c>
@@ -17412,107 +17412,107 @@
       </c>
       <c r="N282" t="s">
         <v>23</v>
       </c>
       <c r="O282" t="s">
         <v>23</v>
       </c>
       <c r="P282" t="s">
         <v>23</v>
       </c>
       <c r="Q282" t="s">
         <v>23</v>
       </c>
       <c r="R282">
         <v>83.12</v>
       </c>
     </row>
     <row r="283" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A283">
         <v>282</v>
       </c>
       <c r="B283" t="s">
         <v>420</v>
       </c>
       <c r="C283" t="s">
-        <v>509</v>
+        <v>508</v>
       </c>
       <c r="D283">
         <v>2299</v>
       </c>
       <c r="E283" t="s">
-        <v>510</v>
+        <v>509</v>
       </c>
       <c r="F283" t="s">
         <v>48</v>
       </c>
       <c r="G283" t="s">
         <v>22</v>
       </c>
       <c r="H283">
         <v>22</v>
       </c>
       <c r="I283" t="b">
         <v>0</v>
       </c>
       <c r="J283" t="s">
         <v>108</v>
       </c>
       <c r="K283">
         <v>1</v>
       </c>
       <c r="L283">
         <v>82.66</v>
       </c>
       <c r="M283" t="s">
         <v>23</v>
       </c>
       <c r="N283" t="s">
         <v>23</v>
       </c>
       <c r="O283" t="s">
         <v>23</v>
       </c>
       <c r="P283" t="s">
         <v>23</v>
       </c>
       <c r="Q283" t="s">
         <v>23</v>
       </c>
       <c r="R283">
         <v>82.66</v>
       </c>
     </row>
     <row r="284" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A284">
         <v>283</v>
       </c>
       <c r="B284" t="s">
+        <v>510</v>
+      </c>
+      <c r="C284" t="s">
         <v>511</v>
-      </c>
-[...1 lines deleted...]
-        <v>512</v>
       </c>
       <c r="D284">
         <v>1403</v>
       </c>
       <c r="E284" t="s">
         <v>23</v>
       </c>
       <c r="F284" t="s">
         <v>48</v>
       </c>
       <c r="G284" t="s">
         <v>22</v>
       </c>
       <c r="H284">
         <v>23</v>
       </c>
       <c r="I284" t="b">
         <v>0</v>
       </c>
       <c r="J284" t="s">
         <v>108</v>
       </c>
       <c r="K284">
         <v>1</v>
       </c>
@@ -17521,54 +17521,54 @@
       </c>
       <c r="M284" t="s">
         <v>23</v>
       </c>
       <c r="N284" t="s">
         <v>23</v>
       </c>
       <c r="O284" t="s">
         <v>23</v>
       </c>
       <c r="P284" t="s">
         <v>23</v>
       </c>
       <c r="Q284" t="s">
         <v>23</v>
       </c>
       <c r="R284">
         <v>82.61</v>
       </c>
     </row>
     <row r="285" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A285">
         <v>284</v>
       </c>
       <c r="B285" t="s">
+        <v>512</v>
+      </c>
+      <c r="C285" t="s">
         <v>513</v>
-      </c>
-[...1 lines deleted...]
-        <v>514</v>
       </c>
       <c r="E285" t="s">
         <v>63</v>
       </c>
       <c r="F285" t="s">
         <v>27</v>
       </c>
       <c r="G285" t="s">
         <v>22</v>
       </c>
       <c r="H285">
         <v>74</v>
       </c>
       <c r="I285" t="b">
         <v>0</v>
       </c>
       <c r="J285" t="s">
         <v>108</v>
       </c>
       <c r="K285">
         <v>1</v>
       </c>
       <c r="L285">
         <v>82.32</v>
       </c>
@@ -17577,51 +17577,51 @@
       </c>
       <c r="N285" t="s">
         <v>23</v>
       </c>
       <c r="O285" t="s">
         <v>23</v>
       </c>
       <c r="P285" t="s">
         <v>23</v>
       </c>
       <c r="Q285" t="s">
         <v>23</v>
       </c>
       <c r="R285">
         <v>82.32</v>
       </c>
     </row>
     <row r="286" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A286">
         <v>285</v>
       </c>
       <c r="B286" t="s">
         <v>320</v>
       </c>
       <c r="C286" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="E286" t="s">
         <v>202</v>
       </c>
       <c r="F286" t="s">
         <v>21</v>
       </c>
       <c r="G286" t="s">
         <v>22</v>
       </c>
       <c r="H286">
         <v>58</v>
       </c>
       <c r="I286" t="b">
         <v>0</v>
       </c>
       <c r="J286" t="s">
         <v>108</v>
       </c>
       <c r="K286">
         <v>1</v>
       </c>
       <c r="L286" t="s">
         <v>23</v>
       </c>
@@ -17630,51 +17630,51 @@
       </c>
       <c r="N286" t="s">
         <v>23</v>
       </c>
       <c r="O286" t="s">
         <v>23</v>
       </c>
       <c r="P286">
         <v>81.6</v>
       </c>
       <c r="Q286" t="s">
         <v>23</v>
       </c>
       <c r="R286">
         <v>81.6</v>
       </c>
     </row>
     <row r="287" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A287">
         <v>286</v>
       </c>
       <c r="B287" t="s">
         <v>214</v>
       </c>
       <c r="C287" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
       <c r="D287">
         <v>973</v>
       </c>
       <c r="E287" t="s">
         <v>134</v>
       </c>
       <c r="F287" t="s">
         <v>48</v>
       </c>
       <c r="G287" t="s">
         <v>22</v>
       </c>
       <c r="H287">
         <v>24</v>
       </c>
       <c r="I287" t="b">
         <v>0</v>
       </c>
       <c r="J287" t="s">
         <v>108</v>
       </c>
       <c r="K287">
         <v>1</v>
       </c>
@@ -17683,51 +17683,51 @@
       </c>
       <c r="M287" t="s">
         <v>23</v>
       </c>
       <c r="N287" t="s">
         <v>23</v>
       </c>
       <c r="O287" t="s">
         <v>23</v>
       </c>
       <c r="P287">
         <v>81.57</v>
       </c>
       <c r="Q287" t="s">
         <v>23</v>
       </c>
       <c r="R287">
         <v>81.57</v>
       </c>
     </row>
     <row r="288" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A288">
         <v>287</v>
       </c>
       <c r="B288" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="C288" t="s">
         <v>445</v>
       </c>
       <c r="D288">
         <v>662</v>
       </c>
       <c r="E288" t="s">
         <v>26</v>
       </c>
       <c r="F288" t="s">
         <v>38</v>
       </c>
       <c r="G288" t="s">
         <v>44</v>
       </c>
       <c r="H288">
         <v>16</v>
       </c>
       <c r="I288" t="b">
         <v>0</v>
       </c>
       <c r="J288" t="s">
         <v>108</v>
       </c>
@@ -17742,51 +17742,51 @@
       </c>
       <c r="N288" t="s">
         <v>23</v>
       </c>
       <c r="O288" t="s">
         <v>23</v>
       </c>
       <c r="P288" t="s">
         <v>23</v>
       </c>
       <c r="Q288" t="s">
         <v>23</v>
       </c>
       <c r="R288">
         <v>81.06</v>
       </c>
     </row>
     <row r="289" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A289">
         <v>288</v>
       </c>
       <c r="B289" t="s">
         <v>231</v>
       </c>
       <c r="C289" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="D289">
         <v>1023</v>
       </c>
       <c r="E289" t="s">
         <v>326</v>
       </c>
       <c r="F289" t="s">
         <v>48</v>
       </c>
       <c r="G289" t="s">
         <v>22</v>
       </c>
       <c r="H289">
         <v>25</v>
       </c>
       <c r="I289" t="b">
         <v>0</v>
       </c>
       <c r="J289" t="s">
         <v>108</v>
       </c>
       <c r="K289">
         <v>1</v>
       </c>
@@ -17851,107 +17851,107 @@
       </c>
       <c r="N290" t="s">
         <v>23</v>
       </c>
       <c r="O290" t="s">
         <v>23</v>
       </c>
       <c r="P290" t="s">
         <v>23</v>
       </c>
       <c r="Q290" t="s">
         <v>23</v>
       </c>
       <c r="R290">
         <v>80.61</v>
       </c>
     </row>
     <row r="291" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A291">
         <v>290</v>
       </c>
       <c r="B291" t="s">
         <v>253</v>
       </c>
       <c r="C291" t="s">
-        <v>496</v>
+        <v>495</v>
       </c>
       <c r="D291">
         <v>2214</v>
       </c>
       <c r="E291" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="F291" t="s">
         <v>21</v>
       </c>
       <c r="G291" t="s">
         <v>22</v>
       </c>
       <c r="H291">
         <v>59</v>
       </c>
       <c r="I291" t="b">
         <v>0</v>
       </c>
       <c r="J291" t="s">
         <v>108</v>
       </c>
       <c r="K291">
         <v>2</v>
       </c>
       <c r="L291">
         <v>80.44</v>
       </c>
       <c r="M291" t="s">
         <v>23</v>
       </c>
       <c r="N291" t="s">
         <v>23</v>
       </c>
       <c r="O291" t="s">
         <v>23</v>
       </c>
       <c r="P291" t="s">
         <v>23</v>
       </c>
       <c r="Q291">
         <v>0</v>
       </c>
       <c r="R291">
         <v>80.44</v>
       </c>
     </row>
     <row r="292" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A292">
         <v>291</v>
       </c>
       <c r="B292" t="s">
+        <v>517</v>
+      </c>
+      <c r="C292" t="s">
         <v>518</v>
-      </c>
-[...1 lines deleted...]
-        <v>519</v>
       </c>
       <c r="D292">
         <v>2462</v>
       </c>
       <c r="E292" t="s">
         <v>138</v>
       </c>
       <c r="F292" t="s">
         <v>48</v>
       </c>
       <c r="G292" t="s">
         <v>44</v>
       </c>
       <c r="H292">
         <v>7</v>
       </c>
       <c r="I292" t="b">
         <v>0</v>
       </c>
       <c r="J292" t="s">
         <v>108</v>
       </c>
       <c r="K292">
         <v>1</v>
       </c>
@@ -17963,51 +17963,51 @@
       </c>
       <c r="N292" t="s">
         <v>23</v>
       </c>
       <c r="O292">
         <v>79.39</v>
       </c>
       <c r="P292" t="s">
         <v>23</v>
       </c>
       <c r="Q292" t="s">
         <v>23</v>
       </c>
       <c r="R292">
         <v>79.39</v>
       </c>
     </row>
     <row r="293" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A293">
         <v>292</v>
       </c>
       <c r="B293" t="s">
         <v>374</v>
       </c>
       <c r="C293" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="E293" t="s">
         <v>207</v>
       </c>
       <c r="F293" t="s">
         <v>48</v>
       </c>
       <c r="G293" t="s">
         <v>44</v>
       </c>
       <c r="H293">
         <v>8</v>
       </c>
       <c r="I293" t="b">
         <v>0</v>
       </c>
       <c r="J293" t="s">
         <v>108</v>
       </c>
       <c r="K293">
         <v>1</v>
       </c>
       <c r="L293" t="s">
         <v>23</v>
       </c>
@@ -18016,101 +18016,101 @@
       </c>
       <c r="N293" t="s">
         <v>23</v>
       </c>
       <c r="O293" t="s">
         <v>23</v>
       </c>
       <c r="P293">
         <v>78.92</v>
       </c>
       <c r="Q293" t="s">
         <v>23</v>
       </c>
       <c r="R293">
         <v>78.92</v>
       </c>
     </row>
     <row r="294" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A294">
         <v>293</v>
       </c>
       <c r="B294" t="s">
         <v>420</v>
       </c>
       <c r="C294" t="s">
-        <v>521</v>
+        <v>520</v>
       </c>
       <c r="E294" t="s">
         <v>207</v>
       </c>
       <c r="F294" t="s">
         <v>38</v>
       </c>
       <c r="G294" t="s">
         <v>22</v>
       </c>
       <c r="H294">
         <v>52</v>
       </c>
       <c r="I294" t="b">
         <v>0</v>
       </c>
       <c r="J294" t="s">
         <v>108</v>
       </c>
       <c r="K294">
         <v>1</v>
       </c>
       <c r="L294" t="s">
         <v>23</v>
       </c>
       <c r="M294" t="s">
         <v>23</v>
       </c>
       <c r="N294" t="s">
         <v>23</v>
       </c>
       <c r="O294" t="s">
         <v>23</v>
       </c>
       <c r="P294">
         <v>77.63</v>
       </c>
       <c r="Q294" t="s">
         <v>23</v>
       </c>
       <c r="R294">
         <v>77.63</v>
       </c>
     </row>
     <row r="295" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A295">
         <v>294</v>
       </c>
       <c r="B295" t="s">
-        <v>522</v>
+        <v>521</v>
       </c>
       <c r="C295" t="s">
         <v>345</v>
       </c>
       <c r="E295" t="s">
         <v>23</v>
       </c>
       <c r="F295" t="s">
         <v>27</v>
       </c>
       <c r="G295" t="s">
         <v>22</v>
       </c>
       <c r="H295">
         <v>75</v>
       </c>
       <c r="I295" t="b">
         <v>0</v>
       </c>
       <c r="J295" t="s">
         <v>108</v>
       </c>
       <c r="K295">
         <v>1</v>
       </c>
@@ -18122,51 +18122,51 @@
       </c>
       <c r="N295" t="s">
         <v>23</v>
       </c>
       <c r="O295" t="s">
         <v>23</v>
       </c>
       <c r="P295" t="s">
         <v>23</v>
       </c>
       <c r="Q295" t="s">
         <v>23</v>
       </c>
       <c r="R295">
         <v>76.94</v>
       </c>
     </row>
     <row r="296" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A296">
         <v>295</v>
       </c>
       <c r="B296" t="s">
         <v>163</v>
       </c>
       <c r="C296" t="s">
-        <v>523</v>
+        <v>522</v>
       </c>
       <c r="E296" t="s">
         <v>23</v>
       </c>
       <c r="F296" t="s">
         <v>38</v>
       </c>
       <c r="G296" t="s">
         <v>22</v>
       </c>
       <c r="H296">
         <v>53</v>
       </c>
       <c r="I296" t="b">
         <v>0</v>
       </c>
       <c r="J296" t="s">
         <v>108</v>
       </c>
       <c r="K296">
         <v>1</v>
       </c>
       <c r="L296" t="s">
         <v>23</v>
       </c>
@@ -18228,104 +18228,104 @@
       </c>
       <c r="N297">
         <v>76.38</v>
       </c>
       <c r="O297" t="s">
         <v>23</v>
       </c>
       <c r="P297" t="s">
         <v>23</v>
       </c>
       <c r="Q297" t="s">
         <v>23</v>
       </c>
       <c r="R297">
         <v>76.38</v>
       </c>
     </row>
     <row r="298" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A298">
         <v>297</v>
       </c>
       <c r="B298" t="s">
         <v>171</v>
       </c>
       <c r="C298" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="E298" t="s">
         <v>37</v>
       </c>
       <c r="F298" t="s">
         <v>38</v>
       </c>
       <c r="G298" t="s">
         <v>22</v>
       </c>
       <c r="H298">
         <v>54</v>
       </c>
       <c r="I298" t="b">
         <v>0</v>
       </c>
       <c r="J298" t="s">
         <v>108</v>
       </c>
       <c r="K298">
         <v>1</v>
       </c>
       <c r="L298" t="s">
         <v>23</v>
       </c>
       <c r="M298" t="s">
         <v>23</v>
       </c>
       <c r="N298">
         <v>75.8</v>
       </c>
       <c r="O298" t="s">
         <v>23</v>
       </c>
       <c r="P298" t="s">
         <v>23</v>
       </c>
       <c r="Q298" t="s">
         <v>23</v>
       </c>
       <c r="R298">
         <v>75.8</v>
       </c>
     </row>
     <row r="299" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A299">
         <v>298</v>
       </c>
       <c r="B299" t="s">
+        <v>524</v>
+      </c>
+      <c r="C299" t="s">
         <v>525</v>
-      </c>
-[...1 lines deleted...]
-        <v>526</v>
       </c>
       <c r="D299">
         <v>182</v>
       </c>
       <c r="E299" t="s">
         <v>76</v>
       </c>
       <c r="F299" t="s">
         <v>48</v>
       </c>
       <c r="G299" t="s">
         <v>22</v>
       </c>
       <c r="H299">
         <v>26</v>
       </c>
       <c r="I299" t="b">
         <v>0</v>
       </c>
       <c r="J299" t="s">
         <v>108</v>
       </c>
       <c r="K299">
         <v>1</v>
       </c>
@@ -18340,98 +18340,98 @@
       </c>
       <c r="O299" t="s">
         <v>23</v>
       </c>
       <c r="P299" t="s">
         <v>23</v>
       </c>
       <c r="Q299" t="s">
         <v>23</v>
       </c>
       <c r="R299">
         <v>75.77</v>
       </c>
     </row>
     <row r="300" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A300">
         <v>299</v>
       </c>
       <c r="B300" t="s">
         <v>205</v>
       </c>
       <c r="C300" t="s">
         <v>55</v>
       </c>
       <c r="E300" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="F300" t="s">
         <v>38</v>
       </c>
       <c r="G300" t="s">
         <v>22</v>
       </c>
       <c r="H300">
         <v>55</v>
       </c>
       <c r="I300" t="b">
         <v>0</v>
       </c>
       <c r="J300" t="s">
         <v>108</v>
       </c>
       <c r="K300">
         <v>1</v>
       </c>
       <c r="L300">
         <v>75.3</v>
       </c>
       <c r="M300" t="s">
         <v>23</v>
       </c>
       <c r="N300" t="s">
         <v>23</v>
       </c>
       <c r="O300" t="s">
         <v>23</v>
       </c>
       <c r="P300" t="s">
         <v>23</v>
       </c>
       <c r="Q300" t="s">
         <v>23</v>
       </c>
       <c r="R300">
         <v>75.3</v>
       </c>
     </row>
     <row r="301" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A301">
         <v>300</v>
       </c>
       <c r="B301" t="s">
-        <v>527</v>
+        <v>526</v>
       </c>
       <c r="C301" t="s">
         <v>338</v>
       </c>
       <c r="E301" t="s">
         <v>79</v>
       </c>
       <c r="F301" t="s">
         <v>27</v>
       </c>
       <c r="G301" t="s">
         <v>44</v>
       </c>
       <c r="H301">
         <v>29</v>
       </c>
       <c r="I301" t="b">
         <v>0</v>
       </c>
       <c r="J301" t="s">
         <v>108</v>
       </c>
       <c r="K301">
         <v>1</v>
       </c>
@@ -18440,163 +18440,163 @@
       </c>
       <c r="M301" t="s">
         <v>23</v>
       </c>
       <c r="N301" t="s">
         <v>23</v>
       </c>
       <c r="O301" t="s">
         <v>23</v>
       </c>
       <c r="P301">
         <v>75.26</v>
       </c>
       <c r="Q301" t="s">
         <v>23</v>
       </c>
       <c r="R301">
         <v>75.26</v>
       </c>
     </row>
     <row r="302" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A302">
         <v>301</v>
       </c>
       <c r="B302" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="C302" t="s">
         <v>380</v>
       </c>
       <c r="D302">
         <v>105</v>
       </c>
       <c r="E302" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="F302" t="s">
         <v>48</v>
       </c>
       <c r="G302" t="s">
         <v>22</v>
       </c>
       <c r="H302">
         <v>27</v>
       </c>
       <c r="I302" t="b">
         <v>0</v>
       </c>
       <c r="J302" t="s">
         <v>108</v>
       </c>
       <c r="K302">
         <v>1</v>
       </c>
       <c r="L302" t="s">
         <v>23</v>
       </c>
       <c r="M302">
         <v>75.16</v>
       </c>
       <c r="N302" t="s">
         <v>23</v>
       </c>
       <c r="O302" t="s">
         <v>23</v>
       </c>
       <c r="P302" t="s">
         <v>23</v>
       </c>
       <c r="Q302" t="s">
         <v>23</v>
       </c>
       <c r="R302">
         <v>75.16</v>
       </c>
     </row>
     <row r="303" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A303">
         <v>302</v>
       </c>
       <c r="B303" t="s">
+        <v>529</v>
+      </c>
+      <c r="C303" t="s">
         <v>530</v>
-      </c>
-[...1 lines deleted...]
-        <v>531</v>
       </c>
       <c r="E303" t="s">
         <v>382</v>
       </c>
       <c r="F303" t="s">
         <v>71</v>
       </c>
       <c r="G303" t="s">
         <v>22</v>
       </c>
       <c r="H303">
         <v>4</v>
       </c>
       <c r="I303" t="b">
         <v>0</v>
       </c>
       <c r="J303" t="s">
         <v>108</v>
       </c>
       <c r="K303">
         <v>1</v>
       </c>
       <c r="L303" t="s">
         <v>23</v>
       </c>
       <c r="M303" t="s">
         <v>23</v>
       </c>
       <c r="N303" t="s">
         <v>23</v>
       </c>
       <c r="O303" t="s">
         <v>23</v>
       </c>
       <c r="P303">
         <v>74.68</v>
       </c>
       <c r="Q303" t="s">
         <v>23</v>
       </c>
       <c r="R303">
         <v>74.68</v>
       </c>
     </row>
     <row r="304" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A304">
         <v>303</v>
       </c>
       <c r="B304" t="s">
+        <v>531</v>
+      </c>
+      <c r="C304" t="s">
         <v>532</v>
-      </c>
-[...1 lines deleted...]
-        <v>533</v>
       </c>
       <c r="E304" t="s">
         <v>23</v>
       </c>
       <c r="F304" t="s">
         <v>27</v>
       </c>
       <c r="G304" t="s">
         <v>44</v>
       </c>
       <c r="H304">
         <v>30</v>
       </c>
       <c r="I304" t="b">
         <v>0</v>
       </c>
       <c r="J304" t="s">
         <v>108</v>
       </c>
       <c r="K304">
         <v>1</v>
       </c>
       <c r="L304" t="s">
         <v>23</v>
       </c>
@@ -18605,210 +18605,210 @@
       </c>
       <c r="N304" t="s">
         <v>23</v>
       </c>
       <c r="O304" t="s">
         <v>23</v>
       </c>
       <c r="P304" t="s">
         <v>23</v>
       </c>
       <c r="Q304" t="s">
         <v>23</v>
       </c>
       <c r="R304">
         <v>74.48</v>
       </c>
     </row>
     <row r="305" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A305">
         <v>304</v>
       </c>
       <c r="B305" t="s">
         <v>117</v>
       </c>
       <c r="C305" t="s">
+        <v>533</v>
+      </c>
+      <c r="E305" t="s">
         <v>534</v>
-      </c>
-[...1 lines deleted...]
-        <v>535</v>
       </c>
       <c r="F305" t="s">
         <v>38</v>
       </c>
       <c r="G305" t="s">
         <v>22</v>
       </c>
       <c r="H305">
         <v>56</v>
       </c>
       <c r="I305" t="b">
         <v>0</v>
       </c>
       <c r="J305" t="s">
         <v>108</v>
       </c>
       <c r="K305">
         <v>1</v>
       </c>
       <c r="L305">
         <v>73.82</v>
       </c>
       <c r="M305" t="s">
         <v>23</v>
       </c>
       <c r="N305" t="s">
         <v>23</v>
       </c>
       <c r="O305" t="s">
         <v>23</v>
       </c>
       <c r="P305" t="s">
         <v>23</v>
       </c>
       <c r="Q305" t="s">
         <v>23</v>
       </c>
       <c r="R305">
         <v>73.82</v>
       </c>
     </row>
     <row r="306" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A306">
         <v>305</v>
       </c>
       <c r="B306" t="s">
+        <v>535</v>
+      </c>
+      <c r="C306" t="s">
         <v>536</v>
       </c>
-      <c r="C306" t="s">
+      <c r="E306" t="s">
         <v>537</v>
-      </c>
-[...1 lines deleted...]
-        <v>538</v>
       </c>
       <c r="F306" t="s">
         <v>38</v>
       </c>
       <c r="G306" t="s">
         <v>22</v>
       </c>
       <c r="H306">
         <v>57</v>
       </c>
       <c r="I306" t="b">
         <v>0</v>
       </c>
       <c r="J306" t="s">
         <v>108</v>
       </c>
       <c r="K306">
         <v>1</v>
       </c>
       <c r="L306">
         <v>73.81</v>
       </c>
       <c r="M306" t="s">
         <v>23</v>
       </c>
       <c r="N306" t="s">
         <v>23</v>
       </c>
       <c r="O306" t="s">
         <v>23</v>
       </c>
       <c r="P306" t="s">
         <v>23</v>
       </c>
       <c r="Q306" t="s">
         <v>23</v>
       </c>
       <c r="R306">
         <v>73.81</v>
       </c>
     </row>
     <row r="307" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A307">
         <v>306</v>
       </c>
       <c r="B307" t="s">
         <v>117</v>
       </c>
       <c r="C307" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="E307" t="s">
         <v>174</v>
       </c>
       <c r="F307" t="s">
         <v>48</v>
       </c>
       <c r="G307" t="s">
         <v>22</v>
       </c>
       <c r="H307">
         <v>28</v>
       </c>
       <c r="I307" t="b">
         <v>0</v>
       </c>
       <c r="J307" t="s">
         <v>108</v>
       </c>
       <c r="K307">
         <v>1</v>
       </c>
       <c r="L307" t="s">
         <v>23</v>
       </c>
       <c r="M307" t="s">
         <v>23</v>
       </c>
       <c r="N307">
         <v>73.51</v>
       </c>
       <c r="O307" t="s">
         <v>23</v>
       </c>
       <c r="P307" t="s">
         <v>23</v>
       </c>
       <c r="Q307" t="s">
         <v>23</v>
       </c>
       <c r="R307">
         <v>73.51</v>
       </c>
     </row>
     <row r="308" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A308">
         <v>307</v>
       </c>
       <c r="B308" t="s">
+        <v>539</v>
+      </c>
+      <c r="C308" t="s">
         <v>540</v>
-      </c>
-[...1 lines deleted...]
-        <v>541</v>
       </c>
       <c r="E308" t="s">
         <v>398</v>
       </c>
       <c r="F308" t="s">
         <v>38</v>
       </c>
       <c r="G308" t="s">
         <v>44</v>
       </c>
       <c r="H308">
         <v>17</v>
       </c>
       <c r="I308" t="b">
         <v>0</v>
       </c>
       <c r="J308" t="s">
         <v>108</v>
       </c>
       <c r="K308">
         <v>1</v>
       </c>
       <c r="L308">
         <v>73.32</v>
       </c>
@@ -18870,163 +18870,163 @@
       </c>
       <c r="M309" t="s">
         <v>23</v>
       </c>
       <c r="N309" t="s">
         <v>23</v>
       </c>
       <c r="O309" t="s">
         <v>23</v>
       </c>
       <c r="P309" t="s">
         <v>23</v>
       </c>
       <c r="Q309" t="s">
         <v>23</v>
       </c>
       <c r="R309">
         <v>73.31</v>
       </c>
     </row>
     <row r="310" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A310">
         <v>309</v>
       </c>
       <c r="B310" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="C310" t="s">
         <v>338</v>
       </c>
       <c r="E310" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="F310" t="s">
         <v>21</v>
       </c>
       <c r="G310" t="s">
         <v>44</v>
       </c>
       <c r="H310">
         <v>21</v>
       </c>
       <c r="I310" t="b">
         <v>0</v>
       </c>
       <c r="J310" t="s">
         <v>108</v>
       </c>
       <c r="K310">
         <v>1</v>
       </c>
       <c r="L310" t="s">
         <v>23</v>
       </c>
       <c r="M310" t="s">
         <v>23</v>
       </c>
       <c r="N310" t="s">
         <v>23</v>
       </c>
       <c r="O310" t="s">
         <v>23</v>
       </c>
       <c r="P310">
         <v>73.24</v>
       </c>
       <c r="Q310" t="s">
         <v>23</v>
       </c>
       <c r="R310">
         <v>73.24</v>
       </c>
     </row>
     <row r="311" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A311">
         <v>310</v>
       </c>
       <c r="B311" t="s">
         <v>52</v>
       </c>
       <c r="C311" t="s">
-        <v>544</v>
+        <v>543</v>
       </c>
       <c r="D311">
         <v>1948</v>
       </c>
       <c r="E311" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="F311" t="s">
         <v>21</v>
       </c>
       <c r="G311" t="s">
         <v>44</v>
       </c>
       <c r="H311">
         <v>22</v>
       </c>
       <c r="I311" t="b">
         <v>0</v>
       </c>
       <c r="J311" t="s">
         <v>108</v>
       </c>
       <c r="K311">
         <v>1</v>
       </c>
       <c r="L311">
         <v>73.14</v>
       </c>
       <c r="M311" t="s">
         <v>23</v>
       </c>
       <c r="N311" t="s">
         <v>23</v>
       </c>
       <c r="O311" t="s">
         <v>23</v>
       </c>
       <c r="P311" t="s">
         <v>23</v>
       </c>
       <c r="Q311" t="s">
         <v>23</v>
       </c>
       <c r="R311">
         <v>73.14</v>
       </c>
     </row>
     <row r="312" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A312">
         <v>311</v>
       </c>
       <c r="B312" t="s">
         <v>54</v>
       </c>
       <c r="C312" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="E312" t="s">
         <v>207</v>
       </c>
       <c r="F312" t="s">
         <v>48</v>
       </c>
       <c r="G312" t="s">
         <v>44</v>
       </c>
       <c r="H312">
         <v>9</v>
       </c>
       <c r="I312" t="b">
         <v>0</v>
       </c>
       <c r="J312" t="s">
         <v>108</v>
       </c>
       <c r="K312">
         <v>1</v>
       </c>
       <c r="L312" t="s">
         <v>23</v>
       </c>
@@ -19035,57 +19035,57 @@
       </c>
       <c r="N312" t="s">
         <v>23</v>
       </c>
       <c r="O312" t="s">
         <v>23</v>
       </c>
       <c r="P312">
         <v>72.6</v>
       </c>
       <c r="Q312" t="s">
         <v>23</v>
       </c>
       <c r="R312">
         <v>72.6</v>
       </c>
     </row>
     <row r="313" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A313">
         <v>312</v>
       </c>
       <c r="B313" t="s">
         <v>222</v>
       </c>
       <c r="C313" t="s">
-        <v>546</v>
+        <v>545</v>
       </c>
       <c r="D313">
         <v>1124</v>
       </c>
       <c r="E313" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="F313" t="s">
         <v>38</v>
       </c>
       <c r="G313" t="s">
         <v>22</v>
       </c>
       <c r="H313">
         <v>58</v>
       </c>
       <c r="I313" t="b">
         <v>0</v>
       </c>
       <c r="J313" t="s">
         <v>108</v>
       </c>
       <c r="K313">
         <v>0</v>
       </c>
       <c r="L313" t="s">
         <v>23</v>
       </c>
       <c r="M313" t="s">
         <v>23</v>
       </c>
@@ -19150,313 +19150,313 @@
       </c>
       <c r="O314" t="s">
         <v>23</v>
       </c>
       <c r="P314">
         <v>70.68</v>
       </c>
       <c r="Q314" t="s">
         <v>23</v>
       </c>
       <c r="R314">
         <v>70.68</v>
       </c>
     </row>
     <row r="315" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A315">
         <v>314</v>
       </c>
       <c r="B315" t="s">
         <v>237</v>
       </c>
       <c r="C315" t="s">
         <v>208</v>
       </c>
       <c r="E315" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="F315" t="s">
         <v>89</v>
       </c>
       <c r="G315" t="s">
         <v>22</v>
       </c>
       <c r="H315">
         <v>2</v>
       </c>
       <c r="I315" t="b">
         <v>0</v>
       </c>
       <c r="J315" t="s">
         <v>108</v>
       </c>
       <c r="K315">
         <v>1</v>
       </c>
       <c r="L315" t="s">
         <v>23</v>
       </c>
       <c r="M315" t="s">
         <v>23</v>
       </c>
       <c r="N315" t="s">
         <v>23</v>
       </c>
       <c r="O315" t="s">
         <v>23</v>
       </c>
       <c r="P315">
         <v>70.1</v>
       </c>
       <c r="Q315" t="s">
         <v>23</v>
       </c>
       <c r="R315">
         <v>70.1</v>
       </c>
     </row>
     <row r="316" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A316">
         <v>315</v>
       </c>
       <c r="B316" t="s">
+        <v>547</v>
+      </c>
+      <c r="C316" t="s">
         <v>548</v>
-      </c>
-[...1 lines deleted...]
-        <v>549</v>
       </c>
       <c r="E316" t="s">
         <v>23</v>
       </c>
       <c r="F316" t="s">
         <v>21</v>
       </c>
       <c r="G316" t="s">
         <v>44</v>
       </c>
       <c r="H316">
         <v>23</v>
       </c>
       <c r="I316" t="b">
         <v>0</v>
       </c>
       <c r="J316" t="s">
         <v>108</v>
       </c>
       <c r="K316">
         <v>1</v>
       </c>
       <c r="L316" t="s">
         <v>23</v>
       </c>
       <c r="M316" t="s">
         <v>23</v>
       </c>
       <c r="N316" t="s">
         <v>23</v>
       </c>
       <c r="O316" t="s">
         <v>23</v>
       </c>
       <c r="P316" t="s">
         <v>23</v>
       </c>
       <c r="Q316">
         <v>70.05</v>
       </c>
       <c r="R316">
         <v>70.05</v>
       </c>
     </row>
     <row r="317" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A317">
         <v>316</v>
       </c>
       <c r="B317" t="s">
+        <v>549</v>
+      </c>
+      <c r="C317" t="s">
         <v>550</v>
-      </c>
-[...1 lines deleted...]
-        <v>551</v>
       </c>
       <c r="E317" t="s">
         <v>23</v>
       </c>
       <c r="F317" t="s">
         <v>21</v>
       </c>
       <c r="G317" t="s">
         <v>44</v>
       </c>
       <c r="H317">
         <v>24</v>
       </c>
       <c r="I317" t="b">
         <v>0</v>
       </c>
       <c r="J317" t="s">
         <v>108</v>
       </c>
       <c r="K317">
         <v>1</v>
       </c>
       <c r="L317" t="s">
         <v>23</v>
       </c>
       <c r="M317" t="s">
         <v>23</v>
       </c>
       <c r="N317" t="s">
         <v>23</v>
       </c>
       <c r="O317" t="s">
         <v>23</v>
       </c>
       <c r="P317" t="s">
         <v>23</v>
       </c>
       <c r="Q317">
         <v>70.04</v>
       </c>
       <c r="R317">
         <v>70.04</v>
       </c>
     </row>
     <row r="318" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A318">
         <v>317</v>
       </c>
       <c r="B318" t="s">
+        <v>551</v>
+      </c>
+      <c r="C318" t="s">
         <v>552</v>
-      </c>
-[...1 lines deleted...]
-        <v>553</v>
       </c>
       <c r="E318" t="s">
         <v>23</v>
       </c>
       <c r="F318" t="s">
         <v>21</v>
       </c>
       <c r="G318" t="s">
         <v>44</v>
       </c>
       <c r="H318">
         <v>25</v>
       </c>
       <c r="I318" t="b">
         <v>0</v>
       </c>
       <c r="J318" t="s">
         <v>108</v>
       </c>
       <c r="K318">
         <v>1</v>
       </c>
       <c r="L318" t="s">
         <v>23</v>
       </c>
       <c r="M318" t="s">
         <v>23</v>
       </c>
       <c r="N318" t="s">
         <v>23</v>
       </c>
       <c r="O318" t="s">
         <v>23</v>
       </c>
       <c r="P318" t="s">
         <v>23</v>
       </c>
       <c r="Q318">
         <v>70.01</v>
       </c>
       <c r="R318">
         <v>70.01</v>
       </c>
     </row>
     <row r="319" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A319">
         <v>318</v>
       </c>
       <c r="B319" t="s">
+        <v>553</v>
+      </c>
+      <c r="C319" t="s">
         <v>554</v>
-      </c>
-[...1 lines deleted...]
-        <v>555</v>
       </c>
       <c r="E319" t="s">
         <v>23</v>
       </c>
       <c r="F319" t="s">
         <v>21</v>
       </c>
       <c r="G319" t="s">
         <v>22</v>
       </c>
       <c r="H319">
         <v>60</v>
       </c>
       <c r="I319" t="b">
         <v>0</v>
       </c>
       <c r="J319" t="s">
         <v>108</v>
       </c>
       <c r="K319">
         <v>0</v>
       </c>
       <c r="L319" t="s">
         <v>23</v>
       </c>
       <c r="M319" t="s">
         <v>23</v>
       </c>
       <c r="N319" t="s">
         <v>23</v>
       </c>
       <c r="O319" t="s">
         <v>23</v>
       </c>
       <c r="P319" t="s">
         <v>23</v>
       </c>
       <c r="Q319" t="s">
         <v>23</v>
       </c>
       <c r="R319">
         <v>69.49</v>
       </c>
     </row>
     <row r="320" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A320">
         <v>319</v>
       </c>
       <c r="B320" t="s">
+        <v>555</v>
+      </c>
+      <c r="C320" t="s">
         <v>556</v>
-      </c>
-[...1 lines deleted...]
-        <v>557</v>
       </c>
       <c r="D320">
         <v>2056</v>
       </c>
       <c r="E320" t="s">
         <v>23</v>
       </c>
       <c r="F320" t="s">
         <v>21</v>
       </c>
       <c r="G320" t="s">
         <v>44</v>
       </c>
       <c r="H320">
         <v>26</v>
       </c>
       <c r="I320" t="b">
         <v>0</v>
       </c>
       <c r="J320" t="s">
         <v>108</v>
       </c>
       <c r="K320">
         <v>1</v>
       </c>
@@ -19468,101 +19468,101 @@
       </c>
       <c r="N320" t="s">
         <v>23</v>
       </c>
       <c r="O320" t="s">
         <v>23</v>
       </c>
       <c r="P320" t="s">
         <v>23</v>
       </c>
       <c r="Q320" t="s">
         <v>23</v>
       </c>
       <c r="R320">
         <v>68.36</v>
       </c>
     </row>
     <row r="321" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A321">
         <v>320</v>
       </c>
       <c r="B321" t="s">
         <v>205</v>
       </c>
       <c r="C321" t="s">
-        <v>558</v>
+        <v>557</v>
       </c>
       <c r="E321" t="s">
         <v>37</v>
       </c>
       <c r="F321" t="s">
         <v>38</v>
       </c>
       <c r="G321" t="s">
         <v>22</v>
       </c>
       <c r="H321">
         <v>59</v>
       </c>
       <c r="I321" t="b">
         <v>0</v>
       </c>
       <c r="J321" t="s">
         <v>108</v>
       </c>
       <c r="K321">
         <v>1</v>
       </c>
       <c r="L321" t="s">
         <v>23</v>
       </c>
       <c r="M321" t="s">
         <v>23</v>
       </c>
       <c r="N321">
         <v>65.47</v>
       </c>
       <c r="O321" t="s">
         <v>23</v>
       </c>
       <c r="P321" t="s">
         <v>23</v>
       </c>
       <c r="Q321" t="s">
         <v>23</v>
       </c>
       <c r="R321">
         <v>65.47</v>
       </c>
     </row>
     <row r="322" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A322">
         <v>321</v>
       </c>
       <c r="B322" t="s">
-        <v>559</v>
+        <v>558</v>
       </c>
       <c r="C322" t="s">
         <v>178</v>
       </c>
       <c r="D322">
         <v>1011</v>
       </c>
       <c r="E322" t="s">
         <v>26</v>
       </c>
       <c r="F322" t="s">
         <v>38</v>
       </c>
       <c r="G322" t="s">
         <v>44</v>
       </c>
       <c r="H322">
         <v>18</v>
       </c>
       <c r="I322" t="b">
         <v>0</v>
       </c>
       <c r="J322" t="s">
         <v>108</v>
       </c>
@@ -19574,54 +19574,54 @@
       </c>
       <c r="M322" t="s">
         <v>23</v>
       </c>
       <c r="N322" t="s">
         <v>23</v>
       </c>
       <c r="O322" t="s">
         <v>23</v>
       </c>
       <c r="P322" t="s">
         <v>23</v>
       </c>
       <c r="Q322">
         <v>65.39</v>
       </c>
       <c r="R322">
         <v>65.39</v>
       </c>
     </row>
     <row r="323" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A323">
         <v>322</v>
       </c>
       <c r="B323" t="s">
+        <v>559</v>
+      </c>
+      <c r="C323" t="s">
         <v>560</v>
-      </c>
-[...1 lines deleted...]
-        <v>561</v>
       </c>
       <c r="E323" t="s">
         <v>207</v>
       </c>
       <c r="F323" t="s">
         <v>48</v>
       </c>
       <c r="G323" t="s">
         <v>22</v>
       </c>
       <c r="H323">
         <v>29</v>
       </c>
       <c r="I323" t="b">
         <v>0</v>
       </c>
       <c r="J323" t="s">
         <v>108</v>
       </c>
       <c r="K323">
         <v>1</v>
       </c>
       <c r="L323" t="s">
         <v>23</v>
       </c>
@@ -19683,107 +19683,107 @@
       </c>
       <c r="M324" t="s">
         <v>23</v>
       </c>
       <c r="N324" t="s">
         <v>23</v>
       </c>
       <c r="O324" t="s">
         <v>23</v>
       </c>
       <c r="P324" t="s">
         <v>23</v>
       </c>
       <c r="Q324" t="s">
         <v>23</v>
       </c>
       <c r="R324">
         <v>60.63</v>
       </c>
     </row>
     <row r="325" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A325">
         <v>324</v>
       </c>
       <c r="B325" t="s">
+        <v>561</v>
+      </c>
+      <c r="C325" t="s">
         <v>562</v>
       </c>
-      <c r="C325" t="s">
+      <c r="E325" t="s">
         <v>563</v>
-      </c>
-[...1 lines deleted...]
-        <v>564</v>
       </c>
       <c r="F325" t="s">
         <v>38</v>
       </c>
       <c r="G325" t="s">
         <v>44</v>
       </c>
       <c r="H325">
         <v>19</v>
       </c>
       <c r="I325" t="b">
         <v>0</v>
       </c>
       <c r="J325" t="s">
         <v>108</v>
       </c>
       <c r="K325">
         <v>1</v>
       </c>
       <c r="L325" t="s">
         <v>23</v>
       </c>
       <c r="M325" t="s">
         <v>23</v>
       </c>
       <c r="N325" t="s">
         <v>23</v>
       </c>
       <c r="O325" t="s">
         <v>23</v>
       </c>
       <c r="P325">
         <v>51.54</v>
       </c>
       <c r="Q325" t="s">
         <v>23</v>
       </c>
       <c r="R325">
         <v>51.54</v>
       </c>
     </row>
     <row r="326" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A326">
         <v>325</v>
       </c>
       <c r="B326" t="s">
         <v>298</v>
       </c>
       <c r="C326" t="s">
-        <v>565</v>
+        <v>564</v>
       </c>
       <c r="D326">
         <v>1686</v>
       </c>
       <c r="E326" t="s">
         <v>26</v>
       </c>
       <c r="F326" t="s">
         <v>27</v>
       </c>
       <c r="G326" t="s">
         <v>22</v>
       </c>
       <c r="H326">
         <v>76</v>
       </c>
       <c r="I326" t="b">
         <v>0</v>
       </c>
       <c r="J326" t="s">
         <v>108</v>
       </c>
       <c r="K326">
         <v>1</v>
       </c>
@@ -19792,54 +19792,54 @@
       </c>
       <c r="M326" t="s">
         <v>23</v>
       </c>
       <c r="N326" t="s">
         <v>23</v>
       </c>
       <c r="O326" t="s">
         <v>23</v>
       </c>
       <c r="P326" t="s">
         <v>23</v>
       </c>
       <c r="Q326" t="s">
         <v>23</v>
       </c>
       <c r="R326">
         <v>0</v>
       </c>
     </row>
     <row r="327" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A327">
         <v>326</v>
       </c>
       <c r="B327" t="s">
+        <v>565</v>
+      </c>
+      <c r="C327" t="s">
         <v>566</v>
-      </c>
-[...1 lines deleted...]
-        <v>567</v>
       </c>
       <c r="D327">
         <v>646</v>
       </c>
       <c r="E327" t="s">
         <v>23</v>
       </c>
       <c r="F327" t="s">
         <v>38</v>
       </c>
       <c r="G327" t="s">
         <v>22</v>
       </c>
       <c r="H327">
         <v>60</v>
       </c>
       <c r="I327" t="b">
         <v>0</v>
       </c>
       <c r="J327" t="s">
         <v>108</v>
       </c>
       <c r="K327">
         <v>1</v>
       </c>
@@ -19851,51 +19851,51 @@
       </c>
       <c r="N327" t="s">
         <v>23</v>
       </c>
       <c r="O327" t="s">
         <v>23</v>
       </c>
       <c r="P327" t="s">
         <v>23</v>
       </c>
       <c r="Q327">
         <v>0</v>
       </c>
       <c r="R327">
         <v>0</v>
       </c>
     </row>
     <row r="328" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A328">
         <v>327</v>
       </c>
       <c r="B328" t="s">
         <v>126</v>
       </c>
       <c r="C328" t="s">
-        <v>568</v>
+        <v>567</v>
       </c>
       <c r="E328" t="s">
         <v>23</v>
       </c>
       <c r="F328" t="s">
         <v>27</v>
       </c>
       <c r="G328" t="s">
         <v>22</v>
       </c>
       <c r="H328">
         <v>77</v>
       </c>
       <c r="I328" t="b">
         <v>0</v>
       </c>
       <c r="J328" t="s">
         <v>108</v>
       </c>
       <c r="K328">
         <v>1</v>
       </c>
       <c r="L328">
         <v>0</v>
       </c>
@@ -19904,51 +19904,51 @@
       </c>
       <c r="N328" t="s">
         <v>23</v>
       </c>
       <c r="O328" t="s">
         <v>23</v>
       </c>
       <c r="P328" t="s">
         <v>23</v>
       </c>
       <c r="Q328" t="s">
         <v>23</v>
       </c>
       <c r="R328">
         <v>0</v>
       </c>
     </row>
     <row r="329" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A329">
         <v>328</v>
       </c>
       <c r="B329" t="s">
         <v>191</v>
       </c>
       <c r="C329" t="s">
-        <v>569</v>
+        <v>568</v>
       </c>
       <c r="E329" t="s">
         <v>294</v>
       </c>
       <c r="F329" t="s">
         <v>21</v>
       </c>
       <c r="G329" t="s">
         <v>44</v>
       </c>
       <c r="H329">
         <v>27</v>
       </c>
       <c r="I329" t="b">
         <v>0</v>
       </c>
       <c r="J329" t="s">
         <v>108</v>
       </c>
       <c r="K329">
         <v>1</v>
       </c>
       <c r="L329">
         <v>0</v>
       </c>