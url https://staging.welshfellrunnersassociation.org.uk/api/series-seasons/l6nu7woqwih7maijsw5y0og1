--- v0 (2025-10-18)
+++ v1 (2025-12-03)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Data" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="901" uniqueCount="300">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="902" uniqueCount="300">
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>WFRA membership no</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>Age Category</t>
   </si>
   <si>
     <t>Class</t>
   </si>
   <si>
     <t>Category Position</t>
   </si>
   <si>
@@ -4511,54 +4511,54 @@
       <c r="C80" t="s">
         <v>186</v>
       </c>
       <c r="D80">
         <v>2459</v>
       </c>
       <c r="E80" t="s">
         <v>187</v>
       </c>
       <c r="F80" t="s">
         <v>29</v>
       </c>
       <c r="G80" t="s">
         <v>17</v>
       </c>
       <c r="H80">
         <v>14</v>
       </c>
       <c r="I80" t="b">
         <v>0</v>
       </c>
       <c r="J80" t="s">
         <v>148</v>
       </c>
       <c r="K80">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>105.3</v>
+        <v>0</v>
+      </c>
+      <c r="L80" t="s">
+        <v>18</v>
       </c>
       <c r="M80">
         <v>105.3</v>
       </c>
     </row>
     <row r="81" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
         <v>38</v>
       </c>
       <c r="C81" t="s">
         <v>188</v>
       </c>
       <c r="D81">
         <v>1686</v>
       </c>
       <c r="E81" t="s">
         <v>74</v>
       </c>
       <c r="F81" t="s">
         <v>22</v>
       </c>
       <c r="G81" t="s">