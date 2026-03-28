--- v0 (2025-10-20)
+++ v1 (2026-03-28)
@@ -1499,50 +1499,53 @@
         <v>23</v>
       </c>
       <c r="O9" t="s">
         <v>23</v>
       </c>
       <c r="P9" t="s">
         <v>23</v>
       </c>
       <c r="Q9">
         <v>97.91</v>
       </c>
       <c r="R9">
         <v>196.3</v>
       </c>
     </row>
     <row r="10" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A10">
         <v>33</v>
       </c>
       <c r="B10" t="s">
         <v>46</v>
       </c>
       <c r="C10" t="s">
         <v>47</v>
       </c>
+      <c r="D10">
+        <v>2559</v>
+      </c>
       <c r="E10" t="s">
         <v>23</v>
       </c>
       <c r="F10" t="s">
         <v>28</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>3</v>
       </c>
       <c r="I10" t="b">
         <v>0</v>
       </c>
       <c r="J10" t="s">
         <v>38</v>
       </c>
       <c r="K10">
         <v>2</v>
       </c>
       <c r="L10">
         <v>97.92</v>
       </c>
       <c r="M10">
@@ -2797,50 +2800,53 @@
       <c r="N33" t="s">
         <v>23</v>
       </c>
       <c r="O33">
         <v>115.17</v>
       </c>
       <c r="P33" t="s">
         <v>23</v>
       </c>
       <c r="Q33" t="s">
         <v>23</v>
       </c>
       <c r="R33">
         <v>115.17</v>
       </c>
     </row>
     <row r="34" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A34">
         <v>57</v>
       </c>
       <c r="B34" t="s">
         <v>94</v>
       </c>
       <c r="C34" t="s">
         <v>95</v>
+      </c>
+      <c r="D34">
+        <v>2505</v>
       </c>
       <c r="E34" t="s">
         <v>23</v>
       </c>
       <c r="F34" t="s">
         <v>36</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>3</v>
       </c>
       <c r="I34" t="b">
         <v>0</v>
       </c>
       <c r="J34" t="s">
         <v>38</v>
       </c>
       <c r="K34">
         <v>1</v>
       </c>
       <c r="L34" t="s">
         <v>23</v>
       </c>