--- v0 (2025-10-19)
+++ v1 (2025-12-08)
@@ -8,104 +8,101 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Data" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="933" uniqueCount="181">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="890" uniqueCount="180">
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>WFRA membership no</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>Age Category</t>
   </si>
   <si>
     <t>Class</t>
   </si>
   <si>
     <t>Category Position</t>
   </si>
   <si>
     <t>Eligible</t>
   </si>
   <si>
     <t>IneligibleReasons</t>
   </si>
   <si>
     <t>Race count</t>
   </si>
   <si>
     <t>Allt Wen Juniors</t>
   </si>
   <si>
     <t>Ras Moel Wnion Juniors</t>
   </si>
   <si>
     <t>Moel Eilio Juniors</t>
   </si>
   <si>
     <t>Moel-y-Gamelin Junior races</t>
   </si>
   <si>
     <t>Mynydd Twr/Holyhead Mountain Juniors</t>
   </si>
   <si>
     <t>Rasys Cedris /Wales Junior Champs</t>
-  </si>
-[...1 lines deleted...]
-    <t>Rasys Cedris /Wales Junior Champs (2)</t>
   </si>
   <si>
     <t>Score</t>
   </si>
   <si>
     <t>Poppy</t>
   </si>
   <si>
     <t>Collins</t>
   </si>
   <si>
     <t>Rhedwyr Eryri Harriers</t>
   </si>
   <si>
     <t>U11</t>
   </si>
   <si>
     <t>F</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Nia</t>
   </si>
@@ -931,54 +928,54 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:S89"/>
+  <dimension ref="A1:R89"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <sheetData>
-    <row r="1" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
@@ -989,5126 +986,4859 @@
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
       <c r="O1" t="s">
         <v>14</v>
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
-      <c r="S1" t="s">
+    </row>
+    <row r="2" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A2">
+        <v>1</v>
+      </c>
+      <c r="B2" t="s">
         <v>18</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B2" t="s">
+      <c r="C2" t="s">
         <v>19</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>20</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
         <v>21</v>
       </c>
-      <c r="F2" t="s">
+      <c r="G2" t="s">
         <v>22</v>
       </c>
-      <c r="G2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H2">
         <v>1</v>
       </c>
       <c r="I2" t="b">
         <v>1</v>
       </c>
       <c r="J2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K2">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L2">
         <v>112.96</v>
       </c>
       <c r="M2">
         <v>121.03</v>
       </c>
       <c r="N2">
         <v>110.57</v>
       </c>
       <c r="O2">
         <v>126.82</v>
       </c>
       <c r="P2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R2">
-        <v>134.19</v>
-[...1 lines deleted...]
-      <c r="S2">
         <v>382.04</v>
       </c>
     </row>
-    <row r="3" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
+        <v>24</v>
+      </c>
+      <c r="C3" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="D3">
         <v>1901</v>
       </c>
       <c r="E3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F3" t="s">
         <v>27</v>
       </c>
-      <c r="F3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G3" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="H3">
         <v>1</v>
       </c>
       <c r="I3" t="b">
         <v>1</v>
       </c>
       <c r="J3" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="L3">
         <v>128.88</v>
       </c>
       <c r="M3">
         <v>101.89</v>
       </c>
       <c r="N3">
         <v>99.15</v>
       </c>
       <c r="O3">
         <v>118.05</v>
       </c>
       <c r="P3">
         <v>105</v>
       </c>
       <c r="Q3" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R3">
-        <v>122.92</v>
-[...1 lines deleted...]
-      <c r="S3">
         <v>369.85</v>
       </c>
     </row>
-    <row r="4" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
+        <v>28</v>
+      </c>
+      <c r="C4" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="D4">
         <v>1830</v>
       </c>
       <c r="E4" t="s">
+        <v>30</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
         <v>31</v>
       </c>
-      <c r="F4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H4">
         <v>1</v>
       </c>
       <c r="I4" t="b">
         <v>1</v>
       </c>
       <c r="J4" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K4">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="L4">
         <v>113.3</v>
       </c>
       <c r="M4">
         <v>121.28</v>
       </c>
       <c r="N4">
         <v>120.96</v>
       </c>
       <c r="O4">
         <v>117.4</v>
       </c>
       <c r="P4">
         <v>120.98</v>
       </c>
       <c r="Q4" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R4">
-        <v>112.39</v>
-[...1 lines deleted...]
-      <c r="S4">
         <v>363.22</v>
       </c>
     </row>
-    <row r="5" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="D5">
         <v>1973</v>
       </c>
       <c r="E5" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="G5" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H5">
         <v>1</v>
       </c>
       <c r="I5" t="b">
         <v>1</v>
       </c>
       <c r="J5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K5">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L5">
         <v>125.07</v>
       </c>
       <c r="M5">
         <v>117.16</v>
       </c>
       <c r="N5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O5">
         <v>103.83</v>
       </c>
       <c r="P5">
         <v>115.11</v>
       </c>
       <c r="Q5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R5">
-        <v>113.54</v>
-[...1 lines deleted...]
-      <c r="S5">
         <v>357.34</v>
       </c>
     </row>
-    <row r="6" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="D6">
         <v>1933</v>
       </c>
       <c r="E6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H6">
         <v>2</v>
       </c>
       <c r="I6" t="b">
         <v>1</v>
       </c>
       <c r="J6" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K6">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="L6">
         <v>111.18</v>
       </c>
       <c r="M6">
         <v>119.85</v>
       </c>
       <c r="N6">
         <v>114.32</v>
       </c>
       <c r="O6">
         <v>113.26</v>
       </c>
       <c r="P6">
         <v>120.47</v>
       </c>
       <c r="Q6" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R6">
-        <v>107.75</v>
-[...1 lines deleted...]
-      <c r="S6">
         <v>354.64</v>
       </c>
     </row>
-    <row r="7" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="D7">
         <v>1989</v>
       </c>
       <c r="E7" t="s">
+        <v>40</v>
+      </c>
+      <c r="F7" t="s">
         <v>41</v>
       </c>
-      <c r="F7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G7" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H7">
         <v>1</v>
       </c>
       <c r="I7" t="b">
         <v>1</v>
       </c>
       <c r="J7" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K7">
         <v>4</v>
       </c>
       <c r="L7">
         <v>106.17</v>
       </c>
       <c r="M7">
         <v>116.3</v>
       </c>
       <c r="N7">
         <v>116.16</v>
       </c>
       <c r="O7" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P7">
         <v>117.33</v>
       </c>
       <c r="Q7" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S7">
+        <v>23</v>
+      </c>
+      <c r="R7">
         <v>349.79</v>
       </c>
     </row>
-    <row r="8" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C8" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="D8">
         <v>1990</v>
       </c>
       <c r="E8" t="s">
+        <v>43</v>
+      </c>
+      <c r="F8" t="s">
         <v>44</v>
       </c>
-      <c r="F8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G8" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H8">
         <v>1</v>
       </c>
       <c r="I8" t="b">
         <v>1</v>
       </c>
       <c r="J8" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K8">
         <v>4</v>
       </c>
       <c r="L8">
         <v>117.02</v>
       </c>
       <c r="M8">
         <v>110.98</v>
       </c>
       <c r="N8">
         <v>117</v>
       </c>
       <c r="O8" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P8">
         <v>100</v>
       </c>
       <c r="Q8" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S8">
+        <v>23</v>
+      </c>
+      <c r="R8">
         <v>345</v>
       </c>
     </row>
-    <row r="9" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
+        <v>45</v>
+      </c>
+      <c r="C9" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="D9">
         <v>1987</v>
       </c>
       <c r="E9" t="s">
+        <v>26</v>
+      </c>
+      <c r="F9" t="s">
         <v>27</v>
       </c>
-      <c r="F9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G9" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H9">
         <v>2</v>
       </c>
       <c r="I9" t="b">
         <v>1</v>
       </c>
       <c r="J9" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K9">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L9">
         <v>116.54</v>
       </c>
       <c r="M9" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N9">
         <v>112.97</v>
       </c>
       <c r="O9">
         <v>99.6</v>
       </c>
       <c r="P9">
         <v>109.23</v>
       </c>
       <c r="Q9" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R9">
-        <v>110.3</v>
-[...1 lines deleted...]
-      <c r="S9">
         <v>339.81</v>
       </c>
     </row>
-    <row r="10" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
+        <v>47</v>
+      </c>
+      <c r="C10" t="s">
         <v>48</v>
       </c>
-      <c r="C10" t="s">
+      <c r="E10" t="s">
         <v>49</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="G10" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H10">
         <v>3</v>
       </c>
       <c r="I10" t="b">
         <v>1</v>
       </c>
       <c r="J10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K10">
         <v>3</v>
       </c>
       <c r="L10">
         <v>124.43</v>
       </c>
       <c r="M10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N10">
         <v>110.87</v>
       </c>
       <c r="O10">
         <v>96.82</v>
       </c>
       <c r="P10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q10" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S10">
+        <v>23</v>
+      </c>
+      <c r="R10">
         <v>332.12</v>
       </c>
     </row>
-    <row r="11" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
+        <v>50</v>
+      </c>
+      <c r="C11" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="D11">
         <v>1764</v>
       </c>
       <c r="E11" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="G11" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H11">
         <v>2</v>
       </c>
       <c r="I11" t="b">
         <v>1</v>
       </c>
       <c r="J11" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K11">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="L11">
         <v>108.53</v>
       </c>
       <c r="M11">
         <v>116.75</v>
       </c>
       <c r="N11">
         <v>87.21</v>
       </c>
       <c r="O11">
         <v>100</v>
       </c>
       <c r="P11">
         <v>106.4</v>
       </c>
       <c r="Q11" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R11">
-        <v>106.49</v>
-[...1 lines deleted...]
-      <c r="S11">
         <v>331.77</v>
       </c>
     </row>
-    <row r="12" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
+        <v>52</v>
+      </c>
+      <c r="C12" t="s">
         <v>53</v>
       </c>
-      <c r="C12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="G12" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H12">
         <v>4</v>
       </c>
       <c r="I12" t="b">
         <v>1</v>
       </c>
       <c r="J12" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L12" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M12">
         <v>111.47</v>
       </c>
       <c r="N12">
         <v>105.89</v>
       </c>
       <c r="O12" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P12">
         <v>99.1</v>
       </c>
       <c r="Q12" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R12">
-        <v>113.86</v>
-[...1 lines deleted...]
-      <c r="S12">
         <v>331.22</v>
       </c>
     </row>
-    <row r="13" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
+        <v>54</v>
+      </c>
+      <c r="C13" t="s">
         <v>55</v>
       </c>
-      <c r="C13" t="s">
+      <c r="E13" t="s">
         <v>56</v>
       </c>
-      <c r="E13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F13" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="G13" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="H13">
         <v>1</v>
       </c>
       <c r="I13" t="b">
         <v>1</v>
       </c>
       <c r="J13" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K13">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L13" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M13">
         <v>106.94</v>
       </c>
       <c r="N13">
         <v>110.94</v>
       </c>
       <c r="O13">
         <v>106.96</v>
       </c>
       <c r="P13">
         <v>100.75</v>
       </c>
       <c r="Q13" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R13">
-        <v>109.85</v>
-[...1 lines deleted...]
-      <c r="S13">
         <v>327.75</v>
       </c>
     </row>
-    <row r="14" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D14">
         <v>1935</v>
       </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F14" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G14" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="H14">
         <v>1</v>
       </c>
       <c r="I14" t="b">
         <v>1</v>
       </c>
       <c r="J14" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K14">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="L14">
         <v>88.63</v>
       </c>
       <c r="M14">
         <v>106.78</v>
       </c>
       <c r="N14">
         <v>105.54</v>
       </c>
       <c r="O14">
         <v>101.2</v>
       </c>
       <c r="P14">
         <v>102.35</v>
       </c>
       <c r="Q14" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R14">
-        <v>113.36</v>
-[...1 lines deleted...]
-      <c r="S14">
         <v>325.68</v>
       </c>
     </row>
-    <row r="15" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
         <v>20</v>
       </c>
-      <c r="E15" t="s">
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="F15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G15" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H15">
         <v>3</v>
       </c>
       <c r="I15" t="b">
         <v>1</v>
       </c>
       <c r="J15" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K15">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="L15">
         <v>102.71</v>
       </c>
       <c r="M15">
         <v>115.94</v>
       </c>
       <c r="N15">
         <v>101.11</v>
       </c>
       <c r="O15">
         <v>103.13</v>
       </c>
       <c r="P15">
         <v>105.13</v>
       </c>
       <c r="Q15" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R15">
-        <v>103.6</v>
-[...1 lines deleted...]
-      <c r="S15">
         <v>324.67</v>
       </c>
     </row>
-    <row r="16" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D16">
         <v>1934</v>
       </c>
       <c r="E16" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F16" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G16" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="H16">
         <v>2</v>
       </c>
       <c r="I16" t="b">
         <v>1</v>
       </c>
       <c r="J16" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K16">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="L16">
         <v>100.38</v>
       </c>
       <c r="M16">
         <v>104.58</v>
       </c>
       <c r="N16">
         <v>108.55</v>
       </c>
       <c r="O16">
         <v>107.74</v>
       </c>
       <c r="P16">
         <v>104.37</v>
       </c>
       <c r="Q16" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R16">
-        <v>104.01</v>
-[...1 lines deleted...]
-      <c r="S16">
         <v>320.87</v>
       </c>
     </row>
-    <row r="17" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C17" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="E17" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F17" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H17">
         <v>4</v>
       </c>
       <c r="I17" t="b">
         <v>1</v>
       </c>
       <c r="J17" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K17">
         <v>5</v>
       </c>
       <c r="L17">
         <v>104.19</v>
       </c>
       <c r="M17">
         <v>105.06</v>
       </c>
       <c r="N17">
         <v>103.8</v>
       </c>
       <c r="O17">
         <v>102.99</v>
       </c>
       <c r="P17">
         <v>108.89</v>
       </c>
       <c r="Q17" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S17">
+        <v>23</v>
+      </c>
+      <c r="R17">
         <v>318.14</v>
       </c>
     </row>
-    <row r="18" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D18">
         <v>1787</v>
       </c>
       <c r="E18" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G18" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H18">
         <v>2</v>
       </c>
       <c r="I18" t="b">
         <v>1</v>
       </c>
       <c r="J18" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K18">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L18">
         <v>103.87</v>
       </c>
       <c r="M18">
         <v>102.9</v>
       </c>
       <c r="N18">
         <v>87.32</v>
       </c>
       <c r="O18">
         <v>104.22</v>
       </c>
       <c r="P18" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q18" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R18">
-        <v>105.39</v>
-[...1 lines deleted...]
-      <c r="S18">
         <v>313.48</v>
       </c>
     </row>
-    <row r="19" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>63</v>
+      </c>
+      <c r="C19" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="D19">
         <v>2069</v>
       </c>
       <c r="E19" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F19" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="G19" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H19">
         <v>1</v>
       </c>
       <c r="I19" t="b">
         <v>1</v>
       </c>
       <c r="J19" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L19">
         <v>105.66</v>
       </c>
       <c r="M19" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N19" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O19">
         <v>103.07</v>
       </c>
       <c r="P19">
         <v>97.76</v>
       </c>
       <c r="Q19" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R19">
-        <v>98.72</v>
-[...1 lines deleted...]
-      <c r="S19">
         <v>307.45</v>
       </c>
     </row>
-    <row r="20" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C20" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="E20" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F20" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="G20" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H20">
         <v>2</v>
       </c>
       <c r="I20" t="b">
         <v>1</v>
       </c>
       <c r="J20" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K20">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L20" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M20">
         <v>100</v>
       </c>
       <c r="N20">
         <v>87.59</v>
       </c>
       <c r="O20">
         <v>101.48</v>
       </c>
       <c r="P20">
         <v>101.09</v>
       </c>
       <c r="Q20" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R20">
-        <v>91.87</v>
-[...1 lines deleted...]
-      <c r="S20">
         <v>302.57</v>
       </c>
     </row>
-    <row r="21" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="C21" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="D21">
         <v>1991</v>
       </c>
       <c r="E21" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F21" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="G21" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H21">
         <v>5</v>
       </c>
       <c r="I21" t="b">
         <v>1</v>
       </c>
       <c r="J21" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K21">
         <v>3</v>
       </c>
       <c r="L21">
         <v>84.72</v>
       </c>
       <c r="M21">
         <v>108.92</v>
       </c>
       <c r="N21" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O21" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P21">
         <v>108.03</v>
       </c>
       <c r="Q21" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S21">
+        <v>23</v>
+      </c>
+      <c r="R21">
         <v>301.67</v>
       </c>
     </row>
-    <row r="22" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
+        <v>68</v>
+      </c>
+      <c r="C22" t="s">
         <v>69</v>
       </c>
-      <c r="C22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E22" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="H22">
         <v>2</v>
       </c>
       <c r="I22" t="b">
         <v>1</v>
       </c>
       <c r="J22" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K22">
         <v>3</v>
       </c>
       <c r="L22">
         <v>102.23</v>
       </c>
       <c r="M22">
         <v>98.96</v>
       </c>
       <c r="N22" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O22" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P22">
         <v>99.81</v>
       </c>
       <c r="Q22" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S22">
+        <v>23</v>
+      </c>
+      <c r="R22">
         <v>301</v>
       </c>
     </row>
-    <row r="23" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="C23" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="D23">
         <v>2253</v>
       </c>
       <c r="E23" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="G23" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="H23">
         <v>1</v>
       </c>
       <c r="I23" t="b">
         <v>1</v>
       </c>
       <c r="J23" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K23">
         <v>3</v>
       </c>
       <c r="L23" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M23">
         <v>100</v>
       </c>
       <c r="N23">
         <v>100</v>
       </c>
       <c r="O23" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P23">
         <v>100</v>
       </c>
       <c r="Q23" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S23">
+        <v>23</v>
+      </c>
+      <c r="R23">
         <v>300</v>
       </c>
     </row>
-    <row r="24" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>72</v>
+      </c>
+      <c r="C24" t="s">
         <v>73</v>
       </c>
-      <c r="C24" t="s">
+      <c r="E24" t="s">
         <v>74</v>
       </c>
-      <c r="E24" t="s">
+      <c r="F24" t="s">
         <v>75</v>
       </c>
-      <c r="F24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G24" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H24">
         <v>1</v>
       </c>
       <c r="I24" t="b">
         <v>1</v>
       </c>
       <c r="J24" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L24" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M24">
         <v>100</v>
       </c>
       <c r="N24">
         <v>100</v>
       </c>
       <c r="O24" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P24">
         <v>100</v>
       </c>
       <c r="Q24" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R24">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="S24">
         <v>300</v>
       </c>
     </row>
-    <row r="25" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>76</v>
+      </c>
+      <c r="C25" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="D25">
         <v>1994</v>
       </c>
       <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
         <v>21</v>
       </c>
-      <c r="F25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G25" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H25">
         <v>5</v>
       </c>
       <c r="I25" t="b">
         <v>1</v>
       </c>
       <c r="J25" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K25">
         <v>3</v>
       </c>
       <c r="L25">
         <v>98.31</v>
       </c>
       <c r="M25">
         <v>98.13</v>
       </c>
       <c r="N25" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O25" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P25">
         <v>102.93</v>
       </c>
       <c r="Q25" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S25">
+        <v>23</v>
+      </c>
+      <c r="R25">
         <v>299.37</v>
       </c>
     </row>
-    <row r="26" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
+        <v>78</v>
+      </c>
+      <c r="C26" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="D26">
         <v>1981</v>
       </c>
       <c r="E26" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="G26" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H26">
         <v>6</v>
       </c>
       <c r="I26" t="b">
         <v>1</v>
       </c>
       <c r="J26" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K26">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L26">
         <v>84.78</v>
       </c>
       <c r="M26">
         <v>95.78</v>
       </c>
       <c r="N26">
         <v>105.27</v>
       </c>
       <c r="O26" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P26">
         <v>97.46</v>
       </c>
       <c r="Q26" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R26">
-        <v>94.9</v>
-[...1 lines deleted...]
-      <c r="S26">
         <v>298.51</v>
       </c>
     </row>
-    <row r="27" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="C27" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="D27">
         <v>2070</v>
       </c>
       <c r="E27" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F27" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="G27" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H27">
         <v>1</v>
       </c>
       <c r="I27" t="b">
         <v>1</v>
       </c>
       <c r="J27" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L27">
         <v>100</v>
       </c>
       <c r="M27" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N27" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O27">
         <v>95.75</v>
       </c>
       <c r="P27">
         <v>100</v>
       </c>
       <c r="Q27" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R27">
-        <v>96.65</v>
-[...1 lines deleted...]
-      <c r="S27">
         <v>296.65</v>
       </c>
     </row>
-    <row r="28" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
+        <v>81</v>
+      </c>
+      <c r="C28" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="D28">
         <v>1963</v>
       </c>
       <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
         <v>21</v>
       </c>
-      <c r="F28" t="s">
+      <c r="G28" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="H28">
         <v>3</v>
       </c>
       <c r="I28" t="b">
         <v>1</v>
       </c>
       <c r="J28" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L28" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M28">
         <v>91.94</v>
       </c>
       <c r="N28">
         <v>91.27</v>
       </c>
       <c r="O28" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P28">
         <v>99.74</v>
       </c>
       <c r="Q28" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R28">
-        <v>102.88</v>
-[...1 lines deleted...]
-      <c r="S28">
         <v>294.56</v>
       </c>
     </row>
-    <row r="29" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
+        <v>83</v>
+      </c>
+      <c r="C29" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="D29">
         <v>1979</v>
       </c>
       <c r="E29" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="G29" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="H29">
         <v>2</v>
       </c>
       <c r="I29" t="b">
         <v>1</v>
       </c>
       <c r="J29" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K29">
         <v>3</v>
       </c>
       <c r="L29" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M29">
         <v>98.18</v>
       </c>
       <c r="N29">
         <v>100.87</v>
       </c>
       <c r="O29" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P29">
         <v>95.46</v>
       </c>
       <c r="Q29" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S29">
+        <v>23</v>
+      </c>
+      <c r="R29">
         <v>294.51</v>
       </c>
     </row>
-    <row r="30" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
+        <v>85</v>
+      </c>
+      <c r="C30" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="D30">
         <v>2025</v>
       </c>
       <c r="E30" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="F30" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="G30" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="H30">
         <v>2</v>
       </c>
       <c r="I30" t="b">
         <v>1</v>
       </c>
       <c r="J30" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K30">
         <v>3</v>
       </c>
       <c r="L30">
         <v>98.79</v>
       </c>
       <c r="M30" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N30">
         <v>99.33</v>
       </c>
       <c r="O30">
         <v>93.89</v>
       </c>
       <c r="P30" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q30" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S30">
+        <v>23</v>
+      </c>
+      <c r="R30">
         <v>292.01</v>
       </c>
     </row>
-    <row r="31" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
+        <v>88</v>
+      </c>
+      <c r="C31" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="D31">
         <v>2013</v>
       </c>
       <c r="E31" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F31" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G31" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="H31">
         <v>3</v>
       </c>
       <c r="I31" t="b">
         <v>1</v>
       </c>
       <c r="J31" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L31">
         <v>96.85</v>
       </c>
       <c r="M31">
         <v>96.59</v>
       </c>
       <c r="N31" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O31" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P31">
         <v>98.17</v>
       </c>
       <c r="Q31" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R31">
-        <v>92.85</v>
-[...1 lines deleted...]
-      <c r="S31">
         <v>291.61</v>
       </c>
     </row>
-    <row r="32" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
+        <v>90</v>
+      </c>
+      <c r="C32" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="D32">
         <v>1883</v>
       </c>
       <c r="E32" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="H32">
         <v>4</v>
       </c>
       <c r="I32" t="b">
         <v>1</v>
       </c>
       <c r="J32" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K32">
         <v>3</v>
       </c>
       <c r="L32">
         <v>93.53</v>
       </c>
       <c r="M32">
         <v>92.97</v>
       </c>
       <c r="N32" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O32">
         <v>104.82</v>
       </c>
       <c r="P32" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q32" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S32">
+        <v>23</v>
+      </c>
+      <c r="R32">
         <v>291.32</v>
       </c>
     </row>
-    <row r="33" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="C33" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="D33">
         <v>1982</v>
       </c>
       <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
         <v>21</v>
       </c>
-      <c r="F33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G33" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H33">
         <v>6</v>
       </c>
       <c r="I33" t="b">
         <v>1</v>
       </c>
       <c r="J33" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K33">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L33">
         <v>104.09</v>
       </c>
       <c r="M33" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N33" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O33" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P33">
         <v>92.82</v>
       </c>
       <c r="Q33" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R33">
-        <v>93.75</v>
-[...1 lines deleted...]
-      <c r="S33">
         <v>290.66</v>
       </c>
     </row>
-    <row r="34" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="C34" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D34">
         <v>1858</v>
       </c>
       <c r="E34" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F34" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G34" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H34">
         <v>7</v>
       </c>
       <c r="I34" t="b">
         <v>1</v>
       </c>
       <c r="J34" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K34">
         <v>5</v>
       </c>
       <c r="L34">
         <v>96.35</v>
       </c>
       <c r="M34">
         <v>94.5</v>
       </c>
       <c r="N34">
         <v>96.12</v>
       </c>
       <c r="O34">
         <v>93</v>
       </c>
       <c r="P34">
         <v>90.47</v>
       </c>
       <c r="Q34" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S34">
+        <v>23</v>
+      </c>
+      <c r="R34">
         <v>286.97</v>
       </c>
     </row>
-    <row r="35" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
+        <v>95</v>
+      </c>
+      <c r="C35" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="D35">
         <v>1906</v>
       </c>
       <c r="E35" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="G35" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="H35">
         <v>3</v>
       </c>
       <c r="I35" t="b">
         <v>1</v>
       </c>
       <c r="J35" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K35">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L35">
         <v>85.87</v>
       </c>
       <c r="M35">
         <v>93.91</v>
       </c>
       <c r="N35">
         <v>91.59</v>
       </c>
       <c r="O35" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P35">
         <v>99.26</v>
       </c>
       <c r="Q35" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R35">
-        <v>91.77</v>
-[...1 lines deleted...]
-      <c r="S35">
         <v>284.94</v>
       </c>
     </row>
-    <row r="36" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C36" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="D36">
         <v>2039</v>
       </c>
       <c r="E36" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F36" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G36" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="H36">
         <v>4</v>
       </c>
       <c r="I36" t="b">
         <v>1</v>
       </c>
       <c r="J36" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K36">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L36" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M36">
         <v>93.28</v>
       </c>
       <c r="N36">
         <v>88.4</v>
       </c>
       <c r="O36">
         <v>92.27</v>
       </c>
       <c r="P36">
         <v>95.58</v>
       </c>
       <c r="Q36" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R36">
-        <v>89.72</v>
-[...1 lines deleted...]
-      <c r="S36">
         <v>281.13</v>
       </c>
     </row>
-    <row r="37" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C37" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D37">
         <v>1974</v>
       </c>
       <c r="E37" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F37" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G37" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H37">
         <v>8</v>
       </c>
       <c r="I37" t="b">
         <v>1</v>
       </c>
       <c r="J37" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K37">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L37">
         <v>93.15</v>
       </c>
       <c r="M37">
         <v>90.82</v>
       </c>
       <c r="N37" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O37">
         <v>92.53</v>
       </c>
       <c r="P37">
         <v>90.76</v>
       </c>
       <c r="Q37" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R37">
-        <v>86.43</v>
-[...1 lines deleted...]
-      <c r="S37">
         <v>276.5</v>
       </c>
     </row>
-    <row r="38" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="C38" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D38">
         <v>2057</v>
       </c>
       <c r="E38" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G38" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H38">
         <v>3</v>
       </c>
       <c r="I38" t="b">
         <v>1</v>
       </c>
       <c r="J38" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K38">
         <v>3</v>
       </c>
       <c r="L38">
         <v>87.02</v>
       </c>
       <c r="M38">
         <v>88.72</v>
       </c>
       <c r="N38" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O38">
         <v>96.11</v>
       </c>
       <c r="P38" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q38" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S38">
+        <v>23</v>
+      </c>
+      <c r="R38">
         <v>271.85</v>
       </c>
     </row>
-    <row r="39" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="C39" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="D39">
         <v>1988</v>
       </c>
       <c r="E39" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F39" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G39" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H39">
         <v>9</v>
       </c>
       <c r="I39" t="b">
         <v>1</v>
       </c>
       <c r="J39" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K39">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L39">
         <v>83.66</v>
       </c>
       <c r="M39" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N39">
         <v>90.63</v>
       </c>
       <c r="O39">
         <v>85.57</v>
       </c>
       <c r="P39">
         <v>91.98</v>
       </c>
       <c r="Q39" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R39">
-        <v>84.97</v>
-[...1 lines deleted...]
-      <c r="S39">
         <v>268.18</v>
       </c>
     </row>
-    <row r="40" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
+        <v>100</v>
+      </c>
+      <c r="C40" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="D40">
         <v>2390</v>
       </c>
       <c r="E40" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="G40" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H40">
         <v>3</v>
       </c>
       <c r="I40" t="b">
         <v>0</v>
       </c>
       <c r="J40" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K40">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L40" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M40" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N40">
         <v>116.5</v>
       </c>
       <c r="O40" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P40" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q40" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R40">
-        <v>118.57</v>
-[...1 lines deleted...]
-      <c r="S40">
         <v>235.07</v>
       </c>
     </row>
-    <row r="41" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="C41" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="D41">
         <v>1763</v>
       </c>
       <c r="E41" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="G41" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="H41">
         <v>1</v>
       </c>
       <c r="I41" t="b">
         <v>0</v>
       </c>
       <c r="J41" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K41">
         <v>2</v>
       </c>
       <c r="L41" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M41">
         <v>100</v>
       </c>
       <c r="N41">
         <v>100</v>
       </c>
       <c r="O41" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P41" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q41" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S41">
+        <v>23</v>
+      </c>
+      <c r="R41">
         <v>200</v>
       </c>
     </row>
-    <row r="42" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="C42" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="D42">
         <v>1978</v>
       </c>
       <c r="E42" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="G42" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H42">
         <v>3</v>
       </c>
       <c r="I42" t="b">
         <v>0</v>
       </c>
       <c r="J42" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K42">
         <v>2</v>
       </c>
       <c r="L42" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M42">
         <v>93.81</v>
       </c>
       <c r="N42">
         <v>100.76</v>
       </c>
       <c r="O42" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P42" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q42" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S42">
+        <v>23</v>
+      </c>
+      <c r="R42">
         <v>194.57</v>
       </c>
     </row>
-    <row r="43" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C43" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
         <v>21</v>
       </c>
-      <c r="F43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G43" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H43">
         <v>10</v>
       </c>
       <c r="I43" t="b">
         <v>0</v>
       </c>
       <c r="J43" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K43">
         <v>2</v>
       </c>
       <c r="L43" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M43">
         <v>96.73</v>
       </c>
       <c r="N43">
         <v>90.9</v>
       </c>
       <c r="O43" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P43" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q43" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S43">
+        <v>23</v>
+      </c>
+      <c r="R43">
         <v>187.63</v>
       </c>
     </row>
-    <row r="44" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
+        <v>106</v>
+      </c>
+      <c r="C44" t="s">
         <v>107</v>
       </c>
-      <c r="C44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E44" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="G44" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H44">
         <v>4</v>
       </c>
       <c r="I44" t="b">
         <v>0</v>
       </c>
       <c r="J44" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K44">
         <v>2</v>
       </c>
       <c r="L44" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M44">
         <v>82.13</v>
       </c>
       <c r="N44" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O44" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P44">
         <v>82.79</v>
       </c>
       <c r="Q44" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S44">
+        <v>23</v>
+      </c>
+      <c r="R44">
         <v>164.92</v>
       </c>
     </row>
-    <row r="45" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
+        <v>108</v>
+      </c>
+      <c r="C45" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D45">
         <v>2051</v>
       </c>
       <c r="E45" t="s">
+        <v>26</v>
+      </c>
+      <c r="F45" t="s">
         <v>27</v>
       </c>
-      <c r="F45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G45" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H45">
         <v>7</v>
       </c>
       <c r="I45" t="b">
         <v>0</v>
       </c>
       <c r="J45" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K45">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L45">
         <v>84.84</v>
       </c>
       <c r="M45">
         <v>77.69</v>
       </c>
       <c r="N45">
         <v>75.84</v>
       </c>
       <c r="O45" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P45" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q45" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R45">
-        <v>77.72</v>
-[...1 lines deleted...]
-      <c r="S45">
         <v>162.53</v>
       </c>
     </row>
-    <row r="46" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
+        <v>108</v>
+      </c>
+      <c r="C46" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D46">
         <v>2051</v>
       </c>
       <c r="E46" t="s">
+        <v>26</v>
+      </c>
+      <c r="F46" t="s">
         <v>27</v>
       </c>
-      <c r="F46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G46" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H46">
         <v>8</v>
       </c>
       <c r="I46" t="b">
         <v>0</v>
       </c>
       <c r="J46" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K46">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L46">
         <v>84.84</v>
       </c>
       <c r="M46">
         <v>77.69</v>
       </c>
       <c r="N46">
         <v>75.84</v>
       </c>
       <c r="O46" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P46" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q46" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R46">
-        <v>77.72</v>
-[...1 lines deleted...]
-      <c r="S46">
         <v>153.56</v>
       </c>
     </row>
-    <row r="47" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
+        <v>110</v>
+      </c>
+      <c r="C47" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="D47">
         <v>2434</v>
       </c>
       <c r="E47" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F47" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="G47" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H47">
         <v>4</v>
       </c>
       <c r="I47" t="b">
         <v>0</v>
       </c>
       <c r="J47" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K47">
         <v>1</v>
       </c>
       <c r="L47">
         <v>129.07</v>
       </c>
       <c r="M47" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N47" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O47" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P47" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q47" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S47">
+        <v>23</v>
+      </c>
+      <c r="R47">
         <v>129.07</v>
       </c>
     </row>
-    <row r="48" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
+        <v>112</v>
+      </c>
+      <c r="C48" t="s">
         <v>113</v>
       </c>
-      <c r="C48" t="s">
+      <c r="E48" t="s">
         <v>114</v>
       </c>
-      <c r="E48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F48" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="G48" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="H48">
         <v>4</v>
       </c>
       <c r="I48" t="b">
         <v>0</v>
       </c>
       <c r="J48" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K48">
         <v>1</v>
       </c>
       <c r="L48">
         <v>121.48</v>
       </c>
       <c r="M48" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N48" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O48" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P48" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q48" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S48">
+        <v>23</v>
+      </c>
+      <c r="R48">
         <v>121.48</v>
       </c>
     </row>
-    <row r="49" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
+        <v>115</v>
+      </c>
+      <c r="C49" t="s">
         <v>116</v>
       </c>
-      <c r="C49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E49" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="F49" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G49" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H49">
         <v>4</v>
       </c>
       <c r="I49" t="b">
         <v>0</v>
       </c>
       <c r="J49" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K49">
         <v>1</v>
       </c>
       <c r="L49">
         <v>119.84</v>
       </c>
       <c r="M49" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N49" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O49" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P49" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q49" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S49">
+        <v>23</v>
+      </c>
+      <c r="R49">
         <v>119.84</v>
       </c>
     </row>
-    <row r="50" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C50" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="D50">
         <v>2435</v>
       </c>
       <c r="E50" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F50" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="G50" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H50">
         <v>5</v>
       </c>
       <c r="I50" t="b">
         <v>0</v>
       </c>
       <c r="J50" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K50">
         <v>1</v>
       </c>
       <c r="L50">
         <v>118.91</v>
       </c>
       <c r="M50" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N50" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O50" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P50" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q50" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S50">
+        <v>23</v>
+      </c>
+      <c r="R50">
         <v>118.91</v>
       </c>
     </row>
-    <row r="51" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C51" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="E51" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="F51" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G51" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="H51">
         <v>5</v>
       </c>
       <c r="I51" t="b">
         <v>0</v>
       </c>
       <c r="J51" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K51">
         <v>1</v>
       </c>
       <c r="L51">
         <v>118.63</v>
       </c>
       <c r="M51" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N51" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O51" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P51" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q51" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S51">
+        <v>23</v>
+      </c>
+      <c r="R51">
         <v>118.63</v>
       </c>
     </row>
-    <row r="52" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
+        <v>119</v>
+      </c>
+      <c r="C52" t="s">
         <v>120</v>
       </c>
-      <c r="C52" t="s">
+      <c r="E52" t="s">
         <v>121</v>
       </c>
-      <c r="E52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F52" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G52" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H52">
         <v>11</v>
       </c>
       <c r="I52" t="b">
         <v>0</v>
       </c>
       <c r="J52" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K52">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L52" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M52" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N52" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O52" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P52" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q52" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R52">
         <v>114.79</v>
       </c>
-      <c r="S52">
-[...3 lines deleted...]
-    <row r="53" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="53" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
+        <v>122</v>
+      </c>
+      <c r="C53" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="D53">
         <v>2055</v>
       </c>
       <c r="E53" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="F53" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G53" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H53">
         <v>12</v>
       </c>
       <c r="I53" t="b">
         <v>0</v>
       </c>
       <c r="J53" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K53">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L53" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M53" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N53" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O53" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P53" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q53" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R53">
         <v>110.7</v>
       </c>
-      <c r="S53">
-[...3 lines deleted...]
-    <row r="54" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="54" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="C54" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="D54">
         <v>2006</v>
       </c>
       <c r="E54" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="F54" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G54" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H54">
         <v>5</v>
       </c>
       <c r="I54" t="b">
         <v>0</v>
       </c>
       <c r="J54" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K54">
         <v>1</v>
       </c>
       <c r="L54">
         <v>110.64</v>
       </c>
       <c r="M54" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N54" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O54" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P54" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q54" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S54">
+        <v>23</v>
+      </c>
+      <c r="R54">
         <v>110.64</v>
       </c>
     </row>
-    <row r="55" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
+        <v>126</v>
+      </c>
+      <c r="C55" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="D55">
         <v>1950</v>
       </c>
       <c r="E55" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="F55" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="G55" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H55">
         <v>5</v>
       </c>
       <c r="I55" t="b">
         <v>0</v>
       </c>
       <c r="J55" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K55">
         <v>1</v>
       </c>
       <c r="L55">
         <v>106.65</v>
       </c>
       <c r="M55" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N55" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O55" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P55" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q55" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S55">
+        <v>23</v>
+      </c>
+      <c r="R55">
         <v>106.65</v>
       </c>
     </row>
-    <row r="56" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C56" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="E56" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F56" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="G56" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H56">
         <v>6</v>
       </c>
       <c r="I56" t="b">
         <v>0</v>
       </c>
       <c r="J56" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K56">
         <v>1</v>
       </c>
       <c r="L56">
         <v>105.48</v>
       </c>
       <c r="M56" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N56" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O56" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P56" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q56" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S56">
+        <v>23</v>
+      </c>
+      <c r="R56">
         <v>105.48</v>
       </c>
     </row>
-    <row r="57" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
+        <v>129</v>
+      </c>
+      <c r="C57" t="s">
         <v>130</v>
       </c>
-      <c r="C57" t="s">
+      <c r="E57" t="s">
         <v>131</v>
       </c>
-      <c r="E57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F57" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="G57" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="H57">
         <v>3</v>
       </c>
       <c r="I57" t="b">
         <v>0</v>
       </c>
       <c r="J57" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K57">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L57" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M57" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N57" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O57" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P57" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q57" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R57">
         <v>105.42</v>
       </c>
-      <c r="S57">
-[...3 lines deleted...]
-    <row r="58" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="58" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="C58" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D58">
         <v>1938</v>
       </c>
       <c r="E58" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F58" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G58" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="H58">
         <v>6</v>
       </c>
       <c r="I58" t="b">
         <v>0</v>
       </c>
       <c r="J58" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K58">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L58" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M58" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N58" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O58" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P58" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q58" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R58">
         <v>103.66</v>
       </c>
-      <c r="S58">
-[...3 lines deleted...]
-    <row r="59" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="59" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="C59" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="E59" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F59" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="G59" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H59">
         <v>7</v>
       </c>
       <c r="I59" t="b">
         <v>0</v>
       </c>
       <c r="J59" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K59">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L59" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M59" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N59" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O59" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P59" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q59" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R59">
         <v>103.61</v>
       </c>
-      <c r="S59">
-[...3 lines deleted...]
-    <row r="60" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="60" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="C60" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="E60" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F60" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="G60" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H60">
         <v>2</v>
       </c>
       <c r="I60" t="b">
         <v>0</v>
       </c>
       <c r="J60" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K60">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L60" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M60" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N60" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O60" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P60" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q60" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R60">
         <v>103.59</v>
       </c>
-      <c r="S60">
-[...3 lines deleted...]
-    <row r="61" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="61" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
+        <v>135</v>
+      </c>
+      <c r="C61" t="s">
         <v>136</v>
       </c>
-      <c r="C61" t="s">
+      <c r="E61" t="s">
         <v>137</v>
       </c>
-      <c r="E61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F61" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G61" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H61">
         <v>13</v>
       </c>
       <c r="I61" t="b">
         <v>0</v>
       </c>
       <c r="J61" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K61">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L61" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M61" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N61" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O61" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P61" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q61" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R61">
         <v>102.55</v>
       </c>
-      <c r="S61">
-[...3 lines deleted...]
-    <row r="62" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="62" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
+        <v>138</v>
+      </c>
+      <c r="C62" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="D62">
         <v>2443</v>
       </c>
       <c r="E62" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="F62" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G62" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H62">
         <v>6</v>
       </c>
       <c r="I62" t="b">
         <v>0</v>
       </c>
       <c r="J62" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K62">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L62" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M62" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N62" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O62" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P62" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q62" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R62">
         <v>102.35</v>
       </c>
-      <c r="S62">
-[...3 lines deleted...]
-    <row r="63" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="63" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C63" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="E63" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F63" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="G63" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H63">
         <v>8</v>
       </c>
       <c r="I63" t="b">
         <v>0</v>
       </c>
       <c r="J63" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K63">
         <v>1</v>
       </c>
       <c r="L63" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M63" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N63" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O63" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P63">
         <v>101.23</v>
       </c>
       <c r="Q63" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S63">
+        <v>23</v>
+      </c>
+      <c r="R63">
         <v>101.23</v>
       </c>
     </row>
-    <row r="64" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="C64" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="E64" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F64" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="G64" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H64">
         <v>9</v>
       </c>
       <c r="I64" t="b">
         <v>0</v>
       </c>
       <c r="J64" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K64">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L64" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M64" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N64" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O64" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P64" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q64" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R64">
         <v>100.61</v>
       </c>
-      <c r="S64">
-[...3 lines deleted...]
-    <row r="65" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="65" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="C65" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="E65" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F65" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="H65">
         <v>5</v>
       </c>
       <c r="I65" t="b">
         <v>0</v>
       </c>
       <c r="J65" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K65">
         <v>1</v>
       </c>
       <c r="L65" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M65" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N65" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O65" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P65">
         <v>100.45</v>
       </c>
       <c r="Q65" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S65">
+        <v>23</v>
+      </c>
+      <c r="R65">
         <v>100.45</v>
       </c>
     </row>
-    <row r="66" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
+        <v>144</v>
+      </c>
+      <c r="C66" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="D66">
         <v>2234</v>
       </c>
       <c r="E66" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="F66" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="G66" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="H66">
         <v>1</v>
       </c>
       <c r="I66" t="b">
         <v>0</v>
       </c>
       <c r="J66" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K66">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L66" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M66" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N66" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O66" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P66" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q66" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R66">
         <v>100</v>
       </c>
-      <c r="S66">
-[...3 lines deleted...]
-    <row r="67" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="67" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C67" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D67">
         <v>1939</v>
       </c>
       <c r="E67" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F67" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="G67" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="H67">
         <v>4</v>
       </c>
       <c r="I67" t="b">
         <v>0</v>
       </c>
       <c r="J67" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K67">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L67" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M67" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N67" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O67" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P67" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q67" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R67">
         <v>96.88</v>
       </c>
-      <c r="S67">
-[...3 lines deleted...]
-    <row r="68" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="68" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
+        <v>146</v>
+      </c>
+      <c r="C68" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="D68">
         <v>2250</v>
       </c>
       <c r="E68" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="F68" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="G68" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="H68">
         <v>5</v>
       </c>
       <c r="I68" t="b">
         <v>0</v>
       </c>
       <c r="J68" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K68">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L68" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M68" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N68" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O68" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P68" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q68" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R68">
         <v>96.32</v>
       </c>
-      <c r="S68">
-[...3 lines deleted...]
-    <row r="69" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="69" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C69" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="E69" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="F69" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="G69" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H69">
         <v>6</v>
       </c>
       <c r="I69" t="b">
         <v>0</v>
       </c>
       <c r="J69" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K69">
         <v>1</v>
       </c>
       <c r="L69">
         <v>96.24</v>
       </c>
       <c r="M69" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N69" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O69" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P69" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q69" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S69">
+        <v>23</v>
+      </c>
+      <c r="R69">
         <v>96.24</v>
       </c>
     </row>
-    <row r="70" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
+        <v>149</v>
+      </c>
+      <c r="C70" t="s">
         <v>150</v>
       </c>
-      <c r="C70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E70" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="F70" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="G70" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H70">
         <v>7</v>
       </c>
       <c r="I70" t="b">
         <v>0</v>
       </c>
       <c r="J70" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K70">
         <v>1</v>
       </c>
       <c r="L70">
         <v>94.53</v>
       </c>
       <c r="M70" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N70" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O70" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P70" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q70" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S70">
+        <v>23</v>
+      </c>
+      <c r="R70">
         <v>94.53</v>
       </c>
     </row>
-    <row r="71" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
+        <v>151</v>
+      </c>
+      <c r="C71" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="D71">
         <v>2412</v>
       </c>
       <c r="E71" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F71" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="G71" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H71">
         <v>8</v>
       </c>
       <c r="I71" t="b">
         <v>0</v>
       </c>
       <c r="J71" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K71">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L71" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M71" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N71" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O71" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P71" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q71" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R71">
         <v>94.26</v>
       </c>
-      <c r="S71">
-[...3 lines deleted...]
-    <row r="72" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="72" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
+        <v>153</v>
+      </c>
+      <c r="C72" t="s">
+        <v>48</v>
+      </c>
+      <c r="E72" t="s">
         <v>154</v>
       </c>
-      <c r="C72" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F72" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G72" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H72">
         <v>14</v>
       </c>
       <c r="I72" t="b">
         <v>0</v>
       </c>
       <c r="J72" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K72">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L72" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M72" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N72" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O72" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P72" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q72" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R72">
         <v>93.75</v>
       </c>
-      <c r="S72">
-[...3 lines deleted...]
-    <row r="73" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="73" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="C73" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
         <v>21</v>
       </c>
-      <c r="F73" t="s">
+      <c r="G73" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="H73">
         <v>6</v>
       </c>
       <c r="I73" t="b">
         <v>0</v>
       </c>
       <c r="J73" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K73">
         <v>1</v>
       </c>
       <c r="L73">
         <v>93.69</v>
       </c>
       <c r="M73" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N73" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O73" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P73" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q73" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S73">
+        <v>23</v>
+      </c>
+      <c r="R73">
         <v>93.69</v>
       </c>
     </row>
-    <row r="74" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
+        <v>156</v>
+      </c>
+      <c r="C74" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="D74">
         <v>2149</v>
       </c>
       <c r="E74" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="F74" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G74" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H74">
         <v>7</v>
       </c>
       <c r="I74" t="b">
         <v>0</v>
       </c>
       <c r="J74" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K74">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L74" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M74" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N74" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O74" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P74" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q74" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R74">
         <v>93.1</v>
       </c>
-      <c r="S74">
-[...3 lines deleted...]
-    <row r="75" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="75" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C75" t="s">
+        <v>120</v>
+      </c>
+      <c r="E75" t="s">
         <v>121</v>
       </c>
-      <c r="E75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F75" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="G75" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="H75">
         <v>6</v>
       </c>
       <c r="I75" t="b">
         <v>0</v>
       </c>
       <c r="J75" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K75">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L75" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M75" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N75" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O75" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P75" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q75" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R75">
         <v>93.04</v>
       </c>
-      <c r="S75">
-[...3 lines deleted...]
-    <row r="76" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="76" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A76">
         <v>76</v>
       </c>
       <c r="B76" t="s">
+        <v>159</v>
+      </c>
+      <c r="C76" t="s">
         <v>160</v>
       </c>
-      <c r="C76" t="s">
+      <c r="E76" t="s">
         <v>161</v>
       </c>
-      <c r="E76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F76" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="G76" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="H76">
         <v>7</v>
       </c>
       <c r="I76" t="b">
         <v>0</v>
       </c>
       <c r="J76" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K76">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L76" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M76" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N76" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O76" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P76" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q76" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R76">
         <v>91.52</v>
       </c>
-      <c r="S76">
-[...3 lines deleted...]
-    <row r="77" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="77" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A77">
         <v>77</v>
       </c>
       <c r="B77" t="s">
+        <v>162</v>
+      </c>
+      <c r="C77" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="D77">
         <v>2243</v>
       </c>
       <c r="E77" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F77" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="G77" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H77">
         <v>9</v>
       </c>
       <c r="I77" t="b">
         <v>0</v>
       </c>
       <c r="J77" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K77">
         <v>1</v>
       </c>
       <c r="L77">
         <v>90.73</v>
       </c>
       <c r="M77" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N77" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O77" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P77" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q77" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S77">
+        <v>23</v>
+      </c>
+      <c r="R77">
         <v>90.73</v>
       </c>
     </row>
-    <row r="78" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A78">
         <v>78</v>
       </c>
       <c r="B78" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C78" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="E78" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="F78" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G78" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H78">
         <v>15</v>
       </c>
       <c r="I78" t="b">
         <v>0</v>
       </c>
       <c r="J78" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K78">
         <v>1</v>
       </c>
       <c r="L78" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M78" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N78">
         <v>90.72</v>
       </c>
       <c r="O78" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P78" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q78" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S78">
+        <v>23</v>
+      </c>
+      <c r="R78">
         <v>90.72</v>
       </c>
     </row>
-    <row r="79" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A79">
         <v>79</v>
       </c>
       <c r="B79" t="s">
+        <v>165</v>
+      </c>
+      <c r="C79" t="s">
         <v>166</v>
       </c>
-      <c r="C79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
         <v>21</v>
       </c>
-      <c r="F79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G79" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H79">
         <v>16</v>
       </c>
       <c r="I79" t="b">
         <v>0</v>
       </c>
       <c r="J79" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K79">
         <v>1</v>
       </c>
       <c r="L79" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M79">
         <v>90.62</v>
       </c>
       <c r="N79" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O79" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P79" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q79" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S79">
+        <v>23</v>
+      </c>
+      <c r="R79">
         <v>90.62</v>
       </c>
     </row>
-    <row r="80" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A80">
         <v>80</v>
       </c>
       <c r="B80" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="C80" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
         <v>21</v>
       </c>
-      <c r="F80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G80" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H80">
         <v>17</v>
       </c>
       <c r="I80" t="b">
         <v>0</v>
       </c>
       <c r="J80" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K80">
         <v>1</v>
       </c>
       <c r="L80" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M80" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N80" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O80" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P80">
         <v>88.45</v>
       </c>
       <c r="Q80" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S80">
+        <v>23</v>
+      </c>
+      <c r="R80">
         <v>88.45</v>
       </c>
     </row>
-    <row r="81" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A81">
         <v>81</v>
       </c>
       <c r="B81" t="s">
+        <v>167</v>
+      </c>
+      <c r="C81" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="D81">
         <v>2003</v>
       </c>
       <c r="E81" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F81" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G81" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H81">
         <v>8</v>
       </c>
       <c r="I81" t="b">
         <v>0</v>
       </c>
       <c r="J81" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K81">
         <v>1</v>
       </c>
       <c r="L81">
         <v>87.3</v>
       </c>
       <c r="M81" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N81" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O81" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P81" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q81" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S81">
+        <v>23</v>
+      </c>
+      <c r="R81">
         <v>87.3</v>
       </c>
     </row>
-    <row r="82" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A82">
         <v>82</v>
       </c>
       <c r="B82" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="C82" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="E82" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="F82" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G82" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H82">
         <v>9</v>
       </c>
       <c r="I82" t="b">
         <v>0</v>
       </c>
       <c r="J82" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K82">
         <v>1</v>
       </c>
       <c r="L82">
         <v>86.96</v>
       </c>
       <c r="M82" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N82" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O82" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P82" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q82" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S82">
+        <v>23</v>
+      </c>
+      <c r="R82">
         <v>86.96</v>
       </c>
     </row>
-    <row r="83" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A83">
         <v>83</v>
       </c>
       <c r="B83" t="s">
+        <v>170</v>
+      </c>
+      <c r="C83" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="D83">
         <v>2415</v>
       </c>
       <c r="E83" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F83" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="G83" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="H83">
         <v>8</v>
       </c>
       <c r="I83" t="b">
         <v>0</v>
       </c>
       <c r="J83" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K83">
         <v>1</v>
       </c>
       <c r="L83" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M83" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N83" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O83">
         <v>86.74</v>
       </c>
       <c r="P83" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q83" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S83">
+        <v>23</v>
+      </c>
+      <c r="R83">
         <v>86.74</v>
       </c>
     </row>
-    <row r="84" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A84">
         <v>84</v>
       </c>
       <c r="B84" t="s">
+        <v>172</v>
+      </c>
+      <c r="C84" t="s">
         <v>173</v>
       </c>
-      <c r="C84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E84" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F84" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G84" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H84">
         <v>18</v>
       </c>
       <c r="I84" t="b">
         <v>0</v>
       </c>
       <c r="J84" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K84">
         <v>1</v>
       </c>
       <c r="L84" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M84">
         <v>82.57</v>
       </c>
       <c r="N84" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O84" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P84" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q84" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S84">
+        <v>23</v>
+      </c>
+      <c r="R84">
         <v>82.57</v>
       </c>
     </row>
-    <row r="85" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A85">
         <v>85</v>
       </c>
       <c r="B85" t="s">
+        <v>174</v>
+      </c>
+      <c r="C85" t="s">
         <v>175</v>
       </c>
-      <c r="C85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E85" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F85" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="G85" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="H85">
         <v>9</v>
       </c>
       <c r="I85" t="b">
         <v>0</v>
       </c>
       <c r="J85" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K85">
         <v>1</v>
       </c>
       <c r="L85">
         <v>81.69</v>
       </c>
       <c r="M85" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N85" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O85" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P85" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q85" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S85">
+        <v>23</v>
+      </c>
+      <c r="R85">
         <v>81.69</v>
       </c>
     </row>
-    <row r="86" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A86">
         <v>86</v>
       </c>
       <c r="B86" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="C86" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="E86" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F86" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="G86" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H86">
         <v>10</v>
       </c>
       <c r="I86" t="b">
         <v>0</v>
       </c>
       <c r="J86" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K86">
         <v>1</v>
       </c>
       <c r="L86" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M86" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N86" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O86" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P86">
         <v>79.69</v>
       </c>
       <c r="Q86" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S86">
+        <v>23</v>
+      </c>
+      <c r="R86">
         <v>79.69</v>
       </c>
     </row>
-    <row r="87" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A87">
         <v>87</v>
       </c>
       <c r="B87" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="C87" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="E87" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F87" t="s">
+        <v>21</v>
+      </c>
+      <c r="G87" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="H87">
         <v>7</v>
       </c>
       <c r="I87" t="b">
         <v>0</v>
       </c>
       <c r="J87" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K87">
         <v>1</v>
       </c>
       <c r="L87" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M87" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N87" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O87">
         <v>79.52</v>
       </c>
       <c r="P87" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q87" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S87">
+        <v>23</v>
+      </c>
+      <c r="R87">
         <v>79.52</v>
       </c>
     </row>
-    <row r="88" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A88">
         <v>88</v>
       </c>
       <c r="B88" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="C88" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="E88" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F88" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="H88">
         <v>8</v>
       </c>
       <c r="I88" t="b">
         <v>0</v>
       </c>
       <c r="J88" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K88">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L88" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M88" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N88" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O88" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P88" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q88" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R88">
         <v>77.95</v>
       </c>
-      <c r="S88">
-[...3 lines deleted...]
-    <row r="89" spans="1:19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="89" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A89">
         <v>89</v>
       </c>
       <c r="B89" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="C89" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="E89" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F89" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="G89" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H89">
         <v>10</v>
       </c>
       <c r="I89" t="b">
         <v>0</v>
       </c>
       <c r="J89" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K89">
         <v>1</v>
       </c>
       <c r="L89">
         <v>67.12</v>
       </c>
       <c r="M89" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N89" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O89" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P89" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q89" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="S89">
+        <v>23</v>
+      </c>
+      <c r="R89">
         <v>67.12</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>