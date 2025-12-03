--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -8,98 +8,98 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Data" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5469" uniqueCount="671">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5358" uniqueCount="671">
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>WFRA membership no</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>Age Category</t>
   </si>
   <si>
     <t>Class</t>
   </si>
   <si>
     <t>Category Position</t>
   </si>
   <si>
     <t>Eligible</t>
   </si>
   <si>
     <t>IneligibleReasons</t>
   </si>
   <si>
     <t>Race count</t>
   </si>
   <si>
     <t>Fan Fawr</t>
   </si>
   <si>
     <t>Cat's Back / Ras Crib y Garth</t>
   </si>
   <si>
     <t xml:space="preserve">Winter Sugar Loaf/Mynydd Pen-y-fâl gaeaf </t>
   </si>
   <si>
     <t>Blorenge</t>
   </si>
   <si>
-    <t>Skirrid Xmas Hill Race</t>
+    <t>Skirrid Hill Race</t>
   </si>
   <si>
     <t>Craig yr Allt</t>
   </si>
   <si>
     <t>The Kymin</t>
   </si>
   <si>
     <t>Cwm Nant-y-Groes</t>
   </si>
   <si>
     <t>Hatterall Flow Test 2025</t>
   </si>
   <si>
     <t>Score</t>
   </si>
   <si>
     <t>Wyndham</t>
   </si>
   <si>
     <t>Turner</t>
   </si>
   <si>
     <t>Mynydd Du</t>
   </si>
@@ -2501,137 +2501,137 @@
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2">
         <v>1798</v>
       </c>
       <c r="E2" t="s">
         <v>23</v>
       </c>
       <c r="F2" t="s">
         <v>24</v>
       </c>
       <c r="G2" t="s">
         <v>25</v>
       </c>
       <c r="H2">
         <v>1</v>
       </c>
       <c r="I2" t="b">
         <v>1</v>
       </c>
       <c r="J2" t="s">
         <v>26</v>
       </c>
       <c r="K2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L2">
         <v>135.75</v>
       </c>
       <c r="M2">
         <v>128.67</v>
       </c>
       <c r="N2">
         <v>137.83</v>
       </c>
       <c r="O2" t="s">
         <v>26</v>
       </c>
       <c r="P2" t="s">
         <v>26</v>
       </c>
       <c r="Q2" t="s">
         <v>26</v>
       </c>
-      <c r="R2" t="s">
-        <v>26</v>
+      <c r="R2">
+        <v>144.62</v>
       </c>
       <c r="S2" t="s">
         <v>26</v>
       </c>
       <c r="T2" t="s">
         <v>26</v>
       </c>
       <c r="U2">
         <v>745.51</v>
       </c>
     </row>
     <row r="3" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>27</v>
       </c>
       <c r="C3" t="s">
         <v>28</v>
       </c>
       <c r="D3">
         <v>1690</v>
       </c>
       <c r="E3" t="s">
         <v>23</v>
       </c>
       <c r="F3" t="s">
         <v>24</v>
       </c>
       <c r="G3" t="s">
         <v>25</v>
       </c>
       <c r="H3">
         <v>2</v>
       </c>
       <c r="I3" t="b">
         <v>1</v>
       </c>
       <c r="J3" t="s">
         <v>26</v>
       </c>
       <c r="K3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L3">
         <v>136.96</v>
       </c>
       <c r="M3">
         <v>127.12</v>
       </c>
       <c r="N3">
         <v>145.76</v>
       </c>
       <c r="O3">
         <v>145.31</v>
       </c>
       <c r="P3" t="s">
         <v>26</v>
       </c>
       <c r="Q3" t="s">
         <v>26</v>
       </c>
-      <c r="R3" t="s">
-        <v>26</v>
+      <c r="R3">
+        <v>142.35</v>
       </c>
       <c r="S3" t="s">
         <v>26</v>
       </c>
       <c r="T3" t="s">
         <v>26</v>
       </c>
       <c r="U3">
         <v>734.17</v>
       </c>
     </row>
     <row r="4" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>29</v>
       </c>
       <c r="C4" t="s">
         <v>30</v>
       </c>
       <c r="D4">
         <v>2146</v>
       </c>
       <c r="E4" t="s">
@@ -2696,397 +2696,397 @@
       <c r="C5" t="s">
         <v>33</v>
       </c>
       <c r="D5">
         <v>1413</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5">
         <v>4</v>
       </c>
       <c r="I5" t="b">
         <v>1</v>
       </c>
       <c r="J5" t="s">
         <v>26</v>
       </c>
       <c r="K5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L5">
         <v>123.34</v>
       </c>
       <c r="M5">
         <v>116.61</v>
       </c>
       <c r="N5">
         <v>129.42</v>
       </c>
       <c r="O5" t="s">
         <v>26</v>
       </c>
       <c r="P5" t="s">
         <v>26</v>
       </c>
       <c r="Q5" t="s">
         <v>26</v>
       </c>
-      <c r="R5" t="s">
-        <v>26</v>
+      <c r="R5">
+        <v>128.56</v>
       </c>
       <c r="S5" t="s">
         <v>26</v>
       </c>
       <c r="T5" t="s">
         <v>26</v>
       </c>
       <c r="U5">
         <v>665.01</v>
       </c>
     </row>
     <row r="6" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
       <c r="C6" t="s">
         <v>35</v>
       </c>
       <c r="D6">
         <v>1771</v>
       </c>
       <c r="E6" t="s">
         <v>26</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="H6">
         <v>5</v>
       </c>
       <c r="I6" t="b">
         <v>1</v>
       </c>
       <c r="J6" t="s">
         <v>26</v>
       </c>
       <c r="K6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L6">
         <v>118.68</v>
       </c>
       <c r="M6">
         <v>117.8</v>
       </c>
       <c r="N6">
         <v>135.3</v>
       </c>
       <c r="O6">
         <v>131.21</v>
       </c>
       <c r="P6" t="s">
         <v>26</v>
       </c>
       <c r="Q6" t="s">
         <v>26</v>
       </c>
-      <c r="R6" t="s">
-        <v>26</v>
+      <c r="R6">
+        <v>133.41</v>
       </c>
       <c r="S6" t="s">
         <v>26</v>
       </c>
       <c r="T6" t="s">
         <v>26</v>
       </c>
       <c r="U6">
         <v>658.41</v>
       </c>
     </row>
     <row r="7" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="C7" t="s">
         <v>36</v>
       </c>
       <c r="D7">
         <v>999</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7">
         <v>6</v>
       </c>
       <c r="I7" t="b">
         <v>1</v>
       </c>
       <c r="J7" t="s">
         <v>26</v>
       </c>
       <c r="K7">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L7">
         <v>120.25</v>
       </c>
       <c r="M7">
         <v>120.02</v>
       </c>
       <c r="N7">
         <v>126.15</v>
       </c>
       <c r="O7">
         <v>131.69</v>
       </c>
       <c r="P7" t="s">
         <v>26</v>
       </c>
       <c r="Q7" t="s">
         <v>26</v>
       </c>
-      <c r="R7" t="s">
-        <v>26</v>
+      <c r="R7">
+        <v>131.23</v>
       </c>
       <c r="S7" t="s">
         <v>26</v>
       </c>
       <c r="T7" t="s">
         <v>26</v>
       </c>
       <c r="U7">
         <v>644.97</v>
       </c>
     </row>
     <row r="8" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
       <c r="C8" t="s">
         <v>38</v>
       </c>
       <c r="D8">
         <v>2372</v>
       </c>
       <c r="E8" t="s">
         <v>39</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
         <v>25</v>
       </c>
       <c r="H8">
         <v>7</v>
       </c>
       <c r="I8" t="b">
         <v>1</v>
       </c>
       <c r="J8" t="s">
         <v>26</v>
       </c>
       <c r="K8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L8">
         <v>121.58</v>
       </c>
       <c r="M8" t="s">
         <v>26</v>
       </c>
       <c r="N8">
         <v>133.94</v>
       </c>
       <c r="O8">
         <v>121.7</v>
       </c>
       <c r="P8" t="s">
         <v>26</v>
       </c>
       <c r="Q8" t="s">
         <v>26</v>
       </c>
-      <c r="R8" t="s">
-        <v>26</v>
+      <c r="R8">
+        <v>133.81</v>
       </c>
       <c r="S8" t="s">
         <v>26</v>
       </c>
       <c r="T8" t="s">
         <v>26</v>
       </c>
       <c r="U8">
         <v>642.53</v>
       </c>
     </row>
     <row r="9" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>40</v>
       </c>
       <c r="C9" t="s">
         <v>41</v>
       </c>
       <c r="D9">
         <v>1126</v>
       </c>
       <c r="E9" t="s">
         <v>42</v>
       </c>
       <c r="F9" t="s">
         <v>43</v>
       </c>
       <c r="G9" t="s">
         <v>25</v>
       </c>
       <c r="H9">
         <v>1</v>
       </c>
       <c r="I9" t="b">
         <v>1</v>
       </c>
       <c r="J9" t="s">
         <v>26</v>
       </c>
       <c r="K9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L9">
         <v>98.03</v>
       </c>
       <c r="M9">
         <v>115.78</v>
       </c>
       <c r="N9">
         <v>124.06</v>
       </c>
       <c r="O9" t="s">
         <v>26</v>
       </c>
       <c r="P9" t="s">
         <v>26</v>
       </c>
       <c r="Q9" t="s">
         <v>26</v>
       </c>
-      <c r="R9" t="s">
-        <v>26</v>
+      <c r="R9">
+        <v>122.98</v>
       </c>
       <c r="S9" t="s">
         <v>26</v>
       </c>
       <c r="T9">
         <v>120.04</v>
       </c>
       <c r="U9">
         <v>638.69</v>
       </c>
     </row>
     <row r="10" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>44</v>
       </c>
       <c r="C10" t="s">
         <v>45</v>
       </c>
       <c r="D10">
         <v>1184</v>
       </c>
       <c r="E10" t="s">
         <v>23</v>
       </c>
       <c r="F10" t="s">
         <v>46</v>
       </c>
       <c r="G10" t="s">
         <v>25</v>
       </c>
       <c r="H10">
         <v>1</v>
       </c>
       <c r="I10" t="b">
         <v>1</v>
       </c>
       <c r="J10" t="s">
         <v>26</v>
       </c>
       <c r="K10">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="L10">
         <v>118.31</v>
       </c>
       <c r="M10">
         <v>118.84</v>
       </c>
       <c r="N10">
         <v>123.78</v>
       </c>
       <c r="O10">
         <v>129.02</v>
       </c>
       <c r="P10" t="s">
         <v>26</v>
       </c>
       <c r="Q10" t="s">
         <v>26</v>
       </c>
-      <c r="R10" t="s">
-        <v>26</v>
+      <c r="R10">
+        <v>118.02</v>
       </c>
       <c r="S10" t="s">
         <v>26</v>
       </c>
       <c r="T10">
         <v>118.18</v>
       </c>
       <c r="U10">
         <v>622.1</v>
       </c>
     </row>
     <row r="11" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>47</v>
       </c>
       <c r="C11" t="s">
         <v>48</v>
       </c>
       <c r="D11">
         <v>2187</v>
       </c>
       <c r="E11" t="s">
@@ -3151,72 +3151,72 @@
       <c r="C12" t="s">
         <v>51</v>
       </c>
       <c r="D12">
         <v>1131</v>
       </c>
       <c r="E12" t="s">
         <v>52</v>
       </c>
       <c r="F12" t="s">
         <v>24</v>
       </c>
       <c r="G12" t="s">
         <v>53</v>
       </c>
       <c r="H12">
         <v>1</v>
       </c>
       <c r="I12" t="b">
         <v>1</v>
       </c>
       <c r="J12" t="s">
         <v>26</v>
       </c>
       <c r="K12">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="L12">
         <v>108.54</v>
       </c>
       <c r="M12">
         <v>103.58</v>
       </c>
       <c r="N12">
         <v>112.36</v>
       </c>
       <c r="O12">
         <v>124.52</v>
       </c>
       <c r="P12" t="s">
         <v>26</v>
       </c>
       <c r="Q12" t="s">
         <v>26</v>
       </c>
-      <c r="R12" t="s">
-        <v>26</v>
+      <c r="R12">
+        <v>114.64</v>
       </c>
       <c r="S12" t="s">
         <v>26</v>
       </c>
       <c r="T12">
         <v>112.1</v>
       </c>
       <c r="U12">
         <v>605.94</v>
       </c>
     </row>
     <row r="13" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>54</v>
       </c>
       <c r="C13" t="s">
         <v>55</v>
       </c>
       <c r="D13">
         <v>1223</v>
       </c>
       <c r="E13" t="s">
@@ -3281,137 +3281,137 @@
       <c r="C14" t="s">
         <v>58</v>
       </c>
       <c r="D14">
         <v>2292</v>
       </c>
       <c r="E14" t="s">
         <v>23</v>
       </c>
       <c r="F14" t="s">
         <v>43</v>
       </c>
       <c r="G14" t="s">
         <v>25</v>
       </c>
       <c r="H14">
         <v>3</v>
       </c>
       <c r="I14" t="b">
         <v>1</v>
       </c>
       <c r="J14" t="s">
         <v>26</v>
       </c>
       <c r="K14">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="L14">
         <v>107.56</v>
       </c>
       <c r="M14">
         <v>106.44</v>
       </c>
       <c r="N14">
         <v>121.14</v>
       </c>
       <c r="O14">
         <v>114.47</v>
       </c>
       <c r="P14" t="s">
         <v>26</v>
       </c>
       <c r="Q14" t="s">
         <v>26</v>
       </c>
-      <c r="R14" t="s">
-        <v>26</v>
+      <c r="R14">
+        <v>119.94</v>
       </c>
       <c r="S14" t="s">
         <v>26</v>
       </c>
       <c r="T14">
         <v>114.04</v>
       </c>
       <c r="U14">
         <v>593.96</v>
       </c>
     </row>
     <row r="15" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>59</v>
       </c>
       <c r="C15" t="s">
         <v>60</v>
       </c>
       <c r="D15">
         <v>1809</v>
       </c>
       <c r="E15" t="s">
         <v>23</v>
       </c>
       <c r="F15" t="s">
         <v>43</v>
       </c>
       <c r="G15" t="s">
         <v>25</v>
       </c>
       <c r="H15">
         <v>4</v>
       </c>
       <c r="I15" t="b">
         <v>1</v>
       </c>
       <c r="J15" t="s">
         <v>26</v>
       </c>
       <c r="K15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L15" t="s">
         <v>26</v>
       </c>
       <c r="M15">
         <v>115.56</v>
       </c>
       <c r="N15" t="s">
         <v>26</v>
       </c>
       <c r="O15">
         <v>115.3</v>
       </c>
       <c r="P15" t="s">
         <v>26</v>
       </c>
       <c r="Q15" t="s">
         <v>26</v>
       </c>
-      <c r="R15" t="s">
-        <v>26</v>
+      <c r="R15">
+        <v>112.6</v>
       </c>
       <c r="S15" t="s">
         <v>26</v>
       </c>
       <c r="T15">
         <v>111.18</v>
       </c>
       <c r="U15">
         <v>587.83</v>
       </c>
     </row>
     <row r="16" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>61</v>
       </c>
       <c r="C16" t="s">
         <v>62</v>
       </c>
       <c r="E16" t="s">
         <v>52</v>
       </c>
       <c r="F16" t="s">
@@ -3473,134 +3473,134 @@
       <c r="C17" t="s">
         <v>64</v>
       </c>
       <c r="D17">
         <v>2320</v>
       </c>
       <c r="E17" t="s">
         <v>23</v>
       </c>
       <c r="F17" t="s">
         <v>24</v>
       </c>
       <c r="G17" t="s">
         <v>25</v>
       </c>
       <c r="H17">
         <v>8</v>
       </c>
       <c r="I17" t="b">
         <v>1</v>
       </c>
       <c r="J17" t="s">
         <v>26</v>
       </c>
       <c r="K17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L17">
         <v>110.73</v>
       </c>
       <c r="M17" t="s">
         <v>26</v>
       </c>
       <c r="N17" t="s">
         <v>26</v>
       </c>
       <c r="O17">
         <v>108.41</v>
       </c>
       <c r="P17" t="s">
         <v>26</v>
       </c>
       <c r="Q17" t="s">
         <v>26</v>
       </c>
-      <c r="R17" t="s">
-        <v>26</v>
+      <c r="R17">
+        <v>114.83</v>
       </c>
       <c r="S17" t="s">
         <v>26</v>
       </c>
       <c r="T17" t="s">
         <v>26</v>
       </c>
       <c r="U17">
         <v>567.51</v>
       </c>
     </row>
     <row r="18" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>65</v>
       </c>
       <c r="C18" t="s">
         <v>66</v>
       </c>
       <c r="E18" t="s">
         <v>67</v>
       </c>
       <c r="F18" t="s">
         <v>24</v>
       </c>
       <c r="G18" t="s">
         <v>53</v>
       </c>
       <c r="H18">
         <v>2</v>
       </c>
       <c r="I18" t="b">
         <v>1</v>
       </c>
       <c r="J18" t="s">
         <v>26</v>
       </c>
       <c r="K18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L18">
         <v>97.84</v>
       </c>
       <c r="M18">
         <v>98.46</v>
       </c>
       <c r="N18">
         <v>113.44</v>
       </c>
       <c r="O18">
         <v>112.72</v>
       </c>
       <c r="P18" t="s">
         <v>26</v>
       </c>
       <c r="Q18" t="s">
         <v>26</v>
       </c>
-      <c r="R18" t="s">
-        <v>26</v>
+      <c r="R18">
+        <v>107.69</v>
       </c>
       <c r="S18" t="s">
         <v>26</v>
       </c>
       <c r="T18" t="s">
         <v>26</v>
       </c>
       <c r="U18">
         <v>560.91</v>
       </c>
     </row>
     <row r="19" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>68</v>
       </c>
       <c r="C19" t="s">
         <v>69</v>
       </c>
       <c r="D19">
         <v>2130</v>
       </c>
       <c r="E19" t="s">
@@ -3665,459 +3665,459 @@
       <c r="C20" t="s">
         <v>71</v>
       </c>
       <c r="D20">
         <v>1227</v>
       </c>
       <c r="E20" t="s">
         <v>26</v>
       </c>
       <c r="F20" t="s">
         <v>46</v>
       </c>
       <c r="G20" t="s">
         <v>25</v>
       </c>
       <c r="H20">
         <v>4</v>
       </c>
       <c r="I20" t="b">
         <v>1</v>
       </c>
       <c r="J20" t="s">
         <v>26</v>
       </c>
       <c r="K20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L20">
         <v>109</v>
       </c>
       <c r="M20">
         <v>104.7</v>
       </c>
       <c r="N20" t="s">
         <v>26</v>
       </c>
       <c r="O20" t="s">
         <v>26</v>
       </c>
       <c r="P20" t="s">
         <v>26</v>
       </c>
       <c r="Q20" t="s">
         <v>26</v>
       </c>
-      <c r="R20" t="s">
-        <v>26</v>
+      <c r="R20">
+        <v>111.12</v>
       </c>
       <c r="S20" t="s">
         <v>26</v>
       </c>
       <c r="T20">
         <v>107.6</v>
       </c>
       <c r="U20">
         <v>547.69</v>
       </c>
     </row>
     <row r="21" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>72</v>
       </c>
       <c r="C21" t="s">
         <v>73</v>
       </c>
       <c r="D21">
         <v>1744</v>
       </c>
       <c r="E21" t="s">
         <v>23</v>
       </c>
       <c r="F21" t="s">
         <v>46</v>
       </c>
       <c r="G21" t="s">
         <v>25</v>
       </c>
       <c r="H21">
         <v>5</v>
       </c>
       <c r="I21" t="b">
         <v>1</v>
       </c>
       <c r="J21" t="s">
         <v>26</v>
       </c>
       <c r="K21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L21">
         <v>102.4</v>
       </c>
       <c r="M21">
         <v>102.57</v>
       </c>
       <c r="N21" t="s">
         <v>26</v>
       </c>
       <c r="O21" t="s">
         <v>26</v>
       </c>
       <c r="P21" t="s">
         <v>26</v>
       </c>
       <c r="Q21" t="s">
         <v>26</v>
       </c>
-      <c r="R21" t="s">
-        <v>26</v>
+      <c r="R21">
+        <v>114.68</v>
       </c>
       <c r="S21" t="s">
         <v>26</v>
       </c>
       <c r="T21" t="s">
         <v>26</v>
       </c>
       <c r="U21">
         <v>547.2</v>
       </c>
     </row>
     <row r="22" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>74</v>
       </c>
       <c r="C22" t="s">
         <v>75</v>
       </c>
       <c r="D22">
         <v>1378</v>
       </c>
       <c r="E22" t="s">
         <v>52</v>
       </c>
       <c r="F22" t="s">
         <v>76</v>
       </c>
       <c r="G22" t="s">
         <v>25</v>
       </c>
       <c r="H22">
         <v>1</v>
       </c>
       <c r="I22" t="b">
         <v>1</v>
       </c>
       <c r="J22" t="s">
         <v>26</v>
       </c>
       <c r="K22">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L22">
         <v>99.81</v>
       </c>
       <c r="M22" t="s">
         <v>26</v>
       </c>
       <c r="N22">
         <v>106.25</v>
       </c>
       <c r="O22">
         <v>110.52</v>
       </c>
       <c r="P22" t="s">
         <v>26</v>
       </c>
       <c r="Q22" t="s">
         <v>26</v>
       </c>
-      <c r="R22" t="s">
-        <v>26</v>
+      <c r="R22">
+        <v>104.59</v>
       </c>
       <c r="S22" t="s">
         <v>26</v>
       </c>
       <c r="T22">
         <v>99.23</v>
       </c>
       <c r="U22">
         <v>546.09</v>
       </c>
     </row>
     <row r="23" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>77</v>
       </c>
       <c r="C23" t="s">
         <v>78</v>
       </c>
       <c r="D23">
         <v>1513</v>
       </c>
       <c r="E23" t="s">
         <v>52</v>
       </c>
       <c r="F23" t="s">
         <v>24</v>
       </c>
       <c r="G23" t="s">
         <v>53</v>
       </c>
       <c r="H23">
         <v>3</v>
       </c>
       <c r="I23" t="b">
         <v>1</v>
       </c>
       <c r="J23" t="s">
         <v>26</v>
       </c>
       <c r="K23">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L23" t="s">
         <v>26</v>
       </c>
       <c r="M23">
         <v>90.73</v>
       </c>
       <c r="N23">
         <v>104.59</v>
       </c>
       <c r="O23">
         <v>106.09</v>
       </c>
       <c r="P23" t="s">
         <v>26</v>
       </c>
       <c r="Q23" t="s">
         <v>26</v>
       </c>
-      <c r="R23" t="s">
-        <v>26</v>
+      <c r="R23">
+        <v>107.73</v>
       </c>
       <c r="S23" t="s">
         <v>26</v>
       </c>
       <c r="T23">
         <v>107.03</v>
       </c>
       <c r="U23">
         <v>543.3</v>
       </c>
     </row>
     <row r="24" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>79</v>
       </c>
       <c r="C24" t="s">
         <v>80</v>
       </c>
       <c r="D24">
         <v>417</v>
       </c>
       <c r="E24" t="s">
         <v>56</v>
       </c>
       <c r="F24" t="s">
         <v>43</v>
       </c>
       <c r="G24" t="s">
         <v>25</v>
       </c>
       <c r="H24">
         <v>6</v>
       </c>
       <c r="I24" t="b">
         <v>1</v>
       </c>
       <c r="J24" t="s">
         <v>26</v>
       </c>
       <c r="K24">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L24" t="s">
         <v>26</v>
       </c>
       <c r="M24" t="s">
         <v>26</v>
       </c>
       <c r="N24" t="s">
         <v>26</v>
       </c>
       <c r="O24">
         <v>133.63</v>
       </c>
       <c r="P24" t="s">
         <v>26</v>
       </c>
       <c r="Q24" t="s">
         <v>26</v>
       </c>
-      <c r="R24" t="s">
-        <v>26</v>
+      <c r="R24">
+        <v>133.09</v>
       </c>
       <c r="S24" t="s">
         <v>26</v>
       </c>
       <c r="T24" t="s">
         <v>26</v>
       </c>
       <c r="U24">
         <v>540.48</v>
       </c>
     </row>
     <row r="25" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>81</v>
       </c>
       <c r="C25" t="s">
         <v>82</v>
       </c>
       <c r="E25" t="s">
         <v>31</v>
       </c>
       <c r="F25" t="s">
         <v>24</v>
       </c>
       <c r="G25" t="s">
         <v>53</v>
       </c>
       <c r="H25">
         <v>4</v>
       </c>
       <c r="I25" t="b">
         <v>1</v>
       </c>
       <c r="J25" t="s">
         <v>26</v>
       </c>
       <c r="K25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L25">
         <v>92.04</v>
       </c>
       <c r="M25" t="s">
         <v>26</v>
       </c>
       <c r="N25">
         <v>105.59</v>
       </c>
       <c r="O25" t="s">
         <v>26</v>
       </c>
       <c r="P25" t="s">
         <v>26</v>
       </c>
       <c r="Q25" t="s">
         <v>26</v>
       </c>
-      <c r="R25" t="s">
-        <v>26</v>
+      <c r="R25">
+        <v>108.51</v>
       </c>
       <c r="S25" t="s">
         <v>26</v>
       </c>
       <c r="T25" t="s">
         <v>26</v>
       </c>
       <c r="U25">
         <v>531.84</v>
       </c>
     </row>
     <row r="26" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>83</v>
       </c>
       <c r="C26" t="s">
         <v>84</v>
       </c>
       <c r="D26">
         <v>2209</v>
       </c>
       <c r="E26" t="s">
         <v>85</v>
       </c>
       <c r="F26" t="s">
         <v>43</v>
       </c>
       <c r="G26" t="s">
         <v>25</v>
       </c>
       <c r="H26">
         <v>7</v>
       </c>
       <c r="I26" t="b">
         <v>1</v>
       </c>
       <c r="J26" t="s">
         <v>26</v>
       </c>
       <c r="K26">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L26">
         <v>100.26</v>
       </c>
       <c r="M26">
         <v>99.06</v>
       </c>
       <c r="N26">
         <v>105.97</v>
       </c>
       <c r="O26">
         <v>103.3</v>
       </c>
       <c r="P26" t="s">
         <v>26</v>
       </c>
       <c r="Q26" t="s">
         <v>26</v>
       </c>
-      <c r="R26" t="s">
-        <v>26</v>
+      <c r="R26">
+        <v>108.59</v>
       </c>
       <c r="S26" t="s">
         <v>26</v>
       </c>
       <c r="T26" t="s">
         <v>26</v>
       </c>
       <c r="U26">
         <v>525.6</v>
       </c>
     </row>
     <row r="27" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>83</v>
       </c>
       <c r="C27" t="s">
         <v>86</v>
       </c>
       <c r="E27" t="s">
         <v>87</v>
       </c>
       <c r="F27" t="s">
@@ -4498,137 +4498,137 @@
       <c r="B33" t="s">
         <v>50</v>
       </c>
       <c r="C33" t="s">
         <v>96</v>
       </c>
       <c r="E33" t="s">
         <v>23</v>
       </c>
       <c r="F33" t="s">
         <v>24</v>
       </c>
       <c r="G33" t="s">
         <v>53</v>
       </c>
       <c r="H33">
         <v>5</v>
       </c>
       <c r="I33" t="b">
         <v>1</v>
       </c>
       <c r="J33" t="s">
         <v>26</v>
       </c>
       <c r="K33">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L33">
         <v>87.74</v>
       </c>
       <c r="M33" t="s">
         <v>26</v>
       </c>
       <c r="N33" t="s">
         <v>26</v>
       </c>
       <c r="O33">
         <v>95.08</v>
       </c>
       <c r="P33" t="s">
         <v>26</v>
       </c>
       <c r="Q33" t="s">
         <v>26</v>
       </c>
-      <c r="R33" t="s">
-        <v>26</v>
+      <c r="R33">
+        <v>95.92</v>
       </c>
       <c r="S33" t="s">
         <v>26</v>
       </c>
       <c r="T33" t="s">
         <v>26</v>
       </c>
       <c r="U33">
         <v>488.65</v>
       </c>
     </row>
     <row r="34" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>97</v>
       </c>
       <c r="C34" t="s">
         <v>98</v>
       </c>
       <c r="D34">
         <v>1506</v>
       </c>
       <c r="E34" t="s">
         <v>95</v>
       </c>
       <c r="F34" t="s">
         <v>76</v>
       </c>
       <c r="G34" t="s">
         <v>53</v>
       </c>
       <c r="H34">
         <v>1</v>
       </c>
       <c r="I34" t="b">
         <v>1</v>
       </c>
       <c r="J34" t="s">
         <v>26</v>
       </c>
       <c r="K34">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="L34">
         <v>91.17</v>
       </c>
       <c r="M34">
         <v>86.93</v>
       </c>
       <c r="N34">
         <v>97.52</v>
       </c>
       <c r="O34">
         <v>96.29</v>
       </c>
       <c r="P34" t="s">
         <v>26</v>
       </c>
       <c r="Q34" t="s">
         <v>26</v>
       </c>
-      <c r="R34" t="s">
-        <v>26</v>
+      <c r="R34">
+        <v>90.5</v>
       </c>
       <c r="S34" t="s">
         <v>26</v>
       </c>
       <c r="T34">
         <v>84.1</v>
       </c>
       <c r="U34">
         <v>472.32</v>
       </c>
     </row>
     <row r="35" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>99</v>
       </c>
       <c r="C35" t="s">
         <v>75</v>
       </c>
       <c r="E35" t="s">
         <v>31</v>
       </c>
       <c r="F35" t="s">
@@ -4820,261 +4820,261 @@
       <c r="C38" t="s">
         <v>106</v>
       </c>
       <c r="D38">
         <v>2202</v>
       </c>
       <c r="E38" t="s">
         <v>56</v>
       </c>
       <c r="F38" t="s">
         <v>46</v>
       </c>
       <c r="G38" t="s">
         <v>53</v>
       </c>
       <c r="H38">
         <v>1</v>
       </c>
       <c r="I38" t="b">
         <v>1</v>
       </c>
       <c r="J38" t="s">
         <v>26</v>
       </c>
       <c r="K38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L38">
         <v>85.54</v>
       </c>
       <c r="M38" t="s">
         <v>26</v>
       </c>
       <c r="N38">
         <v>89.42</v>
       </c>
       <c r="O38">
         <v>88.21</v>
       </c>
       <c r="P38" t="s">
         <v>26</v>
       </c>
       <c r="Q38" t="s">
         <v>26</v>
       </c>
-      <c r="R38" t="s">
-        <v>26</v>
+      <c r="R38">
+        <v>90.59</v>
       </c>
       <c r="S38" t="s">
         <v>26</v>
       </c>
       <c r="T38" t="s">
         <v>26</v>
       </c>
       <c r="U38">
         <v>451.98</v>
       </c>
     </row>
     <row r="39" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>107</v>
       </c>
       <c r="C39" t="s">
         <v>108</v>
       </c>
       <c r="E39" t="s">
         <v>56</v>
       </c>
       <c r="F39" t="s">
         <v>76</v>
       </c>
       <c r="G39" t="s">
         <v>25</v>
       </c>
       <c r="H39">
         <v>4</v>
       </c>
       <c r="I39" t="b">
         <v>1</v>
       </c>
       <c r="J39" t="s">
         <v>26</v>
       </c>
       <c r="K39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L39">
         <v>84.46</v>
       </c>
       <c r="M39" t="s">
         <v>26</v>
       </c>
       <c r="N39">
         <v>92.08</v>
       </c>
       <c r="O39">
         <v>83.13</v>
       </c>
       <c r="P39" t="s">
         <v>26</v>
       </c>
       <c r="Q39" t="s">
         <v>26</v>
       </c>
-      <c r="R39" t="s">
-        <v>26</v>
+      <c r="R39">
+        <v>90.11</v>
       </c>
       <c r="S39" t="s">
         <v>26</v>
       </c>
       <c r="T39" t="s">
         <v>26</v>
       </c>
       <c r="U39">
         <v>451.13</v>
       </c>
     </row>
     <row r="40" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>90</v>
       </c>
       <c r="C40" t="s">
         <v>109</v>
       </c>
       <c r="D40">
         <v>2214</v>
       </c>
       <c r="E40" t="s">
         <v>110</v>
       </c>
       <c r="F40" t="s">
         <v>43</v>
       </c>
       <c r="G40" t="s">
         <v>25</v>
       </c>
       <c r="H40">
         <v>9</v>
       </c>
       <c r="I40" t="b">
         <v>1</v>
       </c>
       <c r="J40" t="s">
         <v>26</v>
       </c>
       <c r="K40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L40" t="s">
         <v>26</v>
       </c>
       <c r="M40" t="s">
         <v>26</v>
       </c>
       <c r="N40" t="s">
         <v>26</v>
       </c>
       <c r="O40">
         <v>86.91</v>
       </c>
       <c r="P40" t="s">
         <v>26</v>
       </c>
       <c r="Q40" t="s">
         <v>26</v>
       </c>
-      <c r="R40" t="s">
-        <v>26</v>
+      <c r="R40">
+        <v>90.26</v>
       </c>
       <c r="S40" t="s">
         <v>26</v>
       </c>
       <c r="T40">
         <v>88.56</v>
       </c>
       <c r="U40">
         <v>448.99</v>
       </c>
     </row>
     <row r="41" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>111</v>
       </c>
       <c r="C41" t="s">
         <v>112</v>
       </c>
       <c r="E41" t="s">
         <v>23</v>
       </c>
       <c r="F41" t="s">
         <v>76</v>
       </c>
       <c r="G41" t="s">
         <v>53</v>
       </c>
       <c r="H41">
         <v>2</v>
       </c>
       <c r="I41" t="b">
         <v>1</v>
       </c>
       <c r="J41" t="s">
         <v>26</v>
       </c>
       <c r="K41">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L41">
         <v>85.4</v>
       </c>
       <c r="M41">
         <v>86.96</v>
       </c>
       <c r="N41">
         <v>87.04</v>
       </c>
       <c r="O41">
         <v>91.33</v>
       </c>
       <c r="P41" t="s">
         <v>26</v>
       </c>
       <c r="Q41" t="s">
         <v>26</v>
       </c>
-      <c r="R41" t="s">
-        <v>26</v>
+      <c r="R41">
+        <v>84.04</v>
       </c>
       <c r="S41" t="s">
         <v>26</v>
       </c>
       <c r="T41" t="s">
         <v>26</v>
       </c>
       <c r="U41">
         <v>442.22</v>
       </c>
     </row>
     <row r="42" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>113</v>
       </c>
       <c r="C42" t="s">
         <v>114</v>
       </c>
       <c r="D42">
         <v>2343</v>
       </c>
       <c r="E42" t="s">
@@ -5139,72 +5139,72 @@
       <c r="C43" t="s">
         <v>115</v>
       </c>
       <c r="D43">
         <v>2350</v>
       </c>
       <c r="E43" t="s">
         <v>26</v>
       </c>
       <c r="F43" t="s">
         <v>43</v>
       </c>
       <c r="G43" t="s">
         <v>25</v>
       </c>
       <c r="H43">
         <v>10</v>
       </c>
       <c r="I43" t="b">
         <v>1</v>
       </c>
       <c r="J43" t="s">
         <v>26</v>
       </c>
       <c r="K43">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L43" t="s">
         <v>26</v>
       </c>
       <c r="M43">
         <v>96.69</v>
       </c>
       <c r="N43" t="s">
         <v>26</v>
       </c>
       <c r="O43">
         <v>106.92</v>
       </c>
       <c r="P43" t="s">
         <v>26</v>
       </c>
       <c r="Q43" t="s">
         <v>26</v>
       </c>
-      <c r="R43" t="s">
-        <v>26</v>
+      <c r="R43">
+        <v>112.32</v>
       </c>
       <c r="S43" t="s">
         <v>26</v>
       </c>
       <c r="T43" t="s">
         <v>26</v>
       </c>
       <c r="U43">
         <v>429.39</v>
       </c>
     </row>
     <row r="44" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>116</v>
       </c>
       <c r="C44" t="s">
         <v>117</v>
       </c>
       <c r="D44">
         <v>1303</v>
       </c>
       <c r="E44" t="s">
@@ -5396,202 +5396,202 @@
       <c r="B47" t="s">
         <v>68</v>
       </c>
       <c r="C47" t="s">
         <v>120</v>
       </c>
       <c r="E47" t="s">
         <v>121</v>
       </c>
       <c r="F47" t="s">
         <v>46</v>
       </c>
       <c r="G47" t="s">
         <v>25</v>
       </c>
       <c r="H47">
         <v>11</v>
       </c>
       <c r="I47" t="b">
         <v>1</v>
       </c>
       <c r="J47" t="s">
         <v>26</v>
       </c>
       <c r="K47">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L47" t="s">
         <v>26</v>
       </c>
       <c r="M47" t="s">
         <v>26</v>
       </c>
       <c r="N47" t="s">
         <v>26</v>
       </c>
       <c r="O47">
         <v>106.95</v>
       </c>
       <c r="P47" t="s">
         <v>26</v>
       </c>
       <c r="Q47" t="s">
         <v>26</v>
       </c>
-      <c r="R47" t="s">
-        <v>26</v>
+      <c r="R47">
+        <v>100.9</v>
       </c>
       <c r="S47" t="s">
         <v>26</v>
       </c>
       <c r="T47" t="s">
         <v>26</v>
       </c>
       <c r="U47">
         <v>416.27</v>
       </c>
     </row>
     <row r="48" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>79</v>
       </c>
       <c r="C48" t="s">
         <v>122</v>
       </c>
       <c r="D48">
         <v>2333</v>
       </c>
       <c r="E48" t="s">
         <v>85</v>
       </c>
       <c r="F48" t="s">
         <v>46</v>
       </c>
       <c r="G48" t="s">
         <v>25</v>
       </c>
       <c r="H48">
         <v>12</v>
       </c>
       <c r="I48" t="b">
         <v>1</v>
       </c>
       <c r="J48" t="s">
         <v>26</v>
       </c>
       <c r="K48">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L48" t="s">
         <v>26</v>
       </c>
       <c r="M48" t="s">
         <v>26</v>
       </c>
       <c r="N48">
         <v>85.37</v>
       </c>
       <c r="O48">
         <v>63.24</v>
       </c>
       <c r="P48" t="s">
         <v>26</v>
       </c>
       <c r="Q48" t="s">
         <v>26</v>
       </c>
-      <c r="R48" t="s">
-        <v>26</v>
+      <c r="R48">
+        <v>87.36</v>
       </c>
       <c r="S48" t="s">
         <v>26</v>
       </c>
       <c r="T48" t="s">
         <v>26</v>
       </c>
       <c r="U48">
         <v>407.73</v>
       </c>
     </row>
     <row r="49" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
         <v>123</v>
       </c>
       <c r="C49" t="s">
         <v>98</v>
       </c>
       <c r="D49">
         <v>202</v>
       </c>
       <c r="E49" t="s">
         <v>95</v>
       </c>
       <c r="F49" t="s">
         <v>124</v>
       </c>
       <c r="G49" t="s">
         <v>25</v>
       </c>
       <c r="H49">
         <v>1</v>
       </c>
       <c r="I49" t="b">
         <v>1</v>
       </c>
       <c r="J49" t="s">
         <v>26</v>
       </c>
       <c r="K49">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="L49">
         <v>81.21</v>
       </c>
       <c r="M49">
         <v>77.05</v>
       </c>
       <c r="N49">
         <v>84.62</v>
       </c>
       <c r="O49">
         <v>68.98</v>
       </c>
       <c r="P49" t="s">
         <v>26</v>
       </c>
       <c r="Q49" t="s">
         <v>26</v>
       </c>
-      <c r="R49" t="s">
-        <v>26</v>
+      <c r="R49">
+        <v>79.82</v>
       </c>
       <c r="S49" t="s">
         <v>26</v>
       </c>
       <c r="T49">
         <v>76.65</v>
       </c>
       <c r="U49">
         <v>407.73</v>
       </c>
     </row>
     <row r="50" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
         <v>125</v>
       </c>
       <c r="C50" t="s">
         <v>126</v>
       </c>
       <c r="D50">
         <v>2077</v>
       </c>
       <c r="E50" t="s">
@@ -5721,72 +5721,72 @@
       <c r="C52" t="s">
         <v>131</v>
       </c>
       <c r="D52">
         <v>1299</v>
       </c>
       <c r="E52" t="s">
         <v>132</v>
       </c>
       <c r="F52" t="s">
         <v>133</v>
       </c>
       <c r="G52" t="s">
         <v>25</v>
       </c>
       <c r="H52">
         <v>1</v>
       </c>
       <c r="I52" t="b">
         <v>1</v>
       </c>
       <c r="J52" t="s">
         <v>26</v>
       </c>
       <c r="K52">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L52">
         <v>73.17</v>
       </c>
       <c r="M52" t="s">
         <v>26</v>
       </c>
       <c r="N52">
         <v>91.95</v>
       </c>
       <c r="O52" t="s">
         <v>26</v>
       </c>
       <c r="P52" t="s">
         <v>26</v>
       </c>
       <c r="Q52" t="s">
         <v>26</v>
       </c>
-      <c r="R52" t="s">
-        <v>26</v>
+      <c r="R52">
+        <v>94.19</v>
       </c>
       <c r="S52" t="s">
         <v>26</v>
       </c>
       <c r="T52">
         <v>79.49</v>
       </c>
       <c r="U52">
         <v>396.11</v>
       </c>
     </row>
     <row r="53" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
         <v>134</v>
       </c>
       <c r="C53" t="s">
         <v>135</v>
       </c>
       <c r="E53" t="s">
         <v>136</v>
       </c>
       <c r="F53" t="s">
@@ -5848,332 +5848,332 @@
       <c r="C54" t="s">
         <v>138</v>
       </c>
       <c r="D54">
         <v>2474</v>
       </c>
       <c r="E54" t="s">
         <v>42</v>
       </c>
       <c r="F54" t="s">
         <v>24</v>
       </c>
       <c r="G54" t="s">
         <v>25</v>
       </c>
       <c r="H54">
         <v>14</v>
       </c>
       <c r="I54" t="b">
         <v>1</v>
       </c>
       <c r="J54" t="s">
         <v>26</v>
       </c>
       <c r="K54">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L54" t="s">
         <v>26</v>
       </c>
       <c r="M54" t="s">
         <v>26</v>
       </c>
       <c r="N54" t="s">
         <v>26</v>
       </c>
       <c r="O54" t="s">
         <v>26</v>
       </c>
       <c r="P54" t="s">
         <v>26</v>
       </c>
       <c r="Q54" t="s">
         <v>26</v>
       </c>
-      <c r="R54" t="s">
-        <v>26</v>
+      <c r="R54">
+        <v>128.44</v>
       </c>
       <c r="S54" t="s">
         <v>26</v>
       </c>
       <c r="T54">
         <v>122.15</v>
       </c>
       <c r="U54">
         <v>379.15</v>
       </c>
     </row>
     <row r="55" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
         <v>139</v>
       </c>
       <c r="C55" t="s">
         <v>140</v>
       </c>
       <c r="D55">
         <v>2281</v>
       </c>
       <c r="E55" t="s">
         <v>39</v>
       </c>
       <c r="F55" t="s">
         <v>24</v>
       </c>
       <c r="G55" t="s">
         <v>53</v>
       </c>
       <c r="H55">
         <v>6</v>
       </c>
       <c r="I55" t="b">
         <v>1</v>
       </c>
       <c r="J55" t="s">
         <v>26</v>
       </c>
       <c r="K55">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L55" t="s">
         <v>26</v>
       </c>
       <c r="M55">
         <v>90.43</v>
       </c>
       <c r="N55" t="s">
         <v>26</v>
       </c>
       <c r="O55">
         <v>83.24</v>
       </c>
       <c r="P55" t="s">
         <v>26</v>
       </c>
       <c r="Q55" t="s">
         <v>26</v>
       </c>
-      <c r="R55" t="s">
-        <v>26</v>
+      <c r="R55">
+        <v>103.12</v>
       </c>
       <c r="S55" t="s">
         <v>26</v>
       </c>
       <c r="T55" t="s">
         <v>26</v>
       </c>
       <c r="U55">
         <v>376.38</v>
       </c>
     </row>
     <row r="56" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
         <v>141</v>
       </c>
       <c r="C56" t="s">
         <v>142</v>
       </c>
       <c r="D56">
         <v>981</v>
       </c>
       <c r="E56" t="s">
         <v>23</v>
       </c>
       <c r="F56" t="s">
         <v>46</v>
       </c>
       <c r="G56" t="s">
         <v>53</v>
       </c>
       <c r="H56">
         <v>2</v>
       </c>
       <c r="I56" t="b">
         <v>1</v>
       </c>
       <c r="J56" t="s">
         <v>26</v>
       </c>
       <c r="K56">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L56" t="s">
         <v>26</v>
       </c>
       <c r="M56" t="s">
         <v>26</v>
       </c>
       <c r="N56" t="s">
         <v>26</v>
       </c>
       <c r="O56" t="s">
         <v>26</v>
       </c>
       <c r="P56" t="s">
         <v>26</v>
       </c>
       <c r="Q56" t="s">
         <v>26</v>
       </c>
-      <c r="R56" t="s">
-        <v>26</v>
+      <c r="R56">
+        <v>114.97</v>
       </c>
       <c r="S56" t="s">
         <v>26</v>
       </c>
       <c r="T56" t="s">
         <v>26</v>
       </c>
       <c r="U56">
         <v>370.5</v>
       </c>
     </row>
     <row r="57" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
         <v>143</v>
       </c>
       <c r="C57" t="s">
         <v>94</v>
       </c>
       <c r="D57">
         <v>1713</v>
       </c>
       <c r="E57" t="s">
         <v>144</v>
       </c>
       <c r="F57" t="s">
         <v>43</v>
       </c>
       <c r="G57" t="s">
         <v>25</v>
       </c>
       <c r="H57">
         <v>13</v>
       </c>
       <c r="I57" t="b">
         <v>1</v>
       </c>
       <c r="J57" t="s">
         <v>26</v>
       </c>
       <c r="K57">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L57" t="s">
         <v>26</v>
       </c>
       <c r="M57" t="s">
         <v>26</v>
       </c>
       <c r="N57" t="s">
         <v>26</v>
       </c>
       <c r="O57" t="s">
         <v>26</v>
       </c>
       <c r="P57" t="s">
         <v>26</v>
       </c>
       <c r="Q57" t="s">
         <v>26</v>
       </c>
-      <c r="R57" t="s">
-        <v>26</v>
+      <c r="R57">
+        <v>111.53</v>
       </c>
       <c r="S57" t="s">
         <v>26</v>
       </c>
       <c r="T57" t="s">
         <v>26</v>
       </c>
       <c r="U57">
         <v>352.16</v>
       </c>
     </row>
     <row r="58" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
         <v>145</v>
       </c>
       <c r="C58" t="s">
         <v>146</v>
       </c>
       <c r="D58">
         <v>250</v>
       </c>
       <c r="E58" t="s">
         <v>147</v>
       </c>
       <c r="F58" t="s">
         <v>76</v>
       </c>
       <c r="G58" t="s">
         <v>53</v>
       </c>
       <c r="H58">
         <v>3</v>
       </c>
       <c r="I58" t="b">
         <v>1</v>
       </c>
       <c r="J58" t="s">
         <v>26</v>
       </c>
       <c r="K58">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L58">
         <v>88.34</v>
       </c>
       <c r="M58">
         <v>84.71</v>
       </c>
       <c r="N58" t="s">
         <v>26</v>
       </c>
       <c r="O58">
         <v>90.65</v>
       </c>
       <c r="P58" t="s">
         <v>26</v>
       </c>
       <c r="Q58" t="s">
         <v>26</v>
       </c>
-      <c r="R58" t="s">
-        <v>26</v>
+      <c r="R58">
+        <v>84.85</v>
       </c>
       <c r="S58" t="s">
         <v>26</v>
       </c>
       <c r="T58" t="s">
         <v>26</v>
       </c>
       <c r="U58">
         <v>348.55</v>
       </c>
     </row>
     <row r="59" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
         <v>148</v>
       </c>
       <c r="C59" t="s">
         <v>149</v>
       </c>
       <c r="E59" t="s">
         <v>95</v>
       </c>
       <c r="F59" t="s">
@@ -6232,196 +6232,196 @@
       <c r="B60" t="s">
         <v>151</v>
       </c>
       <c r="C60" t="s">
         <v>152</v>
       </c>
       <c r="E60" t="s">
         <v>153</v>
       </c>
       <c r="F60" t="s">
         <v>46</v>
       </c>
       <c r="G60" t="s">
         <v>25</v>
       </c>
       <c r="H60">
         <v>13</v>
       </c>
       <c r="I60" t="b">
         <v>1</v>
       </c>
       <c r="J60" t="s">
         <v>26</v>
       </c>
       <c r="K60">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L60" t="s">
         <v>26</v>
       </c>
       <c r="M60" t="s">
         <v>26</v>
       </c>
       <c r="N60">
         <v>85.32</v>
       </c>
       <c r="O60" t="s">
         <v>26</v>
       </c>
       <c r="P60" t="s">
         <v>26</v>
       </c>
       <c r="Q60" t="s">
         <v>26</v>
       </c>
-      <c r="R60" t="s">
-        <v>26</v>
+      <c r="R60">
+        <v>87.36</v>
       </c>
       <c r="S60" t="s">
         <v>26</v>
       </c>
       <c r="T60" t="s">
         <v>26</v>
       </c>
       <c r="U60">
         <v>340.64</v>
       </c>
     </row>
     <row r="61" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
         <v>154</v>
       </c>
       <c r="C61" t="s">
         <v>155</v>
       </c>
       <c r="E61" t="s">
         <v>26</v>
       </c>
       <c r="F61" t="s">
         <v>24</v>
       </c>
       <c r="G61" t="s">
         <v>25</v>
       </c>
       <c r="H61">
         <v>15</v>
       </c>
       <c r="I61" t="b">
         <v>1</v>
       </c>
       <c r="J61" t="s">
         <v>26</v>
       </c>
       <c r="K61">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L61" t="s">
         <v>26</v>
       </c>
       <c r="M61" t="s">
         <v>26</v>
       </c>
       <c r="N61">
         <v>105.77</v>
       </c>
       <c r="O61" t="s">
         <v>26</v>
       </c>
       <c r="P61" t="s">
         <v>26</v>
       </c>
       <c r="Q61" t="s">
         <v>26</v>
       </c>
-      <c r="R61" t="s">
-        <v>26</v>
+      <c r="R61">
+        <v>117.15</v>
       </c>
       <c r="S61" t="s">
         <v>26</v>
       </c>
       <c r="T61" t="s">
         <v>26</v>
       </c>
       <c r="U61">
         <v>340.47</v>
       </c>
     </row>
     <row r="62" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
         <v>156</v>
       </c>
       <c r="C62" t="s">
         <v>157</v>
       </c>
       <c r="E62" t="s">
         <v>52</v>
       </c>
       <c r="F62" t="s">
         <v>24</v>
       </c>
       <c r="G62" t="s">
         <v>25</v>
       </c>
       <c r="H62">
         <v>16</v>
       </c>
       <c r="I62" t="b">
         <v>1</v>
       </c>
       <c r="J62" t="s">
         <v>26</v>
       </c>
       <c r="K62">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L62" t="s">
         <v>26</v>
       </c>
       <c r="M62" t="s">
         <v>26</v>
       </c>
       <c r="N62" t="s">
         <v>26</v>
       </c>
       <c r="O62">
         <v>108.6</v>
       </c>
       <c r="P62" t="s">
         <v>26</v>
       </c>
       <c r="Q62" t="s">
         <v>26</v>
       </c>
-      <c r="R62" t="s">
-        <v>26</v>
+      <c r="R62">
+        <v>115.51</v>
       </c>
       <c r="S62" t="s">
         <v>26</v>
       </c>
       <c r="T62" t="s">
         <v>26</v>
       </c>
       <c r="U62">
         <v>337.43</v>
       </c>
     </row>
     <row r="63" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
         <v>54</v>
       </c>
       <c r="C63" t="s">
         <v>158</v>
       </c>
       <c r="D63">
         <v>2332</v>
       </c>
       <c r="E63" t="s">
@@ -6610,72 +6610,72 @@
       <c r="C66" t="s">
         <v>164</v>
       </c>
       <c r="D66">
         <v>662</v>
       </c>
       <c r="E66" t="s">
         <v>23</v>
       </c>
       <c r="F66" t="s">
         <v>46</v>
       </c>
       <c r="G66" t="s">
         <v>53</v>
       </c>
       <c r="H66">
         <v>3</v>
       </c>
       <c r="I66" t="b">
         <v>1</v>
       </c>
       <c r="J66" t="s">
         <v>26</v>
       </c>
       <c r="K66">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L66">
         <v>73.03</v>
       </c>
       <c r="M66" t="s">
         <v>26</v>
       </c>
       <c r="N66" t="s">
         <v>26</v>
       </c>
       <c r="O66" t="s">
         <v>26</v>
       </c>
       <c r="P66" t="s">
         <v>26</v>
       </c>
       <c r="Q66" t="s">
         <v>26</v>
       </c>
-      <c r="R66" t="s">
-        <v>26</v>
+      <c r="R66">
+        <v>79.82</v>
       </c>
       <c r="S66" t="s">
         <v>26</v>
       </c>
       <c r="T66" t="s">
         <v>26</v>
       </c>
       <c r="U66">
         <v>315.76</v>
       </c>
     </row>
     <row r="67" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
         <v>165</v>
       </c>
       <c r="C67" t="s">
         <v>166</v>
       </c>
       <c r="D67">
         <v>1179</v>
       </c>
       <c r="E67" t="s">
@@ -6935,202 +6935,202 @@
       <c r="C71" t="s">
         <v>172</v>
       </c>
       <c r="D71">
         <v>1783</v>
       </c>
       <c r="E71" t="s">
         <v>52</v>
       </c>
       <c r="F71" t="s">
         <v>173</v>
       </c>
       <c r="G71" t="s">
         <v>25</v>
       </c>
       <c r="H71">
         <v>1</v>
       </c>
       <c r="I71" t="b">
         <v>1</v>
       </c>
       <c r="J71" t="s">
         <v>26</v>
       </c>
       <c r="K71">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L71" t="s">
         <v>26</v>
       </c>
       <c r="M71" t="s">
         <v>26</v>
       </c>
       <c r="N71" t="s">
         <v>26</v>
       </c>
       <c r="O71" t="s">
         <v>26</v>
       </c>
       <c r="P71" t="s">
         <v>26</v>
       </c>
       <c r="Q71" t="s">
         <v>26</v>
       </c>
-      <c r="R71" t="s">
-        <v>26</v>
+      <c r="R71">
+        <v>139.43</v>
       </c>
       <c r="S71" t="s">
         <v>26</v>
       </c>
       <c r="T71" t="s">
         <v>26</v>
       </c>
       <c r="U71">
         <v>285.73</v>
       </c>
     </row>
     <row r="72" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
         <v>174</v>
       </c>
       <c r="C72" t="s">
         <v>175</v>
       </c>
       <c r="D72">
         <v>2377</v>
       </c>
       <c r="E72" t="s">
         <v>176</v>
       </c>
       <c r="F72" t="s">
         <v>46</v>
       </c>
       <c r="G72" t="s">
         <v>25</v>
       </c>
       <c r="H72">
         <v>15</v>
       </c>
       <c r="I72" t="b">
         <v>1</v>
       </c>
       <c r="J72" t="s">
         <v>26</v>
       </c>
       <c r="K72">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L72" t="s">
         <v>26</v>
       </c>
       <c r="M72" t="s">
         <v>26</v>
       </c>
       <c r="N72" t="s">
         <v>26</v>
       </c>
       <c r="O72" t="s">
         <v>26</v>
       </c>
       <c r="P72" t="s">
         <v>26</v>
       </c>
       <c r="Q72" t="s">
         <v>26</v>
       </c>
-      <c r="R72" t="s">
-        <v>26</v>
+      <c r="R72">
+        <v>90.41</v>
       </c>
       <c r="S72" t="s">
         <v>26</v>
       </c>
       <c r="T72">
         <v>90.57</v>
       </c>
       <c r="U72">
         <v>281.2</v>
       </c>
     </row>
     <row r="73" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
         <v>177</v>
       </c>
       <c r="C73" t="s">
         <v>94</v>
       </c>
       <c r="D73">
         <v>2271</v>
       </c>
       <c r="E73" t="s">
         <v>178</v>
       </c>
       <c r="F73" t="s">
         <v>24</v>
       </c>
       <c r="G73" t="s">
         <v>25</v>
       </c>
       <c r="H73">
         <v>17</v>
       </c>
       <c r="I73" t="b">
         <v>1</v>
       </c>
       <c r="J73" t="s">
         <v>26</v>
       </c>
       <c r="K73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L73" t="s">
         <v>26</v>
       </c>
       <c r="M73" t="s">
         <v>26</v>
       </c>
       <c r="N73" t="s">
         <v>26</v>
       </c>
       <c r="O73">
         <v>134.08</v>
       </c>
       <c r="P73" t="s">
         <v>26</v>
       </c>
       <c r="Q73" t="s">
         <v>26</v>
       </c>
-      <c r="R73" t="s">
-        <v>26</v>
+      <c r="R73">
+        <v>78.26</v>
       </c>
       <c r="S73" t="s">
         <v>26</v>
       </c>
       <c r="T73" t="s">
         <v>26</v>
       </c>
       <c r="U73">
         <v>280.13</v>
       </c>
     </row>
     <row r="74" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
         <v>179</v>
       </c>
       <c r="C74" t="s">
         <v>180</v>
       </c>
       <c r="D74">
         <v>631</v>
       </c>
       <c r="E74" t="s">
@@ -7195,72 +7195,72 @@
       <c r="C75" t="s">
         <v>181</v>
       </c>
       <c r="D75">
         <v>1948</v>
       </c>
       <c r="E75" t="s">
         <v>110</v>
       </c>
       <c r="F75" t="s">
         <v>43</v>
       </c>
       <c r="G75" t="s">
         <v>53</v>
       </c>
       <c r="H75">
         <v>6</v>
       </c>
       <c r="I75" t="b">
         <v>1</v>
       </c>
       <c r="J75" t="s">
         <v>26</v>
       </c>
       <c r="K75">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L75" t="s">
         <v>26</v>
       </c>
       <c r="M75" t="s">
         <v>26</v>
       </c>
       <c r="N75">
         <v>91.88</v>
       </c>
       <c r="O75" t="s">
         <v>26</v>
       </c>
       <c r="P75" t="s">
         <v>26</v>
       </c>
       <c r="Q75" t="s">
         <v>26</v>
       </c>
-      <c r="R75" t="s">
-        <v>26</v>
+      <c r="R75">
+        <v>80.65</v>
       </c>
       <c r="S75" t="s">
         <v>26</v>
       </c>
       <c r="T75" t="s">
         <v>26</v>
       </c>
       <c r="U75">
         <v>263.63</v>
       </c>
     </row>
     <row r="76" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
         <v>182</v>
       </c>
       <c r="C76" t="s">
         <v>183</v>
       </c>
       <c r="E76" t="s">
         <v>184</v>
       </c>
       <c r="F76" t="s">
@@ -7768,72 +7768,72 @@
       <c r="B84" t="s">
         <v>198</v>
       </c>
       <c r="C84" t="s">
         <v>199</v>
       </c>
       <c r="E84" t="s">
         <v>200</v>
       </c>
       <c r="F84" t="s">
         <v>24</v>
       </c>
       <c r="G84" t="s">
         <v>53</v>
       </c>
       <c r="H84">
         <v>7</v>
       </c>
       <c r="I84" t="b">
         <v>1</v>
       </c>
       <c r="J84" t="s">
         <v>26</v>
       </c>
       <c r="K84">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L84" t="s">
         <v>26</v>
       </c>
       <c r="M84" t="s">
         <v>26</v>
       </c>
       <c r="N84" t="s">
         <v>26</v>
       </c>
       <c r="O84" t="s">
         <v>26</v>
       </c>
       <c r="P84" t="s">
         <v>26</v>
       </c>
       <c r="Q84" t="s">
         <v>26</v>
       </c>
-      <c r="R84" t="s">
-        <v>26</v>
+      <c r="R84">
+        <v>128.32</v>
       </c>
       <c r="S84" t="s">
         <v>26</v>
       </c>
       <c r="T84">
         <v>121.06</v>
       </c>
       <c r="U84">
         <v>249.38</v>
       </c>
     </row>
     <row r="85" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
         <v>201</v>
       </c>
       <c r="C85" t="s">
         <v>202</v>
       </c>
       <c r="D85">
         <v>2105</v>
       </c>
       <c r="E85" t="s">
@@ -8025,72 +8025,72 @@
       <c r="C88" t="s">
         <v>94</v>
       </c>
       <c r="D88">
         <v>1673</v>
       </c>
       <c r="E88" t="s">
         <v>136</v>
       </c>
       <c r="F88" t="s">
         <v>24</v>
       </c>
       <c r="G88" t="s">
         <v>25</v>
       </c>
       <c r="H88">
         <v>22</v>
       </c>
       <c r="I88" t="b">
         <v>1</v>
       </c>
       <c r="J88" t="s">
         <v>26</v>
       </c>
       <c r="K88">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L88" t="s">
         <v>26</v>
       </c>
       <c r="M88" t="s">
         <v>26</v>
       </c>
       <c r="N88" t="s">
         <v>26</v>
       </c>
       <c r="O88">
         <v>119.42</v>
       </c>
       <c r="P88" t="s">
         <v>26</v>
       </c>
       <c r="Q88" t="s">
         <v>26</v>
       </c>
-      <c r="R88" t="s">
-        <v>26</v>
+      <c r="R88">
+        <v>117.56</v>
       </c>
       <c r="S88" t="s">
         <v>26</v>
       </c>
       <c r="T88" t="s">
         <v>26</v>
       </c>
       <c r="U88">
         <v>236.98</v>
       </c>
     </row>
     <row r="89" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
         <v>192</v>
       </c>
       <c r="C89" t="s">
         <v>210</v>
       </c>
       <c r="E89" t="s">
         <v>211</v>
       </c>
       <c r="F89" t="s">
@@ -8335,137 +8335,137 @@
       <c r="B93" t="s">
         <v>40</v>
       </c>
       <c r="C93" t="s">
         <v>218</v>
       </c>
       <c r="E93" t="s">
         <v>219</v>
       </c>
       <c r="F93" t="s">
         <v>43</v>
       </c>
       <c r="G93" t="s">
         <v>25</v>
       </c>
       <c r="H93">
         <v>19</v>
       </c>
       <c r="I93" t="b">
         <v>1</v>
       </c>
       <c r="J93" t="s">
         <v>26</v>
       </c>
       <c r="K93">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L93" t="s">
         <v>26</v>
       </c>
       <c r="M93" t="s">
         <v>26</v>
       </c>
       <c r="N93" t="s">
         <v>26</v>
       </c>
       <c r="O93" t="s">
         <v>26</v>
       </c>
       <c r="P93" t="s">
         <v>26</v>
       </c>
       <c r="Q93" t="s">
         <v>26</v>
       </c>
-      <c r="R93" t="s">
-        <v>26</v>
+      <c r="R93">
+        <v>115.66</v>
       </c>
       <c r="S93" t="s">
         <v>26</v>
       </c>
       <c r="T93" t="s">
         <v>26</v>
       </c>
       <c r="U93">
         <v>231.03</v>
       </c>
     </row>
     <row r="94" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
         <v>220</v>
       </c>
       <c r="C94" t="s">
         <v>218</v>
       </c>
       <c r="D94">
         <v>1769</v>
       </c>
       <c r="E94" t="s">
         <v>219</v>
       </c>
       <c r="F94" t="s">
         <v>43</v>
       </c>
       <c r="G94" t="s">
         <v>53</v>
       </c>
       <c r="H94">
         <v>8</v>
       </c>
       <c r="I94" t="b">
         <v>1</v>
       </c>
       <c r="J94" t="s">
         <v>26</v>
       </c>
       <c r="K94">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L94" t="s">
         <v>26</v>
       </c>
       <c r="M94" t="s">
         <v>26</v>
       </c>
       <c r="N94" t="s">
         <v>26</v>
       </c>
       <c r="O94" t="s">
         <v>26</v>
       </c>
       <c r="P94" t="s">
         <v>26</v>
       </c>
       <c r="Q94" t="s">
         <v>26</v>
       </c>
-      <c r="R94" t="s">
-        <v>26</v>
+      <c r="R94">
+        <v>114.59</v>
       </c>
       <c r="S94" t="s">
         <v>26</v>
       </c>
       <c r="T94" t="s">
         <v>26</v>
       </c>
       <c r="U94">
         <v>230.43</v>
       </c>
     </row>
     <row r="95" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
         <v>221</v>
       </c>
       <c r="C95" t="s">
         <v>222</v>
       </c>
       <c r="D95">
         <v>1812</v>
       </c>
       <c r="E95" t="s">
@@ -8595,72 +8595,72 @@
       <c r="C97" t="s">
         <v>225</v>
       </c>
       <c r="D97">
         <v>2449</v>
       </c>
       <c r="E97" t="s">
         <v>87</v>
       </c>
       <c r="F97" t="s">
         <v>46</v>
       </c>
       <c r="G97" t="s">
         <v>25</v>
       </c>
       <c r="H97">
         <v>17</v>
       </c>
       <c r="I97" t="b">
         <v>1</v>
       </c>
       <c r="J97" t="s">
         <v>26</v>
       </c>
       <c r="K97">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L97" t="s">
         <v>26</v>
       </c>
       <c r="M97" t="s">
         <v>26</v>
       </c>
       <c r="N97" t="s">
         <v>26</v>
       </c>
       <c r="O97">
         <v>112.8</v>
       </c>
       <c r="P97" t="s">
         <v>26</v>
       </c>
       <c r="Q97" t="s">
         <v>26</v>
       </c>
-      <c r="R97" t="s">
-        <v>26</v>
+      <c r="R97">
+        <v>114.64</v>
       </c>
       <c r="S97" t="s">
         <v>26</v>
       </c>
       <c r="T97" t="s">
         <v>26</v>
       </c>
       <c r="U97">
         <v>227.44</v>
       </c>
     </row>
     <row r="98" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
         <v>226</v>
       </c>
       <c r="C98" t="s">
         <v>118</v>
       </c>
       <c r="D98">
         <v>1011</v>
       </c>
       <c r="E98" t="s">
@@ -8784,72 +8784,72 @@
       <c r="B100" t="s">
         <v>229</v>
       </c>
       <c r="C100" t="s">
         <v>230</v>
       </c>
       <c r="E100" t="s">
         <v>153</v>
       </c>
       <c r="F100" t="s">
         <v>76</v>
       </c>
       <c r="G100" t="s">
         <v>25</v>
       </c>
       <c r="H100">
         <v>7</v>
       </c>
       <c r="I100" t="b">
         <v>1</v>
       </c>
       <c r="J100" t="s">
         <v>26</v>
       </c>
       <c r="K100">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L100" t="s">
         <v>26</v>
       </c>
       <c r="M100" t="s">
         <v>26</v>
       </c>
       <c r="N100">
         <v>75.58</v>
       </c>
       <c r="O100" t="s">
         <v>26</v>
       </c>
       <c r="P100" t="s">
         <v>26</v>
       </c>
       <c r="Q100" t="s">
         <v>26</v>
       </c>
-      <c r="R100" t="s">
-        <v>26</v>
+      <c r="R100">
+        <v>77.19</v>
       </c>
       <c r="S100" t="s">
         <v>26</v>
       </c>
       <c r="T100" t="s">
         <v>26</v>
       </c>
       <c r="U100">
         <v>224.18</v>
       </c>
     </row>
     <row r="101" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
         <v>231</v>
       </c>
       <c r="C101" t="s">
         <v>232</v>
       </c>
       <c r="E101" t="s">
         <v>26</v>
       </c>
       <c r="F101" t="s">
@@ -9165,72 +9165,72 @@
       <c r="C106" t="s">
         <v>243</v>
       </c>
       <c r="D106">
         <v>2341</v>
       </c>
       <c r="E106" t="s">
         <v>26</v>
       </c>
       <c r="F106" t="s">
         <v>46</v>
       </c>
       <c r="G106" t="s">
         <v>53</v>
       </c>
       <c r="H106">
         <v>6</v>
       </c>
       <c r="I106" t="b">
         <v>1</v>
       </c>
       <c r="J106" t="s">
         <v>26</v>
       </c>
       <c r="K106">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L106" t="s">
         <v>26</v>
       </c>
       <c r="M106" t="s">
         <v>26</v>
       </c>
       <c r="N106" t="s">
         <v>26</v>
       </c>
       <c r="O106" t="s">
         <v>26</v>
       </c>
       <c r="P106" t="s">
         <v>26</v>
       </c>
       <c r="Q106" t="s">
         <v>26</v>
       </c>
-      <c r="R106" t="s">
-        <v>26</v>
+      <c r="R106">
+        <v>72.39</v>
       </c>
       <c r="S106" t="s">
         <v>26</v>
       </c>
       <c r="T106" t="s">
         <v>26</v>
       </c>
       <c r="U106">
         <v>215.76</v>
       </c>
     </row>
     <row r="107" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
         <v>35</v>
       </c>
       <c r="C107" t="s">
         <v>112</v>
       </c>
       <c r="E107" t="s">
         <v>87</v>
       </c>
       <c r="F107" t="s">
@@ -9735,134 +9735,134 @@
       <c r="B115" t="s">
         <v>255</v>
       </c>
       <c r="C115" t="s">
         <v>256</v>
       </c>
       <c r="E115" t="s">
         <v>39</v>
       </c>
       <c r="F115" t="s">
         <v>46</v>
       </c>
       <c r="G115" t="s">
         <v>25</v>
       </c>
       <c r="H115">
         <v>23</v>
       </c>
       <c r="I115" t="b">
         <v>1</v>
       </c>
       <c r="J115" t="s">
         <v>26</v>
       </c>
       <c r="K115">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L115" t="s">
         <v>26</v>
       </c>
       <c r="M115" t="s">
         <v>26</v>
       </c>
       <c r="N115" t="s">
         <v>26</v>
       </c>
       <c r="O115" t="s">
         <v>26</v>
       </c>
       <c r="P115" t="s">
         <v>26</v>
       </c>
       <c r="Q115" t="s">
         <v>26</v>
       </c>
-      <c r="R115" t="s">
-        <v>26</v>
+      <c r="R115">
+        <v>101.09</v>
       </c>
       <c r="S115" t="s">
         <v>26</v>
       </c>
       <c r="T115" t="s">
         <v>26</v>
       </c>
       <c r="U115">
         <v>199.99</v>
       </c>
     </row>
     <row r="116" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
         <v>257</v>
       </c>
       <c r="C116" t="s">
         <v>258</v>
       </c>
       <c r="E116" t="s">
         <v>259</v>
       </c>
       <c r="F116" t="s">
         <v>76</v>
       </c>
       <c r="G116" t="s">
         <v>25</v>
       </c>
       <c r="H116">
         <v>9</v>
       </c>
       <c r="I116" t="b">
         <v>1</v>
       </c>
       <c r="J116" t="s">
         <v>26</v>
       </c>
       <c r="K116">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L116" t="s">
         <v>26</v>
       </c>
       <c r="M116" t="s">
         <v>26</v>
       </c>
       <c r="N116" t="s">
         <v>26</v>
       </c>
       <c r="O116" t="s">
         <v>26</v>
       </c>
       <c r="P116" t="s">
         <v>26</v>
       </c>
       <c r="Q116" t="s">
         <v>26</v>
       </c>
-      <c r="R116" t="s">
-        <v>26</v>
+      <c r="R116">
+        <v>98.49</v>
       </c>
       <c r="S116" t="s">
         <v>26</v>
       </c>
       <c r="T116" t="s">
         <v>26</v>
       </c>
       <c r="U116">
         <v>197.04</v>
       </c>
     </row>
     <row r="117" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
         <v>260</v>
       </c>
       <c r="C117" t="s">
         <v>261</v>
       </c>
       <c r="E117" t="s">
         <v>26</v>
       </c>
       <c r="F117" t="s">
@@ -10113,134 +10113,134 @@
       <c r="B121" t="s">
         <v>267</v>
       </c>
       <c r="C121" t="s">
         <v>268</v>
       </c>
       <c r="E121" t="s">
         <v>39</v>
       </c>
       <c r="F121" t="s">
         <v>76</v>
       </c>
       <c r="G121" t="s">
         <v>25</v>
       </c>
       <c r="H121">
         <v>10</v>
       </c>
       <c r="I121" t="b">
         <v>1</v>
       </c>
       <c r="J121" t="s">
         <v>26</v>
       </c>
       <c r="K121">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L121" t="s">
         <v>26</v>
       </c>
       <c r="M121" t="s">
         <v>26</v>
       </c>
       <c r="N121" t="s">
         <v>26</v>
       </c>
       <c r="O121" t="s">
         <v>26</v>
       </c>
       <c r="P121" t="s">
         <v>26</v>
       </c>
       <c r="Q121" t="s">
         <v>26</v>
       </c>
-      <c r="R121" t="s">
-        <v>26</v>
+      <c r="R121">
+        <v>98.28</v>
       </c>
       <c r="S121" t="s">
         <v>26</v>
       </c>
       <c r="T121" t="s">
         <v>26</v>
       </c>
       <c r="U121">
         <v>192.14</v>
       </c>
     </row>
     <row r="122" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
         <v>269</v>
       </c>
       <c r="C122" t="s">
         <v>270</v>
       </c>
       <c r="E122" t="s">
         <v>39</v>
       </c>
       <c r="F122" t="s">
         <v>24</v>
       </c>
       <c r="G122" t="s">
         <v>53</v>
       </c>
       <c r="H122">
         <v>11</v>
       </c>
       <c r="I122" t="b">
         <v>1</v>
       </c>
       <c r="J122" t="s">
         <v>26</v>
       </c>
       <c r="K122">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L122" t="s">
         <v>26</v>
       </c>
       <c r="M122" t="s">
         <v>26</v>
       </c>
       <c r="N122" t="s">
         <v>26</v>
       </c>
       <c r="O122" t="s">
         <v>26</v>
       </c>
       <c r="P122" t="s">
         <v>26</v>
       </c>
       <c r="Q122" t="s">
         <v>26</v>
       </c>
-      <c r="R122" t="s">
-        <v>26</v>
+      <c r="R122">
+        <v>97.78</v>
       </c>
       <c r="S122" t="s">
         <v>26</v>
       </c>
       <c r="T122" t="s">
         <v>26</v>
       </c>
       <c r="U122">
         <v>191.54</v>
       </c>
     </row>
     <row r="123" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
         <v>271</v>
       </c>
       <c r="C123" t="s">
         <v>272</v>
       </c>
       <c r="E123" t="s">
         <v>273</v>
       </c>
       <c r="F123" t="s">
@@ -10615,261 +10615,261 @@
       <c r="B129" t="s">
         <v>281</v>
       </c>
       <c r="C129" t="s">
         <v>282</v>
       </c>
       <c r="E129" t="s">
         <v>259</v>
       </c>
       <c r="F129" t="s">
         <v>133</v>
       </c>
       <c r="G129" t="s">
         <v>25</v>
       </c>
       <c r="H129">
         <v>2</v>
       </c>
       <c r="I129" t="b">
         <v>1</v>
       </c>
       <c r="J129" t="s">
         <v>26</v>
       </c>
       <c r="K129">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L129" t="s">
         <v>26</v>
       </c>
       <c r="M129" t="s">
         <v>26</v>
       </c>
       <c r="N129" t="s">
         <v>26</v>
       </c>
       <c r="O129">
         <v>85.85</v>
       </c>
       <c r="P129" t="s">
         <v>26</v>
       </c>
       <c r="Q129" t="s">
         <v>26</v>
       </c>
-      <c r="R129" t="s">
-        <v>26</v>
+      <c r="R129">
+        <v>95.12</v>
       </c>
       <c r="S129" t="s">
         <v>26</v>
       </c>
       <c r="T129" t="s">
         <v>26</v>
       </c>
       <c r="U129">
         <v>180.97</v>
       </c>
     </row>
     <row r="130" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130" t="s">
         <v>283</v>
       </c>
       <c r="C130" t="s">
         <v>284</v>
       </c>
       <c r="E130" t="s">
         <v>56</v>
       </c>
       <c r="F130" t="s">
         <v>76</v>
       </c>
       <c r="G130" t="s">
         <v>53</v>
       </c>
       <c r="H130">
         <v>4</v>
       </c>
       <c r="I130" t="b">
         <v>1</v>
       </c>
       <c r="J130" t="s">
         <v>26</v>
       </c>
       <c r="K130">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L130" t="s">
         <v>26</v>
       </c>
       <c r="M130" t="s">
         <v>26</v>
       </c>
       <c r="N130" t="s">
         <v>26</v>
       </c>
       <c r="O130" t="s">
         <v>26</v>
       </c>
       <c r="P130" t="s">
         <v>26</v>
       </c>
       <c r="Q130" t="s">
         <v>26</v>
       </c>
-      <c r="R130" t="s">
-        <v>26</v>
+      <c r="R130">
+        <v>87.53</v>
       </c>
       <c r="S130" t="s">
         <v>26</v>
       </c>
       <c r="T130" t="s">
         <v>26</v>
       </c>
       <c r="U130">
         <v>180.25</v>
       </c>
     </row>
     <row r="131" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131" t="s">
         <v>250</v>
       </c>
       <c r="C131" t="s">
         <v>109</v>
       </c>
       <c r="D131">
         <v>2475</v>
       </c>
       <c r="E131" t="s">
         <v>56</v>
       </c>
       <c r="F131" t="s">
         <v>46</v>
       </c>
       <c r="G131" t="s">
         <v>25</v>
       </c>
       <c r="H131">
         <v>25</v>
       </c>
       <c r="I131" t="b">
         <v>1</v>
       </c>
       <c r="J131" t="s">
         <v>26</v>
       </c>
       <c r="K131">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L131" t="s">
         <v>26</v>
       </c>
       <c r="M131" t="s">
         <v>26</v>
       </c>
       <c r="N131" t="s">
         <v>26</v>
       </c>
       <c r="O131" t="s">
         <v>26</v>
       </c>
       <c r="P131" t="s">
         <v>26</v>
       </c>
       <c r="Q131" t="s">
         <v>26</v>
       </c>
-      <c r="R131" t="s">
-        <v>26</v>
+      <c r="R131">
+        <v>92.15</v>
       </c>
       <c r="S131" t="s">
         <v>26</v>
       </c>
       <c r="T131" t="s">
         <v>26</v>
       </c>
       <c r="U131">
         <v>179.81</v>
       </c>
     </row>
     <row r="132" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
         <v>99</v>
       </c>
       <c r="C132" t="s">
         <v>285</v>
       </c>
       <c r="E132" t="s">
         <v>39</v>
       </c>
       <c r="F132" t="s">
         <v>133</v>
       </c>
       <c r="G132" t="s">
         <v>25</v>
       </c>
       <c r="H132">
         <v>3</v>
       </c>
       <c r="I132" t="b">
         <v>1</v>
       </c>
       <c r="J132" t="s">
         <v>26</v>
       </c>
       <c r="K132">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L132" t="s">
         <v>26</v>
       </c>
       <c r="M132" t="s">
         <v>26</v>
       </c>
       <c r="N132" t="s">
         <v>26</v>
       </c>
       <c r="O132" t="s">
         <v>26</v>
       </c>
       <c r="P132" t="s">
         <v>26</v>
       </c>
       <c r="Q132" t="s">
         <v>26</v>
       </c>
-      <c r="R132" t="s">
-        <v>26</v>
+      <c r="R132">
+        <v>89.45</v>
       </c>
       <c r="S132" t="s">
         <v>26</v>
       </c>
       <c r="T132" t="s">
         <v>26</v>
       </c>
       <c r="U132">
         <v>177.85</v>
       </c>
     </row>
     <row r="133" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133" t="s">
         <v>286</v>
       </c>
       <c r="C133" t="s">
         <v>131</v>
       </c>
       <c r="D133">
         <v>2257</v>
       </c>
       <c r="E133" t="s">
@@ -10931,72 +10931,72 @@
       <c r="B134" t="s">
         <v>99</v>
       </c>
       <c r="C134" t="s">
         <v>112</v>
       </c>
       <c r="E134" t="s">
         <v>39</v>
       </c>
       <c r="F134" t="s">
         <v>133</v>
       </c>
       <c r="G134" t="s">
         <v>25</v>
       </c>
       <c r="H134">
         <v>4</v>
       </c>
       <c r="I134" t="b">
         <v>1</v>
       </c>
       <c r="J134" t="s">
         <v>26</v>
       </c>
       <c r="K134">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L134" t="s">
         <v>26</v>
       </c>
       <c r="M134" t="s">
         <v>26</v>
       </c>
       <c r="N134" t="s">
         <v>26</v>
       </c>
       <c r="O134" t="s">
         <v>26</v>
       </c>
       <c r="P134" t="s">
         <v>26</v>
       </c>
       <c r="Q134" t="s">
         <v>26</v>
       </c>
-      <c r="R134" t="s">
-        <v>26</v>
+      <c r="R134">
+        <v>87.92</v>
       </c>
       <c r="S134" t="s">
         <v>26</v>
       </c>
       <c r="T134" t="s">
         <v>26</v>
       </c>
       <c r="U134">
         <v>172.5</v>
       </c>
     </row>
     <row r="135" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135" t="s">
         <v>288</v>
       </c>
       <c r="C135" t="s">
         <v>289</v>
       </c>
       <c r="D135">
         <v>1466</v>
       </c>
       <c r="E135" t="s">
@@ -11058,258 +11058,258 @@
       <c r="B136" t="s">
         <v>290</v>
       </c>
       <c r="C136" t="s">
         <v>291</v>
       </c>
       <c r="E136" t="s">
         <v>56</v>
       </c>
       <c r="F136" t="s">
         <v>43</v>
       </c>
       <c r="G136" t="s">
         <v>53</v>
       </c>
       <c r="H136">
         <v>9</v>
       </c>
       <c r="I136" t="b">
         <v>1</v>
       </c>
       <c r="J136" t="s">
         <v>26</v>
       </c>
       <c r="K136">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L136" t="s">
         <v>26</v>
       </c>
       <c r="M136" t="s">
         <v>26</v>
       </c>
       <c r="N136" t="s">
         <v>26</v>
       </c>
       <c r="O136" t="s">
         <v>26</v>
       </c>
       <c r="P136" t="s">
         <v>26</v>
       </c>
       <c r="Q136" t="s">
         <v>26</v>
       </c>
-      <c r="R136" t="s">
-        <v>26</v>
+      <c r="R136">
+        <v>82.99</v>
       </c>
       <c r="S136" t="s">
         <v>26</v>
       </c>
       <c r="T136" t="s">
         <v>26</v>
       </c>
       <c r="U136">
         <v>166.52</v>
       </c>
     </row>
     <row r="137" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137" t="s">
         <v>292</v>
       </c>
       <c r="C137" t="s">
         <v>293</v>
       </c>
       <c r="E137" t="s">
         <v>39</v>
       </c>
       <c r="F137" t="s">
         <v>76</v>
       </c>
       <c r="G137" t="s">
         <v>53</v>
       </c>
       <c r="H137">
         <v>5</v>
       </c>
       <c r="I137" t="b">
         <v>1</v>
       </c>
       <c r="J137" t="s">
         <v>26</v>
       </c>
       <c r="K137">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L137" t="s">
         <v>26</v>
       </c>
       <c r="M137" t="s">
         <v>26</v>
       </c>
       <c r="N137" t="s">
         <v>26</v>
       </c>
       <c r="O137" t="s">
         <v>26</v>
       </c>
       <c r="P137" t="s">
         <v>26</v>
       </c>
       <c r="Q137" t="s">
         <v>26</v>
       </c>
-      <c r="R137" t="s">
-        <v>26</v>
+      <c r="R137">
+        <v>83.34</v>
       </c>
       <c r="S137" t="s">
         <v>26</v>
       </c>
       <c r="T137" t="s">
         <v>26</v>
       </c>
       <c r="U137">
         <v>164.86</v>
       </c>
     </row>
     <row r="138" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138" t="s">
         <v>294</v>
       </c>
       <c r="C138" t="s">
         <v>295</v>
       </c>
       <c r="E138" t="s">
         <v>247</v>
       </c>
       <c r="F138" t="s">
         <v>46</v>
       </c>
       <c r="G138" t="s">
         <v>53</v>
       </c>
       <c r="H138">
         <v>9</v>
       </c>
       <c r="I138" t="b">
         <v>1</v>
       </c>
       <c r="J138" t="s">
         <v>26</v>
       </c>
       <c r="K138">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L138" t="s">
         <v>26</v>
       </c>
       <c r="M138" t="s">
         <v>26</v>
       </c>
       <c r="N138" t="s">
         <v>26</v>
       </c>
       <c r="O138" t="s">
         <v>26</v>
       </c>
       <c r="P138" t="s">
         <v>26</v>
       </c>
       <c r="Q138" t="s">
         <v>26</v>
       </c>
-      <c r="R138" t="s">
-        <v>26</v>
+      <c r="R138">
+        <v>84.32</v>
       </c>
       <c r="S138" t="s">
         <v>26</v>
       </c>
       <c r="T138" t="s">
         <v>26</v>
       </c>
       <c r="U138">
         <v>164.32</v>
       </c>
     </row>
     <row r="139" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139" t="s">
         <v>296</v>
       </c>
       <c r="C139" t="s">
         <v>297</v>
       </c>
       <c r="E139" t="s">
         <v>39</v>
       </c>
       <c r="F139" t="s">
         <v>46</v>
       </c>
       <c r="G139" t="s">
         <v>25</v>
       </c>
       <c r="H139">
         <v>26</v>
       </c>
       <c r="I139" t="b">
         <v>1</v>
       </c>
       <c r="J139" t="s">
         <v>26</v>
       </c>
       <c r="K139">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L139" t="s">
         <v>26</v>
       </c>
       <c r="M139" t="s">
         <v>26</v>
       </c>
       <c r="N139" t="s">
         <v>26</v>
       </c>
       <c r="O139" t="s">
         <v>26</v>
       </c>
       <c r="P139" t="s">
         <v>26</v>
       </c>
       <c r="Q139" t="s">
         <v>26</v>
       </c>
-      <c r="R139" t="s">
-        <v>26</v>
+      <c r="R139">
+        <v>83.16</v>
       </c>
       <c r="S139" t="s">
         <v>26</v>
       </c>
       <c r="T139" t="s">
         <v>26</v>
       </c>
       <c r="U139">
         <v>161.91</v>
       </c>
     </row>
     <row r="140" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140" t="s">
         <v>192</v>
       </c>
       <c r="C140" t="s">
         <v>298</v>
       </c>
       <c r="E140" t="s">
         <v>299</v>
       </c>
       <c r="F140" t="s">
@@ -11368,199 +11368,199 @@
       <c r="B141" t="s">
         <v>300</v>
       </c>
       <c r="C141" t="s">
         <v>301</v>
       </c>
       <c r="E141" t="s">
         <v>219</v>
       </c>
       <c r="F141" t="s">
         <v>24</v>
       </c>
       <c r="G141" t="s">
         <v>25</v>
       </c>
       <c r="H141">
         <v>32</v>
       </c>
       <c r="I141" t="b">
         <v>1</v>
       </c>
       <c r="J141" t="s">
         <v>26</v>
       </c>
       <c r="K141">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L141" t="s">
         <v>26</v>
       </c>
       <c r="M141" t="s">
         <v>26</v>
       </c>
       <c r="N141" t="s">
         <v>26</v>
       </c>
       <c r="O141" t="s">
         <v>26</v>
       </c>
       <c r="P141" t="s">
         <v>26</v>
       </c>
       <c r="Q141" t="s">
         <v>26</v>
       </c>
-      <c r="R141" t="s">
-        <v>26</v>
+      <c r="R141">
+        <v>146.25</v>
       </c>
       <c r="S141" t="s">
         <v>26</v>
       </c>
       <c r="T141" t="s">
         <v>26</v>
       </c>
       <c r="U141">
         <v>146.25</v>
       </c>
     </row>
     <row r="142" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142" t="s">
         <v>302</v>
       </c>
       <c r="C142" t="s">
         <v>303</v>
       </c>
       <c r="E142" t="s">
         <v>39</v>
       </c>
       <c r="F142" t="s">
         <v>133</v>
       </c>
       <c r="G142" t="s">
         <v>25</v>
       </c>
       <c r="H142">
         <v>5</v>
       </c>
       <c r="I142" t="b">
         <v>1</v>
       </c>
       <c r="J142" t="s">
         <v>26</v>
       </c>
       <c r="K142">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L142" t="s">
         <v>26</v>
       </c>
       <c r="M142" t="s">
         <v>26</v>
       </c>
       <c r="N142" t="s">
         <v>26</v>
       </c>
       <c r="O142" t="s">
         <v>26</v>
       </c>
       <c r="P142" t="s">
         <v>26</v>
       </c>
       <c r="Q142" t="s">
         <v>26</v>
       </c>
-      <c r="R142" t="s">
-        <v>26</v>
+      <c r="R142">
+        <v>73.42</v>
       </c>
       <c r="S142" t="s">
         <v>26</v>
       </c>
       <c r="T142" t="s">
         <v>26</v>
       </c>
       <c r="U142">
         <v>143.97</v>
       </c>
     </row>
     <row r="143" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143" t="s">
         <v>304</v>
       </c>
       <c r="C143" t="s">
         <v>305</v>
       </c>
       <c r="D143">
         <v>1829</v>
       </c>
       <c r="E143" t="s">
         <v>23</v>
       </c>
       <c r="F143" t="s">
         <v>24</v>
       </c>
       <c r="G143" t="s">
         <v>25</v>
       </c>
       <c r="H143">
         <v>33</v>
       </c>
       <c r="I143" t="b">
         <v>1</v>
       </c>
       <c r="J143" t="s">
         <v>26</v>
       </c>
       <c r="K143">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L143" t="s">
         <v>26</v>
       </c>
       <c r="M143" t="s">
         <v>26</v>
       </c>
       <c r="N143" t="s">
         <v>26</v>
       </c>
       <c r="O143" t="s">
         <v>26</v>
       </c>
       <c r="P143" t="s">
         <v>26</v>
       </c>
       <c r="Q143" t="s">
         <v>26</v>
       </c>
-      <c r="R143" t="s">
-        <v>26</v>
+      <c r="R143">
+        <v>140.08</v>
       </c>
       <c r="S143" t="s">
         <v>26</v>
       </c>
       <c r="T143" t="s">
         <v>26</v>
       </c>
       <c r="U143">
         <v>140.08</v>
       </c>
     </row>
     <row r="144" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144" t="s">
         <v>306</v>
       </c>
       <c r="C144" t="s">
         <v>307</v>
       </c>
       <c r="E144" t="s">
         <v>144</v>
       </c>
       <c r="F144" t="s">
@@ -11687,72 +11687,72 @@
       <c r="C146" t="s">
         <v>71</v>
       </c>
       <c r="D146">
         <v>1205</v>
       </c>
       <c r="E146" t="s">
         <v>311</v>
       </c>
       <c r="F146" t="s">
         <v>43</v>
       </c>
       <c r="G146" t="s">
         <v>25</v>
       </c>
       <c r="H146">
         <v>27</v>
       </c>
       <c r="I146" t="b">
         <v>1</v>
       </c>
       <c r="J146" t="s">
         <v>26</v>
       </c>
       <c r="K146">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L146" t="s">
         <v>26</v>
       </c>
       <c r="M146" t="s">
         <v>26</v>
       </c>
       <c r="N146" t="s">
         <v>26</v>
       </c>
       <c r="O146" t="s">
         <v>26</v>
       </c>
       <c r="P146" t="s">
         <v>26</v>
       </c>
       <c r="Q146" t="s">
         <v>26</v>
       </c>
-      <c r="R146" t="s">
-        <v>26</v>
+      <c r="R146">
+        <v>137.46</v>
       </c>
       <c r="S146" t="s">
         <v>26</v>
       </c>
       <c r="T146" t="s">
         <v>26</v>
       </c>
       <c r="U146">
         <v>137.46</v>
       </c>
     </row>
     <row r="147" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147" t="s">
         <v>35</v>
       </c>
       <c r="C147" t="s">
         <v>312</v>
       </c>
       <c r="D147">
         <v>1468</v>
       </c>
       <c r="E147" t="s">
@@ -12192,72 +12192,72 @@
       <c r="C154" t="s">
         <v>71</v>
       </c>
       <c r="D154">
         <v>2360</v>
       </c>
       <c r="E154" t="s">
         <v>322</v>
       </c>
       <c r="F154" t="s">
         <v>46</v>
       </c>
       <c r="G154" t="s">
         <v>25</v>
       </c>
       <c r="H154">
         <v>27</v>
       </c>
       <c r="I154" t="b">
         <v>1</v>
       </c>
       <c r="J154" t="s">
         <v>26</v>
       </c>
       <c r="K154">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L154" t="s">
         <v>26</v>
       </c>
       <c r="M154" t="s">
         <v>26</v>
       </c>
       <c r="N154" t="s">
         <v>26</v>
       </c>
       <c r="O154" t="s">
         <v>26</v>
       </c>
       <c r="P154" t="s">
         <v>26</v>
       </c>
       <c r="Q154" t="s">
         <v>26</v>
       </c>
-      <c r="R154" t="s">
-        <v>26</v>
+      <c r="R154">
+        <v>129.23</v>
       </c>
       <c r="S154" t="s">
         <v>26</v>
       </c>
       <c r="T154" t="s">
         <v>26</v>
       </c>
       <c r="U154">
         <v>129.23</v>
       </c>
     </row>
     <row r="155" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155" t="s">
         <v>323</v>
       </c>
       <c r="C155" t="s">
         <v>324</v>
       </c>
       <c r="E155" t="s">
         <v>325</v>
       </c>
       <c r="F155" t="s">
@@ -12883,72 +12883,72 @@
       <c r="C165" t="s">
         <v>341</v>
       </c>
       <c r="D165">
         <v>2346</v>
       </c>
       <c r="E165" t="s">
         <v>342</v>
       </c>
       <c r="F165" t="s">
         <v>43</v>
       </c>
       <c r="G165" t="s">
         <v>25</v>
       </c>
       <c r="H165">
         <v>32</v>
       </c>
       <c r="I165" t="b">
         <v>1</v>
       </c>
       <c r="J165" t="s">
         <v>26</v>
       </c>
       <c r="K165">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L165" t="s">
         <v>26</v>
       </c>
       <c r="M165" t="s">
         <v>26</v>
       </c>
       <c r="N165" t="s">
         <v>26</v>
       </c>
       <c r="O165" t="s">
         <v>26</v>
       </c>
       <c r="P165" t="s">
         <v>26</v>
       </c>
       <c r="Q165" t="s">
         <v>26</v>
       </c>
-      <c r="R165" t="s">
-        <v>26</v>
+      <c r="R165">
+        <v>124.78</v>
       </c>
       <c r="S165" t="s">
         <v>26</v>
       </c>
       <c r="T165" t="s">
         <v>26</v>
       </c>
       <c r="U165">
         <v>124.78</v>
       </c>
     </row>
     <row r="166" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A166">
         <v>165</v>
       </c>
       <c r="B166" t="s">
         <v>343</v>
       </c>
       <c r="C166" t="s">
         <v>344</v>
       </c>
       <c r="E166" t="s">
         <v>345</v>
       </c>
       <c r="F166" t="s">
@@ -13258,134 +13258,134 @@
       <c r="B171" t="s">
         <v>343</v>
       </c>
       <c r="C171" t="s">
         <v>350</v>
       </c>
       <c r="E171" t="s">
         <v>26</v>
       </c>
       <c r="F171" t="s">
         <v>24</v>
       </c>
       <c r="G171" t="s">
         <v>25</v>
       </c>
       <c r="H171">
         <v>47</v>
       </c>
       <c r="I171" t="b">
         <v>1</v>
       </c>
       <c r="J171" t="s">
         <v>26</v>
       </c>
       <c r="K171">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L171" t="s">
         <v>26</v>
       </c>
       <c r="M171" t="s">
         <v>26</v>
       </c>
       <c r="N171" t="s">
         <v>26</v>
       </c>
       <c r="O171" t="s">
         <v>26</v>
       </c>
       <c r="P171" t="s">
         <v>26</v>
       </c>
       <c r="Q171" t="s">
         <v>26</v>
       </c>
-      <c r="R171" t="s">
-        <v>26</v>
+      <c r="R171">
+        <v>122.81</v>
       </c>
       <c r="S171" t="s">
         <v>26</v>
       </c>
       <c r="T171" t="s">
         <v>26</v>
       </c>
       <c r="U171">
         <v>122.81</v>
       </c>
     </row>
     <row r="172" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A172">
         <v>171</v>
       </c>
       <c r="B172" t="s">
         <v>300</v>
       </c>
       <c r="C172" t="s">
         <v>351</v>
       </c>
       <c r="E172" t="s">
         <v>352</v>
       </c>
       <c r="F172" t="s">
         <v>43</v>
       </c>
       <c r="G172" t="s">
         <v>25</v>
       </c>
       <c r="H172">
         <v>35</v>
       </c>
       <c r="I172" t="b">
         <v>1</v>
       </c>
       <c r="J172" t="s">
         <v>26</v>
       </c>
       <c r="K172">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L172" t="s">
         <v>26</v>
       </c>
       <c r="M172" t="s">
         <v>26</v>
       </c>
       <c r="N172" t="s">
         <v>26</v>
       </c>
       <c r="O172" t="s">
         <v>26</v>
       </c>
       <c r="P172" t="s">
         <v>26</v>
       </c>
       <c r="Q172" t="s">
         <v>26</v>
       </c>
-      <c r="R172" t="s">
-        <v>26</v>
+      <c r="R172">
+        <v>122.37</v>
       </c>
       <c r="S172" t="s">
         <v>26</v>
       </c>
       <c r="T172" t="s">
         <v>26</v>
       </c>
       <c r="U172">
         <v>122.37</v>
       </c>
     </row>
     <row r="173" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A173">
         <v>172</v>
       </c>
       <c r="B173" t="s">
         <v>353</v>
       </c>
       <c r="C173" t="s">
         <v>354</v>
       </c>
       <c r="E173" t="s">
         <v>355</v>
       </c>
       <c r="F173" t="s">
@@ -13506,258 +13506,258 @@
       <c r="B175" t="s">
         <v>358</v>
       </c>
       <c r="C175" t="s">
         <v>236</v>
       </c>
       <c r="E175" t="s">
         <v>26</v>
       </c>
       <c r="F175" t="s">
         <v>24</v>
       </c>
       <c r="G175" t="s">
         <v>25</v>
       </c>
       <c r="H175">
         <v>49</v>
       </c>
       <c r="I175" t="b">
         <v>1</v>
       </c>
       <c r="J175" t="s">
         <v>26</v>
       </c>
       <c r="K175">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L175" t="s">
         <v>26</v>
       </c>
       <c r="M175" t="s">
         <v>26</v>
       </c>
       <c r="N175" t="s">
         <v>26</v>
       </c>
       <c r="O175" t="s">
         <v>26</v>
       </c>
       <c r="P175" t="s">
         <v>26</v>
       </c>
       <c r="Q175" t="s">
         <v>26</v>
       </c>
-      <c r="R175" t="s">
-        <v>26</v>
+      <c r="R175">
+        <v>121.5</v>
       </c>
       <c r="S175" t="s">
         <v>26</v>
       </c>
       <c r="T175" t="s">
         <v>26</v>
       </c>
       <c r="U175">
         <v>121.5</v>
       </c>
     </row>
     <row r="176" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A176">
         <v>175</v>
       </c>
       <c r="B176" t="s">
         <v>177</v>
       </c>
       <c r="C176" t="s">
         <v>359</v>
       </c>
       <c r="E176" t="s">
         <v>26</v>
       </c>
       <c r="F176" t="s">
         <v>24</v>
       </c>
       <c r="G176" t="s">
         <v>25</v>
       </c>
       <c r="H176">
         <v>50</v>
       </c>
       <c r="I176" t="b">
         <v>1</v>
       </c>
       <c r="J176" t="s">
         <v>26</v>
       </c>
       <c r="K176">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L176" t="s">
         <v>26</v>
       </c>
       <c r="M176" t="s">
         <v>26</v>
       </c>
       <c r="N176" t="s">
         <v>26</v>
       </c>
       <c r="O176" t="s">
         <v>26</v>
       </c>
       <c r="P176" t="s">
         <v>26</v>
       </c>
       <c r="Q176" t="s">
         <v>26</v>
       </c>
-      <c r="R176" t="s">
-        <v>26</v>
+      <c r="R176">
+        <v>121.44</v>
       </c>
       <c r="S176" t="s">
         <v>26</v>
       </c>
       <c r="T176" t="s">
         <v>26</v>
       </c>
       <c r="U176">
         <v>121.44</v>
       </c>
     </row>
     <row r="177" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A177">
         <v>176</v>
       </c>
       <c r="B177" t="s">
         <v>35</v>
       </c>
       <c r="C177" t="s">
         <v>360</v>
       </c>
       <c r="E177" t="s">
         <v>361</v>
       </c>
       <c r="F177" t="s">
         <v>24</v>
       </c>
       <c r="G177" t="s">
         <v>25</v>
       </c>
       <c r="H177">
         <v>51</v>
       </c>
       <c r="I177" t="b">
         <v>1</v>
       </c>
       <c r="J177" t="s">
         <v>26</v>
       </c>
       <c r="K177">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L177" t="s">
         <v>26</v>
       </c>
       <c r="M177" t="s">
         <v>26</v>
       </c>
       <c r="N177" t="s">
         <v>26</v>
       </c>
       <c r="O177" t="s">
         <v>26</v>
       </c>
       <c r="P177" t="s">
         <v>26</v>
       </c>
       <c r="Q177" t="s">
         <v>26</v>
       </c>
-      <c r="R177" t="s">
-        <v>26</v>
+      <c r="R177">
+        <v>121.44</v>
       </c>
       <c r="S177" t="s">
         <v>26</v>
       </c>
       <c r="T177" t="s">
         <v>26</v>
       </c>
       <c r="U177">
         <v>121.44</v>
       </c>
     </row>
     <row r="178" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A178">
         <v>177</v>
       </c>
       <c r="B178" t="s">
         <v>362</v>
       </c>
       <c r="C178" t="s">
         <v>225</v>
       </c>
       <c r="E178" t="s">
         <v>87</v>
       </c>
       <c r="F178" t="s">
         <v>24</v>
       </c>
       <c r="G178" t="s">
         <v>25</v>
       </c>
       <c r="H178">
         <v>52</v>
       </c>
       <c r="I178" t="b">
         <v>1</v>
       </c>
       <c r="J178" t="s">
         <v>26</v>
       </c>
       <c r="K178">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L178" t="s">
         <v>26</v>
       </c>
       <c r="M178" t="s">
         <v>26</v>
       </c>
       <c r="N178" t="s">
         <v>26</v>
       </c>
       <c r="O178" t="s">
         <v>26</v>
       </c>
       <c r="P178" t="s">
         <v>26</v>
       </c>
       <c r="Q178" t="s">
         <v>26</v>
       </c>
-      <c r="R178" t="s">
-        <v>26</v>
+      <c r="R178">
+        <v>121.06</v>
       </c>
       <c r="S178" t="s">
         <v>26</v>
       </c>
       <c r="T178" t="s">
         <v>26</v>
       </c>
       <c r="U178">
         <v>121.06</v>
       </c>
     </row>
     <row r="179" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A179">
         <v>178</v>
       </c>
       <c r="B179" t="s">
         <v>192</v>
       </c>
       <c r="C179" t="s">
         <v>363</v>
       </c>
       <c r="D179">
         <v>1272</v>
       </c>
       <c r="E179" t="s">
@@ -13949,72 +13949,72 @@
       <c r="B182" t="s">
         <v>369</v>
       </c>
       <c r="C182" t="s">
         <v>370</v>
       </c>
       <c r="E182" t="s">
         <v>371</v>
       </c>
       <c r="F182" t="s">
         <v>24</v>
       </c>
       <c r="G182" t="s">
         <v>25</v>
       </c>
       <c r="H182">
         <v>55</v>
       </c>
       <c r="I182" t="b">
         <v>1</v>
       </c>
       <c r="J182" t="s">
         <v>26</v>
       </c>
       <c r="K182">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L182" t="s">
         <v>26</v>
       </c>
       <c r="M182" t="s">
         <v>26</v>
       </c>
       <c r="N182" t="s">
         <v>26</v>
       </c>
       <c r="O182" t="s">
         <v>26</v>
       </c>
       <c r="P182" t="s">
         <v>26</v>
       </c>
       <c r="Q182" t="s">
         <v>26</v>
       </c>
-      <c r="R182" t="s">
-        <v>26</v>
+      <c r="R182">
+        <v>120.53</v>
       </c>
       <c r="S182" t="s">
         <v>26</v>
       </c>
       <c r="T182" t="s">
         <v>26</v>
       </c>
       <c r="U182">
         <v>120.53</v>
       </c>
     </row>
     <row r="183" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A183">
         <v>182</v>
       </c>
       <c r="B183" t="s">
         <v>372</v>
       </c>
       <c r="C183" t="s">
         <v>373</v>
       </c>
       <c r="E183" t="s">
         <v>23</v>
       </c>
       <c r="F183" t="s">
@@ -14823,72 +14823,72 @@
       <c r="B196" t="s">
         <v>308</v>
       </c>
       <c r="C196" t="s">
         <v>391</v>
       </c>
       <c r="E196" t="s">
         <v>26</v>
       </c>
       <c r="F196" t="s">
         <v>24</v>
       </c>
       <c r="G196" t="s">
         <v>25</v>
       </c>
       <c r="H196">
         <v>61</v>
       </c>
       <c r="I196" t="b">
         <v>1</v>
       </c>
       <c r="J196" t="s">
         <v>26</v>
       </c>
       <c r="K196">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L196" t="s">
         <v>26</v>
       </c>
       <c r="M196" t="s">
         <v>26</v>
       </c>
       <c r="N196" t="s">
         <v>26</v>
       </c>
       <c r="O196" t="s">
         <v>26</v>
       </c>
       <c r="P196" t="s">
         <v>26</v>
       </c>
       <c r="Q196" t="s">
         <v>26</v>
       </c>
-      <c r="R196" t="s">
-        <v>26</v>
+      <c r="R196">
+        <v>114.2</v>
       </c>
       <c r="S196" t="s">
         <v>26</v>
       </c>
       <c r="T196" t="s">
         <v>26</v>
       </c>
       <c r="U196">
         <v>114.2</v>
       </c>
     </row>
     <row r="197" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A197">
         <v>196</v>
       </c>
       <c r="B197" t="s">
         <v>44</v>
       </c>
       <c r="C197" t="s">
         <v>392</v>
       </c>
       <c r="E197" t="s">
         <v>393</v>
       </c>
       <c r="F197" t="s">
@@ -15071,72 +15071,72 @@
       <c r="B200" t="s">
         <v>192</v>
       </c>
       <c r="C200" t="s">
         <v>397</v>
       </c>
       <c r="E200" t="s">
         <v>398</v>
       </c>
       <c r="F200" t="s">
         <v>43</v>
       </c>
       <c r="G200" t="s">
         <v>25</v>
       </c>
       <c r="H200">
         <v>41</v>
       </c>
       <c r="I200" t="b">
         <v>1</v>
       </c>
       <c r="J200" t="s">
         <v>26</v>
       </c>
       <c r="K200">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L200" t="s">
         <v>26</v>
       </c>
       <c r="M200" t="s">
         <v>26</v>
       </c>
       <c r="N200" t="s">
         <v>26</v>
       </c>
       <c r="O200" t="s">
         <v>26</v>
       </c>
       <c r="P200" t="s">
         <v>26</v>
       </c>
       <c r="Q200" t="s">
         <v>26</v>
       </c>
-      <c r="R200" t="s">
-        <v>26</v>
+      <c r="R200">
+        <v>113.49</v>
       </c>
       <c r="S200" t="s">
         <v>26</v>
       </c>
       <c r="T200" t="s">
         <v>26</v>
       </c>
       <c r="U200">
         <v>113.49</v>
       </c>
     </row>
     <row r="201" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A201">
         <v>200</v>
       </c>
       <c r="B201" t="s">
         <v>44</v>
       </c>
       <c r="C201" t="s">
         <v>399</v>
       </c>
       <c r="E201" t="s">
         <v>400</v>
       </c>
       <c r="F201" t="s">
@@ -15818,134 +15818,134 @@
       <c r="B212" t="s">
         <v>415</v>
       </c>
       <c r="C212" t="s">
         <v>416</v>
       </c>
       <c r="E212" t="s">
         <v>110</v>
       </c>
       <c r="F212" t="s">
         <v>24</v>
       </c>
       <c r="G212" t="s">
         <v>25</v>
       </c>
       <c r="H212">
         <v>68</v>
       </c>
       <c r="I212" t="b">
         <v>1</v>
       </c>
       <c r="J212" t="s">
         <v>26</v>
       </c>
       <c r="K212">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L212" t="s">
         <v>26</v>
       </c>
       <c r="M212" t="s">
         <v>26</v>
       </c>
       <c r="N212" t="s">
         <v>26</v>
       </c>
       <c r="O212" t="s">
         <v>26</v>
       </c>
       <c r="P212" t="s">
         <v>26</v>
       </c>
       <c r="Q212" t="s">
         <v>26</v>
       </c>
-      <c r="R212" t="s">
-        <v>26</v>
+      <c r="R212">
+        <v>110.72</v>
       </c>
       <c r="S212" t="s">
         <v>26</v>
       </c>
       <c r="T212" t="s">
         <v>26</v>
       </c>
       <c r="U212">
         <v>110.72</v>
       </c>
     </row>
     <row r="213" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A213">
         <v>212</v>
       </c>
       <c r="B213" t="s">
         <v>59</v>
       </c>
       <c r="C213" t="s">
         <v>417</v>
       </c>
       <c r="E213" t="s">
         <v>345</v>
       </c>
       <c r="F213" t="s">
         <v>43</v>
       </c>
       <c r="G213" t="s">
         <v>25</v>
       </c>
       <c r="H213">
         <v>43</v>
       </c>
       <c r="I213" t="b">
         <v>1</v>
       </c>
       <c r="J213" t="s">
         <v>26</v>
       </c>
       <c r="K213">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L213" t="s">
         <v>26</v>
       </c>
       <c r="M213" t="s">
         <v>26</v>
       </c>
       <c r="N213" t="s">
         <v>26</v>
       </c>
       <c r="O213" t="s">
         <v>26</v>
       </c>
       <c r="P213" t="s">
         <v>26</v>
       </c>
       <c r="Q213" t="s">
         <v>26</v>
       </c>
-      <c r="R213" t="s">
-        <v>26</v>
+      <c r="R213">
+        <v>110.54</v>
       </c>
       <c r="S213" t="s">
         <v>26</v>
       </c>
       <c r="T213" t="s">
         <v>26</v>
       </c>
       <c r="U213">
         <v>110.54</v>
       </c>
     </row>
     <row r="214" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A214">
         <v>213</v>
       </c>
       <c r="B214" t="s">
         <v>418</v>
       </c>
       <c r="C214" t="s">
         <v>419</v>
       </c>
       <c r="D214">
         <v>1574</v>
       </c>
       <c r="E214" t="s">
@@ -16010,72 +16010,72 @@
       <c r="C215" t="s">
         <v>420</v>
       </c>
       <c r="D215">
         <v>1778</v>
       </c>
       <c r="E215" t="s">
         <v>259</v>
       </c>
       <c r="F215" t="s">
         <v>24</v>
       </c>
       <c r="G215" t="s">
         <v>53</v>
       </c>
       <c r="H215">
         <v>18</v>
       </c>
       <c r="I215" t="b">
         <v>1</v>
       </c>
       <c r="J215" t="s">
         <v>26</v>
       </c>
       <c r="K215">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L215" t="s">
         <v>26</v>
       </c>
       <c r="M215" t="s">
         <v>26</v>
       </c>
       <c r="N215" t="s">
         <v>26</v>
       </c>
       <c r="O215" t="s">
         <v>26</v>
       </c>
       <c r="P215" t="s">
         <v>26</v>
       </c>
       <c r="Q215" t="s">
         <v>26</v>
       </c>
-      <c r="R215" t="s">
-        <v>26</v>
+      <c r="R215">
+        <v>110.27</v>
       </c>
       <c r="S215" t="s">
         <v>26</v>
       </c>
       <c r="T215" t="s">
         <v>26</v>
       </c>
       <c r="U215">
         <v>110.27</v>
       </c>
     </row>
     <row r="216" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A216">
         <v>215</v>
       </c>
       <c r="B216" t="s">
         <v>421</v>
       </c>
       <c r="C216" t="s">
         <v>94</v>
       </c>
       <c r="E216" t="s">
         <v>422</v>
       </c>
       <c r="F216" t="s">
@@ -16202,72 +16202,72 @@
       <c r="C218" t="s">
         <v>425</v>
       </c>
       <c r="D218">
         <v>2231</v>
       </c>
       <c r="E218" t="s">
         <v>26</v>
       </c>
       <c r="F218" t="s">
         <v>24</v>
       </c>
       <c r="G218" t="s">
         <v>25</v>
       </c>
       <c r="H218">
         <v>70</v>
       </c>
       <c r="I218" t="b">
         <v>1</v>
       </c>
       <c r="J218" t="s">
         <v>26</v>
       </c>
       <c r="K218">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L218" t="s">
         <v>26</v>
       </c>
       <c r="M218" t="s">
         <v>26</v>
       </c>
       <c r="N218" t="s">
         <v>26</v>
       </c>
       <c r="O218" t="s">
         <v>26</v>
       </c>
       <c r="P218" t="s">
         <v>26</v>
       </c>
       <c r="Q218" t="s">
         <v>26</v>
       </c>
-      <c r="R218" t="s">
-        <v>26</v>
+      <c r="R218">
+        <v>109.78</v>
       </c>
       <c r="S218" t="s">
         <v>26</v>
       </c>
       <c r="T218" t="s">
         <v>26</v>
       </c>
       <c r="U218">
         <v>109.78</v>
       </c>
     </row>
     <row r="219" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A219">
         <v>218</v>
       </c>
       <c r="B219" t="s">
         <v>90</v>
       </c>
       <c r="C219" t="s">
         <v>426</v>
       </c>
       <c r="D219">
         <v>1747</v>
       </c>
       <c r="E219" t="s">
@@ -16329,72 +16329,72 @@
       <c r="B220" t="s">
         <v>174</v>
       </c>
       <c r="C220" t="s">
         <v>427</v>
       </c>
       <c r="E220" t="s">
         <v>428</v>
       </c>
       <c r="F220" t="s">
         <v>46</v>
       </c>
       <c r="G220" t="s">
         <v>25</v>
       </c>
       <c r="H220">
         <v>35</v>
       </c>
       <c r="I220" t="b">
         <v>1</v>
       </c>
       <c r="J220" t="s">
         <v>26</v>
       </c>
       <c r="K220">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L220" t="s">
         <v>26</v>
       </c>
       <c r="M220" t="s">
         <v>26</v>
       </c>
       <c r="N220" t="s">
         <v>26</v>
       </c>
       <c r="O220" t="s">
         <v>26</v>
       </c>
       <c r="P220" t="s">
         <v>26</v>
       </c>
       <c r="Q220" t="s">
         <v>26</v>
       </c>
-      <c r="R220" t="s">
-        <v>26</v>
+      <c r="R220">
+        <v>109.51</v>
       </c>
       <c r="S220" t="s">
         <v>26</v>
       </c>
       <c r="T220" t="s">
         <v>26</v>
       </c>
       <c r="U220">
         <v>109.51</v>
       </c>
     </row>
     <row r="221" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A221">
         <v>220</v>
       </c>
       <c r="B221" t="s">
         <v>255</v>
       </c>
       <c r="C221" t="s">
         <v>429</v>
       </c>
       <c r="E221" t="s">
         <v>26</v>
       </c>
       <c r="F221" t="s">
@@ -16890,72 +16890,72 @@
       <c r="B229" t="s">
         <v>443</v>
       </c>
       <c r="C229" t="s">
         <v>444</v>
       </c>
       <c r="E229" t="s">
         <v>26</v>
       </c>
       <c r="F229" t="s">
         <v>24</v>
       </c>
       <c r="G229" t="s">
         <v>25</v>
       </c>
       <c r="H229">
         <v>76</v>
       </c>
       <c r="I229" t="b">
         <v>1</v>
       </c>
       <c r="J229" t="s">
         <v>26</v>
       </c>
       <c r="K229">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L229" t="s">
         <v>26</v>
       </c>
       <c r="M229" t="s">
         <v>26</v>
       </c>
       <c r="N229" t="s">
         <v>26</v>
       </c>
       <c r="O229" t="s">
         <v>26</v>
       </c>
       <c r="P229" t="s">
         <v>26</v>
       </c>
       <c r="Q229" t="s">
         <v>26</v>
       </c>
-      <c r="R229" t="s">
-        <v>26</v>
+      <c r="R229">
+        <v>107.01</v>
       </c>
       <c r="S229" t="s">
         <v>26</v>
       </c>
       <c r="T229" t="s">
         <v>26</v>
       </c>
       <c r="U229">
         <v>107.01</v>
       </c>
     </row>
     <row r="230" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A230">
         <v>229</v>
       </c>
       <c r="B230" t="s">
         <v>445</v>
       </c>
       <c r="C230" t="s">
         <v>446</v>
       </c>
       <c r="E230" t="s">
         <v>144</v>
       </c>
       <c r="F230" t="s">
@@ -17386,72 +17386,72 @@
       <c r="B237" t="s">
         <v>380</v>
       </c>
       <c r="C237" t="s">
         <v>456</v>
       </c>
       <c r="E237" t="s">
         <v>184</v>
       </c>
       <c r="F237" t="s">
         <v>43</v>
       </c>
       <c r="G237" t="s">
         <v>25</v>
       </c>
       <c r="H237">
         <v>47</v>
       </c>
       <c r="I237" t="b">
         <v>1</v>
       </c>
       <c r="J237" t="s">
         <v>26</v>
       </c>
       <c r="K237">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L237" t="s">
         <v>26</v>
       </c>
       <c r="M237" t="s">
         <v>26</v>
       </c>
       <c r="N237" t="s">
         <v>26</v>
       </c>
       <c r="O237" t="s">
         <v>26</v>
       </c>
       <c r="P237" t="s">
         <v>26</v>
       </c>
       <c r="Q237" t="s">
         <v>26</v>
       </c>
-      <c r="R237" t="s">
-        <v>26</v>
+      <c r="R237">
+        <v>104.43</v>
       </c>
       <c r="S237" t="s">
         <v>26</v>
       </c>
       <c r="T237" t="s">
         <v>26</v>
       </c>
       <c r="U237">
         <v>104.43</v>
       </c>
     </row>
     <row r="238" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A238">
         <v>237</v>
       </c>
       <c r="B238" t="s">
         <v>99</v>
       </c>
       <c r="C238" t="s">
         <v>457</v>
       </c>
       <c r="D238">
         <v>1612</v>
       </c>
       <c r="E238" t="s">
@@ -17575,72 +17575,72 @@
       <c r="B240" t="s">
         <v>35</v>
       </c>
       <c r="C240" t="s">
         <v>459</v>
       </c>
       <c r="E240" t="s">
         <v>311</v>
       </c>
       <c r="F240" t="s">
         <v>43</v>
       </c>
       <c r="G240" t="s">
         <v>25</v>
       </c>
       <c r="H240">
         <v>48</v>
       </c>
       <c r="I240" t="b">
         <v>1</v>
       </c>
       <c r="J240" t="s">
         <v>26</v>
       </c>
       <c r="K240">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L240" t="s">
         <v>26</v>
       </c>
       <c r="M240" t="s">
         <v>26</v>
       </c>
       <c r="N240" t="s">
         <v>26</v>
       </c>
       <c r="O240" t="s">
         <v>26</v>
       </c>
       <c r="P240" t="s">
         <v>26</v>
       </c>
       <c r="Q240" t="s">
         <v>26</v>
       </c>
-      <c r="R240" t="s">
-        <v>26</v>
+      <c r="R240">
+        <v>103.79</v>
       </c>
       <c r="S240" t="s">
         <v>26</v>
       </c>
       <c r="T240" t="s">
         <v>26</v>
       </c>
       <c r="U240">
         <v>103.79</v>
       </c>
     </row>
     <row r="241" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A241">
         <v>240</v>
       </c>
       <c r="B241" t="s">
         <v>460</v>
       </c>
       <c r="C241" t="s">
         <v>461</v>
       </c>
       <c r="D241">
         <v>1093</v>
       </c>
       <c r="E241" t="s">
@@ -17764,134 +17764,134 @@
       <c r="B243" t="s">
         <v>464</v>
       </c>
       <c r="C243" t="s">
         <v>465</v>
       </c>
       <c r="E243" t="s">
         <v>184</v>
       </c>
       <c r="F243" t="s">
         <v>46</v>
       </c>
       <c r="G243" t="s">
         <v>53</v>
       </c>
       <c r="H243">
         <v>12</v>
       </c>
       <c r="I243" t="b">
         <v>1</v>
       </c>
       <c r="J243" t="s">
         <v>26</v>
       </c>
       <c r="K243">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L243" t="s">
         <v>26</v>
       </c>
       <c r="M243" t="s">
         <v>26</v>
       </c>
       <c r="N243" t="s">
         <v>26</v>
       </c>
       <c r="O243" t="s">
         <v>26</v>
       </c>
       <c r="P243" t="s">
         <v>26</v>
       </c>
       <c r="Q243" t="s">
         <v>26</v>
       </c>
-      <c r="R243" t="s">
-        <v>26</v>
+      <c r="R243">
+        <v>102.5</v>
       </c>
       <c r="S243" t="s">
         <v>26</v>
       </c>
       <c r="T243" t="s">
         <v>26</v>
       </c>
       <c r="U243">
         <v>102.5</v>
       </c>
     </row>
     <row r="244" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A244">
         <v>243</v>
       </c>
       <c r="B244" t="s">
         <v>116</v>
       </c>
       <c r="C244" t="s">
         <v>466</v>
       </c>
       <c r="E244" t="s">
         <v>87</v>
       </c>
       <c r="F244" t="s">
         <v>43</v>
       </c>
       <c r="G244" t="s">
         <v>25</v>
       </c>
       <c r="H244">
         <v>50</v>
       </c>
       <c r="I244" t="b">
         <v>1</v>
       </c>
       <c r="J244" t="s">
         <v>26</v>
       </c>
       <c r="K244">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L244" t="s">
         <v>26</v>
       </c>
       <c r="M244" t="s">
         <v>26</v>
       </c>
       <c r="N244" t="s">
         <v>26</v>
       </c>
       <c r="O244" t="s">
         <v>26</v>
       </c>
       <c r="P244" t="s">
         <v>26</v>
       </c>
       <c r="Q244" t="s">
         <v>26</v>
       </c>
-      <c r="R244" t="s">
-        <v>26</v>
+      <c r="R244">
+        <v>102.46</v>
       </c>
       <c r="S244" t="s">
         <v>26</v>
       </c>
       <c r="T244" t="s">
         <v>26</v>
       </c>
       <c r="U244">
         <v>102.46</v>
       </c>
     </row>
     <row r="245" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A245">
         <v>244</v>
       </c>
       <c r="B245" t="s">
         <v>467</v>
       </c>
       <c r="C245" t="s">
         <v>468</v>
       </c>
       <c r="E245" t="s">
         <v>56</v>
       </c>
       <c r="F245" t="s">
@@ -18520,72 +18520,72 @@
       <c r="C255" t="s">
         <v>404</v>
       </c>
       <c r="D255">
         <v>2484</v>
       </c>
       <c r="E255" t="s">
         <v>176</v>
       </c>
       <c r="F255" t="s">
         <v>46</v>
       </c>
       <c r="G255" t="s">
         <v>25</v>
       </c>
       <c r="H255">
         <v>42</v>
       </c>
       <c r="I255" t="b">
         <v>1</v>
       </c>
       <c r="J255" t="s">
         <v>26</v>
       </c>
       <c r="K255">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L255" t="s">
         <v>26</v>
       </c>
       <c r="M255" t="s">
         <v>26</v>
       </c>
       <c r="N255" t="s">
         <v>26</v>
       </c>
       <c r="O255" t="s">
         <v>26</v>
       </c>
       <c r="P255" t="s">
         <v>26</v>
       </c>
       <c r="Q255" t="s">
         <v>26</v>
       </c>
-      <c r="R255" t="s">
-        <v>26</v>
+      <c r="R255">
+        <v>100.2</v>
       </c>
       <c r="S255" t="s">
         <v>26</v>
       </c>
       <c r="T255" t="s">
         <v>26</v>
       </c>
       <c r="U255">
         <v>100.2</v>
       </c>
     </row>
     <row r="256" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A256">
         <v>255</v>
       </c>
       <c r="B256" t="s">
         <v>481</v>
       </c>
       <c r="C256" t="s">
         <v>482</v>
       </c>
       <c r="E256" t="s">
         <v>26</v>
       </c>
       <c r="F256" t="s">
@@ -18836,72 +18836,72 @@
       <c r="C260" t="s">
         <v>488</v>
       </c>
       <c r="D260">
         <v>1202</v>
       </c>
       <c r="E260" t="s">
         <v>23</v>
       </c>
       <c r="F260" t="s">
         <v>76</v>
       </c>
       <c r="G260" t="s">
         <v>25</v>
       </c>
       <c r="H260">
         <v>15</v>
       </c>
       <c r="I260" t="b">
         <v>1</v>
       </c>
       <c r="J260" t="s">
         <v>26</v>
       </c>
       <c r="K260">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L260" t="s">
         <v>26</v>
       </c>
       <c r="M260" t="s">
         <v>26</v>
       </c>
       <c r="N260" t="s">
         <v>26</v>
       </c>
       <c r="O260" t="s">
         <v>26</v>
       </c>
       <c r="P260" t="s">
         <v>26</v>
       </c>
       <c r="Q260" t="s">
         <v>26</v>
       </c>
-      <c r="R260" t="s">
-        <v>26</v>
+      <c r="R260">
+        <v>99.21</v>
       </c>
       <c r="S260" t="s">
         <v>26</v>
       </c>
       <c r="T260" t="s">
         <v>26</v>
       </c>
       <c r="U260">
         <v>99.21</v>
       </c>
     </row>
     <row r="261" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A261">
         <v>260</v>
       </c>
       <c r="B261" t="s">
         <v>489</v>
       </c>
       <c r="C261" t="s">
         <v>449</v>
       </c>
       <c r="E261" t="s">
         <v>490</v>
       </c>
       <c r="F261" t="s">
@@ -19084,72 +19084,72 @@
       <c r="B264" t="s">
         <v>493</v>
       </c>
       <c r="C264" t="s">
         <v>494</v>
       </c>
       <c r="E264" t="s">
         <v>26</v>
       </c>
       <c r="F264" t="s">
         <v>24</v>
       </c>
       <c r="G264" t="s">
         <v>53</v>
       </c>
       <c r="H264">
         <v>24</v>
       </c>
       <c r="I264" t="b">
         <v>1</v>
       </c>
       <c r="J264" t="s">
         <v>26</v>
       </c>
       <c r="K264">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L264" t="s">
         <v>26</v>
       </c>
       <c r="M264" t="s">
         <v>26</v>
       </c>
       <c r="N264" t="s">
         <v>26</v>
       </c>
       <c r="O264" t="s">
         <v>26</v>
       </c>
       <c r="P264" t="s">
         <v>26</v>
       </c>
       <c r="Q264" t="s">
         <v>26</v>
       </c>
-      <c r="R264" t="s">
-        <v>26</v>
+      <c r="R264">
+        <v>98.6</v>
       </c>
       <c r="S264" t="s">
         <v>26</v>
       </c>
       <c r="T264" t="s">
         <v>26</v>
       </c>
       <c r="U264">
         <v>98.6</v>
       </c>
     </row>
     <row r="265" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A265">
         <v>264</v>
       </c>
       <c r="B265" t="s">
         <v>148</v>
       </c>
       <c r="C265" t="s">
         <v>495</v>
       </c>
       <c r="D265">
         <v>1667</v>
       </c>
       <c r="E265" t="s">
@@ -19341,72 +19341,72 @@
       <c r="B268" t="s">
         <v>499</v>
       </c>
       <c r="C268" t="s">
         <v>500</v>
       </c>
       <c r="E268" t="s">
         <v>345</v>
       </c>
       <c r="F268" t="s">
         <v>43</v>
       </c>
       <c r="G268" t="s">
         <v>25</v>
       </c>
       <c r="H268">
         <v>54</v>
       </c>
       <c r="I268" t="b">
         <v>1</v>
       </c>
       <c r="J268" t="s">
         <v>26</v>
       </c>
       <c r="K268">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L268" t="s">
         <v>26</v>
       </c>
       <c r="M268" t="s">
         <v>26</v>
       </c>
       <c r="N268" t="s">
         <v>26</v>
       </c>
       <c r="O268" t="s">
         <v>26</v>
       </c>
       <c r="P268" t="s">
         <v>26</v>
       </c>
       <c r="Q268" t="s">
         <v>26</v>
       </c>
-      <c r="R268" t="s">
-        <v>26</v>
+      <c r="R268">
+        <v>96.98</v>
       </c>
       <c r="S268" t="s">
         <v>26</v>
       </c>
       <c r="T268" t="s">
         <v>26</v>
       </c>
       <c r="U268">
         <v>96.98</v>
       </c>
     </row>
     <row r="269" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A269">
         <v>268</v>
       </c>
       <c r="B269" t="s">
         <v>275</v>
       </c>
       <c r="C269" t="s">
         <v>501</v>
       </c>
       <c r="D269">
         <v>1653</v>
       </c>
       <c r="E269" t="s">
@@ -19905,134 +19905,134 @@
       <c r="B277" t="s">
         <v>83</v>
       </c>
       <c r="C277" t="s">
         <v>337</v>
       </c>
       <c r="E277" t="s">
         <v>513</v>
       </c>
       <c r="F277" t="s">
         <v>46</v>
       </c>
       <c r="G277" t="s">
         <v>25</v>
       </c>
       <c r="H277">
         <v>47</v>
       </c>
       <c r="I277" t="b">
         <v>1</v>
       </c>
       <c r="J277" t="s">
         <v>26</v>
       </c>
       <c r="K277">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L277" t="s">
         <v>26</v>
       </c>
       <c r="M277" t="s">
         <v>26</v>
       </c>
       <c r="N277" t="s">
         <v>26</v>
       </c>
       <c r="O277" t="s">
         <v>26</v>
       </c>
       <c r="P277" t="s">
         <v>26</v>
       </c>
       <c r="Q277" t="s">
         <v>26</v>
       </c>
-      <c r="R277" t="s">
-        <v>26</v>
+      <c r="R277">
+        <v>95.38</v>
       </c>
       <c r="S277" t="s">
         <v>26</v>
       </c>
       <c r="T277" t="s">
         <v>26</v>
       </c>
       <c r="U277">
         <v>95.38</v>
       </c>
     </row>
     <row r="278" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A278">
         <v>277</v>
       </c>
       <c r="B278" t="s">
         <v>79</v>
       </c>
       <c r="C278" t="s">
         <v>514</v>
       </c>
       <c r="E278" t="s">
         <v>515</v>
       </c>
       <c r="F278" t="s">
         <v>46</v>
       </c>
       <c r="G278" t="s">
         <v>25</v>
       </c>
       <c r="H278">
         <v>48</v>
       </c>
       <c r="I278" t="b">
         <v>1</v>
       </c>
       <c r="J278" t="s">
         <v>26</v>
       </c>
       <c r="K278">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L278" t="s">
         <v>26</v>
       </c>
       <c r="M278" t="s">
         <v>26</v>
       </c>
       <c r="N278" t="s">
         <v>26</v>
       </c>
       <c r="O278" t="s">
         <v>26</v>
       </c>
       <c r="P278" t="s">
         <v>26</v>
       </c>
       <c r="Q278" t="s">
         <v>26</v>
       </c>
-      <c r="R278" t="s">
-        <v>26</v>
+      <c r="R278">
+        <v>95.05</v>
       </c>
       <c r="S278" t="s">
         <v>26</v>
       </c>
       <c r="T278" t="s">
         <v>26</v>
       </c>
       <c r="U278">
         <v>95.05</v>
       </c>
     </row>
     <row r="279" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A279">
         <v>278</v>
       </c>
       <c r="B279" t="s">
         <v>516</v>
       </c>
       <c r="C279" t="s">
         <v>517</v>
       </c>
       <c r="E279" t="s">
         <v>56</v>
       </c>
       <c r="F279" t="s">
@@ -21467,72 +21467,72 @@
       <c r="B302" t="s">
         <v>548</v>
       </c>
       <c r="C302" t="s">
         <v>549</v>
       </c>
       <c r="E302" t="s">
         <v>259</v>
       </c>
       <c r="F302" t="s">
         <v>76</v>
       </c>
       <c r="G302" t="s">
         <v>25</v>
       </c>
       <c r="H302">
         <v>19</v>
       </c>
       <c r="I302" t="b">
         <v>1</v>
       </c>
       <c r="J302" t="s">
         <v>26</v>
       </c>
       <c r="K302">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L302" t="s">
         <v>26</v>
       </c>
       <c r="M302" t="s">
         <v>26</v>
       </c>
       <c r="N302" t="s">
         <v>26</v>
       </c>
       <c r="O302" t="s">
         <v>26</v>
       </c>
       <c r="P302" t="s">
         <v>26</v>
       </c>
       <c r="Q302" t="s">
         <v>26</v>
       </c>
-      <c r="R302" t="s">
-        <v>26</v>
+      <c r="R302">
+        <v>89.4</v>
       </c>
       <c r="S302" t="s">
         <v>26</v>
       </c>
       <c r="T302" t="s">
         <v>26</v>
       </c>
       <c r="U302">
         <v>89.4</v>
       </c>
     </row>
     <row r="303" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A303">
         <v>302</v>
       </c>
       <c r="B303" t="s">
         <v>198</v>
       </c>
       <c r="C303" t="s">
         <v>550</v>
       </c>
       <c r="E303" t="s">
         <v>23</v>
       </c>
       <c r="F303" t="s">
@@ -21591,72 +21591,72 @@
       <c r="B304" t="s">
         <v>551</v>
       </c>
       <c r="C304" t="s">
         <v>552</v>
       </c>
       <c r="E304" t="s">
         <v>398</v>
       </c>
       <c r="F304" t="s">
         <v>46</v>
       </c>
       <c r="G304" t="s">
         <v>25</v>
       </c>
       <c r="H304">
         <v>51</v>
       </c>
       <c r="I304" t="b">
         <v>1</v>
       </c>
       <c r="J304" t="s">
         <v>26</v>
       </c>
       <c r="K304">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L304" t="s">
         <v>26</v>
       </c>
       <c r="M304" t="s">
         <v>26</v>
       </c>
       <c r="N304" t="s">
         <v>26</v>
       </c>
       <c r="O304" t="s">
         <v>26</v>
       </c>
       <c r="P304" t="s">
         <v>26</v>
       </c>
       <c r="Q304" t="s">
         <v>26</v>
       </c>
-      <c r="R304" t="s">
-        <v>26</v>
+      <c r="R304">
+        <v>89.13</v>
       </c>
       <c r="S304" t="s">
         <v>26</v>
       </c>
       <c r="T304" t="s">
         <v>26</v>
       </c>
       <c r="U304">
         <v>89.13</v>
       </c>
     </row>
     <row r="305" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A305">
         <v>304</v>
       </c>
       <c r="B305" t="s">
         <v>198</v>
       </c>
       <c r="C305" t="s">
         <v>553</v>
       </c>
       <c r="E305" t="s">
         <v>26</v>
       </c>
       <c r="F305" t="s">
@@ -21839,72 +21839,72 @@
       <c r="B308" t="s">
         <v>548</v>
       </c>
       <c r="C308" t="s">
         <v>557</v>
       </c>
       <c r="E308" t="s">
         <v>259</v>
       </c>
       <c r="F308" t="s">
         <v>76</v>
       </c>
       <c r="G308" t="s">
         <v>25</v>
       </c>
       <c r="H308">
         <v>21</v>
       </c>
       <c r="I308" t="b">
         <v>1</v>
       </c>
       <c r="J308" t="s">
         <v>26</v>
       </c>
       <c r="K308">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L308" t="s">
         <v>26</v>
       </c>
       <c r="M308" t="s">
         <v>26</v>
       </c>
       <c r="N308" t="s">
         <v>26</v>
       </c>
       <c r="O308" t="s">
         <v>26</v>
       </c>
       <c r="P308" t="s">
         <v>26</v>
       </c>
       <c r="Q308" t="s">
         <v>26</v>
       </c>
-      <c r="R308" t="s">
-        <v>26</v>
+      <c r="R308">
+        <v>87.89</v>
       </c>
       <c r="S308" t="s">
         <v>26</v>
       </c>
       <c r="T308" t="s">
         <v>26</v>
       </c>
       <c r="U308">
         <v>87.89</v>
       </c>
     </row>
     <row r="309" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A309">
         <v>308</v>
       </c>
       <c r="B309" t="s">
         <v>68</v>
       </c>
       <c r="C309" t="s">
         <v>86</v>
       </c>
       <c r="E309" t="s">
         <v>558</v>
       </c>
       <c r="F309" t="s">
@@ -21963,72 +21963,72 @@
       <c r="B310" t="s">
         <v>99</v>
       </c>
       <c r="C310" t="s">
         <v>559</v>
       </c>
       <c r="E310" t="s">
         <v>398</v>
       </c>
       <c r="F310" t="s">
         <v>76</v>
       </c>
       <c r="G310" t="s">
         <v>25</v>
       </c>
       <c r="H310">
         <v>23</v>
       </c>
       <c r="I310" t="b">
         <v>1</v>
       </c>
       <c r="J310" t="s">
         <v>26</v>
       </c>
       <c r="K310">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L310" t="s">
         <v>26</v>
       </c>
       <c r="M310" t="s">
         <v>26</v>
       </c>
       <c r="N310" t="s">
         <v>26</v>
       </c>
       <c r="O310" t="s">
         <v>26</v>
       </c>
       <c r="P310" t="s">
         <v>26</v>
       </c>
       <c r="Q310" t="s">
         <v>26</v>
       </c>
-      <c r="R310" t="s">
-        <v>26</v>
+      <c r="R310">
+        <v>87.64</v>
       </c>
       <c r="S310" t="s">
         <v>26</v>
       </c>
       <c r="T310" t="s">
         <v>26</v>
       </c>
       <c r="U310">
         <v>87.64</v>
       </c>
     </row>
     <row r="311" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A311">
         <v>310</v>
       </c>
       <c r="B311" t="s">
         <v>308</v>
       </c>
       <c r="C311" t="s">
         <v>560</v>
       </c>
       <c r="E311" t="s">
         <v>211</v>
       </c>
       <c r="F311" t="s">
@@ -22214,72 +22214,72 @@
       <c r="B314" t="s">
         <v>54</v>
       </c>
       <c r="C314" t="s">
         <v>559</v>
       </c>
       <c r="E314" t="s">
         <v>398</v>
       </c>
       <c r="F314" t="s">
         <v>24</v>
       </c>
       <c r="G314" t="s">
         <v>25</v>
       </c>
       <c r="H314">
         <v>93</v>
       </c>
       <c r="I314" t="b">
         <v>1</v>
       </c>
       <c r="J314" t="s">
         <v>26</v>
       </c>
       <c r="K314">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L314" t="s">
         <v>26</v>
       </c>
       <c r="M314" t="s">
         <v>26</v>
       </c>
       <c r="N314" t="s">
         <v>26</v>
       </c>
       <c r="O314" t="s">
         <v>26</v>
       </c>
       <c r="P314" t="s">
         <v>26</v>
       </c>
       <c r="Q314" t="s">
         <v>26</v>
       </c>
-      <c r="R314" t="s">
-        <v>26</v>
+      <c r="R314">
+        <v>87.05</v>
       </c>
       <c r="S314" t="s">
         <v>26</v>
       </c>
       <c r="T314" t="s">
         <v>26</v>
       </c>
       <c r="U314">
         <v>87.05</v>
       </c>
     </row>
     <row r="315" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A315">
         <v>314</v>
       </c>
       <c r="B315" t="s">
         <v>151</v>
       </c>
       <c r="C315" t="s">
         <v>564</v>
       </c>
       <c r="E315" t="s">
         <v>26</v>
       </c>
       <c r="F315" t="s">
@@ -22589,72 +22589,72 @@
       <c r="B320" t="s">
         <v>61</v>
       </c>
       <c r="C320" t="s">
         <v>570</v>
       </c>
       <c r="E320" t="s">
         <v>110</v>
       </c>
       <c r="F320" t="s">
         <v>76</v>
       </c>
       <c r="G320" t="s">
         <v>25</v>
       </c>
       <c r="H320">
         <v>25</v>
       </c>
       <c r="I320" t="b">
         <v>1</v>
       </c>
       <c r="J320" t="s">
         <v>26</v>
       </c>
       <c r="K320">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L320" t="s">
         <v>26</v>
       </c>
       <c r="M320" t="s">
         <v>26</v>
       </c>
       <c r="N320" t="s">
         <v>26</v>
       </c>
       <c r="O320" t="s">
         <v>26</v>
       </c>
       <c r="P320" t="s">
         <v>26</v>
       </c>
       <c r="Q320" t="s">
         <v>26</v>
       </c>
-      <c r="R320" t="s">
-        <v>26</v>
+      <c r="R320">
+        <v>85.73</v>
       </c>
       <c r="S320" t="s">
         <v>26</v>
       </c>
       <c r="T320" t="s">
         <v>26</v>
       </c>
       <c r="U320">
         <v>85.73</v>
       </c>
     </row>
     <row r="321" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A321">
         <v>320</v>
       </c>
       <c r="B321" t="s">
         <v>571</v>
       </c>
       <c r="C321" t="s">
         <v>572</v>
       </c>
       <c r="E321" t="s">
         <v>573</v>
       </c>
       <c r="F321" t="s">
@@ -22713,72 +22713,72 @@
       <c r="B322" t="s">
         <v>574</v>
       </c>
       <c r="C322" t="s">
         <v>575</v>
       </c>
       <c r="E322" t="s">
         <v>576</v>
       </c>
       <c r="F322" t="s">
         <v>46</v>
       </c>
       <c r="G322" t="s">
         <v>53</v>
       </c>
       <c r="H322">
         <v>16</v>
       </c>
       <c r="I322" t="b">
         <v>1</v>
       </c>
       <c r="J322" t="s">
         <v>26</v>
       </c>
       <c r="K322">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L322" t="s">
         <v>26</v>
       </c>
       <c r="M322" t="s">
         <v>26</v>
       </c>
       <c r="N322" t="s">
         <v>26</v>
       </c>
       <c r="O322" t="s">
         <v>26</v>
       </c>
       <c r="P322" t="s">
         <v>26</v>
       </c>
       <c r="Q322" t="s">
         <v>26</v>
       </c>
-      <c r="R322" t="s">
-        <v>26</v>
+      <c r="R322">
+        <v>85.36</v>
       </c>
       <c r="S322" t="s">
         <v>26</v>
       </c>
       <c r="T322" t="s">
         <v>26</v>
       </c>
       <c r="U322">
         <v>85.36</v>
       </c>
     </row>
     <row r="323" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A323">
         <v>322</v>
       </c>
       <c r="B323" t="s">
         <v>577</v>
       </c>
       <c r="C323" t="s">
         <v>135</v>
       </c>
       <c r="E323" t="s">
         <v>136</v>
       </c>
       <c r="F323" t="s">
@@ -23023,72 +23023,72 @@
       <c r="B327" t="s">
         <v>581</v>
       </c>
       <c r="C327" t="s">
         <v>582</v>
       </c>
       <c r="E327" t="s">
         <v>398</v>
       </c>
       <c r="F327" t="s">
         <v>43</v>
       </c>
       <c r="G327" t="s">
         <v>25</v>
       </c>
       <c r="H327">
         <v>58</v>
       </c>
       <c r="I327" t="b">
         <v>1</v>
       </c>
       <c r="J327" t="s">
         <v>26</v>
       </c>
       <c r="K327">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L327" t="s">
         <v>26</v>
       </c>
       <c r="M327" t="s">
         <v>26</v>
       </c>
       <c r="N327" t="s">
         <v>26</v>
       </c>
       <c r="O327" t="s">
         <v>26</v>
       </c>
       <c r="P327" t="s">
         <v>26</v>
       </c>
       <c r="Q327" t="s">
         <v>26</v>
       </c>
-      <c r="R327" t="s">
-        <v>26</v>
+      <c r="R327">
+        <v>84.51</v>
       </c>
       <c r="S327" t="s">
         <v>26</v>
       </c>
       <c r="T327" t="s">
         <v>26</v>
       </c>
       <c r="U327">
         <v>84.51</v>
       </c>
     </row>
     <row r="328" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A328">
         <v>327</v>
       </c>
       <c r="B328" t="s">
         <v>583</v>
       </c>
       <c r="C328" t="s">
         <v>584</v>
       </c>
       <c r="D328">
         <v>1941</v>
       </c>
       <c r="E328" t="s">
@@ -23850,72 +23850,72 @@
       <c r="B340" t="s">
         <v>107</v>
       </c>
       <c r="C340" t="s">
         <v>601</v>
       </c>
       <c r="E340" t="s">
         <v>602</v>
       </c>
       <c r="F340" t="s">
         <v>133</v>
       </c>
       <c r="G340" t="s">
         <v>25</v>
       </c>
       <c r="H340">
         <v>7</v>
       </c>
       <c r="I340" t="b">
         <v>1</v>
       </c>
       <c r="J340" t="s">
         <v>26</v>
       </c>
       <c r="K340">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L340" t="s">
         <v>26</v>
       </c>
       <c r="M340" t="s">
         <v>26</v>
       </c>
       <c r="N340" t="s">
         <v>26</v>
       </c>
       <c r="O340" t="s">
         <v>26</v>
       </c>
       <c r="P340" t="s">
         <v>26</v>
       </c>
       <c r="Q340" t="s">
         <v>26</v>
       </c>
-      <c r="R340" t="s">
-        <v>26</v>
+      <c r="R340">
+        <v>81.52</v>
       </c>
       <c r="S340" t="s">
         <v>26</v>
       </c>
       <c r="T340" t="s">
         <v>26</v>
       </c>
       <c r="U340">
         <v>81.52</v>
       </c>
     </row>
     <row r="341" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A341">
         <v>340</v>
       </c>
       <c r="B341" t="s">
         <v>603</v>
       </c>
       <c r="C341" t="s">
         <v>604</v>
       </c>
       <c r="E341" t="s">
         <v>26</v>
       </c>
       <c r="F341" t="s">
@@ -23974,72 +23974,72 @@
       <c r="B342" t="s">
         <v>99</v>
       </c>
       <c r="C342" t="s">
         <v>500</v>
       </c>
       <c r="E342" t="s">
         <v>219</v>
       </c>
       <c r="F342" t="s">
         <v>133</v>
       </c>
       <c r="G342" t="s">
         <v>25</v>
       </c>
       <c r="H342">
         <v>8</v>
       </c>
       <c r="I342" t="b">
         <v>1</v>
       </c>
       <c r="J342" t="s">
         <v>26</v>
       </c>
       <c r="K342">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L342" t="s">
         <v>26</v>
       </c>
       <c r="M342" t="s">
         <v>26</v>
       </c>
       <c r="N342" t="s">
         <v>26</v>
       </c>
       <c r="O342" t="s">
         <v>26</v>
       </c>
       <c r="P342" t="s">
         <v>26</v>
       </c>
       <c r="Q342" t="s">
         <v>26</v>
       </c>
-      <c r="R342" t="s">
-        <v>26</v>
+      <c r="R342">
+        <v>80.91</v>
       </c>
       <c r="S342" t="s">
         <v>26</v>
       </c>
       <c r="T342" t="s">
         <v>26</v>
       </c>
       <c r="U342">
         <v>80.91</v>
       </c>
     </row>
     <row r="343" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A343">
         <v>342</v>
       </c>
       <c r="B343" t="s">
         <v>605</v>
       </c>
       <c r="C343" t="s">
         <v>461</v>
       </c>
       <c r="E343" t="s">
         <v>606</v>
       </c>
       <c r="F343" t="s">
@@ -24101,196 +24101,196 @@
       <c r="C344" t="s">
         <v>608</v>
       </c>
       <c r="D344">
         <v>2462</v>
       </c>
       <c r="E344" t="s">
         <v>259</v>
       </c>
       <c r="F344" t="s">
         <v>133</v>
       </c>
       <c r="G344" t="s">
         <v>53</v>
       </c>
       <c r="H344">
         <v>1</v>
       </c>
       <c r="I344" t="b">
         <v>1</v>
       </c>
       <c r="J344" t="s">
         <v>26</v>
       </c>
       <c r="K344">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L344" t="s">
         <v>26</v>
       </c>
       <c r="M344" t="s">
         <v>26</v>
       </c>
       <c r="N344" t="s">
         <v>26</v>
       </c>
       <c r="O344" t="s">
         <v>26</v>
       </c>
       <c r="P344" t="s">
         <v>26</v>
       </c>
       <c r="Q344" t="s">
         <v>26</v>
       </c>
-      <c r="R344" t="s">
-        <v>26</v>
+      <c r="R344">
+        <v>79.01</v>
       </c>
       <c r="S344" t="s">
         <v>26</v>
       </c>
       <c r="T344" t="s">
         <v>26</v>
       </c>
       <c r="U344">
         <v>79.01</v>
       </c>
     </row>
     <row r="345" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A345">
         <v>344</v>
       </c>
       <c r="B345" t="s">
         <v>63</v>
       </c>
       <c r="C345" t="s">
         <v>609</v>
       </c>
       <c r="E345" t="s">
         <v>219</v>
       </c>
       <c r="F345" t="s">
         <v>46</v>
       </c>
       <c r="G345" t="s">
         <v>25</v>
       </c>
       <c r="H345">
         <v>56</v>
       </c>
       <c r="I345" t="b">
         <v>1</v>
       </c>
       <c r="J345" t="s">
         <v>26</v>
       </c>
       <c r="K345">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L345" t="s">
         <v>26</v>
       </c>
       <c r="M345" t="s">
         <v>26</v>
       </c>
       <c r="N345" t="s">
         <v>26</v>
       </c>
       <c r="O345" t="s">
         <v>26</v>
       </c>
       <c r="P345" t="s">
         <v>26</v>
       </c>
       <c r="Q345" t="s">
         <v>26</v>
       </c>
-      <c r="R345" t="s">
-        <v>26</v>
+      <c r="R345">
+        <v>78.74</v>
       </c>
       <c r="S345" t="s">
         <v>26</v>
       </c>
       <c r="T345" t="s">
         <v>26</v>
       </c>
       <c r="U345">
         <v>78.74</v>
       </c>
     </row>
     <row r="346" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A346">
         <v>345</v>
       </c>
       <c r="B346" t="s">
         <v>610</v>
       </c>
       <c r="C346" t="s">
         <v>611</v>
       </c>
       <c r="E346" t="s">
         <v>345</v>
       </c>
       <c r="F346" t="s">
         <v>76</v>
       </c>
       <c r="G346" t="s">
         <v>53</v>
       </c>
       <c r="H346">
         <v>7</v>
       </c>
       <c r="I346" t="b">
         <v>1</v>
       </c>
       <c r="J346" t="s">
         <v>26</v>
       </c>
       <c r="K346">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L346" t="s">
         <v>26</v>
       </c>
       <c r="M346" t="s">
         <v>26</v>
       </c>
       <c r="N346" t="s">
         <v>26</v>
       </c>
       <c r="O346" t="s">
         <v>26</v>
       </c>
       <c r="P346" t="s">
         <v>26</v>
       </c>
       <c r="Q346" t="s">
         <v>26</v>
       </c>
-      <c r="R346" t="s">
-        <v>26</v>
+      <c r="R346">
+        <v>78.15</v>
       </c>
       <c r="S346" t="s">
         <v>26</v>
       </c>
       <c r="T346" t="s">
         <v>26</v>
       </c>
       <c r="U346">
         <v>78.15</v>
       </c>
     </row>
     <row r="347" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A347">
         <v>346</v>
       </c>
       <c r="B347" t="s">
         <v>612</v>
       </c>
       <c r="C347" t="s">
         <v>613</v>
       </c>
       <c r="E347" t="s">
         <v>614</v>
       </c>
       <c r="F347" t="s">
@@ -24473,72 +24473,72 @@
       <c r="B350" t="s">
         <v>161</v>
       </c>
       <c r="C350" t="s">
         <v>616</v>
       </c>
       <c r="E350" t="s">
         <v>26</v>
       </c>
       <c r="F350" t="s">
         <v>43</v>
       </c>
       <c r="G350" t="s">
         <v>53</v>
       </c>
       <c r="H350">
         <v>20</v>
       </c>
       <c r="I350" t="b">
         <v>1</v>
       </c>
       <c r="J350" t="s">
         <v>26</v>
       </c>
       <c r="K350">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L350" t="s">
         <v>26</v>
       </c>
       <c r="M350" t="s">
         <v>26</v>
       </c>
       <c r="N350" t="s">
         <v>26</v>
       </c>
       <c r="O350" t="s">
         <v>26</v>
       </c>
       <c r="P350" t="s">
         <v>26</v>
       </c>
       <c r="Q350" t="s">
         <v>26</v>
       </c>
-      <c r="R350" t="s">
-        <v>26</v>
+      <c r="R350">
+        <v>77.24</v>
       </c>
       <c r="S350" t="s">
         <v>26</v>
       </c>
       <c r="T350" t="s">
         <v>26</v>
       </c>
       <c r="U350">
         <v>77.24</v>
       </c>
     </row>
     <row r="351" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A351">
         <v>350</v>
       </c>
       <c r="B351" t="s">
         <v>617</v>
       </c>
       <c r="C351" t="s">
         <v>618</v>
       </c>
       <c r="D351">
         <v>2151</v>
       </c>
       <c r="E351" t="s">
@@ -25037,72 +25037,72 @@
       <c r="B359" t="s">
         <v>633</v>
       </c>
       <c r="C359" t="s">
         <v>478</v>
       </c>
       <c r="E359" t="s">
         <v>39</v>
       </c>
       <c r="F359" t="s">
         <v>133</v>
       </c>
       <c r="G359" t="s">
         <v>25</v>
       </c>
       <c r="H359">
         <v>10</v>
       </c>
       <c r="I359" t="b">
         <v>1</v>
       </c>
       <c r="J359" t="s">
         <v>26</v>
       </c>
       <c r="K359">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L359" t="s">
         <v>26</v>
       </c>
       <c r="M359" t="s">
         <v>26</v>
       </c>
       <c r="N359" t="s">
         <v>26</v>
       </c>
       <c r="O359" t="s">
         <v>26</v>
       </c>
       <c r="P359" t="s">
         <v>26</v>
       </c>
       <c r="Q359" t="s">
         <v>26</v>
       </c>
-      <c r="R359" t="s">
-        <v>26</v>
+      <c r="R359">
+        <v>74.26</v>
       </c>
       <c r="S359" t="s">
         <v>26</v>
       </c>
       <c r="T359" t="s">
         <v>26</v>
       </c>
       <c r="U359">
         <v>74.26</v>
       </c>
     </row>
     <row r="360" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A360">
         <v>359</v>
       </c>
       <c r="B360" t="s">
         <v>216</v>
       </c>
       <c r="C360" t="s">
         <v>94</v>
       </c>
       <c r="E360" t="s">
         <v>87</v>
       </c>
       <c r="F360" t="s">
@@ -26283,72 +26283,72 @@
       <c r="C379" t="s">
         <v>661</v>
       </c>
       <c r="D379">
         <v>1410</v>
       </c>
       <c r="E379" t="s">
         <v>26</v>
       </c>
       <c r="F379" t="s">
         <v>133</v>
       </c>
       <c r="G379" t="s">
         <v>25</v>
       </c>
       <c r="H379">
         <v>11</v>
       </c>
       <c r="I379" t="b">
         <v>1</v>
       </c>
       <c r="J379" t="s">
         <v>26</v>
       </c>
       <c r="K379">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L379" t="s">
         <v>26</v>
       </c>
       <c r="M379" t="s">
         <v>26</v>
       </c>
       <c r="N379" t="s">
         <v>26</v>
       </c>
       <c r="O379" t="s">
         <v>26</v>
       </c>
       <c r="P379" t="s">
         <v>26</v>
       </c>
       <c r="Q379" t="s">
         <v>26</v>
       </c>
-      <c r="R379" t="s">
-        <v>26</v>
+      <c r="R379">
+        <v>60.88</v>
       </c>
       <c r="S379" t="s">
         <v>26</v>
       </c>
       <c r="T379" t="s">
         <v>26</v>
       </c>
       <c r="U379">
         <v>60.88</v>
       </c>
     </row>
     <row r="380" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A380">
         <v>379</v>
       </c>
       <c r="B380" t="s">
         <v>167</v>
       </c>
       <c r="C380" t="s">
         <v>662</v>
       </c>
       <c r="D380">
         <v>849</v>
       </c>
       <c r="E380" t="s">