--- v1 (2025-12-03)
+++ v2 (2026-03-03)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Data" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5358" uniqueCount="671">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5435" uniqueCount="671">
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>WFRA membership no</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>Age Category</t>
   </si>
   <si>
     <t>Class</t>
   </si>
   <si>
     <t>Category Position</t>
   </si>
   <si>
@@ -2501,60 +2501,60 @@
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2">
         <v>1798</v>
       </c>
       <c r="E2" t="s">
         <v>23</v>
       </c>
       <c r="F2" t="s">
         <v>24</v>
       </c>
       <c r="G2" t="s">
         <v>25</v>
       </c>
       <c r="H2">
         <v>1</v>
       </c>
       <c r="I2" t="b">
         <v>1</v>
       </c>
       <c r="J2" t="s">
         <v>26</v>
       </c>
       <c r="K2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L2">
         <v>135.75</v>
       </c>
       <c r="M2">
         <v>128.67</v>
       </c>
-      <c r="N2">
-        <v>137.83</v>
+      <c r="N2" t="s">
+        <v>26</v>
       </c>
       <c r="O2" t="s">
         <v>26</v>
       </c>
       <c r="P2" t="s">
         <v>26</v>
       </c>
       <c r="Q2" t="s">
         <v>26</v>
       </c>
       <c r="R2">
         <v>144.62</v>
       </c>
       <c r="S2" t="s">
         <v>26</v>
       </c>
       <c r="T2" t="s">
         <v>26</v>
       </c>
       <c r="U2">
         <v>745.51</v>
       </c>
     </row>
     <row r="3" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A3">
@@ -2566,60 +2566,60 @@
       <c r="C3" t="s">
         <v>28</v>
       </c>
       <c r="D3">
         <v>1690</v>
       </c>
       <c r="E3" t="s">
         <v>23</v>
       </c>
       <c r="F3" t="s">
         <v>24</v>
       </c>
       <c r="G3" t="s">
         <v>25</v>
       </c>
       <c r="H3">
         <v>2</v>
       </c>
       <c r="I3" t="b">
         <v>1</v>
       </c>
       <c r="J3" t="s">
         <v>26</v>
       </c>
       <c r="K3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L3">
         <v>136.96</v>
       </c>
       <c r="M3">
         <v>127.12</v>
       </c>
-      <c r="N3">
-        <v>145.76</v>
+      <c r="N3" t="s">
+        <v>26</v>
       </c>
       <c r="O3">
         <v>145.31</v>
       </c>
       <c r="P3" t="s">
         <v>26</v>
       </c>
       <c r="Q3" t="s">
         <v>26</v>
       </c>
       <c r="R3">
         <v>142.35</v>
       </c>
       <c r="S3" t="s">
         <v>26</v>
       </c>
       <c r="T3" t="s">
         <v>26</v>
       </c>
       <c r="U3">
         <v>734.17</v>
       </c>
     </row>
     <row r="4" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A4">
@@ -2631,60 +2631,60 @@
       <c r="C4" t="s">
         <v>30</v>
       </c>
       <c r="D4">
         <v>2146</v>
       </c>
       <c r="E4" t="s">
         <v>31</v>
       </c>
       <c r="F4" t="s">
         <v>24</v>
       </c>
       <c r="G4" t="s">
         <v>25</v>
       </c>
       <c r="H4">
         <v>3</v>
       </c>
       <c r="I4" t="b">
         <v>1</v>
       </c>
       <c r="J4" t="s">
         <v>26</v>
       </c>
       <c r="K4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L4">
         <v>129.57</v>
       </c>
       <c r="M4">
         <v>126.85</v>
       </c>
-      <c r="N4">
-        <v>136.73</v>
+      <c r="N4" t="s">
+        <v>26</v>
       </c>
       <c r="O4">
         <v>141.55</v>
       </c>
       <c r="P4" t="s">
         <v>26</v>
       </c>
       <c r="Q4" t="s">
         <v>26</v>
       </c>
       <c r="R4" t="s">
         <v>26</v>
       </c>
       <c r="S4" t="s">
         <v>26</v>
       </c>
       <c r="T4" t="s">
         <v>26</v>
       </c>
       <c r="U4">
         <v>703.18</v>
       </c>
     </row>
     <row r="5" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A5">
@@ -2696,60 +2696,60 @@
       <c r="C5" t="s">
         <v>33</v>
       </c>
       <c r="D5">
         <v>1413</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5">
         <v>4</v>
       </c>
       <c r="I5" t="b">
         <v>1</v>
       </c>
       <c r="J5" t="s">
         <v>26</v>
       </c>
       <c r="K5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L5">
         <v>123.34</v>
       </c>
       <c r="M5">
         <v>116.61</v>
       </c>
-      <c r="N5">
-        <v>129.42</v>
+      <c r="N5" t="s">
+        <v>26</v>
       </c>
       <c r="O5" t="s">
         <v>26</v>
       </c>
       <c r="P5" t="s">
         <v>26</v>
       </c>
       <c r="Q5" t="s">
         <v>26</v>
       </c>
       <c r="R5">
         <v>128.56</v>
       </c>
       <c r="S5" t="s">
         <v>26</v>
       </c>
       <c r="T5" t="s">
         <v>26</v>
       </c>
       <c r="U5">
         <v>665.01</v>
       </c>
     </row>
     <row r="6" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A6">
@@ -2761,60 +2761,60 @@
       <c r="C6" t="s">
         <v>35</v>
       </c>
       <c r="D6">
         <v>1771</v>
       </c>
       <c r="E6" t="s">
         <v>26</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="H6">
         <v>5</v>
       </c>
       <c r="I6" t="b">
         <v>1</v>
       </c>
       <c r="J6" t="s">
         <v>26</v>
       </c>
       <c r="K6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L6">
         <v>118.68</v>
       </c>
       <c r="M6">
         <v>117.8</v>
       </c>
-      <c r="N6">
-        <v>135.3</v>
+      <c r="N6" t="s">
+        <v>26</v>
       </c>
       <c r="O6">
         <v>131.21</v>
       </c>
       <c r="P6" t="s">
         <v>26</v>
       </c>
       <c r="Q6" t="s">
         <v>26</v>
       </c>
       <c r="R6">
         <v>133.41</v>
       </c>
       <c r="S6" t="s">
         <v>26</v>
       </c>
       <c r="T6" t="s">
         <v>26</v>
       </c>
       <c r="U6">
         <v>658.41</v>
       </c>
     </row>
     <row r="7" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A7">
@@ -2826,60 +2826,60 @@
       <c r="C7" t="s">
         <v>36</v>
       </c>
       <c r="D7">
         <v>999</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7">
         <v>6</v>
       </c>
       <c r="I7" t="b">
         <v>1</v>
       </c>
       <c r="J7" t="s">
         <v>26</v>
       </c>
       <c r="K7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L7">
         <v>120.25</v>
       </c>
       <c r="M7">
         <v>120.02</v>
       </c>
-      <c r="N7">
-        <v>126.15</v>
+      <c r="N7" t="s">
+        <v>26</v>
       </c>
       <c r="O7">
         <v>131.69</v>
       </c>
       <c r="P7" t="s">
         <v>26</v>
       </c>
       <c r="Q7" t="s">
         <v>26</v>
       </c>
       <c r="R7">
         <v>131.23</v>
       </c>
       <c r="S7" t="s">
         <v>26</v>
       </c>
       <c r="T7" t="s">
         <v>26</v>
       </c>
       <c r="U7">
         <v>644.97</v>
       </c>
     </row>
     <row r="8" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A8">
@@ -2891,60 +2891,60 @@
       <c r="C8" t="s">
         <v>38</v>
       </c>
       <c r="D8">
         <v>2372</v>
       </c>
       <c r="E8" t="s">
         <v>39</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
         <v>25</v>
       </c>
       <c r="H8">
         <v>7</v>
       </c>
       <c r="I8" t="b">
         <v>1</v>
       </c>
       <c r="J8" t="s">
         <v>26</v>
       </c>
       <c r="K8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L8">
         <v>121.58</v>
       </c>
       <c r="M8" t="s">
         <v>26</v>
       </c>
-      <c r="N8">
-        <v>133.94</v>
+      <c r="N8" t="s">
+        <v>26</v>
       </c>
       <c r="O8">
         <v>121.7</v>
       </c>
       <c r="P8" t="s">
         <v>26</v>
       </c>
       <c r="Q8" t="s">
         <v>26</v>
       </c>
       <c r="R8">
         <v>133.81</v>
       </c>
       <c r="S8" t="s">
         <v>26</v>
       </c>
       <c r="T8" t="s">
         <v>26</v>
       </c>
       <c r="U8">
         <v>642.53</v>
       </c>
     </row>
     <row r="9" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A9">
@@ -2956,60 +2956,60 @@
       <c r="C9" t="s">
         <v>41</v>
       </c>
       <c r="D9">
         <v>1126</v>
       </c>
       <c r="E9" t="s">
         <v>42</v>
       </c>
       <c r="F9" t="s">
         <v>43</v>
       </c>
       <c r="G9" t="s">
         <v>25</v>
       </c>
       <c r="H9">
         <v>1</v>
       </c>
       <c r="I9" t="b">
         <v>1</v>
       </c>
       <c r="J9" t="s">
         <v>26</v>
       </c>
       <c r="K9">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L9">
         <v>98.03</v>
       </c>
       <c r="M9">
         <v>115.78</v>
       </c>
-      <c r="N9">
-        <v>124.06</v>
+      <c r="N9" t="s">
+        <v>26</v>
       </c>
       <c r="O9" t="s">
         <v>26</v>
       </c>
       <c r="P9" t="s">
         <v>26</v>
       </c>
       <c r="Q9" t="s">
         <v>26</v>
       </c>
       <c r="R9">
         <v>122.98</v>
       </c>
       <c r="S9" t="s">
         <v>26</v>
       </c>
       <c r="T9">
         <v>120.04</v>
       </c>
       <c r="U9">
         <v>638.69</v>
       </c>
     </row>
     <row r="10" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A10">
@@ -3021,60 +3021,60 @@
       <c r="C10" t="s">
         <v>45</v>
       </c>
       <c r="D10">
         <v>1184</v>
       </c>
       <c r="E10" t="s">
         <v>23</v>
       </c>
       <c r="F10" t="s">
         <v>46</v>
       </c>
       <c r="G10" t="s">
         <v>25</v>
       </c>
       <c r="H10">
         <v>1</v>
       </c>
       <c r="I10" t="b">
         <v>1</v>
       </c>
       <c r="J10" t="s">
         <v>26</v>
       </c>
       <c r="K10">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="L10">
         <v>118.31</v>
       </c>
       <c r="M10">
         <v>118.84</v>
       </c>
-      <c r="N10">
-        <v>123.78</v>
+      <c r="N10" t="s">
+        <v>26</v>
       </c>
       <c r="O10">
         <v>129.02</v>
       </c>
       <c r="P10" t="s">
         <v>26</v>
       </c>
       <c r="Q10" t="s">
         <v>26</v>
       </c>
       <c r="R10">
         <v>118.02</v>
       </c>
       <c r="S10" t="s">
         <v>26</v>
       </c>
       <c r="T10">
         <v>118.18</v>
       </c>
       <c r="U10">
         <v>622.1</v>
       </c>
     </row>
     <row r="11" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A11">
@@ -3086,60 +3086,60 @@
       <c r="C11" t="s">
         <v>48</v>
       </c>
       <c r="D11">
         <v>2187</v>
       </c>
       <c r="E11" t="s">
         <v>49</v>
       </c>
       <c r="F11" t="s">
         <v>43</v>
       </c>
       <c r="G11" t="s">
         <v>25</v>
       </c>
       <c r="H11">
         <v>2</v>
       </c>
       <c r="I11" t="b">
         <v>1</v>
       </c>
       <c r="J11" t="s">
         <v>26</v>
       </c>
       <c r="K11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L11">
         <v>109.16</v>
       </c>
       <c r="M11">
         <v>107.48</v>
       </c>
-      <c r="N11">
-        <v>118.42</v>
+      <c r="N11" t="s">
+        <v>26</v>
       </c>
       <c r="O11" t="s">
         <v>26</v>
       </c>
       <c r="P11" t="s">
         <v>26</v>
       </c>
       <c r="Q11" t="s">
         <v>26</v>
       </c>
       <c r="R11" t="s">
         <v>26</v>
       </c>
       <c r="S11" t="s">
         <v>26</v>
       </c>
       <c r="T11" t="s">
         <v>26</v>
       </c>
       <c r="U11">
         <v>611.61</v>
       </c>
     </row>
     <row r="12" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A12">
@@ -3151,60 +3151,60 @@
       <c r="C12" t="s">
         <v>51</v>
       </c>
       <c r="D12">
         <v>1131</v>
       </c>
       <c r="E12" t="s">
         <v>52</v>
       </c>
       <c r="F12" t="s">
         <v>24</v>
       </c>
       <c r="G12" t="s">
         <v>53</v>
       </c>
       <c r="H12">
         <v>1</v>
       </c>
       <c r="I12" t="b">
         <v>1</v>
       </c>
       <c r="J12" t="s">
         <v>26</v>
       </c>
       <c r="K12">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="L12">
         <v>108.54</v>
       </c>
       <c r="M12">
         <v>103.58</v>
       </c>
-      <c r="N12">
-        <v>112.36</v>
+      <c r="N12" t="s">
+        <v>26</v>
       </c>
       <c r="O12">
         <v>124.52</v>
       </c>
       <c r="P12" t="s">
         <v>26</v>
       </c>
       <c r="Q12" t="s">
         <v>26</v>
       </c>
       <c r="R12">
         <v>114.64</v>
       </c>
       <c r="S12" t="s">
         <v>26</v>
       </c>
       <c r="T12">
         <v>112.1</v>
       </c>
       <c r="U12">
         <v>605.94</v>
       </c>
     </row>
     <row r="13" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A13">
@@ -3216,60 +3216,60 @@
       <c r="C13" t="s">
         <v>55</v>
       </c>
       <c r="D13">
         <v>1223</v>
       </c>
       <c r="E13" t="s">
         <v>56</v>
       </c>
       <c r="F13" t="s">
         <v>46</v>
       </c>
       <c r="G13" t="s">
         <v>25</v>
       </c>
       <c r="H13">
         <v>2</v>
       </c>
       <c r="I13" t="b">
         <v>1</v>
       </c>
       <c r="J13" t="s">
         <v>26</v>
       </c>
       <c r="K13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L13">
         <v>114.78</v>
       </c>
       <c r="M13" t="s">
         <v>26</v>
       </c>
-      <c r="N13">
-        <v>117.61</v>
+      <c r="N13" t="s">
+        <v>26</v>
       </c>
       <c r="O13">
         <v>117.91</v>
       </c>
       <c r="P13" t="s">
         <v>26</v>
       </c>
       <c r="Q13" t="s">
         <v>26</v>
       </c>
       <c r="R13" t="s">
         <v>26</v>
       </c>
       <c r="S13" t="s">
         <v>26</v>
       </c>
       <c r="T13" t="s">
         <v>26</v>
       </c>
       <c r="U13">
         <v>600.95</v>
       </c>
     </row>
     <row r="14" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A14">
@@ -3281,60 +3281,60 @@
       <c r="C14" t="s">
         <v>58</v>
       </c>
       <c r="D14">
         <v>2292</v>
       </c>
       <c r="E14" t="s">
         <v>23</v>
       </c>
       <c r="F14" t="s">
         <v>43</v>
       </c>
       <c r="G14" t="s">
         <v>25</v>
       </c>
       <c r="H14">
         <v>3</v>
       </c>
       <c r="I14" t="b">
         <v>1</v>
       </c>
       <c r="J14" t="s">
         <v>26</v>
       </c>
       <c r="K14">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="L14">
         <v>107.56</v>
       </c>
       <c r="M14">
         <v>106.44</v>
       </c>
-      <c r="N14">
-        <v>121.14</v>
+      <c r="N14" t="s">
+        <v>26</v>
       </c>
       <c r="O14">
         <v>114.47</v>
       </c>
       <c r="P14" t="s">
         <v>26</v>
       </c>
       <c r="Q14" t="s">
         <v>26</v>
       </c>
       <c r="R14">
         <v>119.94</v>
       </c>
       <c r="S14" t="s">
         <v>26</v>
       </c>
       <c r="T14">
         <v>114.04</v>
       </c>
       <c r="U14">
         <v>593.96</v>
       </c>
     </row>
     <row r="15" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A15">
@@ -3535,60 +3535,60 @@
       <c r="B18" t="s">
         <v>65</v>
       </c>
       <c r="C18" t="s">
         <v>66</v>
       </c>
       <c r="E18" t="s">
         <v>67</v>
       </c>
       <c r="F18" t="s">
         <v>24</v>
       </c>
       <c r="G18" t="s">
         <v>53</v>
       </c>
       <c r="H18">
         <v>2</v>
       </c>
       <c r="I18" t="b">
         <v>1</v>
       </c>
       <c r="J18" t="s">
         <v>26</v>
       </c>
       <c r="K18">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L18">
         <v>97.84</v>
       </c>
       <c r="M18">
         <v>98.46</v>
       </c>
-      <c r="N18">
-        <v>113.44</v>
+      <c r="N18" t="s">
+        <v>26</v>
       </c>
       <c r="O18">
         <v>112.72</v>
       </c>
       <c r="P18" t="s">
         <v>26</v>
       </c>
       <c r="Q18" t="s">
         <v>26</v>
       </c>
       <c r="R18">
         <v>107.69</v>
       </c>
       <c r="S18" t="s">
         <v>26</v>
       </c>
       <c r="T18" t="s">
         <v>26</v>
       </c>
       <c r="U18">
         <v>560.91</v>
       </c>
     </row>
     <row r="19" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A19">
@@ -3600,60 +3600,60 @@
       <c r="C19" t="s">
         <v>69</v>
       </c>
       <c r="D19">
         <v>2130</v>
       </c>
       <c r="E19" t="s">
         <v>26</v>
       </c>
       <c r="F19" t="s">
         <v>46</v>
       </c>
       <c r="G19" t="s">
         <v>25</v>
       </c>
       <c r="H19">
         <v>3</v>
       </c>
       <c r="I19" t="b">
         <v>1</v>
       </c>
       <c r="J19" t="s">
         <v>26</v>
       </c>
       <c r="K19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L19">
         <v>101.32</v>
       </c>
       <c r="M19" t="s">
         <v>26</v>
       </c>
-      <c r="N19">
-        <v>109.37</v>
+      <c r="N19" t="s">
+        <v>26</v>
       </c>
       <c r="O19">
         <v>108.34</v>
       </c>
       <c r="P19" t="s">
         <v>26</v>
       </c>
       <c r="Q19" t="s">
         <v>26</v>
       </c>
       <c r="R19" t="s">
         <v>26</v>
       </c>
       <c r="S19" t="s">
         <v>26</v>
       </c>
       <c r="T19">
         <v>105</v>
       </c>
       <c r="U19">
         <v>555.08</v>
       </c>
     </row>
     <row r="20" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A20">
@@ -3795,60 +3795,60 @@
       <c r="C22" t="s">
         <v>75</v>
       </c>
       <c r="D22">
         <v>1378</v>
       </c>
       <c r="E22" t="s">
         <v>52</v>
       </c>
       <c r="F22" t="s">
         <v>76</v>
       </c>
       <c r="G22" t="s">
         <v>25</v>
       </c>
       <c r="H22">
         <v>1</v>
       </c>
       <c r="I22" t="b">
         <v>1</v>
       </c>
       <c r="J22" t="s">
         <v>26</v>
       </c>
       <c r="K22">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L22">
         <v>99.81</v>
       </c>
       <c r="M22" t="s">
         <v>26</v>
       </c>
-      <c r="N22">
-        <v>106.25</v>
+      <c r="N22" t="s">
+        <v>26</v>
       </c>
       <c r="O22">
         <v>110.52</v>
       </c>
       <c r="P22" t="s">
         <v>26</v>
       </c>
       <c r="Q22" t="s">
         <v>26</v>
       </c>
       <c r="R22">
         <v>104.59</v>
       </c>
       <c r="S22" t="s">
         <v>26</v>
       </c>
       <c r="T22">
         <v>99.23</v>
       </c>
       <c r="U22">
         <v>546.09</v>
       </c>
     </row>
     <row r="23" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A23">
@@ -3860,60 +3860,60 @@
       <c r="C23" t="s">
         <v>78</v>
       </c>
       <c r="D23">
         <v>1513</v>
       </c>
       <c r="E23" t="s">
         <v>52</v>
       </c>
       <c r="F23" t="s">
         <v>24</v>
       </c>
       <c r="G23" t="s">
         <v>53</v>
       </c>
       <c r="H23">
         <v>3</v>
       </c>
       <c r="I23" t="b">
         <v>1</v>
       </c>
       <c r="J23" t="s">
         <v>26</v>
       </c>
       <c r="K23">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L23" t="s">
         <v>26</v>
       </c>
       <c r="M23">
         <v>90.73</v>
       </c>
-      <c r="N23">
-        <v>104.59</v>
+      <c r="N23" t="s">
+        <v>26</v>
       </c>
       <c r="O23">
         <v>106.09</v>
       </c>
       <c r="P23" t="s">
         <v>26</v>
       </c>
       <c r="Q23" t="s">
         <v>26</v>
       </c>
       <c r="R23">
         <v>107.73</v>
       </c>
       <c r="S23" t="s">
         <v>26</v>
       </c>
       <c r="T23">
         <v>107.03</v>
       </c>
       <c r="U23">
         <v>543.3</v>
       </c>
     </row>
     <row r="24" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A24">
@@ -3987,60 +3987,60 @@
       <c r="B25" t="s">
         <v>81</v>
       </c>
       <c r="C25" t="s">
         <v>82</v>
       </c>
       <c r="E25" t="s">
         <v>31</v>
       </c>
       <c r="F25" t="s">
         <v>24</v>
       </c>
       <c r="G25" t="s">
         <v>53</v>
       </c>
       <c r="H25">
         <v>4</v>
       </c>
       <c r="I25" t="b">
         <v>1</v>
       </c>
       <c r="J25" t="s">
         <v>26</v>
       </c>
       <c r="K25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L25">
         <v>92.04</v>
       </c>
       <c r="M25" t="s">
         <v>26</v>
       </c>
-      <c r="N25">
-        <v>105.59</v>
+      <c r="N25" t="s">
+        <v>26</v>
       </c>
       <c r="O25" t="s">
         <v>26</v>
       </c>
       <c r="P25" t="s">
         <v>26</v>
       </c>
       <c r="Q25" t="s">
         <v>26</v>
       </c>
       <c r="R25">
         <v>108.51</v>
       </c>
       <c r="S25" t="s">
         <v>26</v>
       </c>
       <c r="T25" t="s">
         <v>26</v>
       </c>
       <c r="U25">
         <v>531.84</v>
       </c>
     </row>
     <row r="26" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A26">
@@ -4052,60 +4052,60 @@
       <c r="C26" t="s">
         <v>84</v>
       </c>
       <c r="D26">
         <v>2209</v>
       </c>
       <c r="E26" t="s">
         <v>85</v>
       </c>
       <c r="F26" t="s">
         <v>43</v>
       </c>
       <c r="G26" t="s">
         <v>25</v>
       </c>
       <c r="H26">
         <v>7</v>
       </c>
       <c r="I26" t="b">
         <v>1</v>
       </c>
       <c r="J26" t="s">
         <v>26</v>
       </c>
       <c r="K26">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L26">
         <v>100.26</v>
       </c>
       <c r="M26">
         <v>99.06</v>
       </c>
-      <c r="N26">
-        <v>105.97</v>
+      <c r="N26" t="s">
+        <v>26</v>
       </c>
       <c r="O26">
         <v>103.3</v>
       </c>
       <c r="P26" t="s">
         <v>26</v>
       </c>
       <c r="Q26" t="s">
         <v>26</v>
       </c>
       <c r="R26">
         <v>108.59</v>
       </c>
       <c r="S26" t="s">
         <v>26</v>
       </c>
       <c r="T26" t="s">
         <v>26</v>
       </c>
       <c r="U26">
         <v>525.6</v>
       </c>
     </row>
     <row r="27" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A27">
@@ -4241,60 +4241,60 @@
       <c r="B29" t="s">
         <v>59</v>
       </c>
       <c r="C29" t="s">
         <v>35</v>
       </c>
       <c r="E29" t="s">
         <v>87</v>
       </c>
       <c r="F29" t="s">
         <v>24</v>
       </c>
       <c r="G29" t="s">
         <v>25</v>
       </c>
       <c r="H29">
         <v>9</v>
       </c>
       <c r="I29" t="b">
         <v>1</v>
       </c>
       <c r="J29" t="s">
         <v>26</v>
       </c>
       <c r="K29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L29" t="s">
         <v>26</v>
       </c>
       <c r="M29">
         <v>122.38</v>
       </c>
-      <c r="N29">
-        <v>125.56</v>
+      <c r="N29" t="s">
+        <v>26</v>
       </c>
       <c r="O29">
         <v>130.4</v>
       </c>
       <c r="P29" t="s">
         <v>26</v>
       </c>
       <c r="Q29" t="s">
         <v>26</v>
       </c>
       <c r="R29" t="s">
         <v>26</v>
       </c>
       <c r="S29" t="s">
         <v>26</v>
       </c>
       <c r="T29" t="s">
         <v>26</v>
       </c>
       <c r="U29">
         <v>511.59</v>
       </c>
     </row>
     <row r="30" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A30">
@@ -4306,60 +4306,60 @@
       <c r="C30" t="s">
         <v>91</v>
       </c>
       <c r="D30">
         <v>768</v>
       </c>
       <c r="E30" t="s">
         <v>52</v>
       </c>
       <c r="F30" t="s">
         <v>76</v>
       </c>
       <c r="G30" t="s">
         <v>25</v>
       </c>
       <c r="H30">
         <v>2</v>
       </c>
       <c r="I30" t="b">
         <v>1</v>
       </c>
       <c r="J30" t="s">
         <v>26</v>
       </c>
       <c r="K30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L30" t="s">
         <v>26</v>
       </c>
       <c r="M30">
         <v>92.56</v>
       </c>
-      <c r="N30">
-        <v>97.85</v>
+      <c r="N30" t="s">
+        <v>26</v>
       </c>
       <c r="O30">
         <v>98.07</v>
       </c>
       <c r="P30" t="s">
         <v>26</v>
       </c>
       <c r="Q30" t="s">
         <v>26</v>
       </c>
       <c r="R30" t="s">
         <v>26</v>
       </c>
       <c r="S30" t="s">
         <v>26</v>
       </c>
       <c r="T30">
         <v>91.8</v>
       </c>
       <c r="U30">
         <v>510.49</v>
       </c>
     </row>
     <row r="31" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A31">
@@ -4436,60 +4436,60 @@
       <c r="C32" t="s">
         <v>94</v>
       </c>
       <c r="D32">
         <v>1370</v>
       </c>
       <c r="E32" t="s">
         <v>95</v>
       </c>
       <c r="F32" t="s">
         <v>46</v>
       </c>
       <c r="G32" t="s">
         <v>25</v>
       </c>
       <c r="H32">
         <v>7</v>
       </c>
       <c r="I32" t="b">
         <v>1</v>
       </c>
       <c r="J32" t="s">
         <v>26</v>
       </c>
       <c r="K32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L32">
         <v>94.3</v>
       </c>
       <c r="M32" t="s">
         <v>26</v>
       </c>
-      <c r="N32">
-        <v>98.23</v>
+      <c r="N32" t="s">
+        <v>26</v>
       </c>
       <c r="O32">
         <v>96.78</v>
       </c>
       <c r="P32" t="s">
         <v>26</v>
       </c>
       <c r="Q32" t="s">
         <v>26</v>
       </c>
       <c r="R32" t="s">
         <v>26</v>
       </c>
       <c r="S32" t="s">
         <v>26</v>
       </c>
       <c r="T32">
         <v>94.54</v>
       </c>
       <c r="U32">
         <v>495.74</v>
       </c>
     </row>
     <row r="33" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A33">
@@ -4563,60 +4563,60 @@
       <c r="C34" t="s">
         <v>98</v>
       </c>
       <c r="D34">
         <v>1506</v>
       </c>
       <c r="E34" t="s">
         <v>95</v>
       </c>
       <c r="F34" t="s">
         <v>76</v>
       </c>
       <c r="G34" t="s">
         <v>53</v>
       </c>
       <c r="H34">
         <v>1</v>
       </c>
       <c r="I34" t="b">
         <v>1</v>
       </c>
       <c r="J34" t="s">
         <v>26</v>
       </c>
       <c r="K34">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="L34">
         <v>91.17</v>
       </c>
       <c r="M34">
         <v>86.93</v>
       </c>
-      <c r="N34">
-        <v>97.52</v>
+      <c r="N34" t="s">
+        <v>26</v>
       </c>
       <c r="O34">
         <v>96.29</v>
       </c>
       <c r="P34" t="s">
         <v>26</v>
       </c>
       <c r="Q34" t="s">
         <v>26</v>
       </c>
       <c r="R34">
         <v>90.5</v>
       </c>
       <c r="S34" t="s">
         <v>26</v>
       </c>
       <c r="T34">
         <v>84.1</v>
       </c>
       <c r="U34">
         <v>472.32</v>
       </c>
     </row>
     <row r="35" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A35">
@@ -4690,60 +4690,60 @@
       <c r="C36" t="s">
         <v>101</v>
       </c>
       <c r="D36">
         <v>964</v>
       </c>
       <c r="E36" t="s">
         <v>102</v>
       </c>
       <c r="F36" t="s">
         <v>46</v>
       </c>
       <c r="G36" t="s">
         <v>25</v>
       </c>
       <c r="H36">
         <v>8</v>
       </c>
       <c r="I36" t="b">
         <v>1</v>
       </c>
       <c r="J36" t="s">
         <v>26</v>
       </c>
       <c r="K36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L36">
         <v>114.35</v>
       </c>
       <c r="M36" t="s">
         <v>26</v>
       </c>
-      <c r="N36">
-        <v>121.53</v>
+      <c r="N36" t="s">
+        <v>26</v>
       </c>
       <c r="O36" t="s">
         <v>26</v>
       </c>
       <c r="P36" t="s">
         <v>26</v>
       </c>
       <c r="Q36" t="s">
         <v>26</v>
       </c>
       <c r="R36" t="s">
         <v>26</v>
       </c>
       <c r="S36" t="s">
         <v>26</v>
       </c>
       <c r="T36">
         <v>102.44</v>
       </c>
       <c r="U36">
         <v>466.13</v>
       </c>
     </row>
     <row r="37" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A37">
@@ -4755,60 +4755,60 @@
       <c r="C37" t="s">
         <v>104</v>
       </c>
       <c r="D37">
         <v>1420</v>
       </c>
       <c r="E37" t="s">
         <v>26</v>
       </c>
       <c r="F37" t="s">
         <v>76</v>
       </c>
       <c r="G37" t="s">
         <v>25</v>
       </c>
       <c r="H37">
         <v>3</v>
       </c>
       <c r="I37" t="b">
         <v>1</v>
       </c>
       <c r="J37" t="s">
         <v>26</v>
       </c>
       <c r="K37">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L37" t="s">
         <v>26</v>
       </c>
       <c r="M37" t="s">
         <v>26</v>
       </c>
-      <c r="N37">
-        <v>95.24</v>
+      <c r="N37" t="s">
+        <v>26</v>
       </c>
       <c r="O37">
         <v>91.17</v>
       </c>
       <c r="P37" t="s">
         <v>26</v>
       </c>
       <c r="Q37" t="s">
         <v>26</v>
       </c>
       <c r="R37" t="s">
         <v>26</v>
       </c>
       <c r="S37" t="s">
         <v>26</v>
       </c>
       <c r="T37" t="s">
         <v>26</v>
       </c>
       <c r="U37">
         <v>455.63</v>
       </c>
     </row>
     <row r="38" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A38">
@@ -4820,60 +4820,60 @@
       <c r="C38" t="s">
         <v>106</v>
       </c>
       <c r="D38">
         <v>2202</v>
       </c>
       <c r="E38" t="s">
         <v>56</v>
       </c>
       <c r="F38" t="s">
         <v>46</v>
       </c>
       <c r="G38" t="s">
         <v>53</v>
       </c>
       <c r="H38">
         <v>1</v>
       </c>
       <c r="I38" t="b">
         <v>1</v>
       </c>
       <c r="J38" t="s">
         <v>26</v>
       </c>
       <c r="K38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L38">
         <v>85.54</v>
       </c>
       <c r="M38" t="s">
         <v>26</v>
       </c>
-      <c r="N38">
-        <v>89.42</v>
+      <c r="N38" t="s">
+        <v>26</v>
       </c>
       <c r="O38">
         <v>88.21</v>
       </c>
       <c r="P38" t="s">
         <v>26</v>
       </c>
       <c r="Q38" t="s">
         <v>26</v>
       </c>
       <c r="R38">
         <v>90.59</v>
       </c>
       <c r="S38" t="s">
         <v>26</v>
       </c>
       <c r="T38" t="s">
         <v>26</v>
       </c>
       <c r="U38">
         <v>451.98</v>
       </c>
     </row>
     <row r="39" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A39">
@@ -4882,60 +4882,60 @@
       <c r="B39" t="s">
         <v>107</v>
       </c>
       <c r="C39" t="s">
         <v>108</v>
       </c>
       <c r="E39" t="s">
         <v>56</v>
       </c>
       <c r="F39" t="s">
         <v>76</v>
       </c>
       <c r="G39" t="s">
         <v>25</v>
       </c>
       <c r="H39">
         <v>4</v>
       </c>
       <c r="I39" t="b">
         <v>1</v>
       </c>
       <c r="J39" t="s">
         <v>26</v>
       </c>
       <c r="K39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L39">
         <v>84.46</v>
       </c>
       <c r="M39" t="s">
         <v>26</v>
       </c>
-      <c r="N39">
-        <v>92.08</v>
+      <c r="N39" t="s">
+        <v>26</v>
       </c>
       <c r="O39">
         <v>83.13</v>
       </c>
       <c r="P39" t="s">
         <v>26</v>
       </c>
       <c r="Q39" t="s">
         <v>26</v>
       </c>
       <c r="R39">
         <v>90.11</v>
       </c>
       <c r="S39" t="s">
         <v>26</v>
       </c>
       <c r="T39" t="s">
         <v>26</v>
       </c>
       <c r="U39">
         <v>451.13</v>
       </c>
     </row>
     <row r="40" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A40">
@@ -5009,60 +5009,60 @@
       <c r="B41" t="s">
         <v>111</v>
       </c>
       <c r="C41" t="s">
         <v>112</v>
       </c>
       <c r="E41" t="s">
         <v>23</v>
       </c>
       <c r="F41" t="s">
         <v>76</v>
       </c>
       <c r="G41" t="s">
         <v>53</v>
       </c>
       <c r="H41">
         <v>2</v>
       </c>
       <c r="I41" t="b">
         <v>1</v>
       </c>
       <c r="J41" t="s">
         <v>26</v>
       </c>
       <c r="K41">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L41">
         <v>85.4</v>
       </c>
       <c r="M41">
         <v>86.96</v>
       </c>
-      <c r="N41">
-        <v>87.04</v>
+      <c r="N41" t="s">
+        <v>26</v>
       </c>
       <c r="O41">
         <v>91.33</v>
       </c>
       <c r="P41" t="s">
         <v>26</v>
       </c>
       <c r="Q41" t="s">
         <v>26</v>
       </c>
       <c r="R41">
         <v>84.04</v>
       </c>
       <c r="S41" t="s">
         <v>26</v>
       </c>
       <c r="T41" t="s">
         <v>26</v>
       </c>
       <c r="U41">
         <v>442.22</v>
       </c>
     </row>
     <row r="42" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A42">
@@ -5461,60 +5461,60 @@
       <c r="C48" t="s">
         <v>122</v>
       </c>
       <c r="D48">
         <v>2333</v>
       </c>
       <c r="E48" t="s">
         <v>85</v>
       </c>
       <c r="F48" t="s">
         <v>46</v>
       </c>
       <c r="G48" t="s">
         <v>25</v>
       </c>
       <c r="H48">
         <v>12</v>
       </c>
       <c r="I48" t="b">
         <v>1</v>
       </c>
       <c r="J48" t="s">
         <v>26</v>
       </c>
       <c r="K48">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L48" t="s">
         <v>26</v>
       </c>
       <c r="M48" t="s">
         <v>26</v>
       </c>
-      <c r="N48">
-        <v>85.37</v>
+      <c r="N48" t="s">
+        <v>26</v>
       </c>
       <c r="O48">
         <v>63.24</v>
       </c>
       <c r="P48" t="s">
         <v>26</v>
       </c>
       <c r="Q48" t="s">
         <v>26</v>
       </c>
       <c r="R48">
         <v>87.36</v>
       </c>
       <c r="S48" t="s">
         <v>26</v>
       </c>
       <c r="T48" t="s">
         <v>26</v>
       </c>
       <c r="U48">
         <v>407.73</v>
       </c>
     </row>
     <row r="49" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A49">
@@ -5526,60 +5526,60 @@
       <c r="C49" t="s">
         <v>98</v>
       </c>
       <c r="D49">
         <v>202</v>
       </c>
       <c r="E49" t="s">
         <v>95</v>
       </c>
       <c r="F49" t="s">
         <v>124</v>
       </c>
       <c r="G49" t="s">
         <v>25</v>
       </c>
       <c r="H49">
         <v>1</v>
       </c>
       <c r="I49" t="b">
         <v>1</v>
       </c>
       <c r="J49" t="s">
         <v>26</v>
       </c>
       <c r="K49">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="L49">
         <v>81.21</v>
       </c>
       <c r="M49">
         <v>77.05</v>
       </c>
-      <c r="N49">
-        <v>84.62</v>
+      <c r="N49" t="s">
+        <v>26</v>
       </c>
       <c r="O49">
         <v>68.98</v>
       </c>
       <c r="P49" t="s">
         <v>26</v>
       </c>
       <c r="Q49" t="s">
         <v>26</v>
       </c>
       <c r="R49">
         <v>79.82</v>
       </c>
       <c r="S49" t="s">
         <v>26</v>
       </c>
       <c r="T49">
         <v>76.65</v>
       </c>
       <c r="U49">
         <v>407.73</v>
       </c>
     </row>
     <row r="50" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A50">
@@ -5721,60 +5721,60 @@
       <c r="C52" t="s">
         <v>131</v>
       </c>
       <c r="D52">
         <v>1299</v>
       </c>
       <c r="E52" t="s">
         <v>132</v>
       </c>
       <c r="F52" t="s">
         <v>133</v>
       </c>
       <c r="G52" t="s">
         <v>25</v>
       </c>
       <c r="H52">
         <v>1</v>
       </c>
       <c r="I52" t="b">
         <v>1</v>
       </c>
       <c r="J52" t="s">
         <v>26</v>
       </c>
       <c r="K52">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L52">
         <v>73.17</v>
       </c>
       <c r="M52" t="s">
         <v>26</v>
       </c>
-      <c r="N52">
-        <v>91.95</v>
+      <c r="N52" t="s">
+        <v>26</v>
       </c>
       <c r="O52" t="s">
         <v>26</v>
       </c>
       <c r="P52" t="s">
         <v>26</v>
       </c>
       <c r="Q52" t="s">
         <v>26</v>
       </c>
       <c r="R52">
         <v>94.19</v>
       </c>
       <c r="S52" t="s">
         <v>26</v>
       </c>
       <c r="T52">
         <v>79.49</v>
       </c>
       <c r="U52">
         <v>396.11</v>
       </c>
     </row>
     <row r="53" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A53">
@@ -5783,60 +5783,60 @@
       <c r="B53" t="s">
         <v>134</v>
       </c>
       <c r="C53" t="s">
         <v>135</v>
       </c>
       <c r="E53" t="s">
         <v>136</v>
       </c>
       <c r="F53" t="s">
         <v>43</v>
       </c>
       <c r="G53" t="s">
         <v>25</v>
       </c>
       <c r="H53">
         <v>12</v>
       </c>
       <c r="I53" t="b">
         <v>1</v>
       </c>
       <c r="J53" t="s">
         <v>26</v>
       </c>
       <c r="K53">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L53" t="s">
         <v>26</v>
       </c>
       <c r="M53" t="s">
         <v>26</v>
       </c>
-      <c r="N53">
-        <v>125.85</v>
+      <c r="N53" t="s">
+        <v>26</v>
       </c>
       <c r="O53" t="s">
         <v>26</v>
       </c>
       <c r="P53" t="s">
         <v>26</v>
       </c>
       <c r="Q53" t="s">
         <v>26</v>
       </c>
       <c r="R53" t="s">
         <v>26</v>
       </c>
       <c r="S53" t="s">
         <v>26</v>
       </c>
       <c r="T53">
         <v>126.07</v>
       </c>
       <c r="U53">
         <v>384.55</v>
       </c>
     </row>
     <row r="54" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A54">
@@ -6170,60 +6170,60 @@
       <c r="B59" t="s">
         <v>148</v>
       </c>
       <c r="C59" t="s">
         <v>149</v>
       </c>
       <c r="E59" t="s">
         <v>95</v>
       </c>
       <c r="F59" t="s">
         <v>150</v>
       </c>
       <c r="G59" t="s">
         <v>25</v>
       </c>
       <c r="H59">
         <v>1</v>
       </c>
       <c r="I59" t="b">
         <v>1</v>
       </c>
       <c r="J59" t="s">
         <v>26</v>
       </c>
       <c r="K59">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L59">
         <v>82.2</v>
       </c>
       <c r="M59" t="s">
         <v>26</v>
       </c>
-      <c r="N59">
-        <v>84.7</v>
+      <c r="N59" t="s">
+        <v>26</v>
       </c>
       <c r="O59">
         <v>88.16</v>
       </c>
       <c r="P59" t="s">
         <v>26</v>
       </c>
       <c r="Q59" t="s">
         <v>26</v>
       </c>
       <c r="R59" t="s">
         <v>26</v>
       </c>
       <c r="S59" t="s">
         <v>26</v>
       </c>
       <c r="T59" t="s">
         <v>26</v>
       </c>
       <c r="U59">
         <v>341.65</v>
       </c>
     </row>
     <row r="60" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A60">
@@ -6232,60 +6232,60 @@
       <c r="B60" t="s">
         <v>151</v>
       </c>
       <c r="C60" t="s">
         <v>152</v>
       </c>
       <c r="E60" t="s">
         <v>153</v>
       </c>
       <c r="F60" t="s">
         <v>46</v>
       </c>
       <c r="G60" t="s">
         <v>25</v>
       </c>
       <c r="H60">
         <v>13</v>
       </c>
       <c r="I60" t="b">
         <v>1</v>
       </c>
       <c r="J60" t="s">
         <v>26</v>
       </c>
       <c r="K60">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L60" t="s">
         <v>26</v>
       </c>
       <c r="M60" t="s">
         <v>26</v>
       </c>
-      <c r="N60">
-        <v>85.32</v>
+      <c r="N60" t="s">
+        <v>26</v>
       </c>
       <c r="O60" t="s">
         <v>26</v>
       </c>
       <c r="P60" t="s">
         <v>26</v>
       </c>
       <c r="Q60" t="s">
         <v>26</v>
       </c>
       <c r="R60">
         <v>87.36</v>
       </c>
       <c r="S60" t="s">
         <v>26</v>
       </c>
       <c r="T60" t="s">
         <v>26</v>
       </c>
       <c r="U60">
         <v>340.64</v>
       </c>
     </row>
     <row r="61" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A61">
@@ -6294,60 +6294,60 @@
       <c r="B61" t="s">
         <v>154</v>
       </c>
       <c r="C61" t="s">
         <v>155</v>
       </c>
       <c r="E61" t="s">
         <v>26</v>
       </c>
       <c r="F61" t="s">
         <v>24</v>
       </c>
       <c r="G61" t="s">
         <v>25</v>
       </c>
       <c r="H61">
         <v>15</v>
       </c>
       <c r="I61" t="b">
         <v>1</v>
       </c>
       <c r="J61" t="s">
         <v>26</v>
       </c>
       <c r="K61">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L61" t="s">
         <v>26</v>
       </c>
       <c r="M61" t="s">
         <v>26</v>
       </c>
-      <c r="N61">
-        <v>105.77</v>
+      <c r="N61" t="s">
+        <v>26</v>
       </c>
       <c r="O61" t="s">
         <v>26</v>
       </c>
       <c r="P61" t="s">
         <v>26</v>
       </c>
       <c r="Q61" t="s">
         <v>26</v>
       </c>
       <c r="R61">
         <v>117.15</v>
       </c>
       <c r="S61" t="s">
         <v>26</v>
       </c>
       <c r="T61" t="s">
         <v>26</v>
       </c>
       <c r="U61">
         <v>340.47</v>
       </c>
     </row>
     <row r="62" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A62">
@@ -6483,60 +6483,60 @@
       <c r="B64" t="s">
         <v>159</v>
       </c>
       <c r="C64" t="s">
         <v>160</v>
       </c>
       <c r="E64" t="s">
         <v>23</v>
       </c>
       <c r="F64" t="s">
         <v>43</v>
       </c>
       <c r="G64" t="s">
         <v>53</v>
       </c>
       <c r="H64">
         <v>2</v>
       </c>
       <c r="I64" t="b">
         <v>1</v>
       </c>
       <c r="J64" t="s">
         <v>26</v>
       </c>
       <c r="K64">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L64" t="s">
         <v>26</v>
       </c>
       <c r="M64">
         <v>99.96</v>
       </c>
-      <c r="N64">
-        <v>107.59</v>
+      <c r="N64" t="s">
+        <v>26</v>
       </c>
       <c r="O64" t="s">
         <v>26</v>
       </c>
       <c r="P64" t="s">
         <v>26</v>
       </c>
       <c r="Q64" t="s">
         <v>26</v>
       </c>
       <c r="R64" t="s">
         <v>26</v>
       </c>
       <c r="S64" t="s">
         <v>26</v>
       </c>
       <c r="T64" t="s">
         <v>26</v>
       </c>
       <c r="U64">
         <v>319.14</v>
       </c>
     </row>
     <row r="65" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A65">
@@ -6675,60 +6675,60 @@
       <c r="C67" t="s">
         <v>166</v>
       </c>
       <c r="D67">
         <v>1179</v>
       </c>
       <c r="E67" t="s">
         <v>23</v>
       </c>
       <c r="F67" t="s">
         <v>43</v>
       </c>
       <c r="G67" t="s">
         <v>53</v>
       </c>
       <c r="H67">
         <v>4</v>
       </c>
       <c r="I67" t="b">
         <v>1</v>
       </c>
       <c r="J67" t="s">
         <v>26</v>
       </c>
       <c r="K67">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L67">
         <v>101.99</v>
       </c>
       <c r="M67" t="s">
         <v>26</v>
       </c>
-      <c r="N67">
-        <v>102.16</v>
+      <c r="N67" t="s">
+        <v>26</v>
       </c>
       <c r="O67">
         <v>106.81</v>
       </c>
       <c r="P67" t="s">
         <v>26</v>
       </c>
       <c r="Q67" t="s">
         <v>26</v>
       </c>
       <c r="R67" t="s">
         <v>26</v>
       </c>
       <c r="S67" t="s">
         <v>26</v>
       </c>
       <c r="T67" t="s">
         <v>26</v>
       </c>
       <c r="U67">
         <v>310.96</v>
       </c>
     </row>
     <row r="68" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A68">
@@ -6740,60 +6740,60 @@
       <c r="C68" t="s">
         <v>168</v>
       </c>
       <c r="D68">
         <v>267</v>
       </c>
       <c r="E68" t="s">
         <v>23</v>
       </c>
       <c r="F68" t="s">
         <v>43</v>
       </c>
       <c r="G68" t="s">
         <v>53</v>
       </c>
       <c r="H68">
         <v>5</v>
       </c>
       <c r="I68" t="b">
         <v>1</v>
       </c>
       <c r="J68" t="s">
         <v>26</v>
       </c>
       <c r="K68">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L68" t="s">
         <v>26</v>
       </c>
       <c r="M68" t="s">
         <v>26</v>
       </c>
-      <c r="N68">
-        <v>99.32</v>
+      <c r="N68" t="s">
+        <v>26</v>
       </c>
       <c r="O68" t="s">
         <v>26</v>
       </c>
       <c r="P68" t="s">
         <v>26</v>
       </c>
       <c r="Q68" t="s">
         <v>26</v>
       </c>
       <c r="R68" t="s">
         <v>26</v>
       </c>
       <c r="S68" t="s">
         <v>26</v>
       </c>
       <c r="T68">
         <v>100.87</v>
       </c>
       <c r="U68">
         <v>307.29</v>
       </c>
     </row>
     <row r="69" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A69">
@@ -6870,60 +6870,60 @@
       <c r="C70" t="s">
         <v>170</v>
       </c>
       <c r="D70">
         <v>1646</v>
       </c>
       <c r="E70" t="s">
         <v>87</v>
       </c>
       <c r="F70" t="s">
         <v>46</v>
       </c>
       <c r="G70" t="s">
         <v>25</v>
       </c>
       <c r="H70">
         <v>14</v>
       </c>
       <c r="I70" t="b">
         <v>1</v>
       </c>
       <c r="J70" t="s">
         <v>26</v>
       </c>
       <c r="K70">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L70" t="s">
         <v>26</v>
       </c>
       <c r="M70">
         <v>90.53</v>
       </c>
-      <c r="N70">
-        <v>98.54</v>
+      <c r="N70" t="s">
+        <v>26</v>
       </c>
       <c r="O70">
         <v>97.41</v>
       </c>
       <c r="P70" t="s">
         <v>26</v>
       </c>
       <c r="Q70" t="s">
         <v>26</v>
       </c>
       <c r="R70" t="s">
         <v>26</v>
       </c>
       <c r="S70" t="s">
         <v>26</v>
       </c>
       <c r="T70" t="s">
         <v>26</v>
       </c>
       <c r="U70">
         <v>286.48</v>
       </c>
     </row>
     <row r="71" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A71">
@@ -7195,60 +7195,60 @@
       <c r="C75" t="s">
         <v>181</v>
       </c>
       <c r="D75">
         <v>1948</v>
       </c>
       <c r="E75" t="s">
         <v>110</v>
       </c>
       <c r="F75" t="s">
         <v>43</v>
       </c>
       <c r="G75" t="s">
         <v>53</v>
       </c>
       <c r="H75">
         <v>6</v>
       </c>
       <c r="I75" t="b">
         <v>1</v>
       </c>
       <c r="J75" t="s">
         <v>26</v>
       </c>
       <c r="K75">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L75" t="s">
         <v>26</v>
       </c>
       <c r="M75" t="s">
         <v>26</v>
       </c>
-      <c r="N75">
-        <v>91.88</v>
+      <c r="N75" t="s">
+        <v>26</v>
       </c>
       <c r="O75" t="s">
         <v>26</v>
       </c>
       <c r="P75" t="s">
         <v>26</v>
       </c>
       <c r="Q75" t="s">
         <v>26</v>
       </c>
       <c r="R75">
         <v>80.65</v>
       </c>
       <c r="S75" t="s">
         <v>26</v>
       </c>
       <c r="T75" t="s">
         <v>26</v>
       </c>
       <c r="U75">
         <v>263.63</v>
       </c>
     </row>
     <row r="76" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A76">
@@ -7514,60 +7514,60 @@
       <c r="C80" t="s">
         <v>190</v>
       </c>
       <c r="D80">
         <v>1591</v>
       </c>
       <c r="E80" t="s">
         <v>191</v>
       </c>
       <c r="F80" t="s">
         <v>46</v>
       </c>
       <c r="G80" t="s">
         <v>25</v>
       </c>
       <c r="H80">
         <v>16</v>
       </c>
       <c r="I80" t="b">
         <v>1</v>
       </c>
       <c r="J80" t="s">
         <v>26</v>
       </c>
       <c r="K80">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L80">
         <v>123.44</v>
       </c>
       <c r="M80" t="s">
         <v>26</v>
       </c>
-      <c r="N80">
-        <v>129.86</v>
+      <c r="N80" t="s">
+        <v>26</v>
       </c>
       <c r="O80" t="s">
         <v>26</v>
       </c>
       <c r="P80" t="s">
         <v>26</v>
       </c>
       <c r="Q80" t="s">
         <v>26</v>
       </c>
       <c r="R80" t="s">
         <v>26</v>
       </c>
       <c r="S80" t="s">
         <v>26</v>
       </c>
       <c r="T80" t="s">
         <v>26</v>
       </c>
       <c r="U80">
         <v>253.3</v>
       </c>
     </row>
     <row r="81" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A81">
@@ -7960,60 +7960,60 @@
       <c r="C87" t="s">
         <v>207</v>
       </c>
       <c r="D87">
         <v>1539</v>
       </c>
       <c r="E87" t="s">
         <v>208</v>
       </c>
       <c r="F87" t="s">
         <v>43</v>
       </c>
       <c r="G87" t="s">
         <v>25</v>
       </c>
       <c r="H87">
         <v>18</v>
       </c>
       <c r="I87" t="b">
         <v>1</v>
       </c>
       <c r="J87" t="s">
         <v>26</v>
       </c>
       <c r="K87">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L87" t="s">
         <v>26</v>
       </c>
       <c r="M87" t="s">
         <v>26</v>
       </c>
-      <c r="N87">
-        <v>121.97</v>
+      <c r="N87" t="s">
+        <v>26</v>
       </c>
       <c r="O87" t="s">
         <v>26</v>
       </c>
       <c r="P87" t="s">
         <v>26</v>
       </c>
       <c r="Q87" t="s">
         <v>26</v>
       </c>
       <c r="R87" t="s">
         <v>26</v>
       </c>
       <c r="S87" t="s">
         <v>26</v>
       </c>
       <c r="T87" t="s">
         <v>26</v>
       </c>
       <c r="U87">
         <v>243.38</v>
       </c>
     </row>
     <row r="88" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A88">
@@ -8149,60 +8149,60 @@
       <c r="B90" t="s">
         <v>139</v>
       </c>
       <c r="C90" t="s">
         <v>212</v>
       </c>
       <c r="E90" t="s">
         <v>213</v>
       </c>
       <c r="F90" t="s">
         <v>173</v>
       </c>
       <c r="G90" t="s">
         <v>53</v>
       </c>
       <c r="H90">
         <v>1</v>
       </c>
       <c r="I90" t="b">
         <v>1</v>
       </c>
       <c r="J90" t="s">
         <v>26</v>
       </c>
       <c r="K90">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L90">
         <v>114.44</v>
       </c>
       <c r="M90" t="s">
         <v>26</v>
       </c>
-      <c r="N90">
-        <v>121.37</v>
+      <c r="N90" t="s">
+        <v>26</v>
       </c>
       <c r="O90" t="s">
         <v>26</v>
       </c>
       <c r="P90" t="s">
         <v>26</v>
       </c>
       <c r="Q90" t="s">
         <v>26</v>
       </c>
       <c r="R90" t="s">
         <v>26</v>
       </c>
       <c r="S90" t="s">
         <v>26</v>
       </c>
       <c r="T90" t="s">
         <v>26</v>
       </c>
       <c r="U90">
         <v>235.81</v>
       </c>
     </row>
     <row r="91" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A91">
@@ -8273,60 +8273,60 @@
       <c r="B92" t="s">
         <v>216</v>
       </c>
       <c r="C92" t="s">
         <v>217</v>
       </c>
       <c r="E92" t="s">
         <v>87</v>
       </c>
       <c r="F92" t="s">
         <v>46</v>
       </c>
       <c r="G92" t="s">
         <v>53</v>
       </c>
       <c r="H92">
         <v>4</v>
       </c>
       <c r="I92" t="b">
         <v>1</v>
       </c>
       <c r="J92" t="s">
         <v>26</v>
       </c>
       <c r="K92">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L92" t="s">
         <v>26</v>
       </c>
       <c r="M92" t="s">
         <v>26</v>
       </c>
-      <c r="N92">
-        <v>83.27</v>
+      <c r="N92" t="s">
+        <v>26</v>
       </c>
       <c r="O92">
         <v>66.5</v>
       </c>
       <c r="P92" t="s">
         <v>26</v>
       </c>
       <c r="Q92" t="s">
         <v>26</v>
       </c>
       <c r="R92" t="s">
         <v>26</v>
       </c>
       <c r="S92" t="s">
         <v>26</v>
       </c>
       <c r="T92" t="s">
         <v>26</v>
       </c>
       <c r="U92">
         <v>232.68</v>
       </c>
     </row>
     <row r="93" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A93">
@@ -8465,60 +8465,60 @@
       <c r="C95" t="s">
         <v>222</v>
       </c>
       <c r="D95">
         <v>1812</v>
       </c>
       <c r="E95" t="s">
         <v>147</v>
       </c>
       <c r="F95" t="s">
         <v>24</v>
       </c>
       <c r="G95" t="s">
         <v>25</v>
       </c>
       <c r="H95">
         <v>25</v>
       </c>
       <c r="I95" t="b">
         <v>1</v>
       </c>
       <c r="J95" t="s">
         <v>26</v>
       </c>
       <c r="K95">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L95" t="s">
         <v>26</v>
       </c>
       <c r="M95" t="s">
         <v>26</v>
       </c>
-      <c r="N95">
-        <v>118.8</v>
+      <c r="N95" t="s">
+        <v>26</v>
       </c>
       <c r="O95" t="s">
         <v>26</v>
       </c>
       <c r="P95" t="s">
         <v>26</v>
       </c>
       <c r="Q95" t="s">
         <v>26</v>
       </c>
       <c r="R95" t="s">
         <v>26</v>
       </c>
       <c r="S95" t="s">
         <v>26</v>
       </c>
       <c r="T95" t="s">
         <v>26</v>
       </c>
       <c r="U95">
         <v>229.79</v>
       </c>
     </row>
     <row r="96" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A96">
@@ -8530,60 +8530,60 @@
       <c r="C96" t="s">
         <v>223</v>
       </c>
       <c r="D96">
         <v>2310</v>
       </c>
       <c r="E96" t="s">
         <v>224</v>
       </c>
       <c r="F96" t="s">
         <v>43</v>
       </c>
       <c r="G96" t="s">
         <v>25</v>
       </c>
       <c r="H96">
         <v>20</v>
       </c>
       <c r="I96" t="b">
         <v>1</v>
       </c>
       <c r="J96" t="s">
         <v>26</v>
       </c>
       <c r="K96">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L96" t="s">
         <v>26</v>
       </c>
       <c r="M96" t="s">
         <v>26</v>
       </c>
-      <c r="N96">
-        <v>113.89</v>
+      <c r="N96" t="s">
+        <v>26</v>
       </c>
       <c r="O96" t="s">
         <v>26</v>
       </c>
       <c r="P96" t="s">
         <v>26</v>
       </c>
       <c r="Q96" t="s">
         <v>26</v>
       </c>
       <c r="R96" t="s">
         <v>26</v>
       </c>
       <c r="S96" t="s">
         <v>26</v>
       </c>
       <c r="T96" t="s">
         <v>26</v>
       </c>
       <c r="U96">
         <v>228.02</v>
       </c>
     </row>
     <row r="97" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A97">
@@ -8784,60 +8784,60 @@
       <c r="B100" t="s">
         <v>229</v>
       </c>
       <c r="C100" t="s">
         <v>230</v>
       </c>
       <c r="E100" t="s">
         <v>153</v>
       </c>
       <c r="F100" t="s">
         <v>76</v>
       </c>
       <c r="G100" t="s">
         <v>25</v>
       </c>
       <c r="H100">
         <v>7</v>
       </c>
       <c r="I100" t="b">
         <v>1</v>
       </c>
       <c r="J100" t="s">
         <v>26</v>
       </c>
       <c r="K100">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L100" t="s">
         <v>26</v>
       </c>
       <c r="M100" t="s">
         <v>26</v>
       </c>
-      <c r="N100">
-        <v>75.58</v>
+      <c r="N100" t="s">
+        <v>26</v>
       </c>
       <c r="O100" t="s">
         <v>26</v>
       </c>
       <c r="P100" t="s">
         <v>26</v>
       </c>
       <c r="Q100" t="s">
         <v>26</v>
       </c>
       <c r="R100">
         <v>77.19</v>
       </c>
       <c r="S100" t="s">
         <v>26</v>
       </c>
       <c r="T100" t="s">
         <v>26</v>
       </c>
       <c r="U100">
         <v>224.18</v>
       </c>
     </row>
     <row r="101" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A101">
@@ -9100,60 +9100,60 @@
       <c r="C105" t="s">
         <v>241</v>
       </c>
       <c r="D105">
         <v>1020</v>
       </c>
       <c r="E105" t="s">
         <v>26</v>
       </c>
       <c r="F105" t="s">
         <v>43</v>
       </c>
       <c r="G105" t="s">
         <v>25</v>
       </c>
       <c r="H105">
         <v>21</v>
       </c>
       <c r="I105" t="b">
         <v>1</v>
       </c>
       <c r="J105" t="s">
         <v>26</v>
       </c>
       <c r="K105">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L105" t="s">
         <v>26</v>
       </c>
       <c r="M105" t="s">
         <v>26</v>
       </c>
-      <c r="N105">
-        <v>106.7</v>
+      <c r="N105" t="s">
+        <v>26</v>
       </c>
       <c r="O105">
         <v>109.23</v>
       </c>
       <c r="P105" t="s">
         <v>26</v>
       </c>
       <c r="Q105" t="s">
         <v>26</v>
       </c>
       <c r="R105" t="s">
         <v>26</v>
       </c>
       <c r="S105" t="s">
         <v>26</v>
       </c>
       <c r="T105" t="s">
         <v>26</v>
       </c>
       <c r="U105">
         <v>215.93</v>
       </c>
     </row>
     <row r="106" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A106">
@@ -9546,60 +9546,60 @@
       <c r="C112" t="s">
         <v>251</v>
       </c>
       <c r="D112">
         <v>838</v>
       </c>
       <c r="E112" t="s">
         <v>39</v>
       </c>
       <c r="F112" t="s">
         <v>46</v>
       </c>
       <c r="G112" t="s">
         <v>25</v>
       </c>
       <c r="H112">
         <v>22</v>
       </c>
       <c r="I112" t="b">
         <v>1</v>
       </c>
       <c r="J112" t="s">
         <v>26</v>
       </c>
       <c r="K112">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L112">
         <v>98.66</v>
       </c>
       <c r="M112" t="s">
         <v>26</v>
       </c>
-      <c r="N112">
-        <v>102.72</v>
+      <c r="N112" t="s">
+        <v>26</v>
       </c>
       <c r="O112" t="s">
         <v>26</v>
       </c>
       <c r="P112" t="s">
         <v>26</v>
       </c>
       <c r="Q112" t="s">
         <v>26</v>
       </c>
       <c r="R112" t="s">
         <v>26</v>
       </c>
       <c r="S112" t="s">
         <v>26</v>
       </c>
       <c r="T112" t="s">
         <v>26</v>
       </c>
       <c r="U112">
         <v>201.38</v>
       </c>
     </row>
     <row r="113" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A113">
@@ -9608,60 +9608,60 @@
       <c r="B113" t="s">
         <v>252</v>
       </c>
       <c r="C113" t="s">
         <v>164</v>
       </c>
       <c r="E113" t="s">
         <v>87</v>
       </c>
       <c r="F113" t="s">
         <v>76</v>
       </c>
       <c r="G113" t="s">
         <v>25</v>
       </c>
       <c r="H113">
         <v>8</v>
       </c>
       <c r="I113" t="b">
         <v>1</v>
       </c>
       <c r="J113" t="s">
         <v>26</v>
       </c>
       <c r="K113">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L113" t="s">
         <v>26</v>
       </c>
       <c r="M113" t="s">
         <v>26</v>
       </c>
-      <c r="N113">
-        <v>103.52</v>
+      <c r="N113" t="s">
+        <v>26</v>
       </c>
       <c r="O113">
         <v>97.5</v>
       </c>
       <c r="P113" t="s">
         <v>26</v>
       </c>
       <c r="Q113" t="s">
         <v>26</v>
       </c>
       <c r="R113" t="s">
         <v>26</v>
       </c>
       <c r="S113" t="s">
         <v>26</v>
       </c>
       <c r="T113" t="s">
         <v>26</v>
       </c>
       <c r="U113">
         <v>201.02</v>
       </c>
     </row>
     <row r="114" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A114">
@@ -9673,60 +9673,60 @@
       <c r="C114" t="s">
         <v>254</v>
       </c>
       <c r="D114">
         <v>2460</v>
       </c>
       <c r="E114" t="s">
         <v>136</v>
       </c>
       <c r="F114" t="s">
         <v>24</v>
       </c>
       <c r="G114" t="s">
         <v>53</v>
       </c>
       <c r="H114">
         <v>9</v>
       </c>
       <c r="I114" t="b">
         <v>1</v>
       </c>
       <c r="J114" t="s">
         <v>26</v>
       </c>
       <c r="K114">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L114" t="s">
         <v>26</v>
       </c>
       <c r="M114" t="s">
         <v>26</v>
       </c>
-      <c r="N114">
-        <v>99.75</v>
+      <c r="N114" t="s">
+        <v>26</v>
       </c>
       <c r="O114">
         <v>101.13</v>
       </c>
       <c r="P114" t="s">
         <v>26</v>
       </c>
       <c r="Q114" t="s">
         <v>26</v>
       </c>
       <c r="R114" t="s">
         <v>26</v>
       </c>
       <c r="S114" t="s">
         <v>26</v>
       </c>
       <c r="T114" t="s">
         <v>26</v>
       </c>
       <c r="U114">
         <v>200.88</v>
       </c>
     </row>
     <row r="115" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A115">
@@ -9924,60 +9924,60 @@
       <c r="C118" t="s">
         <v>262</v>
       </c>
       <c r="D118">
         <v>1848</v>
       </c>
       <c r="E118" t="s">
         <v>211</v>
       </c>
       <c r="F118" t="s">
         <v>24</v>
       </c>
       <c r="G118" t="s">
         <v>53</v>
       </c>
       <c r="H118">
         <v>10</v>
       </c>
       <c r="I118" t="b">
         <v>1</v>
       </c>
       <c r="J118" t="s">
         <v>26</v>
       </c>
       <c r="K118">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L118" t="s">
         <v>26</v>
       </c>
       <c r="M118" t="s">
         <v>26</v>
       </c>
-      <c r="N118">
-        <v>94.59</v>
+      <c r="N118" t="s">
+        <v>26</v>
       </c>
       <c r="O118" t="s">
         <v>26</v>
       </c>
       <c r="P118" t="s">
         <v>26</v>
       </c>
       <c r="Q118" t="s">
         <v>26</v>
       </c>
       <c r="R118" t="s">
         <v>26</v>
       </c>
       <c r="S118" t="s">
         <v>26</v>
       </c>
       <c r="T118" t="s">
         <v>26</v>
       </c>
       <c r="U118">
         <v>192.99</v>
       </c>
     </row>
     <row r="119" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A119">
@@ -10051,60 +10051,60 @@
       <c r="B120" t="s">
         <v>35</v>
       </c>
       <c r="C120" t="s">
         <v>266</v>
       </c>
       <c r="E120" t="s">
         <v>211</v>
       </c>
       <c r="F120" t="s">
         <v>43</v>
       </c>
       <c r="G120" t="s">
         <v>25</v>
       </c>
       <c r="H120">
         <v>24</v>
       </c>
       <c r="I120" t="b">
         <v>1</v>
       </c>
       <c r="J120" t="s">
         <v>26</v>
       </c>
       <c r="K120">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L120" t="s">
         <v>26</v>
       </c>
       <c r="M120" t="s">
         <v>26</v>
       </c>
-      <c r="N120">
-        <v>97.01</v>
+      <c r="N120" t="s">
+        <v>26</v>
       </c>
       <c r="O120" t="s">
         <v>26</v>
       </c>
       <c r="P120" t="s">
         <v>26</v>
       </c>
       <c r="Q120" t="s">
         <v>26</v>
       </c>
       <c r="R120" t="s">
         <v>26</v>
       </c>
       <c r="S120" t="s">
         <v>26</v>
       </c>
       <c r="T120" t="s">
         <v>26</v>
       </c>
       <c r="U120">
         <v>192.22</v>
       </c>
     </row>
     <row r="121" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A121">
@@ -10996,60 +10996,60 @@
       <c r="C135" t="s">
         <v>289</v>
       </c>
       <c r="D135">
         <v>1466</v>
       </c>
       <c r="E135" t="s">
         <v>259</v>
       </c>
       <c r="F135" t="s">
         <v>46</v>
       </c>
       <c r="G135" t="s">
         <v>53</v>
       </c>
       <c r="H135">
         <v>8</v>
       </c>
       <c r="I135" t="b">
         <v>1</v>
       </c>
       <c r="J135" t="s">
         <v>26</v>
       </c>
       <c r="K135">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L135" t="s">
         <v>26</v>
       </c>
       <c r="M135" t="s">
         <v>26</v>
       </c>
-      <c r="N135">
-        <v>87.46</v>
+      <c r="N135" t="s">
+        <v>26</v>
       </c>
       <c r="O135" t="s">
         <v>26</v>
       </c>
       <c r="P135" t="s">
         <v>26</v>
       </c>
       <c r="Q135" t="s">
         <v>26</v>
       </c>
       <c r="R135" t="s">
         <v>26</v>
       </c>
       <c r="S135" t="s">
         <v>26</v>
       </c>
       <c r="T135" t="s">
         <v>26</v>
       </c>
       <c r="U135">
         <v>171.96</v>
       </c>
     </row>
     <row r="136" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A136">
@@ -12629,60 +12629,60 @@
       <c r="B161" t="s">
         <v>116</v>
       </c>
       <c r="C161" t="s">
         <v>335</v>
       </c>
       <c r="E161" t="s">
         <v>26</v>
       </c>
       <c r="F161" t="s">
         <v>43</v>
       </c>
       <c r="G161" t="s">
         <v>25</v>
       </c>
       <c r="H161">
         <v>31</v>
       </c>
       <c r="I161" t="b">
         <v>1</v>
       </c>
       <c r="J161" t="s">
         <v>26</v>
       </c>
       <c r="K161">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L161" t="s">
         <v>26</v>
       </c>
       <c r="M161" t="s">
         <v>26</v>
       </c>
-      <c r="N161">
-        <v>126.15</v>
+      <c r="N161" t="s">
+        <v>26</v>
       </c>
       <c r="O161" t="s">
         <v>26</v>
       </c>
       <c r="P161" t="s">
         <v>26</v>
       </c>
       <c r="Q161" t="s">
         <v>26</v>
       </c>
       <c r="R161" t="s">
         <v>26</v>
       </c>
       <c r="S161" t="s">
         <v>26</v>
       </c>
       <c r="T161" t="s">
         <v>26</v>
       </c>
       <c r="U161">
         <v>126.15</v>
       </c>
     </row>
     <row r="162" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A162">
@@ -13382,60 +13382,60 @@
       <c r="B173" t="s">
         <v>353</v>
       </c>
       <c r="C173" t="s">
         <v>354</v>
       </c>
       <c r="E173" t="s">
         <v>355</v>
       </c>
       <c r="F173" t="s">
         <v>24</v>
       </c>
       <c r="G173" t="s">
         <v>25</v>
       </c>
       <c r="H173">
         <v>48</v>
       </c>
       <c r="I173" t="b">
         <v>1</v>
       </c>
       <c r="J173" t="s">
         <v>26</v>
       </c>
       <c r="K173">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L173" t="s">
         <v>26</v>
       </c>
       <c r="M173" t="s">
         <v>26</v>
       </c>
-      <c r="N173">
-        <v>122.12</v>
+      <c r="N173" t="s">
+        <v>26</v>
       </c>
       <c r="O173" t="s">
         <v>26</v>
       </c>
       <c r="P173" t="s">
         <v>26</v>
       </c>
       <c r="Q173" t="s">
         <v>26</v>
       </c>
       <c r="R173" t="s">
         <v>26</v>
       </c>
       <c r="S173" t="s">
         <v>26</v>
       </c>
       <c r="T173" t="s">
         <v>26</v>
       </c>
       <c r="U173">
         <v>122.12</v>
       </c>
     </row>
     <row r="174" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A174">
@@ -13887,60 +13887,60 @@
       <c r="C181" t="s">
         <v>367</v>
       </c>
       <c r="D181">
         <v>2431</v>
       </c>
       <c r="E181" t="s">
         <v>368</v>
       </c>
       <c r="F181" t="s">
         <v>24</v>
       </c>
       <c r="G181" t="s">
         <v>25</v>
       </c>
       <c r="H181">
         <v>54</v>
       </c>
       <c r="I181" t="b">
         <v>1</v>
       </c>
       <c r="J181" t="s">
         <v>26</v>
       </c>
       <c r="K181">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L181" t="s">
         <v>26</v>
       </c>
       <c r="M181" t="s">
         <v>26</v>
       </c>
-      <c r="N181">
-        <v>120.59</v>
+      <c r="N181" t="s">
+        <v>26</v>
       </c>
       <c r="O181" t="s">
         <v>26</v>
       </c>
       <c r="P181" t="s">
         <v>26</v>
       </c>
       <c r="Q181" t="s">
         <v>26</v>
       </c>
       <c r="R181" t="s">
         <v>26</v>
       </c>
       <c r="S181" t="s">
         <v>26</v>
       </c>
       <c r="T181" t="s">
         <v>26</v>
       </c>
       <c r="U181">
         <v>120.59</v>
       </c>
     </row>
     <row r="182" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A182">
@@ -15257,60 +15257,60 @@
       <c r="B203" t="s">
         <v>308</v>
       </c>
       <c r="C203" t="s">
         <v>403</v>
       </c>
       <c r="E203" t="s">
         <v>191</v>
       </c>
       <c r="F203" t="s">
         <v>76</v>
       </c>
       <c r="G203" t="s">
         <v>25</v>
       </c>
       <c r="H203">
         <v>11</v>
       </c>
       <c r="I203" t="b">
         <v>1</v>
       </c>
       <c r="J203" t="s">
         <v>26</v>
       </c>
       <c r="K203">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L203" t="s">
         <v>26</v>
       </c>
       <c r="M203" t="s">
         <v>26</v>
       </c>
-      <c r="N203">
-        <v>112.73</v>
+      <c r="N203" t="s">
+        <v>26</v>
       </c>
       <c r="O203" t="s">
         <v>26</v>
       </c>
       <c r="P203" t="s">
         <v>26</v>
       </c>
       <c r="Q203" t="s">
         <v>26</v>
       </c>
       <c r="R203" t="s">
         <v>26</v>
       </c>
       <c r="S203" t="s">
         <v>26</v>
       </c>
       <c r="T203" t="s">
         <v>26</v>
       </c>
       <c r="U203">
         <v>112.73</v>
       </c>
     </row>
     <row r="204" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A204">
@@ -15384,60 +15384,60 @@
       <c r="B205" t="s">
         <v>192</v>
       </c>
       <c r="C205" t="s">
         <v>404</v>
       </c>
       <c r="E205" t="s">
         <v>26</v>
       </c>
       <c r="F205" t="s">
         <v>24</v>
       </c>
       <c r="G205" t="s">
         <v>25</v>
       </c>
       <c r="H205">
         <v>64</v>
       </c>
       <c r="I205" t="b">
         <v>1</v>
       </c>
       <c r="J205" t="s">
         <v>26</v>
       </c>
       <c r="K205">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L205" t="s">
         <v>26</v>
       </c>
       <c r="M205" t="s">
         <v>26</v>
       </c>
-      <c r="N205">
-        <v>112.66</v>
+      <c r="N205" t="s">
+        <v>26</v>
       </c>
       <c r="O205" t="s">
         <v>26</v>
       </c>
       <c r="P205" t="s">
         <v>26</v>
       </c>
       <c r="Q205" t="s">
         <v>26</v>
       </c>
       <c r="R205" t="s">
         <v>26</v>
       </c>
       <c r="S205" t="s">
         <v>26</v>
       </c>
       <c r="T205" t="s">
         <v>26</v>
       </c>
       <c r="U205">
         <v>112.66</v>
       </c>
     </row>
     <row r="206" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A206">
@@ -15508,60 +15508,60 @@
       <c r="B207" t="s">
         <v>321</v>
       </c>
       <c r="C207" t="s">
         <v>408</v>
       </c>
       <c r="E207" t="s">
         <v>211</v>
       </c>
       <c r="F207" t="s">
         <v>46</v>
       </c>
       <c r="G207" t="s">
         <v>25</v>
       </c>
       <c r="H207">
         <v>34</v>
       </c>
       <c r="I207" t="b">
         <v>1</v>
       </c>
       <c r="J207" t="s">
         <v>26</v>
       </c>
       <c r="K207">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L207" t="s">
         <v>26</v>
       </c>
       <c r="M207" t="s">
         <v>26</v>
       </c>
-      <c r="N207">
-        <v>111.59</v>
+      <c r="N207" t="s">
+        <v>26</v>
       </c>
       <c r="O207" t="s">
         <v>26</v>
       </c>
       <c r="P207" t="s">
         <v>26</v>
       </c>
       <c r="Q207" t="s">
         <v>26</v>
       </c>
       <c r="R207" t="s">
         <v>26</v>
       </c>
       <c r="S207" t="s">
         <v>26</v>
       </c>
       <c r="T207" t="s">
         <v>26</v>
       </c>
       <c r="U207">
         <v>111.59</v>
       </c>
     </row>
     <row r="208" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A208">
@@ -16453,60 +16453,60 @@
       <c r="B222" t="s">
         <v>430</v>
       </c>
       <c r="C222" t="s">
         <v>431</v>
       </c>
       <c r="E222" t="s">
         <v>432</v>
       </c>
       <c r="F222" t="s">
         <v>24</v>
       </c>
       <c r="G222" t="s">
         <v>25</v>
       </c>
       <c r="H222">
         <v>71</v>
       </c>
       <c r="I222" t="b">
         <v>1</v>
       </c>
       <c r="J222" t="s">
         <v>26</v>
       </c>
       <c r="K222">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L222" t="s">
         <v>26</v>
       </c>
       <c r="M222" t="s">
         <v>26</v>
       </c>
-      <c r="N222">
-        <v>108.46</v>
+      <c r="N222" t="s">
+        <v>26</v>
       </c>
       <c r="O222" t="s">
         <v>26</v>
       </c>
       <c r="P222" t="s">
         <v>26</v>
       </c>
       <c r="Q222" t="s">
         <v>26</v>
       </c>
       <c r="R222" t="s">
         <v>26</v>
       </c>
       <c r="S222" t="s">
         <v>26</v>
       </c>
       <c r="T222" t="s">
         <v>26</v>
       </c>
       <c r="U222">
         <v>108.46</v>
       </c>
     </row>
     <row r="223" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A223">
@@ -17262,60 +17262,60 @@
       <c r="B235" t="s">
         <v>151</v>
       </c>
       <c r="C235" t="s">
         <v>453</v>
       </c>
       <c r="E235" t="s">
         <v>26</v>
       </c>
       <c r="F235" t="s">
         <v>43</v>
       </c>
       <c r="G235" t="s">
         <v>25</v>
       </c>
       <c r="H235">
         <v>46</v>
       </c>
       <c r="I235" t="b">
         <v>1</v>
       </c>
       <c r="J235" t="s">
         <v>26</v>
       </c>
       <c r="K235">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L235" t="s">
         <v>26</v>
       </c>
       <c r="M235" t="s">
         <v>26</v>
       </c>
-      <c r="N235">
-        <v>104.59</v>
+      <c r="N235" t="s">
+        <v>26</v>
       </c>
       <c r="O235" t="s">
         <v>26</v>
       </c>
       <c r="P235" t="s">
         <v>26</v>
       </c>
       <c r="Q235" t="s">
         <v>26</v>
       </c>
       <c r="R235" t="s">
         <v>26</v>
       </c>
       <c r="S235" t="s">
         <v>26</v>
       </c>
       <c r="T235" t="s">
         <v>26</v>
       </c>
       <c r="U235">
         <v>104.59</v>
       </c>
     </row>
     <row r="236" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A236">
@@ -18393,60 +18393,60 @@
       <c r="B253" t="s">
         <v>214</v>
       </c>
       <c r="C253" t="s">
         <v>478</v>
       </c>
       <c r="E253" t="s">
         <v>26</v>
       </c>
       <c r="F253" t="s">
         <v>24</v>
       </c>
       <c r="G253" t="s">
         <v>25</v>
       </c>
       <c r="H253">
         <v>81</v>
       </c>
       <c r="I253" t="b">
         <v>1</v>
       </c>
       <c r="J253" t="s">
         <v>26</v>
       </c>
       <c r="K253">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L253" t="s">
         <v>26</v>
       </c>
       <c r="M253" t="s">
         <v>26</v>
       </c>
-      <c r="N253">
-        <v>100.6</v>
+      <c r="N253" t="s">
+        <v>26</v>
       </c>
       <c r="O253" t="s">
         <v>26</v>
       </c>
       <c r="P253" t="s">
         <v>26</v>
       </c>
       <c r="Q253" t="s">
         <v>26</v>
       </c>
       <c r="R253" t="s">
         <v>26</v>
       </c>
       <c r="S253" t="s">
         <v>26</v>
       </c>
       <c r="T253" t="s">
         <v>26</v>
       </c>
       <c r="U253">
         <v>100.6</v>
       </c>
     </row>
     <row r="254" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A254">
@@ -18582,60 +18582,60 @@
       <c r="B256" t="s">
         <v>481</v>
       </c>
       <c r="C256" t="s">
         <v>482</v>
       </c>
       <c r="E256" t="s">
         <v>26</v>
       </c>
       <c r="F256" t="s">
         <v>24</v>
       </c>
       <c r="G256" t="s">
         <v>25</v>
       </c>
       <c r="H256">
         <v>83</v>
       </c>
       <c r="I256" t="b">
         <v>1</v>
       </c>
       <c r="J256" t="s">
         <v>26</v>
       </c>
       <c r="K256">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L256" t="s">
         <v>26</v>
       </c>
       <c r="M256" t="s">
         <v>26</v>
       </c>
-      <c r="N256">
-        <v>100.17</v>
+      <c r="N256" t="s">
+        <v>26</v>
       </c>
       <c r="O256" t="s">
         <v>26</v>
       </c>
       <c r="P256" t="s">
         <v>26</v>
       </c>
       <c r="Q256" t="s">
         <v>26</v>
       </c>
       <c r="R256" t="s">
         <v>26</v>
       </c>
       <c r="S256" t="s">
         <v>26</v>
       </c>
       <c r="T256" t="s">
         <v>26</v>
       </c>
       <c r="U256">
         <v>100.17</v>
       </c>
     </row>
     <row r="257" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A257">
@@ -19468,60 +19468,60 @@
       <c r="B270" t="s">
         <v>502</v>
       </c>
       <c r="C270" t="s">
         <v>503</v>
       </c>
       <c r="E270" t="s">
         <v>504</v>
       </c>
       <c r="F270" t="s">
         <v>24</v>
       </c>
       <c r="G270" t="s">
         <v>25</v>
       </c>
       <c r="H270">
         <v>85</v>
       </c>
       <c r="I270" t="b">
         <v>1</v>
       </c>
       <c r="J270" t="s">
         <v>26</v>
       </c>
       <c r="K270">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L270" t="s">
         <v>26</v>
       </c>
       <c r="M270" t="s">
         <v>26</v>
       </c>
-      <c r="N270">
-        <v>96.81</v>
+      <c r="N270" t="s">
+        <v>26</v>
       </c>
       <c r="O270" t="s">
         <v>26</v>
       </c>
       <c r="P270" t="s">
         <v>26</v>
       </c>
       <c r="Q270" t="s">
         <v>26</v>
       </c>
       <c r="R270" t="s">
         <v>26</v>
       </c>
       <c r="S270" t="s">
         <v>26</v>
       </c>
       <c r="T270" t="s">
         <v>26</v>
       </c>
       <c r="U270">
         <v>96.81</v>
       </c>
     </row>
     <row r="271" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A271">
@@ -21219,60 +21219,60 @@
       <c r="C298" t="s">
         <v>544</v>
       </c>
       <c r="D298">
         <v>888</v>
       </c>
       <c r="E298" t="s">
         <v>23</v>
       </c>
       <c r="F298" t="s">
         <v>46</v>
       </c>
       <c r="G298" t="s">
         <v>25</v>
       </c>
       <c r="H298">
         <v>50</v>
       </c>
       <c r="I298" t="b">
         <v>1</v>
       </c>
       <c r="J298" t="s">
         <v>26</v>
       </c>
       <c r="K298">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L298" t="s">
         <v>26</v>
       </c>
       <c r="M298" t="s">
         <v>26</v>
       </c>
-      <c r="N298">
-        <v>89.92</v>
+      <c r="N298" t="s">
+        <v>26</v>
       </c>
       <c r="O298" t="s">
         <v>26</v>
       </c>
       <c r="P298" t="s">
         <v>26</v>
       </c>
       <c r="Q298" t="s">
         <v>26</v>
       </c>
       <c r="R298" t="s">
         <v>26</v>
       </c>
       <c r="S298" t="s">
         <v>26</v>
       </c>
       <c r="T298" t="s">
         <v>26</v>
       </c>
       <c r="U298">
         <v>89.92</v>
       </c>
     </row>
     <row r="299" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A299">
@@ -21343,60 +21343,60 @@
       <c r="B300" t="s">
         <v>546</v>
       </c>
       <c r="C300" t="s">
         <v>112</v>
       </c>
       <c r="E300" t="s">
         <v>547</v>
       </c>
       <c r="F300" t="s">
         <v>76</v>
       </c>
       <c r="G300" t="s">
         <v>53</v>
       </c>
       <c r="H300">
         <v>6</v>
       </c>
       <c r="I300" t="b">
         <v>1</v>
       </c>
       <c r="J300" t="s">
         <v>26</v>
       </c>
       <c r="K300">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L300" t="s">
         <v>26</v>
       </c>
       <c r="M300" t="s">
         <v>26</v>
       </c>
-      <c r="N300">
-        <v>89.66</v>
+      <c r="N300" t="s">
+        <v>26</v>
       </c>
       <c r="O300" t="s">
         <v>26</v>
       </c>
       <c r="P300" t="s">
         <v>26</v>
       </c>
       <c r="Q300" t="s">
         <v>26</v>
       </c>
       <c r="R300" t="s">
         <v>26</v>
       </c>
       <c r="S300" t="s">
         <v>26</v>
       </c>
       <c r="T300" t="s">
         <v>26</v>
       </c>
       <c r="U300">
         <v>89.66</v>
       </c>
     </row>
     <row r="301" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A301">
@@ -21653,60 +21653,60 @@
       <c r="B305" t="s">
         <v>198</v>
       </c>
       <c r="C305" t="s">
         <v>553</v>
       </c>
       <c r="E305" t="s">
         <v>26</v>
       </c>
       <c r="F305" t="s">
         <v>24</v>
       </c>
       <c r="G305" t="s">
         <v>53</v>
       </c>
       <c r="H305">
         <v>32</v>
       </c>
       <c r="I305" t="b">
         <v>1</v>
       </c>
       <c r="J305" t="s">
         <v>26</v>
       </c>
       <c r="K305">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L305" t="s">
         <v>26</v>
       </c>
       <c r="M305" t="s">
         <v>26</v>
       </c>
-      <c r="N305">
-        <v>89.02</v>
+      <c r="N305" t="s">
+        <v>26</v>
       </c>
       <c r="O305" t="s">
         <v>26</v>
       </c>
       <c r="P305" t="s">
         <v>26</v>
       </c>
       <c r="Q305" t="s">
         <v>26</v>
       </c>
       <c r="R305" t="s">
         <v>26</v>
       </c>
       <c r="S305" t="s">
         <v>26</v>
       </c>
       <c r="T305" t="s">
         <v>26</v>
       </c>
       <c r="U305">
         <v>89.02</v>
       </c>
     </row>
     <row r="306" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A306">
@@ -21901,60 +21901,60 @@
       <c r="B309" t="s">
         <v>68</v>
       </c>
       <c r="C309" t="s">
         <v>86</v>
       </c>
       <c r="E309" t="s">
         <v>558</v>
       </c>
       <c r="F309" t="s">
         <v>76</v>
       </c>
       <c r="G309" t="s">
         <v>25</v>
       </c>
       <c r="H309">
         <v>22</v>
       </c>
       <c r="I309" t="b">
         <v>1</v>
       </c>
       <c r="J309" t="s">
         <v>26</v>
       </c>
       <c r="K309">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L309" t="s">
         <v>26</v>
       </c>
       <c r="M309" t="s">
         <v>26</v>
       </c>
-      <c r="N309">
-        <v>87.67</v>
+      <c r="N309" t="s">
+        <v>26</v>
       </c>
       <c r="O309" t="s">
         <v>26</v>
       </c>
       <c r="P309" t="s">
         <v>26</v>
       </c>
       <c r="Q309" t="s">
         <v>26</v>
       </c>
       <c r="R309" t="s">
         <v>26</v>
       </c>
       <c r="S309" t="s">
         <v>26</v>
       </c>
       <c r="T309" t="s">
         <v>26</v>
       </c>
       <c r="U309">
         <v>87.67</v>
       </c>
     </row>
     <row r="310" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A310">
@@ -23345,60 +23345,60 @@
       <c r="C332" t="s">
         <v>589</v>
       </c>
       <c r="D332">
         <v>690</v>
       </c>
       <c r="E332" t="s">
         <v>191</v>
       </c>
       <c r="F332" t="s">
         <v>46</v>
       </c>
       <c r="G332" t="s">
         <v>53</v>
       </c>
       <c r="H332">
         <v>19</v>
       </c>
       <c r="I332" t="b">
         <v>1</v>
       </c>
       <c r="J332" t="s">
         <v>26</v>
       </c>
       <c r="K332">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L332" t="s">
         <v>26</v>
       </c>
       <c r="M332" t="s">
         <v>26</v>
       </c>
-      <c r="N332">
-        <v>83.77</v>
+      <c r="N332" t="s">
+        <v>26</v>
       </c>
       <c r="O332" t="s">
         <v>26</v>
       </c>
       <c r="P332" t="s">
         <v>26</v>
       </c>
       <c r="Q332" t="s">
         <v>26</v>
       </c>
       <c r="R332" t="s">
         <v>26</v>
       </c>
       <c r="S332" t="s">
         <v>26</v>
       </c>
       <c r="T332" t="s">
         <v>26</v>
       </c>
       <c r="U332">
         <v>83.77</v>
       </c>
     </row>
     <row r="333" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A333">
@@ -23661,60 +23661,60 @@
       <c r="B337" t="s">
         <v>596</v>
       </c>
       <c r="C337" t="s">
         <v>597</v>
       </c>
       <c r="E337" t="s">
         <v>87</v>
       </c>
       <c r="F337" t="s">
         <v>76</v>
       </c>
       <c r="G337" t="s">
         <v>25</v>
       </c>
       <c r="H337">
         <v>27</v>
       </c>
       <c r="I337" t="b">
         <v>1</v>
       </c>
       <c r="J337" t="s">
         <v>26</v>
       </c>
       <c r="K337">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L337" t="s">
         <v>26</v>
       </c>
       <c r="M337" t="s">
         <v>26</v>
       </c>
-      <c r="N337">
-        <v>83.01</v>
+      <c r="N337" t="s">
+        <v>26</v>
       </c>
       <c r="O337" t="s">
         <v>26</v>
       </c>
       <c r="P337" t="s">
         <v>26</v>
       </c>
       <c r="Q337" t="s">
         <v>26</v>
       </c>
       <c r="R337" t="s">
         <v>26</v>
       </c>
       <c r="S337" t="s">
         <v>26</v>
       </c>
       <c r="T337" t="s">
         <v>26</v>
       </c>
       <c r="U337">
         <v>83.01</v>
       </c>
     </row>
     <row r="338" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A338">
@@ -24287,60 +24287,60 @@
       <c r="B347" t="s">
         <v>612</v>
       </c>
       <c r="C347" t="s">
         <v>613</v>
       </c>
       <c r="E347" t="s">
         <v>614</v>
       </c>
       <c r="F347" t="s">
         <v>46</v>
       </c>
       <c r="G347" t="s">
         <v>53</v>
       </c>
       <c r="H347">
         <v>22</v>
       </c>
       <c r="I347" t="b">
         <v>1</v>
       </c>
       <c r="J347" t="s">
         <v>26</v>
       </c>
       <c r="K347">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L347" t="s">
         <v>26</v>
       </c>
       <c r="M347" t="s">
         <v>26</v>
       </c>
-      <c r="N347">
-        <v>77.3</v>
+      <c r="N347" t="s">
+        <v>26</v>
       </c>
       <c r="O347" t="s">
         <v>26</v>
       </c>
       <c r="P347" t="s">
         <v>26</v>
       </c>
       <c r="Q347" t="s">
         <v>26</v>
       </c>
       <c r="R347" t="s">
         <v>26</v>
       </c>
       <c r="S347" t="s">
         <v>26</v>
       </c>
       <c r="T347" t="s">
         <v>26</v>
       </c>
       <c r="U347">
         <v>77.3</v>
       </c>
     </row>
     <row r="348" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A348">
@@ -24349,60 +24349,60 @@
       <c r="B348" t="s">
         <v>151</v>
       </c>
       <c r="C348" t="s">
         <v>615</v>
       </c>
       <c r="E348" t="s">
         <v>614</v>
       </c>
       <c r="F348" t="s">
         <v>46</v>
       </c>
       <c r="G348" t="s">
         <v>25</v>
       </c>
       <c r="H348">
         <v>57</v>
       </c>
       <c r="I348" t="b">
         <v>1</v>
       </c>
       <c r="J348" t="s">
         <v>26</v>
       </c>
       <c r="K348">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L348" t="s">
         <v>26</v>
       </c>
       <c r="M348" t="s">
         <v>26</v>
       </c>
-      <c r="N348">
-        <v>77.28</v>
+      <c r="N348" t="s">
+        <v>26</v>
       </c>
       <c r="O348" t="s">
         <v>26</v>
       </c>
       <c r="P348" t="s">
         <v>26</v>
       </c>
       <c r="Q348" t="s">
         <v>26</v>
       </c>
       <c r="R348" t="s">
         <v>26</v>
       </c>
       <c r="S348" t="s">
         <v>26</v>
       </c>
       <c r="T348" t="s">
         <v>26</v>
       </c>
       <c r="U348">
         <v>77.28</v>
       </c>
     </row>
     <row r="349" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A349">
@@ -25409,60 +25409,60 @@
       <c r="B365" t="s">
         <v>271</v>
       </c>
       <c r="C365" t="s">
         <v>639</v>
       </c>
       <c r="E365" t="s">
         <v>26</v>
       </c>
       <c r="F365" t="s">
         <v>24</v>
       </c>
       <c r="G365" t="s">
         <v>53</v>
       </c>
       <c r="H365">
         <v>43</v>
       </c>
       <c r="I365" t="b">
         <v>1</v>
       </c>
       <c r="J365" t="s">
         <v>26</v>
       </c>
       <c r="K365">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L365" t="s">
         <v>26</v>
       </c>
       <c r="M365" t="s">
         <v>26</v>
       </c>
-      <c r="N365">
-        <v>68.9</v>
+      <c r="N365" t="s">
+        <v>26</v>
       </c>
       <c r="O365" t="s">
         <v>26</v>
       </c>
       <c r="P365" t="s">
         <v>26</v>
       </c>
       <c r="Q365" t="s">
         <v>26</v>
       </c>
       <c r="R365" t="s">
         <v>26</v>
       </c>
       <c r="S365" t="s">
         <v>26</v>
       </c>
       <c r="T365" t="s">
         <v>26</v>
       </c>
       <c r="U365">
         <v>68.9</v>
       </c>
     </row>
     <row r="366" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A366">
@@ -25843,60 +25843,60 @@
       <c r="B372" t="s">
         <v>649</v>
       </c>
       <c r="C372" t="s">
         <v>650</v>
       </c>
       <c r="E372" t="s">
         <v>211</v>
       </c>
       <c r="F372" t="s">
         <v>76</v>
       </c>
       <c r="G372" t="s">
         <v>53</v>
       </c>
       <c r="H372">
         <v>8</v>
       </c>
       <c r="I372" t="b">
         <v>1</v>
       </c>
       <c r="J372" t="s">
         <v>26</v>
       </c>
       <c r="K372">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L372" t="s">
         <v>26</v>
       </c>
       <c r="M372" t="s">
         <v>26</v>
       </c>
-      <c r="N372">
-        <v>64.49</v>
+      <c r="N372" t="s">
+        <v>26</v>
       </c>
       <c r="O372" t="s">
         <v>26</v>
       </c>
       <c r="P372" t="s">
         <v>26</v>
       </c>
       <c r="Q372" t="s">
         <v>26</v>
       </c>
       <c r="R372" t="s">
         <v>26</v>
       </c>
       <c r="S372" t="s">
         <v>26</v>
       </c>
       <c r="T372" t="s">
         <v>26</v>
       </c>
       <c r="U372">
         <v>64.49</v>
       </c>
     </row>
     <row r="373" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A373">
@@ -26218,60 +26218,60 @@
       <c r="B378" t="s">
         <v>660</v>
       </c>
       <c r="C378" t="s">
         <v>639</v>
       </c>
       <c r="E378" t="s">
         <v>26</v>
       </c>
       <c r="F378" t="s">
         <v>43</v>
       </c>
       <c r="G378" t="s">
         <v>53</v>
       </c>
       <c r="H378">
         <v>26</v>
       </c>
       <c r="I378" t="b">
         <v>1</v>
       </c>
       <c r="J378" t="s">
         <v>26</v>
       </c>
       <c r="K378">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L378" t="s">
         <v>26</v>
       </c>
       <c r="M378" t="s">
         <v>26</v>
       </c>
-      <c r="N378">
-        <v>60.94</v>
+      <c r="N378" t="s">
+        <v>26</v>
       </c>
       <c r="O378" t="s">
         <v>26</v>
       </c>
       <c r="P378" t="s">
         <v>26</v>
       </c>
       <c r="Q378" t="s">
         <v>26</v>
       </c>
       <c r="R378" t="s">
         <v>26</v>
       </c>
       <c r="S378" t="s">
         <v>26</v>
       </c>
       <c r="T378" t="s">
         <v>26</v>
       </c>
       <c r="U378">
         <v>60.94</v>
       </c>
     </row>
     <row r="379" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A379">
@@ -26348,60 +26348,60 @@
       <c r="C380" t="s">
         <v>662</v>
       </c>
       <c r="D380">
         <v>849</v>
       </c>
       <c r="E380" t="s">
         <v>663</v>
       </c>
       <c r="F380" t="s">
         <v>76</v>
       </c>
       <c r="G380" t="s">
         <v>53</v>
       </c>
       <c r="H380">
         <v>10</v>
       </c>
       <c r="I380" t="b">
         <v>1</v>
       </c>
       <c r="J380" t="s">
         <v>26</v>
       </c>
       <c r="K380">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L380" t="s">
         <v>26</v>
       </c>
       <c r="M380" t="s">
         <v>26</v>
       </c>
-      <c r="N380">
-        <v>60.44</v>
+      <c r="N380" t="s">
+        <v>26</v>
       </c>
       <c r="O380" t="s">
         <v>26</v>
       </c>
       <c r="P380" t="s">
         <v>26</v>
       </c>
       <c r="Q380" t="s">
         <v>26</v>
       </c>
       <c r="R380" t="s">
         <v>26</v>
       </c>
       <c r="S380" t="s">
         <v>26</v>
       </c>
       <c r="T380" t="s">
         <v>26</v>
       </c>
       <c r="U380">
         <v>60.44</v>
       </c>
     </row>
     <row r="381" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A381">