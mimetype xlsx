--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Data" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3414" uniqueCount="502">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7346" uniqueCount="911">
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>WFRA membership no</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>Age Category</t>
   </si>
   <si>
     <t>Class</t>
   </si>
   <si>
     <t>Category Position</t>
   </si>
   <si>
@@ -67,1497 +67,2724 @@
   <si>
     <t>Pipe Dream</t>
   </si>
   <si>
     <t>Ras Moel Wnion</t>
   </si>
   <si>
     <t>Fron Four</t>
   </si>
   <si>
     <t>Y Garn</t>
   </si>
   <si>
     <t>Welsh 1000m Peaks/Copaon 1000m Cymru</t>
   </si>
   <si>
     <t>Gladstone 9</t>
   </si>
   <si>
     <t>Penmaenmawr Fell Race</t>
   </si>
   <si>
     <t>Score</t>
   </si>
   <si>
+    <t>Gavin</t>
+  </si>
+  <si>
+    <t>Roberts</t>
+  </si>
+  <si>
+    <t>Calder Valley Fell Runners</t>
+  </si>
+  <si>
+    <t>V40</t>
+  </si>
+  <si>
+    <t>M</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
     <t>Ally</t>
   </si>
   <si>
     <t>Hughes</t>
   </si>
   <si>
     <t>Wrexham AC</t>
   </si>
   <si>
-    <t>V40</t>
-[...5 lines deleted...]
-    <t/>
+    <t>Jez</t>
+  </si>
+  <si>
+    <t>Brown</t>
+  </si>
+  <si>
+    <t>Buckley Runners</t>
+  </si>
+  <si>
+    <t>V50</t>
   </si>
   <si>
     <t>Emlyn</t>
   </si>
   <si>
     <t>Owen</t>
   </si>
   <si>
     <t>Rhedwyr Eryri Harriers</t>
   </si>
   <si>
-    <t>V50</t>
-[...8 lines deleted...]
-    <t>Buckley Runners</t>
+    <t>Ruth</t>
+  </si>
+  <si>
+    <t>Calcraft</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Run Free Fell Runners </t>
+  </si>
+  <si>
+    <t>F</t>
   </si>
   <si>
     <t>Jacob</t>
   </si>
   <si>
     <t>Ratcliffe</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>Tony</t>
   </si>
   <si>
     <t>Wood</t>
   </si>
   <si>
     <t>Denbigh Harriers</t>
   </si>
   <si>
+    <t>Darren</t>
+  </si>
+  <si>
+    <t>HESLETON</t>
+  </si>
+  <si>
+    <t>Bro Dysynni AC</t>
+  </si>
+  <si>
+    <t>Craig</t>
+  </si>
+  <si>
+    <t>Jones</t>
+  </si>
+  <si>
     <t>Joanne</t>
   </si>
   <si>
     <t>Henderson</t>
   </si>
   <si>
-    <t>F</t>
-[...10 lines deleted...]
-  <si>
     <t>Bronwen</t>
   </si>
   <si>
     <t>Jenkinson</t>
   </si>
   <si>
-    <t>Gavin</t>
-[...5 lines deleted...]
-    <t>Calder Valley Fell Runners</t>
+    <t>Gareth</t>
+  </si>
+  <si>
+    <t>Prestatyn Running Club</t>
   </si>
   <si>
     <t>Andrea</t>
   </si>
   <si>
     <t>Rowlands</t>
   </si>
   <si>
-    <t>Gareth</t>
-[...7 lines deleted...]
-  <si>
     <t>Andy</t>
   </si>
   <si>
     <t>GOG Triathlon</t>
   </si>
   <si>
+    <t>Henry</t>
+  </si>
+  <si>
+    <t>Aron</t>
+  </si>
+  <si>
     <t>David</t>
   </si>
   <si>
     <t>Marham</t>
   </si>
   <si>
     <t>Mercia Fell Runners</t>
   </si>
   <si>
     <t>V60</t>
   </si>
   <si>
+    <t>Gwyn</t>
+  </si>
+  <si>
+    <t>WILLIAMS</t>
+  </si>
+  <si>
+    <t>Colwyn Bay AC</t>
+  </si>
+  <si>
+    <t>Allan</t>
+  </si>
+  <si>
+    <t>Mckeown</t>
+  </si>
+  <si>
     <t>Paul</t>
   </si>
   <si>
     <t>Colley-Davies</t>
   </si>
   <si>
     <t>Mynydd Du</t>
   </si>
   <si>
-    <t>Allan</t>
-[...4 lines deleted...]
-  <si>
     <t>Hayley</t>
   </si>
   <si>
     <t>Turner</t>
   </si>
   <si>
+    <t>Daniel</t>
+  </si>
+  <si>
+    <t>Morgan</t>
+  </si>
+  <si>
+    <t>Peter</t>
+  </si>
+  <si>
+    <t>Lester-Owen</t>
+  </si>
+  <si>
+    <t>Mike</t>
+  </si>
+  <si>
+    <t>Hobday</t>
+  </si>
+  <si>
     <t>Deri</t>
   </si>
   <si>
     <t>Hockley</t>
   </si>
   <si>
     <t>U23</t>
   </si>
   <si>
     <t>Steve</t>
   </si>
   <si>
     <t>Shanahan</t>
   </si>
   <si>
     <t>Sue</t>
   </si>
   <si>
     <t>Howarth</t>
   </si>
   <si>
-    <t>Mike</t>
-[...4 lines deleted...]
-  <si>
     <t>Juliet</t>
   </si>
   <si>
     <t>Edwards</t>
   </si>
   <si>
     <t>Meirionnydd Running Club</t>
   </si>
   <si>
     <t>Miranda</t>
   </si>
   <si>
     <t>Grant</t>
   </si>
   <si>
     <t>Andrew</t>
   </si>
   <si>
     <t>Gething</t>
   </si>
   <si>
-    <t>Ruth</t>
-[...8 lines deleted...]
-    <t>Craig</t>
+    <t>Melina</t>
+  </si>
+  <si>
+    <t>Morris</t>
+  </si>
+  <si>
+    <t>Robert</t>
+  </si>
+  <si>
+    <t>Miles</t>
   </si>
   <si>
     <t>Flora</t>
   </si>
   <si>
     <t>Gunner</t>
   </si>
   <si>
     <t>Croft Ambrey RC</t>
   </si>
   <si>
+    <t>Ellie</t>
+  </si>
+  <si>
+    <t>Salisbury</t>
+  </si>
+  <si>
     <t>Adam</t>
   </si>
   <si>
     <t>Harper</t>
   </si>
   <si>
+    <t>Caroline</t>
+  </si>
+  <si>
+    <t>Caffery</t>
+  </si>
+  <si>
     <t>Lee</t>
   </si>
   <si>
     <t>Bailey</t>
   </si>
   <si>
     <t>Prestatyn RC</t>
   </si>
   <si>
-    <t>Ellie</t>
-[...8 lines deleted...]
-    <t>Caffery</t>
+    <t>Edward</t>
+  </si>
+  <si>
+    <t>Lesniak</t>
+  </si>
+  <si>
+    <t>Achilli Ratti AC</t>
+  </si>
+  <si>
+    <t>V70</t>
+  </si>
+  <si>
+    <t>Jim</t>
+  </si>
+  <si>
+    <t>Lewis</t>
   </si>
   <si>
     <t>Steven</t>
   </si>
   <si>
-    <t>Henry</t>
-[...2 lines deleted...]
-    <t>Aron</t>
+    <t>Mark</t>
+  </si>
+  <si>
+    <t>Dakeyne</t>
   </si>
   <si>
     <t>Menai</t>
   </si>
   <si>
     <t>Baugh</t>
   </si>
   <si>
+    <t>Brian</t>
+  </si>
+  <si>
+    <t>Robbins</t>
+  </si>
+  <si>
+    <t>V80</t>
+  </si>
+  <si>
     <t>Mared</t>
   </si>
   <si>
     <t>Llywelyn</t>
   </si>
   <si>
     <t>Rhedwyr Hebog</t>
   </si>
   <si>
-    <t>Gwyn</t>
-[...17 lines deleted...]
-    <t>Morgan</t>
+    <t>Lizzie</t>
+  </si>
+  <si>
+    <t>Irvine</t>
+  </si>
+  <si>
+    <t>Eryri Orienteering Club</t>
   </si>
   <si>
     <t>John</t>
   </si>
   <si>
-    <t>Morris</t>
-[...4 lines deleted...]
-  <si>
     <t>Shaun</t>
   </si>
   <si>
     <t>De Clancy</t>
   </si>
   <si>
-    <t>Melina</t>
-[...5 lines deleted...]
-    <t>Lesniak</t>
+    <t>Alex</t>
+  </si>
+  <si>
+    <t>Royden</t>
+  </si>
+  <si>
+    <t>Pensby Runners</t>
+  </si>
+  <si>
+    <t>Neil</t>
+  </si>
+  <si>
+    <t>Hindle</t>
+  </si>
+  <si>
+    <t>WFRA</t>
+  </si>
+  <si>
+    <t>Margaret</t>
+  </si>
+  <si>
+    <t>Oliver</t>
+  </si>
+  <si>
+    <t>V75</t>
+  </si>
+  <si>
+    <t>Alwyn</t>
+  </si>
+  <si>
+    <t>Willem</t>
+  </si>
+  <si>
+    <t>van Prooijen</t>
+  </si>
+  <si>
+    <t>Clwydian Range Runners</t>
+  </si>
+  <si>
+    <t>Owain</t>
+  </si>
+  <si>
+    <t>Williams</t>
+  </si>
+  <si>
+    <t>NotAMember</t>
+  </si>
+  <si>
+    <t>Ed</t>
+  </si>
+  <si>
+    <t>Bradshaw</t>
+  </si>
+  <si>
+    <t>Rhys</t>
+  </si>
+  <si>
+    <t>Chris</t>
+  </si>
+  <si>
+    <t>Near</t>
+  </si>
+  <si>
+    <t>Mabli</t>
+  </si>
+  <si>
+    <t>Baines</t>
+  </si>
+  <si>
+    <t>McCarthy</t>
+  </si>
+  <si>
+    <t>Hall</t>
+  </si>
+  <si>
+    <t>HUGHES</t>
+  </si>
+  <si>
+    <t>NotEnoughCompletedRaces, NotAMember</t>
+  </si>
+  <si>
+    <t>Kieran</t>
+  </si>
+  <si>
+    <t>Wynne-Cattanach</t>
+  </si>
+  <si>
+    <t>NotEnoughCompletedRaces</t>
+  </si>
+  <si>
+    <t>Sion</t>
+  </si>
+  <si>
+    <t>EDWARDS</t>
+  </si>
+  <si>
+    <t>Christopher</t>
+  </si>
+  <si>
+    <t>Mann</t>
+  </si>
+  <si>
+    <t>Wrexham AAC</t>
+  </si>
+  <si>
+    <t>Ieuan</t>
+  </si>
+  <si>
+    <t>Belshaw</t>
+  </si>
+  <si>
+    <t>Lowe</t>
+  </si>
+  <si>
+    <t>Penney</t>
+  </si>
+  <si>
+    <t>Joel</t>
+  </si>
+  <si>
+    <t>Gomes</t>
+  </si>
+  <si>
+    <t>Run Free</t>
+  </si>
+  <si>
+    <t>Elis</t>
+  </si>
+  <si>
+    <t>Hebog</t>
+  </si>
+  <si>
+    <t>Hiom</t>
+  </si>
+  <si>
+    <t>Keswick AC</t>
+  </si>
+  <si>
+    <t>Dave</t>
+  </si>
+  <si>
+    <t>Richard</t>
+  </si>
+  <si>
+    <t>Borne</t>
+  </si>
+  <si>
+    <t>Mysteruns</t>
+  </si>
+  <si>
+    <t>James</t>
+  </si>
+  <si>
+    <t>Seb</t>
+  </si>
+  <si>
+    <t>Kinsey</t>
+  </si>
+  <si>
+    <t>Glossopdale Harriers</t>
+  </si>
+  <si>
+    <t>Dafydd</t>
+  </si>
+  <si>
+    <t>Bryden</t>
+  </si>
+  <si>
+    <t>Isaac</t>
+  </si>
+  <si>
+    <t>Lawrence</t>
+  </si>
+  <si>
+    <t>Dyfed</t>
+  </si>
+  <si>
+    <t>Thomas</t>
+  </si>
+  <si>
+    <t>Harri</t>
+  </si>
+  <si>
+    <t>Pickering</t>
+  </si>
+  <si>
+    <t>Catrin</t>
+  </si>
+  <si>
+    <t>Donnelly</t>
+  </si>
+  <si>
+    <t>Lisa</t>
+  </si>
+  <si>
+    <t>Watson</t>
+  </si>
+  <si>
+    <t>Dork Peak Fell runners</t>
+  </si>
+  <si>
+    <t>Warren</t>
+  </si>
+  <si>
+    <t>McNally</t>
+  </si>
+  <si>
+    <t>Tom</t>
+  </si>
+  <si>
+    <t>Jenkins</t>
+  </si>
+  <si>
+    <t>Donald</t>
+  </si>
+  <si>
+    <t>Ross</t>
+  </si>
+  <si>
+    <t>Simpson</t>
+  </si>
+  <si>
+    <t>Smith</t>
+  </si>
+  <si>
+    <t>Sarah</t>
+  </si>
+  <si>
+    <t>KLEEMAN</t>
+  </si>
+  <si>
+    <t>Efa</t>
+  </si>
+  <si>
+    <t>Davies</t>
+  </si>
+  <si>
+    <t>Team Kudos</t>
+  </si>
+  <si>
+    <t>Anthony</t>
+  </si>
+  <si>
+    <t>Duckers</t>
+  </si>
+  <si>
+    <t>Michael</t>
+  </si>
+  <si>
+    <t>Coyne</t>
+  </si>
+  <si>
+    <t>Rhian</t>
+  </si>
+  <si>
+    <t>Probert</t>
+  </si>
+  <si>
+    <t>Mould</t>
+  </si>
+  <si>
+    <t>Evans</t>
+  </si>
+  <si>
+    <t>Alun</t>
+  </si>
+  <si>
+    <t>Joe</t>
+  </si>
+  <si>
+    <t>Symonds</t>
+  </si>
+  <si>
+    <t>Claire</t>
+  </si>
+  <si>
+    <t>Sebastian</t>
+  </si>
+  <si>
+    <t>Treloar</t>
+  </si>
+  <si>
+    <t>Bethan</t>
+  </si>
+  <si>
+    <t>Billington</t>
+  </si>
+  <si>
+    <t>Menai Track &amp; Field</t>
+  </si>
+  <si>
+    <t>Michelle</t>
+  </si>
+  <si>
+    <t>Farrell</t>
+  </si>
+  <si>
+    <t>Amy</t>
+  </si>
+  <si>
+    <t>Robinson</t>
+  </si>
+  <si>
+    <t>Snell</t>
+  </si>
+  <si>
+    <t>Anwen</t>
+  </si>
+  <si>
+    <t>Buse</t>
+  </si>
+  <si>
+    <t>Jaclyn</t>
+  </si>
+  <si>
+    <t>Miller</t>
+  </si>
+  <si>
+    <t>Dylan</t>
+  </si>
+  <si>
+    <t>Huws</t>
+  </si>
+  <si>
+    <t>William</t>
+  </si>
+  <si>
+    <t>Greenwood</t>
+  </si>
+  <si>
+    <t>Louise</t>
+  </si>
+  <si>
+    <t>Emery</t>
+  </si>
+  <si>
+    <t>Trevor</t>
+  </si>
+  <si>
+    <t>Lawler</t>
+  </si>
+  <si>
+    <t>Griffiths</t>
+  </si>
+  <si>
+    <t>Barnwell</t>
+  </si>
+  <si>
+    <t>Gooding</t>
+  </si>
+  <si>
+    <t>Stephen</t>
+  </si>
+  <si>
+    <t>SINFIN RC</t>
+  </si>
+  <si>
+    <t>Sam</t>
+  </si>
+  <si>
+    <t>Warrenger</t>
+  </si>
+  <si>
+    <t>Jesal</t>
+  </si>
+  <si>
+    <t>Hirani</t>
+  </si>
+  <si>
+    <t>Rachael</t>
+  </si>
+  <si>
+    <t>Mainwaring</t>
+  </si>
+  <si>
+    <t>Siobhan</t>
+  </si>
+  <si>
+    <t>Gorman</t>
+  </si>
+  <si>
+    <t>Kelly</t>
+  </si>
+  <si>
+    <t>Leighton Buzzard AC</t>
+  </si>
+  <si>
+    <t>Arfon</t>
+  </si>
+  <si>
+    <t>Dwygy Dashers</t>
+  </si>
+  <si>
+    <t>Llamwyr Llyn</t>
+  </si>
+  <si>
+    <t>Betsi Runaways</t>
+  </si>
+  <si>
+    <t>Emily</t>
+  </si>
+  <si>
+    <t>Alexandra</t>
+  </si>
+  <si>
+    <t>Fletcher</t>
+  </si>
+  <si>
+    <t>Sophie</t>
+  </si>
+  <si>
+    <t>Johnson</t>
+  </si>
+  <si>
+    <t>Josh</t>
+  </si>
+  <si>
+    <t>Hartley</t>
+  </si>
+  <si>
+    <t>Black Combe</t>
+  </si>
+  <si>
+    <t>Harwood</t>
+  </si>
+  <si>
+    <t>Evie</t>
+  </si>
+  <si>
+    <t>Rothwell</t>
+  </si>
+  <si>
+    <t>Math</t>
+  </si>
+  <si>
+    <t>Eryri Orienteers</t>
+  </si>
+  <si>
+    <t>Rebecca</t>
+  </si>
+  <si>
+    <t>Parry</t>
+  </si>
+  <si>
+    <t>Skates</t>
+  </si>
+  <si>
+    <t>Ben</t>
+  </si>
+  <si>
+    <t>Porter</t>
+  </si>
+  <si>
+    <t>Cerist</t>
+  </si>
+  <si>
+    <t>Charles</t>
+  </si>
+  <si>
+    <t>Ashley</t>
+  </si>
+  <si>
+    <t>Wrexhan AC</t>
+  </si>
+  <si>
+    <t>Cath</t>
+  </si>
+  <si>
+    <t>Lancaster</t>
+  </si>
+  <si>
+    <t>Harry</t>
+  </si>
+  <si>
+    <t>Whitcomb</t>
+  </si>
+  <si>
+    <t>Ann</t>
+  </si>
+  <si>
+    <t>PRC</t>
+  </si>
+  <si>
+    <t>Perratt</t>
+  </si>
+  <si>
+    <t>LUDLOW RUNNERS</t>
+  </si>
+  <si>
+    <t>Kneen</t>
+  </si>
+  <si>
+    <t>Manx Fell Runners</t>
+  </si>
+  <si>
+    <t>Ramsey</t>
+  </si>
+  <si>
+    <t>Cattanack</t>
+  </si>
+  <si>
+    <t>Will</t>
+  </si>
+  <si>
+    <t>Hunt Williams</t>
+  </si>
+  <si>
+    <t>Lloyd</t>
+  </si>
+  <si>
+    <t>Taggart</t>
+  </si>
+  <si>
+    <t>Keogh</t>
+  </si>
+  <si>
+    <t>NWRRC</t>
+  </si>
+  <si>
+    <t>Pete</t>
+  </si>
+  <si>
+    <t>Vale</t>
+  </si>
+  <si>
+    <t>Matthew</t>
+  </si>
+  <si>
+    <t>Fortes</t>
+  </si>
+  <si>
+    <t>Bye</t>
+  </si>
+  <si>
+    <t>Michal</t>
+  </si>
+  <si>
+    <t>Dzieweczynski</t>
+  </si>
+  <si>
+    <t>Allington</t>
+  </si>
+  <si>
+    <t>Bruce</t>
+  </si>
+  <si>
+    <t>Fanshawe</t>
+  </si>
+  <si>
+    <t>Nick</t>
+  </si>
+  <si>
+    <t>Colburn</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Evans </t>
+  </si>
+  <si>
+    <t>Rothery</t>
+  </si>
+  <si>
+    <t>Neal</t>
+  </si>
+  <si>
+    <t>Inigo</t>
+  </si>
+  <si>
+    <t>Atkin</t>
+  </si>
+  <si>
+    <t>Compton</t>
+  </si>
+  <si>
+    <t>Leather</t>
+  </si>
+  <si>
+    <t>Tattenhall Runners</t>
+  </si>
+  <si>
+    <t>Noa</t>
+  </si>
+  <si>
+    <t>Gonks</t>
+  </si>
+  <si>
+    <t>George</t>
+  </si>
+  <si>
+    <t>Walker</t>
+  </si>
+  <si>
+    <t>Ryan</t>
+  </si>
+  <si>
+    <t>Neath Harriers</t>
+  </si>
+  <si>
+    <t>Astbury</t>
+  </si>
+  <si>
+    <t>Suzie</t>
+  </si>
+  <si>
+    <t>Richards</t>
+  </si>
+  <si>
+    <t>Jai</t>
+  </si>
+  <si>
+    <t>Chauhan</t>
+  </si>
+  <si>
+    <t>Nic</t>
+  </si>
+  <si>
+    <t>Brook</t>
+  </si>
+  <si>
+    <t>Rowan</t>
+  </si>
+  <si>
+    <t>Berserkers</t>
+  </si>
+  <si>
+    <t>Platts</t>
+  </si>
+  <si>
+    <t>Martin</t>
+  </si>
+  <si>
+    <t>CLIFFE</t>
+  </si>
+  <si>
+    <t>Rob</t>
+  </si>
+  <si>
+    <t>Powell</t>
+  </si>
+  <si>
+    <t>Bowland Fell Runners</t>
+  </si>
+  <si>
+    <t>Graeme</t>
+  </si>
+  <si>
+    <t>Tunstall</t>
+  </si>
+  <si>
+    <t>Jackson-Taylor</t>
+  </si>
+  <si>
+    <t>Chester Triathlon Club</t>
+  </si>
+  <si>
+    <t>Jack</t>
+  </si>
+  <si>
+    <t>Mullane</t>
+  </si>
+  <si>
+    <t>Chambers</t>
+  </si>
+  <si>
+    <t>Bowen</t>
+  </si>
+  <si>
+    <t>Dregiau Dwyfor</t>
+  </si>
+  <si>
+    <t>Gwion</t>
+  </si>
+  <si>
+    <t>Schiavone</t>
+  </si>
+  <si>
+    <t>Prebble</t>
+  </si>
+  <si>
+    <t>Aled</t>
+  </si>
+  <si>
+    <t>Simon</t>
+  </si>
+  <si>
+    <t>Calum</t>
+  </si>
+  <si>
+    <t>Muskett</t>
+  </si>
+  <si>
+    <t>Laurie</t>
+  </si>
+  <si>
+    <t>Luscombe</t>
+  </si>
+  <si>
+    <t>Liverpool Harriers</t>
+  </si>
+  <si>
+    <t>Huw</t>
+  </si>
+  <si>
+    <t>Dryburgh</t>
+  </si>
+  <si>
+    <t>Marcus</t>
+  </si>
+  <si>
+    <t>Preedy</t>
+  </si>
+  <si>
+    <t>Rossendale Harriers</t>
+  </si>
+  <si>
+    <t>Salmon</t>
+  </si>
+  <si>
+    <t>Mathews</t>
+  </si>
+  <si>
+    <t>O'Hara</t>
+  </si>
+  <si>
+    <t>Entwisle</t>
+  </si>
+  <si>
+    <t>Pennine Fell Runners</t>
+  </si>
+  <si>
+    <t>Nathan</t>
+  </si>
+  <si>
+    <t>Welch</t>
+  </si>
+  <si>
+    <t>Waring</t>
+  </si>
+  <si>
+    <t>Kevin</t>
+  </si>
+  <si>
+    <t>Charleston</t>
+  </si>
+  <si>
+    <t>HARTLEY</t>
+  </si>
+  <si>
+    <t>Saddleworth Runners Club</t>
+  </si>
+  <si>
+    <t>Ash</t>
+  </si>
+  <si>
+    <t>Kimpton</t>
+  </si>
+  <si>
+    <t>Pickled Riders</t>
+  </si>
+  <si>
+    <t>Crossley</t>
+  </si>
+  <si>
+    <t>Macclesfield Harriers</t>
+  </si>
+  <si>
+    <t>Talks</t>
+  </si>
+  <si>
+    <t>Jesmond Joggers</t>
+  </si>
+  <si>
+    <t>Arthur</t>
+  </si>
+  <si>
+    <t>Connell</t>
+  </si>
+  <si>
+    <t>Gunning</t>
+  </si>
+  <si>
+    <t>Cybi Striders</t>
+  </si>
+  <si>
+    <t>Becky</t>
+  </si>
+  <si>
+    <t>Sleath</t>
+  </si>
+  <si>
+    <t>Wellings</t>
+  </si>
+  <si>
+    <t>Potts</t>
+  </si>
+  <si>
+    <t>Frost</t>
+  </si>
+  <si>
+    <t>Riches</t>
+  </si>
+  <si>
+    <t>Bowyer</t>
+  </si>
+  <si>
+    <t>Glyn</t>
+  </si>
+  <si>
+    <t>Rees</t>
+  </si>
+  <si>
+    <t>Russell</t>
+  </si>
+  <si>
+    <t>Guto</t>
+  </si>
+  <si>
+    <t>Brosschot</t>
+  </si>
+  <si>
+    <t>Jake</t>
+  </si>
+  <si>
+    <t>Metcalfe</t>
+  </si>
+  <si>
+    <t>Katy</t>
+  </si>
+  <si>
+    <t>BAUGH</t>
+  </si>
+  <si>
+    <t>Frank</t>
+  </si>
+  <si>
+    <t>Fitzpatrick</t>
+  </si>
+  <si>
+    <t>Helsby Running Club</t>
+  </si>
+  <si>
+    <t>Ty</t>
+  </si>
+  <si>
+    <t>Taylor</t>
+  </si>
+  <si>
+    <t>Debbie</t>
+  </si>
+  <si>
+    <t>Jonathan</t>
+  </si>
+  <si>
+    <t>Moore</t>
+  </si>
+  <si>
+    <t>Billy</t>
+  </si>
+  <si>
+    <t>Leason</t>
+  </si>
+  <si>
+    <t>Iestyn</t>
+  </si>
+  <si>
+    <t>SBOC</t>
+  </si>
+  <si>
+    <t>Hunt</t>
+  </si>
+  <si>
+    <t>Ted</t>
+  </si>
+  <si>
+    <t>Conry</t>
+  </si>
+  <si>
+    <t>Iolo</t>
+  </si>
+  <si>
+    <t>Phil</t>
+  </si>
+  <si>
+    <t>Max</t>
+  </si>
+  <si>
+    <t>Wrecsam Tri Club</t>
+  </si>
+  <si>
+    <t>Tim</t>
+  </si>
+  <si>
+    <t>Knight</t>
+  </si>
+  <si>
+    <t>Cai</t>
+  </si>
+  <si>
+    <t>Price</t>
+  </si>
+  <si>
+    <t>Dan</t>
+  </si>
+  <si>
+    <t>Durance</t>
+  </si>
+  <si>
+    <t>Waller</t>
+  </si>
+  <si>
+    <t>Green</t>
+  </si>
+  <si>
+    <t>RFFR Llangollen</t>
+  </si>
+  <si>
+    <t>Katie</t>
+  </si>
+  <si>
+    <t>Ironside</t>
+  </si>
+  <si>
+    <t>Mynyddwyr de Cymru</t>
+  </si>
+  <si>
+    <t>Mel</t>
+  </si>
+  <si>
+    <t>Paley</t>
+  </si>
+  <si>
+    <t>PALMER</t>
+  </si>
+  <si>
+    <t>Run Free Fell Runners</t>
+  </si>
+  <si>
+    <t>Lees</t>
+  </si>
+  <si>
+    <t>Chapman</t>
+  </si>
+  <si>
+    <t>Osian</t>
+  </si>
+  <si>
+    <t>Eryl</t>
+  </si>
+  <si>
+    <t>Pontyclun RR</t>
+  </si>
+  <si>
+    <t>Rachel</t>
+  </si>
+  <si>
+    <t>TATE</t>
+  </si>
+  <si>
+    <t>Malvern Buzzards</t>
+  </si>
+  <si>
+    <t>Woodhead</t>
+  </si>
+  <si>
+    <t>Deeside AAC</t>
+  </si>
+  <si>
+    <t>Sian</t>
+  </si>
+  <si>
+    <t>Brett</t>
+  </si>
+  <si>
+    <t>Gary</t>
+  </si>
+  <si>
+    <t>English</t>
+  </si>
+  <si>
+    <t>K</t>
+  </si>
+  <si>
+    <t>Stevenson</t>
+  </si>
+  <si>
+    <t>Anna</t>
+  </si>
+  <si>
+    <t>Wildman</t>
+  </si>
+  <si>
+    <t>Aberystwyth AC</t>
+  </si>
+  <si>
+    <t>Bolton</t>
+  </si>
+  <si>
+    <t>Natalie</t>
+  </si>
+  <si>
+    <t>Hayes</t>
+  </si>
+  <si>
+    <t>Bitton Road Runners</t>
+  </si>
+  <si>
+    <t>Lacey</t>
+  </si>
+  <si>
+    <t>Village Road Runners</t>
+  </si>
+  <si>
+    <t>Ablett</t>
+  </si>
+  <si>
+    <t>Arnone-Davies</t>
+  </si>
+  <si>
+    <t>Shaw</t>
+  </si>
+  <si>
+    <t>Guy</t>
+  </si>
+  <si>
+    <t>Blowfield</t>
+  </si>
+  <si>
+    <t>Coulbeck</t>
+  </si>
+  <si>
+    <t>Jonah</t>
+  </si>
+  <si>
+    <t>Armstrong</t>
+  </si>
+  <si>
+    <t>Keeves</t>
+  </si>
+  <si>
+    <t>Woolgar</t>
+  </si>
+  <si>
+    <t>Ali</t>
+  </si>
+  <si>
+    <t>Chant</t>
+  </si>
+  <si>
+    <t>Ian</t>
+  </si>
+  <si>
+    <t>Mackay</t>
+  </si>
+  <si>
+    <t>Pickled Runners</t>
+  </si>
+  <si>
+    <t>Natasha</t>
+  </si>
+  <si>
+    <t>Fellowes</t>
   </si>
   <si>
     <t>Achille Ratti Climbing Club</t>
   </si>
   <si>
-    <t>V70</t>
-[...619 lines deleted...]
-  <si>
     <t>Callum</t>
   </si>
   <si>
     <t>Dixon</t>
   </si>
   <si>
     <t>Alpine Sausages</t>
   </si>
   <si>
+    <t>Bowes</t>
+  </si>
+  <si>
+    <t>Deestriders RC</t>
+  </si>
+  <si>
     <t>Matt</t>
   </si>
   <si>
     <t>Harrison</t>
   </si>
   <si>
     <t>Adams</t>
   </si>
   <si>
+    <t>West Cheshire AC</t>
+  </si>
+  <si>
     <t>Jackson</t>
   </si>
   <si>
     <t>Goater</t>
   </si>
   <si>
+    <t>Louis</t>
+  </si>
+  <si>
+    <t>McGee</t>
+  </si>
+  <si>
     <t>Ceri</t>
   </si>
   <si>
     <t>Stewart</t>
   </si>
   <si>
     <t>Môn milers</t>
   </si>
   <si>
-    <t>Ian</t>
+    <t>McQueen</t>
   </si>
   <si>
     <t>WELLS</t>
   </si>
   <si>
+    <t>Iain</t>
+  </si>
+  <si>
+    <t>Squires</t>
+  </si>
+  <si>
+    <t>Benjamin</t>
+  </si>
+  <si>
+    <t>Tumilty</t>
+  </si>
+  <si>
+    <t>Helsby RC</t>
+  </si>
+  <si>
     <t>Watt</t>
   </si>
   <si>
-    <t>Jack</t>
-[...1 lines deleted...]
-  <si>
     <t>Atkin-Willoughby</t>
   </si>
   <si>
+    <t>Plester</t>
+  </si>
+  <si>
+    <t>Jason</t>
+  </si>
+  <si>
+    <t>Mawlam</t>
+  </si>
+  <si>
     <t>White</t>
   </si>
   <si>
     <t>Gethin</t>
   </si>
   <si>
+    <t>Philip</t>
+  </si>
+  <si>
+    <t>Ashton</t>
+  </si>
+  <si>
+    <t>Duckett</t>
+  </si>
+  <si>
+    <t>Scott</t>
+  </si>
+  <si>
+    <t>Ruse</t>
+  </si>
+  <si>
     <t>Naylor</t>
   </si>
   <si>
     <t>Keswick</t>
   </si>
   <si>
+    <t>Keith</t>
+  </si>
+  <si>
+    <t>Dunham</t>
+  </si>
+  <si>
     <t>Lyness</t>
   </si>
   <si>
+    <t>Spencer</t>
+  </si>
+  <si>
+    <t>Bunn</t>
+  </si>
+  <si>
+    <t>Kate</t>
+  </si>
+  <si>
+    <t>ARDEN</t>
+  </si>
+  <si>
+    <t>Allison</t>
+  </si>
+  <si>
+    <t>Arden</t>
+  </si>
+  <si>
+    <t>Litherland</t>
+  </si>
+  <si>
     <t>Olwen</t>
   </si>
   <si>
+    <t>Conwy-Davies</t>
+  </si>
+  <si>
+    <t>Team Docker</t>
+  </si>
+  <si>
+    <t>Jill</t>
+  </si>
+  <si>
+    <t>Plummer</t>
+  </si>
+  <si>
     <t>Rhodri</t>
   </si>
   <si>
     <t>Llewelyn</t>
   </si>
   <si>
+    <t>Hilary</t>
+  </si>
+  <si>
+    <t>Snowdon</t>
+  </si>
+  <si>
     <t>Mathew</t>
   </si>
   <si>
     <t>Joshua</t>
   </si>
   <si>
-    <t>Robinson</t>
+    <t>Cooke</t>
+  </si>
+  <si>
+    <t>Rich</t>
+  </si>
+  <si>
+    <t>Monksmith</t>
+  </si>
+  <si>
+    <t>Delamere Spartans</t>
+  </si>
+  <si>
+    <t>Graham</t>
+  </si>
+  <si>
+    <t>Dawkin</t>
+  </si>
+  <si>
+    <t>Webb</t>
+  </si>
+  <si>
+    <t>Running Forever Running Club</t>
+  </si>
+  <si>
+    <t>Aggie</t>
+  </si>
+  <si>
+    <t>Turlo</t>
   </si>
   <si>
     <t>Griff</t>
   </si>
   <si>
+    <t>Eagles</t>
+  </si>
+  <si>
+    <t>Wickham</t>
+  </si>
+  <si>
+    <t>Erewash Valley RC</t>
+  </si>
+  <si>
+    <t>Christine</t>
+  </si>
+  <si>
+    <t>Cammillare</t>
+  </si>
+  <si>
+    <t>Deestriders</t>
+  </si>
+  <si>
     <t>Jac</t>
   </si>
   <si>
     <t>Manson</t>
   </si>
   <si>
     <t>West Cheshire</t>
   </si>
   <si>
     <t>Mary</t>
   </si>
   <si>
     <t>Gillie</t>
   </si>
   <si>
     <t>Sal</t>
   </si>
   <si>
     <t>Jafford</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>Potter</t>
   </si>
   <si>
-    <t>Cybi Striders</t>
-[...2 lines deleted...]
-    <t>Alun</t>
+    <t>Fraser</t>
+  </si>
+  <si>
+    <t>Paton</t>
+  </si>
+  <si>
+    <t>Rowland</t>
+  </si>
+  <si>
+    <t>Westwood</t>
+  </si>
+  <si>
+    <t>Beddis</t>
+  </si>
+  <si>
+    <t>Heys</t>
+  </si>
+  <si>
+    <t>Farrer</t>
+  </si>
+  <si>
+    <t>Emma</t>
+  </si>
+  <si>
+    <t>McWilliams</t>
+  </si>
+  <si>
+    <t>Atyeo</t>
+  </si>
+  <si>
+    <t>Bale</t>
+  </si>
+  <si>
+    <t>Nicola</t>
   </si>
   <si>
     <t>Prtichard</t>
   </si>
   <si>
     <t>Rostron</t>
   </si>
   <si>
     <t>Faith</t>
   </si>
   <si>
     <t>Paterson-Jones</t>
   </si>
   <si>
+    <t>Antony</t>
+  </si>
+  <si>
+    <t>Blackmore</t>
+  </si>
+  <si>
+    <t>Ioan</t>
+  </si>
+  <si>
     <t>Jelliffe</t>
   </si>
   <si>
+    <t>Trish</t>
+  </si>
+  <si>
+    <t>Virgil</t>
+  </si>
+  <si>
+    <t>BARTON</t>
+  </si>
+  <si>
+    <t>Barlick Fell Runners</t>
+  </si>
+  <si>
+    <t>Leask</t>
+  </si>
+  <si>
+    <t>Bollington Harriers</t>
+  </si>
+  <si>
     <t>Geoff</t>
   </si>
   <si>
     <t>Coombs</t>
   </si>
   <si>
+    <t>Timothieus</t>
+  </si>
+  <si>
+    <t>Marjot</t>
+  </si>
+  <si>
     <t>Dominic</t>
   </si>
   <si>
     <t>Shepherd</t>
   </si>
   <si>
+    <t>Kirsty</t>
+  </si>
+  <si>
+    <t>Seddon</t>
+  </si>
+  <si>
     <t>Jasper</t>
   </si>
   <si>
-    <t>McQueen</t>
-[...1 lines deleted...]
-  <si>
     <t>Porth Eirias runners</t>
   </si>
   <si>
     <t>Aled Wyn</t>
   </si>
   <si>
+    <t>Denis</t>
+  </si>
+  <si>
+    <t>Garnham</t>
+  </si>
+  <si>
     <t>Watts</t>
   </si>
   <si>
+    <t>Baker</t>
+  </si>
+  <si>
+    <t>Laura</t>
+  </si>
+  <si>
+    <t>Baynham-Hughes</t>
+  </si>
+  <si>
+    <t>Colin</t>
+  </si>
+  <si>
+    <t>Dark Peak Fell Runners</t>
+  </si>
+  <si>
     <t>Raymond</t>
   </si>
   <si>
     <t>Cassidy</t>
   </si>
   <si>
-    <t>Snell</t>
+    <t>Congleton Harriers</t>
   </si>
   <si>
     <t>Helen</t>
   </si>
   <si>
     <t>Bullock</t>
   </si>
   <si>
+    <t>Peacock</t>
+  </si>
+  <si>
+    <t>Marshall</t>
+  </si>
+  <si>
+    <t>Ewan</t>
+  </si>
+  <si>
+    <t>McCallum</t>
+  </si>
+  <si>
+    <t>Cuthbert</t>
+  </si>
+  <si>
+    <t>Wallasey AC</t>
+  </si>
+  <si>
+    <t>Lucy</t>
+  </si>
+  <si>
+    <t>O'Donnell</t>
+  </si>
+  <si>
+    <t>Bernie</t>
+  </si>
+  <si>
+    <t>Ellis</t>
+  </si>
+  <si>
+    <t>Darke</t>
+  </si>
+  <si>
+    <t>Wisdom</t>
+  </si>
+  <si>
     <t>Goodwin</t>
   </si>
   <si>
+    <t>Swindon Shin Splints</t>
+  </si>
+  <si>
+    <t>Alice</t>
+  </si>
+  <si>
+    <t>McLean</t>
+  </si>
+  <si>
+    <t>Jackie</t>
+  </si>
+  <si>
+    <t>Scarf</t>
+  </si>
+  <si>
+    <t>Todmorden Harriers</t>
+  </si>
+  <si>
+    <t>Jan</t>
+  </si>
+  <si>
+    <t>Rogers</t>
+  </si>
+  <si>
+    <t>Chester Tri</t>
+  </si>
+  <si>
     <t>Harmer</t>
   </si>
   <si>
+    <t>Si</t>
+  </si>
+  <si>
+    <t>Kim</t>
+  </si>
+  <si>
+    <t>Selby</t>
+  </si>
+  <si>
     <t>Colwyn Bay</t>
   </si>
   <si>
+    <t>Jennifer</t>
+  </si>
+  <si>
+    <t>Houghton</t>
+  </si>
+  <si>
+    <t>Kirkby Milers</t>
+  </si>
+  <si>
     <t>Steffan</t>
   </si>
   <si>
     <t>Poblado Plodders</t>
   </si>
   <si>
-    <t>O'Hara</t>
-[...2 lines deleted...]
-    <t>Helsby Running Club</t>
+    <t>Hannah</t>
+  </si>
+  <si>
+    <t>Lord</t>
   </si>
   <si>
     <t>Macarthur</t>
   </si>
   <si>
+    <t>Goodall</t>
+  </si>
+  <si>
     <t>Becki</t>
   </si>
   <si>
     <t>Law</t>
   </si>
   <si>
-    <t>Graham</t>
-[...1 lines deleted...]
-  <si>
     <t>Alan</t>
   </si>
   <si>
     <t>McKeown</t>
   </si>
   <si>
-    <t>Trevor</t>
+    <t>Lili</t>
+  </si>
+  <si>
+    <t>FLEMING</t>
+  </si>
+  <si>
+    <t>Megan</t>
+  </si>
+  <si>
+    <t>Daf</t>
+  </si>
+  <si>
+    <t>Dwygyfylchi Rebels</t>
+  </si>
+  <si>
+    <t>Burke</t>
+  </si>
+  <si>
+    <t>Muscant</t>
   </si>
   <si>
     <t>Griffith</t>
   </si>
   <si>
-    <t>Sophie</t>
+    <t>Mackie</t>
+  </si>
+  <si>
+    <t>Corshan Running Club</t>
+  </si>
+  <si>
+    <t>Kathryn</t>
   </si>
   <si>
     <t>Molly</t>
   </si>
   <si>
     <t>Hewitt</t>
   </si>
   <si>
-    <t>Gooding</t>
-[...1 lines deleted...]
-  <si>
     <t>Robson</t>
   </si>
   <si>
+    <t>Julia</t>
+  </si>
+  <si>
+    <t>Landsiedel</t>
+  </si>
+  <si>
+    <t>Canaway</t>
+  </si>
+  <si>
+    <t>Ewart</t>
+  </si>
+  <si>
+    <t>Pritchard</t>
+  </si>
+  <si>
+    <t>Dewi</t>
+  </si>
+  <si>
+    <t>Cherwell Runners &amp; Joggers</t>
+  </si>
+  <si>
+    <t>Bell</t>
+  </si>
+  <si>
     <t>Christian</t>
   </si>
   <si>
     <t>Quick</t>
   </si>
   <si>
+    <t>Anne</t>
+  </si>
+  <si>
+    <t>Mynott</t>
+  </si>
+  <si>
     <t>McAndrew</t>
   </si>
   <si>
+    <t>McLure</t>
+  </si>
+  <si>
+    <t>Carnegie Harriers</t>
+  </si>
+  <si>
     <t>Davidson</t>
   </si>
   <si>
     <t>Prestatyn Runners</t>
   </si>
   <si>
-    <t>Alexandra</t>
-[...2 lines deleted...]
-    <t>Fletcher</t>
+    <t>Hugh</t>
+  </si>
+  <si>
+    <t>Oscar</t>
+  </si>
+  <si>
+    <t>Anglim</t>
+  </si>
+  <si>
+    <t>Easingwold Running Club</t>
+  </si>
+  <si>
+    <t>Brendan</t>
+  </si>
+  <si>
+    <t>Reginald</t>
+  </si>
+  <si>
+    <t>Jonas</t>
+  </si>
+  <si>
+    <t>Lukas</t>
+  </si>
+  <si>
+    <t>Kremer</t>
+  </si>
+  <si>
+    <t>Holt</t>
   </si>
   <si>
     <t>Lewtey</t>
   </si>
   <si>
-    <t>Deestriders</t>
-[...1 lines deleted...]
-  <si>
     <t>Lianne</t>
   </si>
   <si>
-    <t>Stevenson</t>
+    <t>Hermione</t>
+  </si>
+  <si>
+    <t>Ball</t>
+  </si>
+  <si>
+    <t>Tess</t>
   </si>
   <si>
     <t>Gwen</t>
   </si>
   <si>
     <t>Pugh-Jones</t>
   </si>
   <si>
+    <t>Cardiff University Athletics Club</t>
+  </si>
+  <si>
+    <t>Hendrike</t>
+  </si>
+  <si>
+    <t>Oosterhof</t>
+  </si>
+  <si>
+    <t>THE HAGUE ROAD RUNNERS</t>
+  </si>
+  <si>
     <t>OWEN</t>
   </si>
   <si>
+    <t>Harris</t>
+  </si>
+  <si>
     <t>Juliette</t>
   </si>
   <si>
     <t>Baron</t>
   </si>
   <si>
+    <t>Vicky</t>
+  </si>
+  <si>
+    <t>Unsworth</t>
+  </si>
+  <si>
+    <t>Liverpool Harriers &amp; AC</t>
+  </si>
+  <si>
+    <t>Carla</t>
+  </si>
+  <si>
     <t>Catherine</t>
   </si>
   <si>
     <t>Peake</t>
   </si>
   <si>
+    <t>Reilly</t>
+  </si>
+  <si>
+    <t>Worsley</t>
+  </si>
+  <si>
+    <t>Zafra</t>
+  </si>
+  <si>
+    <t>Thorley</t>
+  </si>
+  <si>
+    <t>Hendry</t>
+  </si>
+  <si>
     <t>Bicknell</t>
   </si>
   <si>
     <t>Tomos</t>
   </si>
   <si>
-    <t>Powell</t>
+    <t>Voyce</t>
+  </si>
+  <si>
+    <t>Samuel</t>
+  </si>
+  <si>
+    <t>Douglas</t>
   </si>
   <si>
     <t>Caleb</t>
   </si>
   <si>
     <t>Dwyfor-Clark</t>
   </si>
   <si>
     <t>Iwan</t>
   </si>
   <si>
     <t>North Wales Police</t>
   </si>
   <si>
+    <t>Atherton</t>
+  </si>
+  <si>
+    <t>Ambleside AC</t>
+  </si>
+  <si>
     <t>Mari</t>
   </si>
   <si>
+    <t>Hodgkinson</t>
+  </si>
+  <si>
+    <t>Lester</t>
+  </si>
+  <si>
     <t>Hopper</t>
   </si>
   <si>
+    <t>Dodd</t>
+  </si>
+  <si>
+    <t>Kellett</t>
+  </si>
+  <si>
+    <t>Nigel</t>
+  </si>
+  <si>
+    <t>Crompton</t>
+  </si>
+  <si>
+    <t>Telford</t>
+  </si>
+  <si>
+    <t>Murray</t>
+  </si>
+  <si>
+    <t>Cubitt-Smith</t>
+  </si>
+  <si>
+    <t>Blake</t>
+  </si>
+  <si>
+    <t>Mclaren</t>
+  </si>
+  <si>
+    <t>Margot</t>
+  </si>
+  <si>
+    <t>Saher</t>
+  </si>
+  <si>
+    <t>Martha</t>
+  </si>
+  <si>
+    <t>Ellis-Davies</t>
+  </si>
+  <si>
+    <t>Guerin</t>
+  </si>
+  <si>
+    <t>Haley</t>
+  </si>
+  <si>
+    <t>Crickhowell running club</t>
+  </si>
+  <si>
+    <t>Larkin</t>
+  </si>
+  <si>
+    <t>Wong</t>
+  </si>
+  <si>
+    <t>Lynne</t>
+  </si>
+  <si>
+    <t>Aird</t>
+  </si>
+  <si>
+    <t>Newby</t>
+  </si>
+  <si>
+    <t>Humphries</t>
+  </si>
+  <si>
+    <t>The Nightcrawlers</t>
+  </si>
+  <si>
+    <t>Greenall</t>
+  </si>
+  <si>
+    <t>Northwich RC</t>
+  </si>
+  <si>
+    <t>Rugen-Hankey</t>
+  </si>
+  <si>
+    <t>Wakefield</t>
+  </si>
+  <si>
+    <t>Aiste</t>
+  </si>
+  <si>
+    <t>Pokvytyte</t>
+  </si>
+  <si>
+    <t>Alfie</t>
+  </si>
+  <si>
+    <t>Cornes</t>
+  </si>
+  <si>
+    <t>Mow Cop Runners</t>
+  </si>
+  <si>
+    <t>Bethany</t>
+  </si>
+  <si>
+    <t>Neilson</t>
+  </si>
+  <si>
+    <t>Jeffrey</t>
+  </si>
+  <si>
+    <t>Petrylak</t>
+  </si>
+  <si>
+    <t>Rowley-Conwy</t>
+  </si>
+  <si>
+    <t>Webber</t>
+  </si>
+  <si>
+    <t>Parker</t>
+  </si>
+  <si>
+    <t>Lonely goats</t>
+  </si>
+  <si>
+    <t>Blee</t>
+  </si>
+  <si>
+    <t>Running Forever RC</t>
+  </si>
+  <si>
+    <t>Perrin</t>
+  </si>
+  <si>
+    <t>Cari</t>
+  </si>
+  <si>
+    <t>Beaumont</t>
+  </si>
+  <si>
+    <t>Allen</t>
+  </si>
+  <si>
+    <t>Vamplew</t>
+  </si>
+  <si>
+    <t>Jeff</t>
+  </si>
+  <si>
+    <t>Roderick</t>
+  </si>
+  <si>
+    <t>Beighton</t>
+  </si>
+  <si>
+    <t>Belper Harriers</t>
+  </si>
+  <si>
+    <t>Dean</t>
+  </si>
+  <si>
+    <t>Kean</t>
+  </si>
+  <si>
+    <t>Wright</t>
+  </si>
+  <si>
+    <t>Kirby Milers</t>
+  </si>
+  <si>
+    <t>Terry</t>
+  </si>
+  <si>
+    <t>Lowri</t>
+  </si>
+  <si>
+    <t>Criccieth</t>
+  </si>
+  <si>
+    <t>Abbie</t>
+  </si>
+  <si>
+    <t>Lance</t>
+  </si>
+  <si>
+    <t>Yricka</t>
+  </si>
+  <si>
+    <t>Gardner</t>
+  </si>
+  <si>
+    <t>Hogan</t>
+  </si>
+  <si>
+    <t>Jane</t>
+  </si>
+  <si>
+    <t>Elliott</t>
+  </si>
+  <si>
+    <t>Porth Eiras Runners</t>
+  </si>
+  <si>
+    <t>Tobijanski</t>
+  </si>
+  <si>
+    <t>Gio</t>
+  </si>
+  <si>
+    <t>Feliciello</t>
+  </si>
+  <si>
+    <t>McVey</t>
+  </si>
+  <si>
+    <t>Karen</t>
+  </si>
+  <si>
+    <t>Jaap</t>
+  </si>
+  <si>
+    <t>Karelse</t>
+  </si>
+  <si>
+    <t>Cole</t>
+  </si>
+  <si>
+    <t>Derek</t>
+  </si>
+  <si>
+    <t>Wilson</t>
+  </si>
+  <si>
+    <t>Caffrey</t>
+  </si>
+  <si>
+    <t>Bray</t>
+  </si>
+  <si>
+    <t>Amman Valley Harriers</t>
+  </si>
+  <si>
+    <t>Linda</t>
+  </si>
+  <si>
+    <t>Edmondson</t>
+  </si>
+  <si>
+    <t>Jowett</t>
+  </si>
+  <si>
+    <t>Mandy</t>
+  </si>
+  <si>
+    <t>Platt</t>
+  </si>
+  <si>
+    <t>Tracie</t>
+  </si>
+  <si>
+    <t>Gafyn</t>
+  </si>
+  <si>
+    <t>Marielle</t>
+  </si>
+  <si>
+    <t>Wainwright</t>
+  </si>
+  <si>
+    <t>Liversage</t>
+  </si>
+  <si>
+    <t>Cartwright</t>
+  </si>
+  <si>
+    <t>Prestatyn</t>
+  </si>
+  <si>
+    <t>Jayne</t>
+  </si>
+  <si>
+    <t>Sasha</t>
+  </si>
+  <si>
+    <t>Habgood</t>
+  </si>
+  <si>
+    <t>Pascal</t>
+  </si>
+  <si>
+    <t>Smit</t>
+  </si>
+  <si>
+    <t>Ana</t>
+  </si>
+  <si>
+    <t>Ward</t>
+  </si>
+  <si>
+    <t>Davis</t>
+  </si>
+  <si>
+    <t>Hansan</t>
+  </si>
+  <si>
+    <t>Movey</t>
+  </si>
+  <si>
+    <t>Jenna</t>
+  </si>
+  <si>
+    <t>Mather</t>
+  </si>
+  <si>
+    <t>Fox</t>
+  </si>
+  <si>
+    <t>Chamberlain</t>
+  </si>
+  <si>
+    <t>Cate</t>
+  </si>
+  <si>
+    <t>Charlotte</t>
+  </si>
+  <si>
+    <t>North Wales Road Runners</t>
+  </si>
+  <si>
+    <t>Bancroft</t>
+  </si>
+  <si>
+    <t>Seghir</t>
+  </si>
+  <si>
+    <t>Messamah</t>
+  </si>
+  <si>
+    <t>Timms</t>
+  </si>
+  <si>
+    <t>Howes</t>
+  </si>
+  <si>
+    <t>Juno</t>
+  </si>
+  <si>
+    <t>Hobson</t>
+  </si>
+  <si>
+    <t>Cassie</t>
+  </si>
+  <si>
+    <t>Jade</t>
+  </si>
+  <si>
+    <t>Porth Eirias</t>
+  </si>
+  <si>
+    <t>Felicity</t>
+  </si>
+  <si>
+    <t>Aries</t>
+  </si>
+  <si>
+    <t>Sara</t>
+  </si>
+  <si>
+    <t>Jacobs</t>
+  </si>
+  <si>
+    <t>Newnes</t>
+  </si>
+  <si>
+    <t>Esyllt</t>
+  </si>
+  <si>
+    <t>Allman</t>
+  </si>
+  <si>
+    <t>Jo</t>
+  </si>
+  <si>
+    <t>Teresa</t>
+  </si>
+  <si>
+    <t>Williams-Baker</t>
+  </si>
+  <si>
+    <t>Iona</t>
+  </si>
+  <si>
+    <t>Nicki</t>
+  </si>
+  <si>
+    <t>Triggs</t>
+  </si>
+  <si>
     <t>Eddie</t>
   </si>
   <si>
-    <t>Achilli Ratti AC</t>
-[...175 lines deleted...]
-  <si>
     <t>von Willem</t>
   </si>
   <si>
-    <t>Berserkers</t>
-[...2 lines deleted...]
-    <t>Mandy</t>
+    <t>Desislava</t>
+  </si>
+  <si>
+    <t>Vancheva</t>
+  </si>
+  <si>
+    <t>Bridgestock</t>
   </si>
   <si>
     <t>Whitchurch Whippets</t>
   </si>
   <si>
     <t>Nem</t>
   </si>
   <si>
     <t>Hazel</t>
   </si>
   <si>
     <t>Ann Claire</t>
+  </si>
+  <si>
+    <t>Sweeper</t>
+  </si>
+  <si>
+    <t>Shona</t>
+  </si>
+  <si>
+    <t>Walne</t>
+  </si>
+  <si>
+    <t>Brakspear</t>
+  </si>
+  <si>
+    <t>Blackwell</t>
+  </si>
+  <si>
+    <t>Witty</t>
+  </si>
+  <si>
+    <t>Stenner</t>
+  </si>
+  <si>
+    <t>Wijnands</t>
+  </si>
+  <si>
+    <t>Hague Road Runners</t>
+  </si>
+  <si>
+    <t>Lenny</t>
+  </si>
+  <si>
+    <t>Maldwyn Harriers</t>
+  </si>
+  <si>
+    <t>Corcoran</t>
+  </si>
+  <si>
+    <t>Bassett</t>
+  </si>
+  <si>
+    <t>Kellie</t>
+  </si>
+  <si>
+    <t>Adventure Awaits</t>
+  </si>
+  <si>
+    <t>Gunn</t>
+  </si>
+  <si>
+    <t>King</t>
+  </si>
+  <si>
+    <t>Clark</t>
+  </si>
+  <si>
+    <t>Spa Striders</t>
+  </si>
+  <si>
+    <t>Hey</t>
+  </si>
+  <si>
+    <t>RICHARDS</t>
+  </si>
+  <si>
+    <t>Formula One Circuit Crew</t>
+  </si>
+  <si>
+    <t>Dixson</t>
+  </si>
+  <si>
+    <t>Carol</t>
+  </si>
+  <si>
+    <t>Durrant</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1894,51 +3121,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:S300"/>
+  <dimension ref="A1:S634"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <sheetData>
     <row r="1" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -1967,17186 +3194,36103 @@
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>19</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2">
-        <v>1932</v>
+        <v>1170</v>
       </c>
       <c r="E2" t="s">
         <v>21</v>
       </c>
       <c r="F2" t="s">
         <v>22</v>
       </c>
       <c r="G2" t="s">
         <v>23</v>
       </c>
       <c r="H2">
         <v>1</v>
       </c>
       <c r="I2" t="b">
         <v>1</v>
       </c>
       <c r="J2" t="s">
         <v>24</v>
       </c>
       <c r="K2">
         <v>4</v>
       </c>
       <c r="L2">
-        <v>138.06</v>
-[...2 lines deleted...]
-        <v>136.69</v>
+        <v>158.43</v>
+      </c>
+      <c r="M2" t="s">
+        <v>24</v>
       </c>
       <c r="N2" t="s">
         <v>24</v>
       </c>
-      <c r="O2" t="s">
-        <v>24</v>
+      <c r="O2">
+        <v>159.55</v>
       </c>
       <c r="P2">
-        <v>140.19</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>155.38</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>24</v>
+      </c>
+      <c r="R2">
+        <v>164.77</v>
       </c>
       <c r="S2">
-        <v>553.71</v>
+        <v>638.13</v>
       </c>
     </row>
     <row r="3" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>25</v>
       </c>
       <c r="C3" t="s">
         <v>26</v>
       </c>
       <c r="D3">
-        <v>996</v>
+        <v>1932</v>
       </c>
       <c r="E3" t="s">
         <v>27</v>
       </c>
       <c r="F3" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G3" t="s">
         <v>23</v>
       </c>
       <c r="H3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I3" t="b">
         <v>1</v>
       </c>
       <c r="J3" t="s">
         <v>24</v>
       </c>
       <c r="K3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L3">
-        <v>129.98</v>
+        <v>138.06</v>
       </c>
       <c r="M3">
-        <v>124.39</v>
+        <v>136.69</v>
       </c>
       <c r="N3" t="s">
         <v>24</v>
       </c>
-      <c r="O3">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="O3" t="s">
+        <v>24</v>
+      </c>
+      <c r="P3">
+        <v>140.19</v>
       </c>
       <c r="Q3">
-        <v>136.41</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>138.77</v>
+      </c>
+      <c r="R3">
+        <v>152</v>
       </c>
       <c r="S3">
-        <v>523.45</v>
+        <v>569.02</v>
       </c>
     </row>
     <row r="4" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
+        <v>28</v>
+      </c>
+      <c r="C4" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="D4">
         <v>740</v>
       </c>
       <c r="E4" t="s">
+        <v>30</v>
+      </c>
+      <c r="F4" t="s">
         <v>31</v>
       </c>
-      <c r="F4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G4" t="s">
         <v>23</v>
       </c>
       <c r="H4">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I4" t="b">
         <v>1</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="L4">
         <v>131.93</v>
       </c>
       <c r="M4">
         <v>129.09</v>
       </c>
       <c r="N4">
         <v>122.92</v>
       </c>
       <c r="O4" t="s">
         <v>24</v>
       </c>
       <c r="P4">
         <v>116.58</v>
       </c>
       <c r="Q4">
         <v>137.06</v>
       </c>
-      <c r="R4" t="s">
-        <v>24</v>
+      <c r="R4">
+        <v>143.52</v>
       </c>
       <c r="S4">
-        <v>521</v>
+        <v>541.6</v>
       </c>
     </row>
     <row r="5" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>32</v>
       </c>
       <c r="C5" t="s">
         <v>33</v>
       </c>
       <c r="D5">
-        <v>2022</v>
+        <v>996</v>
       </c>
       <c r="E5" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F5" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="G5" t="s">
         <v>23</v>
       </c>
       <c r="H5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I5" t="b">
         <v>1</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>5</v>
+      </c>
+      <c r="L5">
+        <v>129.98</v>
       </c>
       <c r="M5">
-        <v>119.19</v>
-[...2 lines deleted...]
-        <v>120.85</v>
+        <v>124.39</v>
+      </c>
+      <c r="N5" t="s">
+        <v>24</v>
       </c>
       <c r="O5">
-        <v>131.37</v>
+        <v>132.67</v>
       </c>
       <c r="P5" t="s">
         <v>24</v>
       </c>
       <c r="Q5">
-        <v>128.69</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>136.41</v>
+      </c>
+      <c r="R5">
+        <v>139.6</v>
       </c>
       <c r="S5">
-        <v>500.1</v>
+        <v>538.66</v>
       </c>
     </row>
     <row r="6" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>35</v>
       </c>
       <c r="C6" t="s">
         <v>36</v>
       </c>
       <c r="D6">
-        <v>1050</v>
+        <v>2451</v>
       </c>
       <c r="E6" t="s">
         <v>37</v>
       </c>
       <c r="F6" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="G6" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H6">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I6" t="b">
         <v>1</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6">
         <v>4</v>
       </c>
       <c r="L6">
-        <v>133.98</v>
+        <v>130.41</v>
       </c>
       <c r="M6" t="s">
         <v>24</v>
       </c>
       <c r="N6">
-        <v>124.33</v>
-[...11 lines deleted...]
-        <v>24</v>
+        <v>119.75</v>
+      </c>
+      <c r="O6">
+        <v>117.63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>24</v>
+      </c>
+      <c r="R6">
+        <v>132.73</v>
       </c>
       <c r="S6">
-        <v>499.61</v>
+        <v>500.52</v>
       </c>
     </row>
     <row r="7" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D7">
-        <v>1300</v>
+        <v>2022</v>
       </c>
       <c r="E7" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="F7" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="G7" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H7">
         <v>1</v>
       </c>
       <c r="I7" t="b">
         <v>1</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L7" t="s">
         <v>24</v>
       </c>
       <c r="M7">
-        <v>118.97</v>
+        <v>119.19</v>
       </c>
       <c r="N7">
-        <v>122.66</v>
+        <v>120.85</v>
       </c>
       <c r="O7">
-        <v>124.66</v>
-[...2 lines deleted...]
-        <v>121.84</v>
+        <v>131.37</v>
+      </c>
+      <c r="P7" t="s">
+        <v>24</v>
       </c>
       <c r="Q7">
-        <v>126.24</v>
+        <v>128.69</v>
       </c>
       <c r="R7" t="s">
         <v>24</v>
       </c>
       <c r="S7">
-        <v>495.4</v>
+        <v>500.1</v>
       </c>
     </row>
     <row r="8" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
+        <v>42</v>
+      </c>
+      <c r="C8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D8">
+        <v>1050</v>
+      </c>
+      <c r="E8" t="s">
+        <v>44</v>
+      </c>
+      <c r="F8" t="s">
         <v>41</v>
-      </c>
-[...10 lines deleted...]
-        <v>22</v>
       </c>
       <c r="G8" t="s">
         <v>23</v>
       </c>
       <c r="H8">
         <v>2</v>
       </c>
       <c r="I8" t="b">
         <v>1</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L8">
-        <v>121.77</v>
+        <v>133.98</v>
       </c>
       <c r="M8" t="s">
         <v>24</v>
       </c>
       <c r="N8">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>128.92</v>
+        <v>124.33</v>
+      </c>
+      <c r="O8" t="s">
+        <v>24</v>
       </c>
       <c r="P8">
-        <v>111.32</v>
+        <v>115.01</v>
       </c>
       <c r="Q8">
-        <v>120.46</v>
+        <v>126.29</v>
       </c>
       <c r="R8" t="s">
         <v>24</v>
       </c>
       <c r="S8">
-        <v>489.15</v>
+        <v>499.61</v>
       </c>
     </row>
     <row r="9" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C9" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D9">
-        <v>2385</v>
+        <v>1719</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>47</v>
       </c>
       <c r="F9" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="G9" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H9">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I9" t="b">
         <v>1</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="L9">
-        <v>128.67</v>
-[...2 lines deleted...]
-        <v>120.32</v>
+        <v>121.77</v>
+      </c>
+      <c r="M9" t="s">
+        <v>24</v>
       </c>
       <c r="N9">
-        <v>115.99</v>
+        <v>118</v>
       </c>
       <c r="O9">
-        <v>122.02</v>
-[...8 lines deleted...]
-        <v>24</v>
+        <v>128.92</v>
+      </c>
+      <c r="P9">
+        <v>111.32</v>
+      </c>
+      <c r="Q9">
+        <v>120.46</v>
+      </c>
+      <c r="R9">
+        <v>127.91</v>
       </c>
       <c r="S9">
-        <v>487</v>
+        <v>499.06</v>
       </c>
     </row>
     <row r="10" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C10" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D10">
-        <v>1170</v>
+        <v>2213</v>
       </c>
       <c r="E10" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="F10" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G10" t="s">
         <v>23</v>
       </c>
       <c r="H10">
         <v>3</v>
       </c>
       <c r="I10" t="b">
         <v>1</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10">
-        <v>3</v>
-[...20 lines deleted...]
-        <v>24</v>
+        <v>4</v>
+      </c>
+      <c r="L10" t="s">
+        <v>24</v>
+      </c>
+      <c r="M10">
+        <v>120.55</v>
+      </c>
+      <c r="N10">
+        <v>116.52</v>
+      </c>
+      <c r="O10" t="s">
+        <v>24</v>
+      </c>
+      <c r="P10" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q10">
+        <v>128.4</v>
+      </c>
+      <c r="R10">
+        <v>131.96</v>
       </c>
       <c r="S10">
-        <v>473.36</v>
+        <v>497.43</v>
       </c>
     </row>
     <row r="11" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C11" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D11">
-        <v>2397</v>
+        <v>1300</v>
       </c>
       <c r="E11" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="F11" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G11" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="H11">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I11" t="b">
         <v>1</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11">
         <v>5</v>
       </c>
-      <c r="L11">
-        <v>118.5</v>
+      <c r="L11" t="s">
+        <v>24</v>
       </c>
       <c r="M11">
-        <v>110.54</v>
+        <v>118.97</v>
       </c>
       <c r="N11">
-        <v>111.08</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>122.66</v>
+      </c>
+      <c r="O11">
+        <v>124.66</v>
       </c>
       <c r="P11">
-        <v>109.24</v>
+        <v>121.84</v>
       </c>
       <c r="Q11">
-        <v>120.86</v>
+        <v>126.24</v>
       </c>
       <c r="R11" t="s">
         <v>24</v>
       </c>
       <c r="S11">
-        <v>460.98</v>
+        <v>495.4</v>
       </c>
     </row>
     <row r="12" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C12" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D12">
-        <v>2358</v>
+        <v>2385</v>
       </c>
       <c r="E12" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="F12" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="G12" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H12">
+        <v>1</v>
+      </c>
+      <c r="I12" t="b">
+        <v>1</v>
+      </c>
+      <c r="J12" t="s">
+        <v>24</v>
+      </c>
+      <c r="K12">
         <v>4</v>
       </c>
-      <c r="I12" t="b">
-[...7 lines deleted...]
-      </c>
       <c r="L12">
-        <v>120.38</v>
+        <v>128.67</v>
       </c>
       <c r="M12">
-        <v>106.97</v>
+        <v>120.32</v>
       </c>
       <c r="N12">
-        <v>108.3</v>
+        <v>115.99</v>
       </c>
       <c r="O12">
-        <v>109.72</v>
-[...2 lines deleted...]
-        <v>104.85</v>
+        <v>122.02</v>
+      </c>
+      <c r="P12" t="s">
+        <v>24</v>
       </c>
       <c r="Q12" t="s">
         <v>24</v>
       </c>
       <c r="R12" t="s">
         <v>24</v>
       </c>
       <c r="S12">
-        <v>445.37</v>
+        <v>487</v>
       </c>
     </row>
     <row r="13" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>54</v>
       </c>
       <c r="C13" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="D13">
-        <v>2398</v>
+        <v>2358</v>
       </c>
       <c r="E13" t="s">
         <v>55</v>
       </c>
       <c r="F13" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G13" t="s">
         <v>23</v>
       </c>
       <c r="H13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I13" t="b">
         <v>1</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="L13">
-        <v>114.98</v>
+        <v>120.38</v>
       </c>
       <c r="M13">
-        <v>104.78</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>106.97</v>
+      </c>
+      <c r="N13">
+        <v>108.3</v>
       </c>
       <c r="O13">
-        <v>108.74</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>109.72</v>
+      </c>
+      <c r="P13">
+        <v>104.85</v>
       </c>
       <c r="Q13">
-        <v>114.34</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>122.73</v>
+      </c>
+      <c r="R13">
+        <v>123.96</v>
       </c>
       <c r="S13">
-        <v>442.84</v>
+        <v>476.79</v>
       </c>
     </row>
     <row r="14" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>56</v>
       </c>
       <c r="C14" t="s">
         <v>57</v>
       </c>
       <c r="D14">
-        <v>372</v>
+        <v>2397</v>
       </c>
       <c r="E14" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="F14" t="s">
-        <v>59</v>
+        <v>31</v>
       </c>
       <c r="G14" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H14">
         <v>1</v>
       </c>
       <c r="I14" t="b">
         <v>1</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="L14">
-        <v>105.66</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>118.5</v>
+      </c>
+      <c r="M14">
+        <v>110.54</v>
       </c>
       <c r="N14">
-        <v>97.31</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>111.08</v>
+      </c>
+      <c r="O14" t="s">
+        <v>24</v>
+      </c>
+      <c r="P14">
+        <v>109.24</v>
       </c>
       <c r="Q14">
-        <v>104.18</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>120.86</v>
+      </c>
+      <c r="R14">
+        <v>122.72</v>
       </c>
       <c r="S14">
-        <v>410.94</v>
+        <v>473.16</v>
       </c>
     </row>
     <row r="15" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="C15" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="D15">
-        <v>1388</v>
+        <v>2398</v>
       </c>
       <c r="E15" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="F15" t="s">
-        <v>59</v>
+        <v>31</v>
       </c>
       <c r="G15" t="s">
         <v>23</v>
       </c>
       <c r="H15">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I15" t="b">
         <v>1</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15">
         <v>5</v>
       </c>
-      <c r="L15" t="s">
-        <v>24</v>
+      <c r="L15">
+        <v>114.98</v>
       </c>
       <c r="M15">
-        <v>96.42</v>
-[...2 lines deleted...]
-        <v>98.01</v>
+        <v>104.78</v>
+      </c>
+      <c r="N15" t="s">
+        <v>24</v>
       </c>
       <c r="O15">
-        <v>104.69</v>
-[...2 lines deleted...]
-        <v>98.7</v>
+        <v>108.74</v>
+      </c>
+      <c r="P15" t="s">
+        <v>24</v>
       </c>
       <c r="Q15">
-        <v>106.04</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>114.34</v>
+      </c>
+      <c r="R15">
+        <v>118.41</v>
       </c>
       <c r="S15">
-        <v>407.44</v>
+        <v>456.47</v>
       </c>
     </row>
     <row r="16" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="C16" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="D16">
-        <v>1520</v>
+        <v>1751</v>
       </c>
       <c r="E16" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F16" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="G16" t="s">
         <v>23</v>
       </c>
       <c r="H16">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I16" t="b">
         <v>1</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16">
-        <v>5</v>
-[...11 lines deleted...]
-        <v>99.84</v>
+        <v>4</v>
+      </c>
+      <c r="L16" t="s">
+        <v>24</v>
+      </c>
+      <c r="M16" t="s">
+        <v>24</v>
+      </c>
+      <c r="N16">
+        <v>107.95</v>
+      </c>
+      <c r="O16" t="s">
+        <v>24</v>
       </c>
       <c r="P16">
-        <v>90.87</v>
+        <v>105.01</v>
       </c>
       <c r="Q16">
-        <v>99.98</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>113.14</v>
+      </c>
+      <c r="R16">
+        <v>123.91</v>
       </c>
       <c r="S16">
-        <v>404.67</v>
+        <v>450.01</v>
       </c>
     </row>
     <row r="17" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
+        <v>62</v>
+      </c>
+      <c r="C17" t="s">
+        <v>63</v>
+      </c>
+      <c r="D17">
+        <v>372</v>
+      </c>
+      <c r="E17" t="s">
+        <v>64</v>
+      </c>
+      <c r="F17" t="s">
         <v>65</v>
       </c>
-      <c r="C17" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G17" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H17">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I17" t="b">
         <v>1</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17">
         <v>5</v>
       </c>
       <c r="L17">
-        <v>99.38</v>
-[...2 lines deleted...]
-        <v>92.76</v>
+        <v>105.66</v>
+      </c>
+      <c r="M17" t="s">
+        <v>24</v>
       </c>
       <c r="N17">
-        <v>93.09</v>
+        <v>97.31</v>
       </c>
       <c r="O17">
-        <v>99.39</v>
+        <v>103.79</v>
       </c>
       <c r="P17" t="s">
         <v>24</v>
       </c>
       <c r="Q17">
-        <v>106.12</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>104.18</v>
+      </c>
+      <c r="R17">
+        <v>110.68</v>
       </c>
       <c r="S17">
-        <v>397.98</v>
+        <v>424.31</v>
       </c>
     </row>
     <row r="18" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
+        <v>66</v>
+      </c>
+      <c r="C18" t="s">
         <v>67</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18">
+        <v>1083</v>
+      </c>
+      <c r="E18" t="s">
         <v>68</v>
       </c>
-      <c r="D18">
-[...4 lines deleted...]
-      </c>
       <c r="F18" t="s">
-        <v>69</v>
+        <v>31</v>
       </c>
       <c r="G18" t="s">
         <v>23</v>
       </c>
       <c r="H18">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I18" t="b">
         <v>1</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L18">
-        <v>120.61</v>
+        <v>103.05</v>
       </c>
       <c r="M18">
-        <v>127.09</v>
+        <v>96.31</v>
       </c>
       <c r="N18" t="s">
         <v>24</v>
       </c>
-      <c r="O18">
-        <v>144.92</v>
+      <c r="O18" t="s">
+        <v>24</v>
       </c>
       <c r="P18" t="s">
         <v>24</v>
       </c>
-      <c r="Q18" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="Q18">
+        <v>98.47</v>
+      </c>
+      <c r="R18">
+        <v>112.45</v>
       </c>
       <c r="S18">
-        <v>392.62</v>
+        <v>410.28</v>
       </c>
     </row>
     <row r="19" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>69</v>
+      </c>
+      <c r="C19" t="s">
         <v>70</v>
       </c>
-      <c r="C19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D19">
-        <v>2369</v>
+        <v>1520</v>
       </c>
       <c r="E19" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F19" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="G19" t="s">
         <v>23</v>
       </c>
       <c r="H19">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I19" t="b">
         <v>1</v>
       </c>
       <c r="J19" t="s">
         <v>24</v>
       </c>
       <c r="K19">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="L19">
-        <v>133.65</v>
+        <v>105.41</v>
       </c>
       <c r="M19">
-        <v>124.15</v>
+        <v>99.44</v>
       </c>
       <c r="N19" t="s">
         <v>24</v>
       </c>
-      <c r="O19" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="O19">
+        <v>99.84</v>
+      </c>
+      <c r="P19">
+        <v>90.87</v>
       </c>
       <c r="Q19">
-        <v>132.6</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>99.98</v>
+      </c>
+      <c r="R19">
+        <v>102.59</v>
       </c>
       <c r="S19">
-        <v>390.4</v>
+        <v>407.82</v>
       </c>
     </row>
     <row r="20" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
+        <v>71</v>
+      </c>
+      <c r="C20" t="s">
         <v>72</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20">
+        <v>1388</v>
+      </c>
+      <c r="E20" t="s">
         <v>73</v>
       </c>
-      <c r="D20">
-[...4 lines deleted...]
-      </c>
       <c r="F20" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="G20" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H20">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I20" t="b">
         <v>1</v>
       </c>
       <c r="J20" t="s">
         <v>24</v>
       </c>
       <c r="K20">
-        <v>5</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>6</v>
+      </c>
+      <c r="L20" t="s">
+        <v>24</v>
+      </c>
+      <c r="M20">
+        <v>96.42</v>
       </c>
       <c r="N20">
-        <v>90.72</v>
+        <v>98.01</v>
       </c>
       <c r="O20">
-        <v>97.59</v>
+        <v>104.69</v>
       </c>
       <c r="P20">
-        <v>77.83</v>
+        <v>98.7</v>
       </c>
       <c r="Q20">
-        <v>97.8</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>106.04</v>
+      </c>
+      <c r="R20">
+        <v>96.15</v>
       </c>
       <c r="S20">
-        <v>386.49</v>
+        <v>407.44</v>
       </c>
     </row>
     <row r="21" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>74</v>
       </c>
       <c r="C21" t="s">
         <v>75</v>
       </c>
       <c r="D21">
-        <v>488</v>
+        <v>711</v>
       </c>
       <c r="E21" t="s">
-        <v>37</v>
+        <v>59</v>
       </c>
       <c r="F21" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="G21" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I21" t="b">
         <v>1</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="L21">
-        <v>97.82</v>
+        <v>99.38</v>
       </c>
       <c r="M21">
-        <v>93</v>
+        <v>92.76</v>
       </c>
       <c r="N21">
-        <v>93.58</v>
+        <v>93.09</v>
       </c>
       <c r="O21">
-        <v>97.43</v>
+        <v>99.39</v>
       </c>
       <c r="P21" t="s">
         <v>24</v>
       </c>
       <c r="Q21">
-        <v>94.76</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>106.12</v>
+      </c>
+      <c r="R21">
+        <v>99.96</v>
       </c>
       <c r="S21">
-        <v>383.59</v>
+        <v>404.85</v>
       </c>
     </row>
     <row r="22" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>76</v>
       </c>
       <c r="C22" t="s">
         <v>77</v>
       </c>
       <c r="D22">
-        <v>158</v>
+        <v>2240</v>
       </c>
       <c r="E22" t="s">
-        <v>78</v>
+        <v>24</v>
       </c>
       <c r="F22" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="G22" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H22">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I22" t="b">
         <v>1</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22">
         <v>4</v>
       </c>
       <c r="L22">
-        <v>96.69</v>
+        <v>109.03</v>
       </c>
       <c r="M22">
-        <v>90.84</v>
-[...11 lines deleted...]
-        <v>96.4</v>
+        <v>98.87</v>
+      </c>
+      <c r="N22">
+        <v>99.92</v>
+      </c>
+      <c r="O22" t="s">
+        <v>24</v>
+      </c>
+      <c r="P22">
+        <v>92.69</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>24</v>
       </c>
       <c r="R22" t="s">
         <v>24</v>
       </c>
       <c r="S22">
-        <v>381.83</v>
+        <v>400.51</v>
       </c>
     </row>
     <row r="23" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
+        <v>78</v>
+      </c>
+      <c r="C23" t="s">
         <v>79</v>
       </c>
-      <c r="C23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D23">
-        <v>725</v>
+        <v>421</v>
       </c>
       <c r="E23" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="F23" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="G23" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I23" t="b">
         <v>1</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L23">
-        <v>122.19</v>
-[...2 lines deleted...]
-        <v>123.31</v>
+        <v>100.07</v>
+      </c>
+      <c r="M23" t="s">
+        <v>24</v>
       </c>
       <c r="N23" t="s">
         <v>24</v>
       </c>
       <c r="O23">
-        <v>132.23</v>
+        <v>98.26</v>
       </c>
       <c r="P23" t="s">
         <v>24</v>
       </c>
-      <c r="Q23" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="Q23">
+        <v>98.95</v>
+      </c>
+      <c r="R23">
+        <v>102.02</v>
       </c>
       <c r="S23">
-        <v>377.73</v>
+        <v>399.3</v>
       </c>
     </row>
     <row r="24" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>80</v>
+      </c>
+      <c r="C24" t="s">
         <v>81</v>
       </c>
-      <c r="C24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D24">
-        <v>2396</v>
+        <v>488</v>
       </c>
       <c r="E24" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="F24" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="G24" t="s">
         <v>23</v>
       </c>
       <c r="H24">
         <v>4</v>
       </c>
       <c r="I24" t="b">
         <v>1</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="L24">
-        <v>97.52</v>
+        <v>97.82</v>
       </c>
       <c r="M24">
-        <v>90.94</v>
+        <v>93</v>
       </c>
       <c r="N24">
-        <v>91.8</v>
+        <v>93.58</v>
       </c>
       <c r="O24">
-        <v>95.66</v>
+        <v>97.43</v>
       </c>
       <c r="P24" t="s">
         <v>24</v>
       </c>
-      <c r="Q24" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="Q24">
+        <v>94.76</v>
+      </c>
+      <c r="R24">
+        <v>105.12</v>
       </c>
       <c r="S24">
-        <v>375.92</v>
+        <v>395.13</v>
       </c>
     </row>
     <row r="25" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>82</v>
+      </c>
+      <c r="C25" t="s">
         <v>83</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25">
+        <v>1764</v>
+      </c>
+      <c r="E25" t="s">
+        <v>34</v>
+      </c>
+      <c r="F25" t="s">
         <v>84</v>
       </c>
-      <c r="D25">
-[...7 lines deleted...]
-      </c>
       <c r="G25" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H25">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I25" t="b">
         <v>1</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25">
         <v>3</v>
       </c>
       <c r="L25">
-        <v>130.41</v>
-[...5 lines deleted...]
-        <v>119.75</v>
+        <v>120.61</v>
+      </c>
+      <c r="M25">
+        <v>127.09</v>
+      </c>
+      <c r="N25" t="s">
+        <v>24</v>
       </c>
       <c r="O25">
-        <v>117.63</v>
+        <v>144.92</v>
       </c>
       <c r="P25" t="s">
         <v>24</v>
       </c>
       <c r="Q25" t="s">
         <v>24</v>
       </c>
       <c r="R25" t="s">
         <v>24</v>
       </c>
       <c r="S25">
-        <v>367.79</v>
+        <v>392.62</v>
       </c>
     </row>
     <row r="26" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
+        <v>85</v>
+      </c>
+      <c r="C26" t="s">
         <v>86</v>
       </c>
-      <c r="C26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D26">
-        <v>2213</v>
+        <v>2369</v>
       </c>
       <c r="E26" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F26" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="G26" t="s">
         <v>23</v>
       </c>
       <c r="H26">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I26" t="b">
         <v>1</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26">
         <v>3</v>
       </c>
-      <c r="L26" t="s">
-        <v>24</v>
+      <c r="L26">
+        <v>133.65</v>
       </c>
       <c r="M26">
-        <v>120.55</v>
-[...2 lines deleted...]
-        <v>116.52</v>
+        <v>124.15</v>
+      </c>
+      <c r="N26" t="s">
+        <v>24</v>
       </c>
       <c r="O26" t="s">
         <v>24</v>
       </c>
       <c r="P26" t="s">
         <v>24</v>
       </c>
       <c r="Q26">
-        <v>128.4</v>
+        <v>132.6</v>
       </c>
       <c r="R26" t="s">
         <v>24</v>
       </c>
       <c r="S26">
-        <v>365.47</v>
+        <v>390.4</v>
       </c>
     </row>
     <row r="27" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>87</v>
       </c>
       <c r="C27" t="s">
         <v>88</v>
       </c>
       <c r="D27">
-        <v>1506</v>
+        <v>748</v>
       </c>
       <c r="E27" t="s">
-        <v>89</v>
+        <v>64</v>
       </c>
       <c r="F27" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="G27" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="H27">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I27" t="b">
         <v>1</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L27">
-        <v>94.03</v>
-[...8 lines deleted...]
-        <v>24</v>
+        <v>100.38</v>
+      </c>
+      <c r="M27" t="s">
+        <v>24</v>
+      </c>
+      <c r="N27">
+        <v>90.72</v>
+      </c>
+      <c r="O27">
+        <v>97.59</v>
       </c>
       <c r="P27">
-        <v>83.96</v>
+        <v>77.83</v>
       </c>
       <c r="Q27">
-        <v>96.39</v>
+        <v>97.8</v>
       </c>
       <c r="R27" t="s">
         <v>24</v>
       </c>
       <c r="S27">
-        <v>364.76</v>
+        <v>386.49</v>
       </c>
     </row>
     <row r="28" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
+        <v>89</v>
+      </c>
+      <c r="C28" t="s">
         <v>90</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28">
+        <v>158</v>
+      </c>
+      <c r="E28" t="s">
         <v>91</v>
       </c>
-      <c r="D28">
-[...4 lines deleted...]
-      </c>
       <c r="F28" t="s">
-        <v>34</v>
+        <v>65</v>
       </c>
       <c r="G28" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H28">
+        <v>2</v>
+      </c>
+      <c r="I28" t="b">
+        <v>1</v>
+      </c>
+      <c r="J28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K28">
         <v>4</v>
       </c>
-      <c r="I28" t="b">
-[...9 lines deleted...]
-        <v>24</v>
+      <c r="L28">
+        <v>96.69</v>
       </c>
       <c r="M28">
-        <v>114.6</v>
-[...11 lines deleted...]
-        <v>24</v>
+        <v>90.84</v>
+      </c>
+      <c r="N28" t="s">
+        <v>24</v>
+      </c>
+      <c r="O28">
+        <v>97.9</v>
+      </c>
+      <c r="P28" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q28">
+        <v>96.4</v>
       </c>
       <c r="R28" t="s">
         <v>24</v>
       </c>
       <c r="S28">
-        <v>356.08</v>
+        <v>381.83</v>
       </c>
     </row>
     <row r="29" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>92</v>
       </c>
       <c r="C29" t="s">
         <v>93</v>
       </c>
       <c r="D29">
-        <v>1674</v>
+        <v>725</v>
       </c>
       <c r="E29" t="s">
-        <v>94</v>
+        <v>34</v>
       </c>
       <c r="F29" t="s">
         <v>22</v>
       </c>
       <c r="G29" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H29">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="I29" t="b">
         <v>1</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29">
         <v>3</v>
       </c>
-      <c r="L29" t="s">
-[...6 lines deleted...]
-        <v>118.47</v>
+      <c r="L29">
+        <v>122.19</v>
+      </c>
+      <c r="M29">
+        <v>123.31</v>
+      </c>
+      <c r="N29" t="s">
+        <v>24</v>
       </c>
       <c r="O29">
-        <v>121.9</v>
-[...2 lines deleted...]
-        <v>114.69</v>
+        <v>132.23</v>
+      </c>
+      <c r="P29" t="s">
+        <v>24</v>
       </c>
       <c r="Q29" t="s">
         <v>24</v>
       </c>
       <c r="R29" t="s">
         <v>24</v>
       </c>
       <c r="S29">
-        <v>355.06</v>
+        <v>377.73</v>
       </c>
     </row>
     <row r="30" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
+        <v>94</v>
+      </c>
+      <c r="C30" t="s">
         <v>95</v>
       </c>
-      <c r="C30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D30">
-        <v>250</v>
+        <v>2396</v>
       </c>
       <c r="E30" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F30" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="G30" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H30">
+        <v>5</v>
+      </c>
+      <c r="I30" t="b">
+        <v>1</v>
+      </c>
+      <c r="J30" t="s">
+        <v>24</v>
+      </c>
+      <c r="K30">
         <v>4</v>
       </c>
-      <c r="I30" t="b">
-[...7 lines deleted...]
-      </c>
       <c r="L30">
-        <v>85.96</v>
+        <v>97.52</v>
       </c>
       <c r="M30">
-        <v>81.69</v>
+        <v>90.94</v>
       </c>
       <c r="N30">
-        <v>87.59</v>
+        <v>91.8</v>
       </c>
       <c r="O30">
-        <v>93.19</v>
+        <v>95.66</v>
       </c>
       <c r="P30" t="s">
         <v>24</v>
       </c>
-      <c r="Q30">
-        <v>87.36</v>
+      <c r="Q30" t="s">
+        <v>24</v>
       </c>
       <c r="R30" t="s">
         <v>24</v>
       </c>
       <c r="S30">
-        <v>354.1</v>
+        <v>375.92</v>
       </c>
     </row>
     <row r="31" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
+        <v>96</v>
+      </c>
+      <c r="C31" t="s">
         <v>97</v>
       </c>
-      <c r="C31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D31">
-        <v>1683</v>
+        <v>1625</v>
       </c>
       <c r="E31" t="s">
+        <v>44</v>
+      </c>
+      <c r="F31" t="s">
         <v>31</v>
       </c>
-      <c r="F31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G31" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="H31">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I31" t="b">
         <v>1</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31">
         <v>4</v>
       </c>
-      <c r="L31">
-        <v>90.06</v>
+      <c r="L31" t="s">
+        <v>24</v>
       </c>
       <c r="M31">
-        <v>82.22</v>
+        <v>89.52</v>
       </c>
       <c r="N31" t="s">
         <v>24</v>
       </c>
-      <c r="O31">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="O31" t="s">
+        <v>24</v>
+      </c>
+      <c r="P31">
+        <v>87.24</v>
       </c>
       <c r="Q31">
-        <v>87.34</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>95.91</v>
+      </c>
+      <c r="R31">
+        <v>99.59</v>
       </c>
       <c r="S31">
-        <v>349.28</v>
+        <v>372.26</v>
       </c>
     </row>
     <row r="32" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
+        <v>98</v>
+      </c>
+      <c r="C32" t="s">
         <v>99</v>
       </c>
-      <c r="C32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D32">
-        <v>1496</v>
+        <v>2065</v>
       </c>
       <c r="E32" t="s">
         <v>27</v>
       </c>
       <c r="F32" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G32" t="s">
         <v>23</v>
       </c>
       <c r="H32">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I32" t="b">
         <v>1</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L32">
-        <v>91.56</v>
-[...2 lines deleted...]
-        <v>79.39</v>
+        <v>127.12</v>
+      </c>
+      <c r="M32" t="s">
+        <v>24</v>
       </c>
       <c r="N32" t="s">
         <v>24</v>
       </c>
-      <c r="O32">
-[...9 lines deleted...]
-        <v>24</v>
+      <c r="O32" t="s">
+        <v>24</v>
+      </c>
+      <c r="P32">
+        <v>112.23</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>24</v>
+      </c>
+      <c r="R32">
+        <v>125.78</v>
       </c>
       <c r="S32">
-        <v>340.83</v>
+        <v>365.13</v>
       </c>
     </row>
     <row r="33" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>100</v>
       </c>
       <c r="C33" t="s">
         <v>101</v>
       </c>
       <c r="D33">
-        <v>1751</v>
+        <v>1506</v>
       </c>
       <c r="E33" t="s">
-        <v>31</v>
+        <v>102</v>
       </c>
       <c r="F33" t="s">
-        <v>34</v>
+        <v>65</v>
       </c>
       <c r="G33" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H33">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I33" t="b">
         <v>1</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33">
-        <v>3</v>
-[...8 lines deleted...]
-        <v>107.95</v>
+        <v>4</v>
+      </c>
+      <c r="L33">
+        <v>94.03</v>
+      </c>
+      <c r="M33">
+        <v>90.38</v>
+      </c>
+      <c r="N33" t="s">
+        <v>24</v>
       </c>
       <c r="O33" t="s">
         <v>24</v>
       </c>
       <c r="P33">
-        <v>105.01</v>
+        <v>83.96</v>
       </c>
       <c r="Q33">
-        <v>113.14</v>
+        <v>96.39</v>
       </c>
       <c r="R33" t="s">
         <v>24</v>
       </c>
       <c r="S33">
-        <v>326.1</v>
+        <v>364.76</v>
       </c>
     </row>
     <row r="34" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C34" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D34">
-        <v>974</v>
+        <v>250</v>
       </c>
       <c r="E34" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="F34" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="G34" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="H34">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I34" t="b">
         <v>1</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>6</v>
+      </c>
+      <c r="L34">
+        <v>85.96</v>
       </c>
       <c r="M34">
-        <v>76.44</v>
+        <v>81.69</v>
       </c>
       <c r="N34">
-        <v>72.57</v>
+        <v>87.59</v>
       </c>
       <c r="O34">
-        <v>81.47</v>
+        <v>93.19</v>
       </c>
       <c r="P34" t="s">
         <v>24</v>
       </c>
       <c r="Q34">
-        <v>78.25</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>87.36</v>
+      </c>
+      <c r="R34">
+        <v>89.66</v>
       </c>
       <c r="S34">
-        <v>308.73</v>
+        <v>357.8</v>
       </c>
     </row>
     <row r="35" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C35" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D35">
-        <v>2293</v>
+        <v>2163</v>
       </c>
       <c r="E35" t="s">
-        <v>106</v>
+        <v>34</v>
       </c>
       <c r="F35" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G35" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H35">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="I35" t="b">
         <v>1</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35">
         <v>3</v>
       </c>
       <c r="L35" t="s">
         <v>24</v>
       </c>
       <c r="M35">
-        <v>107.25</v>
+        <v>114.6</v>
       </c>
       <c r="N35">
-        <v>97.06</v>
+        <v>114.21</v>
       </c>
       <c r="O35" t="s">
         <v>24</v>
       </c>
       <c r="P35">
-        <v>100.21</v>
+        <v>127.27</v>
       </c>
       <c r="Q35" t="s">
         <v>24</v>
       </c>
       <c r="R35" t="s">
         <v>24</v>
       </c>
       <c r="S35">
-        <v>304.52</v>
+        <v>356.08</v>
       </c>
     </row>
     <row r="36" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>107</v>
       </c>
       <c r="C36" t="s">
         <v>108</v>
       </c>
       <c r="D36">
-        <v>1083</v>
+        <v>1683</v>
       </c>
       <c r="E36" t="s">
-        <v>109</v>
+        <v>30</v>
       </c>
       <c r="F36" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G36" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H36">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I36" t="b">
         <v>1</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L36">
-        <v>103.05</v>
+        <v>90.06</v>
       </c>
       <c r="M36">
-        <v>96.31</v>
+        <v>82.22</v>
       </c>
       <c r="N36" t="s">
         <v>24</v>
       </c>
-      <c r="O36" t="s">
-        <v>24</v>
+      <c r="O36">
+        <v>89.66</v>
       </c>
       <c r="P36" t="s">
         <v>24</v>
       </c>
       <c r="Q36">
-        <v>98.47</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>87.34</v>
+      </c>
+      <c r="R36">
+        <v>88.22</v>
       </c>
       <c r="S36">
-        <v>297.83</v>
+        <v>355.28</v>
       </c>
     </row>
     <row r="37" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
+        <v>109</v>
+      </c>
+      <c r="C37" t="s">
         <v>110</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37">
+        <v>1674</v>
+      </c>
+      <c r="E37" t="s">
         <v>111</v>
       </c>
-      <c r="D37">
-[...4 lines deleted...]
-      </c>
       <c r="F37" t="s">
-        <v>59</v>
+        <v>22</v>
       </c>
       <c r="G37" t="s">
         <v>23</v>
       </c>
       <c r="H37">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="I37" t="b">
         <v>1</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>100.07</v>
+        <v>4</v>
+      </c>
+      <c r="L37" t="s">
+        <v>24</v>
       </c>
       <c r="M37" t="s">
         <v>24</v>
       </c>
-      <c r="N37" t="s">
-        <v>24</v>
+      <c r="N37">
+        <v>118.47</v>
       </c>
       <c r="O37">
-        <v>98.26</v>
-[...8 lines deleted...]
-        <v>24</v>
+        <v>121.9</v>
+      </c>
+      <c r="P37">
+        <v>114.69</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>24</v>
+      </c>
+      <c r="R37">
+        <v>0</v>
       </c>
       <c r="S37">
-        <v>297.28</v>
+        <v>355.06</v>
       </c>
     </row>
     <row r="38" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>112</v>
       </c>
       <c r="C38" t="s">
         <v>113</v>
       </c>
       <c r="D38">
-        <v>2240</v>
+        <v>757</v>
       </c>
       <c r="E38" t="s">
-        <v>24</v>
+        <v>114</v>
       </c>
       <c r="F38" t="s">
-        <v>34</v>
+        <v>115</v>
       </c>
       <c r="G38" t="s">
         <v>23</v>
       </c>
       <c r="H38">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I38" t="b">
         <v>1</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>4</v>
+      </c>
+      <c r="L38">
+        <v>88.75</v>
       </c>
       <c r="M38">
-        <v>98.87</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>84.77</v>
+      </c>
+      <c r="N38" t="s">
+        <v>24</v>
+      </c>
+      <c r="O38">
+        <v>96</v>
       </c>
       <c r="P38">
-        <v>92.69</v>
+        <v>83.95</v>
       </c>
       <c r="Q38" t="s">
         <v>24</v>
       </c>
       <c r="R38" t="s">
         <v>24</v>
       </c>
       <c r="S38">
-        <v>291.48</v>
+        <v>353.47</v>
       </c>
     </row>
     <row r="39" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C39" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D39">
-        <v>25</v>
+        <v>2245</v>
       </c>
       <c r="E39" t="s">
+        <v>24</v>
+      </c>
+      <c r="F39" t="s">
         <v>31</v>
       </c>
-      <c r="F39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G39" t="s">
         <v>23</v>
       </c>
       <c r="H39">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I39" t="b">
         <v>1</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L39">
-        <v>76.31</v>
-[...11 lines deleted...]
-        <v>24</v>
+        <v>130.57</v>
+      </c>
+      <c r="M39" t="s">
+        <v>24</v>
+      </c>
+      <c r="N39" t="s">
+        <v>24</v>
+      </c>
+      <c r="O39" t="s">
+        <v>24</v>
+      </c>
+      <c r="P39">
+        <v>98.08</v>
       </c>
       <c r="Q39" t="s">
         <v>24</v>
       </c>
-      <c r="R39" t="s">
-        <v>24</v>
+      <c r="R39">
+        <v>124.27</v>
       </c>
       <c r="S39">
-        <v>290.34</v>
+        <v>352.92</v>
       </c>
     </row>
     <row r="40" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C40" t="s">
-        <v>118</v>
+        <v>29</v>
       </c>
       <c r="D40">
-        <v>1635</v>
+        <v>1496</v>
       </c>
       <c r="E40" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F40" t="s">
-        <v>59</v>
+        <v>31</v>
       </c>
       <c r="G40" t="s">
         <v>23</v>
       </c>
       <c r="H40">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="I40" t="b">
         <v>1</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L40">
-        <v>90.21</v>
-[...5 lines deleted...]
-        <v>90.88</v>
+        <v>91.56</v>
+      </c>
+      <c r="M40">
+        <v>79.39</v>
+      </c>
+      <c r="N40" t="s">
+        <v>24</v>
       </c>
       <c r="O40">
-        <v>97.47</v>
+        <v>88.84</v>
       </c>
       <c r="P40" t="s">
         <v>24</v>
       </c>
-      <c r="Q40" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="Q40">
+        <v>81.04</v>
+      </c>
+      <c r="R40">
+        <v>80.25</v>
       </c>
       <c r="S40">
-        <v>278.56</v>
+        <v>341.69</v>
       </c>
     </row>
     <row r="41" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>119</v>
       </c>
       <c r="C41" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="D41">
-        <v>1625</v>
+        <v>2407</v>
       </c>
       <c r="E41" t="s">
-        <v>37</v>
+        <v>111</v>
       </c>
       <c r="F41" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="G41" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H41">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I41" t="b">
         <v>1</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41">
-        <v>3</v>
-[...8 lines deleted...]
-        <v>24</v>
+        <v>4</v>
+      </c>
+      <c r="L41">
+        <v>81.62</v>
+      </c>
+      <c r="M41" t="s">
+        <v>24</v>
+      </c>
+      <c r="N41">
+        <v>75.77</v>
       </c>
       <c r="O41" t="s">
         <v>24</v>
       </c>
-      <c r="P41">
-        <v>87.24</v>
+      <c r="P41" t="s">
+        <v>24</v>
       </c>
       <c r="Q41">
-        <v>95.91</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>80.39</v>
+      </c>
+      <c r="R41">
+        <v>88.58</v>
       </c>
       <c r="S41">
-        <v>272.67</v>
+        <v>326.36</v>
       </c>
     </row>
     <row r="42" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C42" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D42">
-        <v>757</v>
+        <v>974</v>
       </c>
       <c r="E42" t="s">
-        <v>122</v>
+        <v>44</v>
       </c>
       <c r="F42" t="s">
-        <v>123</v>
+        <v>65</v>
       </c>
       <c r="G42" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H42">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I42" t="b">
         <v>1</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L42" t="s">
         <v>24</v>
       </c>
       <c r="M42">
-        <v>84.77</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>76.44</v>
+      </c>
+      <c r="N42">
+        <v>72.57</v>
       </c>
       <c r="O42">
-        <v>96</v>
-[...8 lines deleted...]
-        <v>24</v>
+        <v>81.47</v>
+      </c>
+      <c r="P42" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q42">
+        <v>78.25</v>
+      </c>
+      <c r="R42">
+        <v>81.22</v>
       </c>
       <c r="S42">
-        <v>264.72</v>
+        <v>317.38</v>
       </c>
     </row>
     <row r="43" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
+        <v>123</v>
+      </c>
+      <c r="C43" t="s">
         <v>124</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43">
+        <v>2427</v>
+      </c>
+      <c r="E43" t="s">
+        <v>34</v>
+      </c>
+      <c r="F43" t="s">
         <v>125</v>
       </c>
-      <c r="D43">
-[...7 lines deleted...]
-      </c>
       <c r="G43" t="s">
         <v>23</v>
       </c>
       <c r="H43">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="I43" t="b">
         <v>1</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43">
-        <v>3</v>
-[...11 lines deleted...]
-        <v>24</v>
+        <v>4</v>
+      </c>
+      <c r="L43" t="s">
+        <v>24</v>
+      </c>
+      <c r="M43">
+        <v>72.78</v>
+      </c>
+      <c r="N43" t="s">
+        <v>24</v>
+      </c>
+      <c r="O43">
+        <v>80.39</v>
       </c>
       <c r="P43" t="s">
         <v>24</v>
       </c>
       <c r="Q43">
-        <v>80.39</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>80.32</v>
+      </c>
+      <c r="R43">
+        <v>78.69</v>
       </c>
       <c r="S43">
-        <v>237.78</v>
+        <v>312.18</v>
       </c>
     </row>
     <row r="44" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>126</v>
       </c>
       <c r="C44" t="s">
         <v>127</v>
       </c>
       <c r="D44">
-        <v>2427</v>
+        <v>2293</v>
       </c>
       <c r="E44" t="s">
-        <v>27</v>
+        <v>128</v>
       </c>
       <c r="F44" t="s">
-        <v>116</v>
+        <v>41</v>
       </c>
       <c r="G44" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H44">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I44" t="b">
         <v>1</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44">
         <v>3</v>
       </c>
       <c r="L44" t="s">
         <v>24</v>
       </c>
       <c r="M44">
-        <v>72.78</v>
-[...11 lines deleted...]
-        <v>80.32</v>
+        <v>107.25</v>
+      </c>
+      <c r="N44">
+        <v>97.06</v>
+      </c>
+      <c r="O44" t="s">
+        <v>24</v>
+      </c>
+      <c r="P44">
+        <v>100.21</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>24</v>
       </c>
       <c r="R44" t="s">
         <v>24</v>
       </c>
       <c r="S44">
-        <v>233.49</v>
+        <v>304.52</v>
       </c>
     </row>
     <row r="45" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C45" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D45">
-        <v>60</v>
+        <v>1995</v>
       </c>
       <c r="E45" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="F45" t="s">
-        <v>130</v>
+        <v>22</v>
       </c>
       <c r="G45" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="H45">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I45" t="b">
         <v>1</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>56.74</v>
+        <v>3</v>
+      </c>
+      <c r="L45" t="s">
+        <v>24</v>
       </c>
       <c r="M45">
-        <v>54.15</v>
+        <v>94.5</v>
       </c>
       <c r="N45" t="s">
         <v>24</v>
       </c>
-      <c r="O45">
-        <v>55.26</v>
+      <c r="O45" t="s">
+        <v>24</v>
       </c>
       <c r="P45" t="s">
         <v>24</v>
       </c>
       <c r="Q45">
-        <v>53.28</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>103.06</v>
+      </c>
+      <c r="R45">
+        <v>101.86</v>
       </c>
       <c r="S45">
-        <v>219.43</v>
+        <v>299.42</v>
       </c>
     </row>
     <row r="46" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C46" t="s">
-        <v>132</v>
+        <v>97</v>
+      </c>
+      <c r="D46">
+        <v>25</v>
       </c>
       <c r="E46" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F46" t="s">
-        <v>34</v>
+        <v>125</v>
       </c>
       <c r="G46" t="s">
         <v>23</v>
       </c>
       <c r="H46">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="I46" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J46" t="s">
-        <v>133</v>
+        <v>24</v>
       </c>
       <c r="K46">
         <v>4</v>
       </c>
-      <c r="L46" t="s">
-        <v>24</v>
+      <c r="L46">
+        <v>76.31</v>
       </c>
       <c r="M46">
-        <v>112.51</v>
+        <v>76.89</v>
       </c>
       <c r="N46">
-        <v>109.16</v>
+        <v>66.52</v>
       </c>
       <c r="O46">
-        <v>122.52</v>
-[...2 lines deleted...]
-        <v>104.63</v>
+        <v>70.62</v>
+      </c>
+      <c r="P46" t="s">
+        <v>24</v>
       </c>
       <c r="Q46" t="s">
         <v>24</v>
       </c>
       <c r="R46" t="s">
         <v>24</v>
       </c>
       <c r="S46">
-        <v>448.82</v>
+        <v>290.34</v>
       </c>
     </row>
     <row r="47" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
+        <v>133</v>
+      </c>
+      <c r="C47" t="s">
         <v>134</v>
       </c>
-      <c r="C47" t="s">
-        <v>52</v>
+      <c r="D47">
+        <v>1635</v>
       </c>
       <c r="E47" t="s">
-        <v>106</v>
+        <v>34</v>
       </c>
       <c r="F47" t="s">
-        <v>34</v>
+        <v>65</v>
       </c>
       <c r="G47" t="s">
         <v>23</v>
       </c>
       <c r="H47">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="I47" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J47" t="s">
-        <v>133</v>
+        <v>24</v>
       </c>
       <c r="K47">
         <v>3</v>
       </c>
       <c r="L47">
-        <v>153.46</v>
-[...2 lines deleted...]
-        <v>149.75</v>
+        <v>90.21</v>
+      </c>
+      <c r="M47" t="s">
+        <v>24</v>
       </c>
       <c r="N47">
-        <v>141.46</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>90.88</v>
+      </c>
+      <c r="O47">
+        <v>97.47</v>
       </c>
       <c r="P47" t="s">
         <v>24</v>
       </c>
       <c r="Q47" t="s">
         <v>24</v>
       </c>
       <c r="R47" t="s">
         <v>24</v>
       </c>
       <c r="S47">
-        <v>444.67</v>
+        <v>278.56</v>
       </c>
     </row>
     <row r="48" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>135</v>
       </c>
       <c r="C48" t="s">
         <v>136</v>
       </c>
       <c r="D48">
-        <v>1633</v>
+        <v>2177</v>
       </c>
       <c r="E48" t="s">
-        <v>27</v>
+        <v>137</v>
       </c>
       <c r="F48" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G48" t="s">
         <v>23</v>
       </c>
       <c r="H48">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="I48" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J48" t="s">
-        <v>133</v>
+        <v>24</v>
       </c>
       <c r="K48">
         <v>3</v>
       </c>
-      <c r="L48" t="s">
-[...6 lines deleted...]
-        <v>136.79</v>
+      <c r="L48">
+        <v>83.46</v>
+      </c>
+      <c r="M48" t="s">
+        <v>24</v>
+      </c>
+      <c r="N48" t="s">
+        <v>24</v>
       </c>
       <c r="O48" t="s">
         <v>24</v>
       </c>
-      <c r="P48">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="P48" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q48">
+        <v>78.15</v>
+      </c>
+      <c r="R48">
+        <v>98.11</v>
       </c>
       <c r="S48">
-        <v>411.63</v>
+        <v>259.72</v>
       </c>
     </row>
     <row r="49" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C49" t="s">
-        <v>138</v>
+        <v>139</v>
+      </c>
+      <c r="D49">
+        <v>590</v>
       </c>
       <c r="E49" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="F49" t="s">
-        <v>69</v>
+        <v>115</v>
       </c>
       <c r="G49" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H49">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I49" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J49" t="s">
-        <v>133</v>
+        <v>24</v>
       </c>
       <c r="K49">
         <v>3</v>
       </c>
       <c r="L49">
-        <v>123.52</v>
+        <v>82.72</v>
       </c>
       <c r="M49">
-        <v>113.33</v>
+        <v>81.16</v>
       </c>
       <c r="N49" t="s">
         <v>24</v>
       </c>
       <c r="O49" t="s">
         <v>24</v>
       </c>
       <c r="P49" t="s">
         <v>24</v>
       </c>
-      <c r="Q49">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="Q49" t="s">
+        <v>24</v>
+      </c>
+      <c r="R49">
+        <v>94.28</v>
       </c>
       <c r="S49">
-        <v>357.97</v>
+        <v>258.16</v>
       </c>
     </row>
     <row r="50" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>35</v>
+        <v>141</v>
       </c>
       <c r="C50" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="D50">
-        <v>632</v>
+        <v>60</v>
       </c>
       <c r="E50" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F50" t="s">
-        <v>59</v>
+        <v>143</v>
       </c>
       <c r="G50" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H50">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="I50" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J50" t="s">
-        <v>133</v>
+        <v>24</v>
       </c>
       <c r="K50">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>5</v>
+      </c>
+      <c r="L50">
+        <v>56.74</v>
       </c>
       <c r="M50">
-        <v>107.49</v>
+        <v>54.15</v>
       </c>
       <c r="N50" t="s">
         <v>24</v>
       </c>
       <c r="O50">
-        <v>106.63</v>
+        <v>55.26</v>
       </c>
       <c r="P50" t="s">
         <v>24</v>
       </c>
       <c r="Q50">
-        <v>112.31</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>53.28</v>
+      </c>
+      <c r="R50">
+        <v>0</v>
       </c>
       <c r="S50">
-        <v>326.43</v>
+        <v>219.43</v>
       </c>
     </row>
     <row r="51" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C51" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D51">
-        <v>2384</v>
+        <v>59</v>
       </c>
       <c r="E51" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F51" t="s">
-        <v>34</v>
+        <v>125</v>
       </c>
       <c r="G51" t="s">
         <v>23</v>
       </c>
       <c r="H51">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="I51" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J51" t="s">
-        <v>142</v>
+        <v>24</v>
       </c>
       <c r="K51">
-        <v>2</v>
-[...8 lines deleted...]
-        <v>24</v>
+        <v>3</v>
+      </c>
+      <c r="L51" t="s">
+        <v>24</v>
+      </c>
+      <c r="M51" t="s">
+        <v>24</v>
+      </c>
+      <c r="N51">
+        <v>65.83</v>
       </c>
       <c r="O51" t="s">
         <v>24</v>
       </c>
       <c r="P51" t="s">
         <v>24</v>
       </c>
-      <c r="Q51" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="Q51">
+        <v>67.46</v>
+      </c>
+      <c r="R51">
+        <v>70.91</v>
       </c>
       <c r="S51">
-        <v>305.29</v>
+        <v>204.2</v>
       </c>
     </row>
     <row r="52" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
+        <v>145</v>
+      </c>
+      <c r="C52" t="s">
+        <v>146</v>
+      </c>
+      <c r="D52">
+        <v>548</v>
+      </c>
+      <c r="E52" t="s">
+        <v>147</v>
+      </c>
+      <c r="F52" t="s">
         <v>143</v>
       </c>
-      <c r="C52" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G52" t="s">
         <v>23</v>
       </c>
       <c r="H52">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I52" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J52" t="s">
-        <v>142</v>
+        <v>24</v>
       </c>
       <c r="K52">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>144.66</v>
+        <v>3</v>
+      </c>
+      <c r="L52" t="s">
+        <v>24</v>
       </c>
       <c r="M52" t="s">
         <v>24</v>
       </c>
-      <c r="N52">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="N52" t="s">
+        <v>24</v>
+      </c>
+      <c r="O52">
+        <v>67.22</v>
       </c>
       <c r="P52" t="s">
         <v>24</v>
       </c>
-      <c r="Q52" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="Q52">
+        <v>63.96</v>
+      </c>
+      <c r="R52">
+        <v>71.36</v>
       </c>
       <c r="S52">
-        <v>285.49</v>
+        <v>202.54</v>
       </c>
     </row>
     <row r="53" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C53" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="D53">
-        <v>1295</v>
+        <v>1633</v>
       </c>
       <c r="E53" t="s">
-        <v>148</v>
+        <v>34</v>
       </c>
       <c r="F53" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="G53" t="s">
         <v>23</v>
       </c>
       <c r="H53">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="I53" t="b">
         <v>0</v>
       </c>
       <c r="J53" t="s">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="K53">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>146.59</v>
+        <v>4</v>
+      </c>
+      <c r="L53" t="s">
+        <v>24</v>
       </c>
       <c r="M53">
-        <v>134.11</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>143.26</v>
+      </c>
+      <c r="N53">
+        <v>136.79</v>
       </c>
       <c r="O53" t="s">
         <v>24</v>
       </c>
-      <c r="P53" t="s">
-        <v>24</v>
+      <c r="P53">
+        <v>131.58</v>
       </c>
       <c r="Q53" t="s">
         <v>24</v>
       </c>
-      <c r="R53" t="s">
-        <v>24</v>
+      <c r="R53">
+        <v>156.35</v>
       </c>
       <c r="S53">
-        <v>280.7</v>
+        <v>567.98</v>
       </c>
     </row>
     <row r="54" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C54" t="s">
-        <v>52</v>
+        <v>152</v>
       </c>
       <c r="E54" t="s">
+        <v>24</v>
+      </c>
+      <c r="F54" t="s">
+        <v>41</v>
+      </c>
+      <c r="G54" t="s">
+        <v>23</v>
+      </c>
+      <c r="H54">
+        <v>9</v>
+      </c>
+      <c r="I54" t="b">
+        <v>0</v>
+      </c>
+      <c r="J54" t="s">
         <v>150</v>
       </c>
-      <c r="F54" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K54">
-        <v>2</v>
-[...8 lines deleted...]
-        <v>24</v>
+        <v>4</v>
+      </c>
+      <c r="L54" t="s">
+        <v>24</v>
+      </c>
+      <c r="M54">
+        <v>112.51</v>
+      </c>
+      <c r="N54">
+        <v>109.16</v>
       </c>
       <c r="O54">
-        <v>139.16</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>122.52</v>
+      </c>
+      <c r="P54">
+        <v>104.63</v>
       </c>
       <c r="Q54" t="s">
         <v>24</v>
       </c>
       <c r="R54" t="s">
         <v>24</v>
       </c>
       <c r="S54">
-        <v>279.41</v>
+        <v>448.82</v>
       </c>
     </row>
     <row r="55" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C55" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>1615</v>
+        <v>49</v>
       </c>
       <c r="E55" t="s">
-        <v>27</v>
+        <v>128</v>
       </c>
       <c r="F55" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G55" t="s">
         <v>23</v>
       </c>
       <c r="H55">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I55" t="b">
         <v>0</v>
       </c>
       <c r="J55" t="s">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="K55">
         <v>3</v>
       </c>
       <c r="L55">
-        <v>141.25</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>153.46</v>
+      </c>
+      <c r="M55">
+        <v>149.75</v>
       </c>
       <c r="N55">
-        <v>134.37</v>
+        <v>141.46</v>
       </c>
       <c r="O55" t="s">
         <v>24</v>
       </c>
       <c r="P55" t="s">
         <v>24</v>
       </c>
-      <c r="Q55">
-        <v>0</v>
+      <c r="Q55" t="s">
+        <v>24</v>
       </c>
       <c r="R55" t="s">
         <v>24</v>
       </c>
       <c r="S55">
-        <v>275.62</v>
+        <v>444.67</v>
       </c>
     </row>
     <row r="56" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C56" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E56" t="s">
-        <v>155</v>
+        <v>24</v>
       </c>
       <c r="F56" t="s">
-        <v>69</v>
+        <v>31</v>
       </c>
       <c r="G56" t="s">
         <v>23</v>
       </c>
       <c r="H56">
+        <v>8</v>
+      </c>
+      <c r="I56" t="b">
+        <v>0</v>
+      </c>
+      <c r="J56" t="s">
+        <v>150</v>
+      </c>
+      <c r="K56">
         <v>3</v>
       </c>
-      <c r="I56" t="b">
-[...7 lines deleted...]
-      </c>
       <c r="L56" t="s">
         <v>24</v>
       </c>
       <c r="M56" t="s">
         <v>24</v>
       </c>
       <c r="N56" t="s">
         <v>24</v>
       </c>
       <c r="O56">
-        <v>130.8</v>
+        <v>128.1</v>
       </c>
       <c r="P56" t="s">
         <v>24</v>
       </c>
       <c r="Q56">
-        <v>134.2</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>125.66</v>
+      </c>
+      <c r="R56">
+        <v>128.32</v>
       </c>
       <c r="S56">
-        <v>265</v>
+        <v>382.08</v>
       </c>
     </row>
     <row r="57" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
         <v>156</v>
       </c>
       <c r="C57" t="s">
         <v>157</v>
       </c>
       <c r="E57" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="F57" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="G57" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H57">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I57" t="b">
         <v>0</v>
       </c>
       <c r="J57" t="s">
-        <v>133</v>
+        <v>150</v>
       </c>
       <c r="K57">
         <v>3</v>
       </c>
       <c r="L57">
-        <v>96.13</v>
+        <v>123.52</v>
       </c>
       <c r="M57">
-        <v>84.12</v>
+        <v>113.33</v>
       </c>
       <c r="N57" t="s">
         <v>24</v>
       </c>
-      <c r="O57">
-        <v>76.76</v>
+      <c r="O57" t="s">
+        <v>24</v>
       </c>
       <c r="P57" t="s">
         <v>24</v>
       </c>
-      <c r="Q57" t="s">
-        <v>24</v>
+      <c r="Q57">
+        <v>121.12</v>
       </c>
       <c r="R57" t="s">
         <v>24</v>
       </c>
       <c r="S57">
-        <v>257.01</v>
+        <v>357.97</v>
       </c>
     </row>
     <row r="58" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
+        <v>71</v>
+      </c>
+      <c r="C58" t="s">
         <v>158</v>
       </c>
-      <c r="C58" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E58" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F58" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G58" t="s">
         <v>23</v>
       </c>
       <c r="H58">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="I58" t="b">
         <v>0</v>
       </c>
       <c r="J58" t="s">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="K58">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L58" t="s">
         <v>24</v>
       </c>
-      <c r="M58">
-        <v>132.6</v>
+      <c r="M58" t="s">
+        <v>24</v>
       </c>
       <c r="N58" t="s">
         <v>24</v>
       </c>
-      <c r="O58" t="s">
-        <v>24</v>
+      <c r="O58">
+        <v>130.24</v>
       </c>
       <c r="P58">
-        <v>124.32</v>
+        <v>93.24</v>
       </c>
       <c r="Q58" t="s">
         <v>24</v>
       </c>
-      <c r="R58" t="s">
-        <v>24</v>
+      <c r="R58">
+        <v>112.48</v>
       </c>
       <c r="S58">
-        <v>256.92</v>
+        <v>335.96</v>
       </c>
     </row>
     <row r="59" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>160</v>
+        <v>42</v>
       </c>
       <c r="C59" t="s">
-        <v>161</v>
+        <v>159</v>
+      </c>
+      <c r="D59">
+        <v>632</v>
       </c>
       <c r="E59" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="F59" t="s">
-        <v>34</v>
+        <v>65</v>
       </c>
       <c r="G59" t="s">
         <v>23</v>
       </c>
       <c r="H59">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="I59" t="b">
         <v>0</v>
       </c>
       <c r="J59" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="K59">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L59" t="s">
         <v>24</v>
       </c>
-      <c r="M59" t="s">
-        <v>24</v>
+      <c r="M59">
+        <v>107.49</v>
       </c>
       <c r="N59" t="s">
         <v>24</v>
       </c>
       <c r="O59">
-        <v>126.96</v>
+        <v>106.63</v>
       </c>
       <c r="P59" t="s">
         <v>24</v>
       </c>
       <c r="Q59">
-        <v>128.91</v>
+        <v>112.31</v>
       </c>
       <c r="R59" t="s">
         <v>24</v>
       </c>
       <c r="S59">
-        <v>255.87</v>
+        <v>326.43</v>
       </c>
     </row>
     <row r="60" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>162</v>
+        <v>54</v>
       </c>
       <c r="C60" t="s">
-        <v>163</v>
+        <v>160</v>
+      </c>
+      <c r="D60">
+        <v>1076</v>
       </c>
       <c r="E60" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="F60" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G60" t="s">
         <v>23</v>
       </c>
       <c r="H60">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="I60" t="b">
         <v>0</v>
       </c>
       <c r="J60" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K60">
         <v>2</v>
       </c>
       <c r="L60" t="s">
         <v>24</v>
       </c>
-      <c r="M60" t="s">
-        <v>24</v>
+      <c r="M60">
+        <v>143.64</v>
       </c>
       <c r="N60" t="s">
         <v>24</v>
       </c>
-      <c r="O60">
-        <v>128.1</v>
+      <c r="O60" t="s">
+        <v>24</v>
       </c>
       <c r="P60" t="s">
         <v>24</v>
       </c>
-      <c r="Q60">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="Q60" t="s">
+        <v>24</v>
+      </c>
+      <c r="R60">
+        <v>162.84</v>
       </c>
       <c r="S60">
-        <v>253.76</v>
+        <v>306.48</v>
       </c>
     </row>
     <row r="61" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
+        <v>162</v>
+      </c>
+      <c r="C61" t="s">
+        <v>163</v>
+      </c>
+      <c r="D61">
+        <v>2384</v>
+      </c>
+      <c r="E61" t="s">
+        <v>34</v>
+      </c>
+      <c r="F61" t="s">
+        <v>41</v>
+      </c>
+      <c r="G61" t="s">
+        <v>23</v>
+      </c>
+      <c r="H61">
+        <v>11</v>
+      </c>
+      <c r="I61" t="b">
+        <v>0</v>
+      </c>
+      <c r="J61" t="s">
         <v>164</v>
-      </c>
-[...19 lines deleted...]
-        <v>151</v>
       </c>
       <c r="K61">
         <v>2</v>
       </c>
-      <c r="L61" t="s">
-[...9 lines deleted...]
-        <v>129.68</v>
+      <c r="L61">
+        <v>155.41</v>
+      </c>
+      <c r="M61">
+        <v>149.88</v>
+      </c>
+      <c r="N61" t="s">
+        <v>24</v>
+      </c>
+      <c r="O61" t="s">
+        <v>24</v>
       </c>
       <c r="P61" t="s">
         <v>24</v>
       </c>
       <c r="Q61" t="s">
         <v>24</v>
       </c>
       <c r="R61" t="s">
         <v>24</v>
       </c>
       <c r="S61">
-        <v>249.79</v>
+        <v>305.29</v>
       </c>
     </row>
     <row r="62" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
+        <v>165</v>
+      </c>
+      <c r="C62" t="s">
         <v>166</v>
       </c>
-      <c r="C62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D62">
-        <v>2357</v>
+        <v>1301</v>
       </c>
       <c r="E62" t="s">
-        <v>148</v>
+        <v>34</v>
       </c>
       <c r="F62" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G62" t="s">
         <v>23</v>
       </c>
       <c r="H62">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="I62" t="b">
         <v>0</v>
       </c>
       <c r="J62" t="s">
-        <v>142</v>
+        <v>164</v>
       </c>
       <c r="K62">
         <v>2</v>
       </c>
-      <c r="L62">
-        <v>126.42</v>
+      <c r="L62" t="s">
+        <v>24</v>
       </c>
       <c r="M62" t="s">
         <v>24</v>
       </c>
       <c r="N62">
-        <v>117.32</v>
+        <v>137.15</v>
       </c>
       <c r="O62" t="s">
         <v>24</v>
       </c>
       <c r="P62" t="s">
         <v>24</v>
       </c>
       <c r="Q62" t="s">
         <v>24</v>
       </c>
-      <c r="R62" t="s">
-        <v>24</v>
+      <c r="R62">
+        <v>156.42</v>
       </c>
       <c r="S62">
-        <v>243.74</v>
+        <v>293.57</v>
       </c>
     </row>
     <row r="63" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
+        <v>167</v>
+      </c>
+      <c r="C63" t="s">
         <v>168</v>
       </c>
-      <c r="C63" t="s">
-        <v>136</v>
+      <c r="D63">
+        <v>2399</v>
       </c>
       <c r="E63" t="s">
-        <v>27</v>
+        <v>169</v>
       </c>
       <c r="F63" t="s">
-        <v>116</v>
+        <v>84</v>
       </c>
       <c r="G63" t="s">
         <v>23</v>
       </c>
       <c r="H63">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I63" t="b">
         <v>0</v>
       </c>
       <c r="J63" t="s">
-        <v>133</v>
+        <v>164</v>
       </c>
       <c r="K63">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L63">
-        <v>81.45</v>
-[...8 lines deleted...]
-        <v>84.19</v>
+        <v>144.66</v>
+      </c>
+      <c r="M63" t="s">
+        <v>24</v>
+      </c>
+      <c r="N63">
+        <v>140.83</v>
+      </c>
+      <c r="O63" t="s">
+        <v>24</v>
       </c>
       <c r="P63" t="s">
         <v>24</v>
       </c>
       <c r="Q63" t="s">
         <v>24</v>
       </c>
       <c r="R63" t="s">
         <v>24</v>
       </c>
       <c r="S63">
-        <v>243.39</v>
+        <v>285.49</v>
       </c>
     </row>
     <row r="64" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C64" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>960</v>
+        <v>171</v>
       </c>
       <c r="E64" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F64" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="G64" t="s">
         <v>23</v>
       </c>
       <c r="H64">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="I64" t="b">
         <v>0</v>
       </c>
       <c r="J64" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K64">
         <v>2</v>
       </c>
       <c r="L64" t="s">
         <v>24</v>
       </c>
       <c r="M64" t="s">
         <v>24</v>
       </c>
       <c r="N64" t="s">
         <v>24</v>
       </c>
-      <c r="O64">
-        <v>131.66</v>
+      <c r="O64" t="s">
+        <v>24</v>
       </c>
       <c r="P64">
-        <v>110.91</v>
+        <v>138.77</v>
       </c>
       <c r="Q64" t="s">
         <v>24</v>
       </c>
-      <c r="R64" t="s">
-        <v>24</v>
+      <c r="R64">
+        <v>144.06</v>
       </c>
       <c r="S64">
-        <v>242.57</v>
+        <v>282.83</v>
       </c>
     </row>
     <row r="65" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>170</v>
+        <v>48</v>
       </c>
       <c r="C65" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D65">
-        <v>2065</v>
+        <v>1844</v>
       </c>
       <c r="E65" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="F65" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="G65" t="s">
         <v>23</v>
       </c>
       <c r="H65">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="I65" t="b">
         <v>0</v>
       </c>
       <c r="J65" t="s">
-        <v>142</v>
+        <v>164</v>
       </c>
       <c r="K65">
         <v>2</v>
       </c>
       <c r="L65">
-        <v>127.12</v>
+        <v>142.01</v>
       </c>
       <c r="M65" t="s">
         <v>24</v>
       </c>
       <c r="N65" t="s">
         <v>24</v>
       </c>
       <c r="O65" t="s">
         <v>24</v>
       </c>
-      <c r="P65">
-        <v>112.23</v>
+      <c r="P65" t="s">
+        <v>24</v>
       </c>
       <c r="Q65" t="s">
         <v>24</v>
       </c>
-      <c r="R65" t="s">
-        <v>24</v>
+      <c r="R65">
+        <v>139.63</v>
       </c>
       <c r="S65">
-        <v>239.35</v>
+        <v>281.64</v>
       </c>
     </row>
     <row r="66" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>172</v>
+        <v>62</v>
       </c>
       <c r="C66" t="s">
         <v>173</v>
       </c>
       <c r="E66" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="F66" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="G66" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H66">
-        <v>3</v>
+        <v>15</v>
       </c>
       <c r="I66" t="b">
         <v>0</v>
       </c>
       <c r="J66" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K66">
         <v>2</v>
       </c>
       <c r="L66" t="s">
         <v>24</v>
       </c>
-      <c r="M66">
-        <v>114.8</v>
+      <c r="M66" t="s">
+        <v>24</v>
       </c>
       <c r="N66" t="s">
         <v>24</v>
       </c>
-      <c r="O66">
-        <v>120.98</v>
+      <c r="O66" t="s">
+        <v>24</v>
       </c>
       <c r="P66" t="s">
         <v>24</v>
       </c>
-      <c r="Q66" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="Q66">
+        <v>136.03</v>
+      </c>
+      <c r="R66">
+        <v>145.53</v>
       </c>
       <c r="S66">
-        <v>235.78</v>
+        <v>281.56</v>
       </c>
     </row>
     <row r="67" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
         <v>174</v>
       </c>
       <c r="C67" t="s">
-        <v>138</v>
+        <v>175</v>
+      </c>
+      <c r="D67">
+        <v>1295</v>
       </c>
       <c r="E67" t="s">
-        <v>27</v>
+        <v>176</v>
       </c>
       <c r="F67" t="s">
-        <v>69</v>
+        <v>22</v>
       </c>
       <c r="G67" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H67">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="I67" t="b">
         <v>0</v>
       </c>
       <c r="J67" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K67">
         <v>2</v>
       </c>
-      <c r="L67" t="s">
-        <v>24</v>
+      <c r="L67">
+        <v>146.59</v>
       </c>
       <c r="M67">
-        <v>112.67</v>
+        <v>134.11</v>
       </c>
       <c r="N67" t="s">
         <v>24</v>
       </c>
       <c r="O67" t="s">
         <v>24</v>
       </c>
       <c r="P67" t="s">
         <v>24</v>
       </c>
-      <c r="Q67">
-        <v>122.93</v>
+      <c r="Q67" t="s">
+        <v>24</v>
       </c>
       <c r="R67" t="s">
         <v>24</v>
       </c>
       <c r="S67">
-        <v>235.6</v>
+        <v>280.7</v>
       </c>
     </row>
     <row r="68" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="C68" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-        <v>2245</v>
+        <v>49</v>
       </c>
       <c r="E68" t="s">
-        <v>24</v>
+        <v>178</v>
       </c>
       <c r="F68" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="G68" t="s">
         <v>23</v>
       </c>
       <c r="H68">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="I68" t="b">
         <v>0</v>
       </c>
       <c r="J68" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K68">
         <v>2</v>
       </c>
       <c r="L68">
-        <v>130.57</v>
+        <v>140.25</v>
       </c>
       <c r="M68" t="s">
         <v>24</v>
       </c>
       <c r="N68" t="s">
         <v>24</v>
       </c>
-      <c r="O68" t="s">
-[...3 lines deleted...]
-        <v>98.08</v>
+      <c r="O68">
+        <v>139.16</v>
+      </c>
+      <c r="P68" t="s">
+        <v>24</v>
       </c>
       <c r="Q68" t="s">
         <v>24</v>
       </c>
       <c r="R68" t="s">
         <v>24</v>
       </c>
       <c r="S68">
-        <v>228.65</v>
+        <v>279.41</v>
       </c>
     </row>
     <row r="69" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>177</v>
+        <v>39</v>
       </c>
       <c r="C69" t="s">
-        <v>178</v>
-[...2 lines deleted...]
-        <v>2404</v>
+        <v>179</v>
       </c>
       <c r="E69" t="s">
-        <v>27</v>
+        <v>180</v>
       </c>
       <c r="F69" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="G69" t="s">
         <v>23</v>
       </c>
       <c r="H69">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="I69" t="b">
         <v>0</v>
       </c>
       <c r="J69" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K69">
         <v>2</v>
       </c>
-      <c r="L69">
-        <v>113.71</v>
+      <c r="L69" t="s">
+        <v>24</v>
       </c>
       <c r="M69" t="s">
         <v>24</v>
       </c>
       <c r="N69" t="s">
         <v>24</v>
       </c>
-      <c r="O69">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="O69" t="s">
+        <v>24</v>
+      </c>
+      <c r="P69">
+        <v>143.59</v>
       </c>
       <c r="Q69" t="s">
         <v>24</v>
       </c>
-      <c r="R69" t="s">
-        <v>24</v>
+      <c r="R69">
+        <v>135.63</v>
       </c>
       <c r="S69">
-        <v>226.03</v>
+        <v>279.22</v>
       </c>
     </row>
     <row r="70" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A70">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C70" t="s">
-        <v>136</v>
+        <v>26</v>
       </c>
       <c r="D70">
-        <v>1759</v>
+        <v>1615</v>
       </c>
       <c r="E70" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F70" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="G70" t="s">
         <v>23</v>
       </c>
       <c r="H70">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="I70" t="b">
         <v>0</v>
       </c>
       <c r="J70" t="s">
-        <v>142</v>
+        <v>164</v>
       </c>
       <c r="K70">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>3</v>
+      </c>
+      <c r="L70">
+        <v>141.25</v>
       </c>
       <c r="M70" t="s">
         <v>24</v>
       </c>
-      <c r="N70" t="s">
-[...9 lines deleted...]
-        <v>24</v>
+      <c r="N70">
+        <v>134.37</v>
+      </c>
+      <c r="O70" t="s">
+        <v>24</v>
+      </c>
+      <c r="P70" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q70">
+        <v>0</v>
       </c>
       <c r="R70" t="s">
         <v>24</v>
       </c>
       <c r="S70">
-        <v>225.36</v>
+        <v>275.62</v>
       </c>
     </row>
     <row r="71" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A71">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>60</v>
+        <v>182</v>
       </c>
       <c r="C71" t="s">
-        <v>180</v>
+        <v>183</v>
+      </c>
+      <c r="D71">
+        <v>828</v>
       </c>
       <c r="E71" t="s">
-        <v>24</v>
+        <v>184</v>
       </c>
       <c r="F71" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G71" t="s">
         <v>23</v>
       </c>
       <c r="H71">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="I71" t="b">
         <v>0</v>
       </c>
       <c r="J71" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="K71">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L71" t="s">
         <v>24</v>
       </c>
       <c r="M71" t="s">
         <v>24</v>
       </c>
       <c r="N71" t="s">
         <v>24</v>
       </c>
       <c r="O71">
-        <v>130.24</v>
-[...8 lines deleted...]
-        <v>24</v>
+        <v>88.12</v>
+      </c>
+      <c r="P71" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q71">
+        <v>90.75</v>
+      </c>
+      <c r="R71">
+        <v>92.2</v>
       </c>
       <c r="S71">
-        <v>223.48</v>
+        <v>271.07</v>
       </c>
     </row>
     <row r="72" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A72">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>65</v>
+        <v>185</v>
       </c>
       <c r="C72" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-        <v>2386</v>
+        <v>86</v>
       </c>
       <c r="E72" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="F72" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="G72" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H72">
-        <v>5</v>
+        <v>19</v>
       </c>
       <c r="I72" t="b">
         <v>0</v>
       </c>
       <c r="J72" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K72">
         <v>2</v>
       </c>
-      <c r="L72">
-        <v>116.8</v>
+      <c r="L72" t="s">
+        <v>24</v>
       </c>
       <c r="M72" t="s">
         <v>24</v>
       </c>
       <c r="N72" t="s">
         <v>24</v>
       </c>
       <c r="O72" t="s">
         <v>24</v>
       </c>
-      <c r="P72">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="P72" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q72">
+        <v>124.78</v>
+      </c>
+      <c r="R72">
+        <v>140.25</v>
       </c>
       <c r="S72">
-        <v>221.88</v>
+        <v>265.03</v>
       </c>
     </row>
     <row r="73" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A73">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="C73" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="E73" t="s">
-        <v>27</v>
+        <v>188</v>
       </c>
       <c r="F73" t="s">
-        <v>34</v>
+        <v>84</v>
       </c>
       <c r="G73" t="s">
         <v>23</v>
       </c>
       <c r="H73">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="I73" t="b">
         <v>0</v>
       </c>
       <c r="J73" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K73">
         <v>2</v>
       </c>
       <c r="L73" t="s">
         <v>24</v>
       </c>
-      <c r="M73">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="M73" t="s">
+        <v>24</v>
+      </c>
+      <c r="N73" t="s">
+        <v>24</v>
+      </c>
+      <c r="O73">
+        <v>130.8</v>
       </c>
       <c r="P73" t="s">
         <v>24</v>
       </c>
-      <c r="Q73" t="s">
-        <v>24</v>
+      <c r="Q73">
+        <v>134.2</v>
       </c>
       <c r="R73" t="s">
         <v>24</v>
       </c>
       <c r="S73">
-        <v>218.97</v>
+        <v>265</v>
       </c>
     </row>
     <row r="74" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A74">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="C74" t="s">
-        <v>165</v>
+        <v>190</v>
       </c>
       <c r="E74" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F74" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="G74" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H74">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="I74" t="b">
         <v>0</v>
       </c>
       <c r="J74" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K74">
         <v>2</v>
       </c>
       <c r="L74" t="s">
         <v>24</v>
       </c>
-      <c r="M74">
-[...3 lines deleted...]
-        <v>107.7</v>
+      <c r="M74" t="s">
+        <v>24</v>
+      </c>
+      <c r="N74" t="s">
+        <v>24</v>
       </c>
       <c r="O74" t="s">
         <v>24</v>
       </c>
       <c r="P74" t="s">
         <v>24</v>
       </c>
-      <c r="Q74" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="Q74">
+        <v>125.92</v>
+      </c>
+      <c r="R74">
+        <v>137.38</v>
       </c>
       <c r="S74">
-        <v>217.72</v>
+        <v>263.3</v>
       </c>
     </row>
     <row r="75" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A75">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>185</v>
+        <v>71</v>
       </c>
       <c r="C75" t="s">
-        <v>186</v>
+        <v>49</v>
       </c>
       <c r="D75">
-        <v>2025</v>
+        <v>444</v>
       </c>
       <c r="E75" t="s">
-        <v>187</v>
+        <v>24</v>
       </c>
       <c r="F75" t="s">
-        <v>69</v>
+        <v>31</v>
       </c>
       <c r="G75" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H75">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="I75" t="b">
         <v>0</v>
       </c>
       <c r="J75" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K75">
         <v>2</v>
       </c>
       <c r="L75" t="s">
         <v>24</v>
       </c>
       <c r="M75" t="s">
         <v>24</v>
       </c>
       <c r="N75" t="s">
         <v>24</v>
       </c>
-      <c r="O75">
-        <v>105.56</v>
+      <c r="O75" t="s">
+        <v>24</v>
       </c>
       <c r="P75" t="s">
         <v>24</v>
       </c>
       <c r="Q75">
-        <v>108.99</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>124.98</v>
+      </c>
+      <c r="R75">
+        <v>136.76</v>
       </c>
       <c r="S75">
-        <v>214.55</v>
+        <v>261.74</v>
       </c>
     </row>
     <row r="76" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A76">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="C76" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-        <v>1763</v>
+        <v>192</v>
       </c>
       <c r="E76" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F76" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="G76" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H76">
         <v>4</v>
       </c>
       <c r="I76" t="b">
         <v>0</v>
       </c>
       <c r="J76" t="s">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="K76">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L76">
-        <v>103.42</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>96.13</v>
+      </c>
+      <c r="M76">
+        <v>84.12</v>
       </c>
       <c r="N76" t="s">
         <v>24</v>
       </c>
-      <c r="O76" t="s">
-        <v>24</v>
+      <c r="O76">
+        <v>76.76</v>
       </c>
       <c r="P76" t="s">
         <v>24</v>
       </c>
-      <c r="Q76">
-        <v>104.14</v>
+      <c r="Q76" t="s">
+        <v>24</v>
       </c>
       <c r="R76" t="s">
         <v>24</v>
       </c>
       <c r="S76">
-        <v>207.56</v>
+        <v>257.01</v>
       </c>
     </row>
     <row r="77" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A77">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="C77" t="s">
-        <v>190</v>
+        <v>194</v>
+      </c>
+      <c r="D77">
+        <v>2043</v>
       </c>
       <c r="E77" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F77" t="s">
-        <v>59</v>
+        <v>31</v>
       </c>
       <c r="G77" t="s">
         <v>23</v>
       </c>
       <c r="H77">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="I77" t="b">
         <v>0</v>
       </c>
       <c r="J77" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K77">
         <v>2</v>
       </c>
       <c r="L77" t="s">
         <v>24</v>
       </c>
       <c r="M77">
-        <v>108.71</v>
+        <v>132.6</v>
       </c>
       <c r="N77" t="s">
         <v>24</v>
       </c>
       <c r="O77" t="s">
         <v>24</v>
       </c>
       <c r="P77">
-        <v>96.55</v>
+        <v>124.32</v>
       </c>
       <c r="Q77" t="s">
         <v>24</v>
       </c>
       <c r="R77" t="s">
         <v>24</v>
       </c>
       <c r="S77">
-        <v>205.26</v>
+        <v>256.92</v>
       </c>
     </row>
     <row r="78" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A78">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="C78" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-        <v>2316</v>
+        <v>196</v>
       </c>
       <c r="E78" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F78" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="G78" t="s">
         <v>23</v>
       </c>
       <c r="H78">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I78" t="b">
         <v>0</v>
       </c>
       <c r="J78" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K78">
         <v>2</v>
       </c>
       <c r="L78" t="s">
         <v>24</v>
       </c>
       <c r="M78" t="s">
         <v>24</v>
       </c>
-      <c r="N78">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="N78" t="s">
+        <v>24</v>
+      </c>
+      <c r="O78">
+        <v>126.96</v>
       </c>
       <c r="P78" t="s">
         <v>24</v>
       </c>
       <c r="Q78">
-        <v>107.82</v>
+        <v>128.91</v>
       </c>
       <c r="R78" t="s">
         <v>24</v>
       </c>
       <c r="S78">
-        <v>204.85</v>
+        <v>255.87</v>
       </c>
     </row>
     <row r="79" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A79">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>182</v>
+        <v>197</v>
       </c>
       <c r="C79" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="E79" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="F79" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G79" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H79">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="I79" t="b">
         <v>0</v>
       </c>
       <c r="J79" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K79">
         <v>2</v>
       </c>
       <c r="L79" t="s">
         <v>24</v>
       </c>
-      <c r="M79">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="M79" t="s">
+        <v>24</v>
+      </c>
+      <c r="N79">
+        <v>120.11</v>
       </c>
       <c r="O79">
-        <v>108.06</v>
+        <v>129.68</v>
       </c>
       <c r="P79" t="s">
         <v>24</v>
       </c>
       <c r="Q79" t="s">
         <v>24</v>
       </c>
       <c r="R79" t="s">
         <v>24</v>
       </c>
       <c r="S79">
-        <v>200.98</v>
+        <v>249.79</v>
       </c>
     </row>
     <row r="80" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A80">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>172</v>
+        <v>199</v>
       </c>
       <c r="C80" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-        <v>1225</v>
+        <v>200</v>
       </c>
       <c r="E80" t="s">
-        <v>27</v>
+        <v>201</v>
       </c>
       <c r="F80" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="G80" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="H80">
         <v>5</v>
       </c>
       <c r="I80" t="b">
         <v>0</v>
       </c>
       <c r="J80" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K80">
         <v>2</v>
       </c>
       <c r="L80" t="s">
         <v>24</v>
       </c>
-      <c r="M80" t="s">
-[...3 lines deleted...]
-        <v>95.27</v>
+      <c r="M80">
+        <v>118.75</v>
+      </c>
+      <c r="N80" t="s">
+        <v>24</v>
       </c>
       <c r="O80" t="s">
         <v>24</v>
       </c>
       <c r="P80" t="s">
         <v>24</v>
       </c>
-      <c r="Q80">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="Q80" t="s">
+        <v>24</v>
+      </c>
+      <c r="R80">
+        <v>129.28</v>
       </c>
       <c r="S80">
-        <v>198.86</v>
+        <v>248.03</v>
       </c>
     </row>
     <row r="81" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A81">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="C81" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="D81">
-        <v>1995</v>
+        <v>1729</v>
       </c>
       <c r="E81" t="s">
-        <v>197</v>
+        <v>137</v>
       </c>
       <c r="F81" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G81" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H81">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I81" t="b">
         <v>0</v>
       </c>
       <c r="J81" t="s">
-        <v>142</v>
+        <v>164</v>
       </c>
       <c r="K81">
         <v>2</v>
       </c>
-      <c r="L81" t="s">
-[...3 lines deleted...]
-        <v>94.5</v>
+      <c r="L81">
+        <v>116.29</v>
+      </c>
+      <c r="M81" t="s">
+        <v>24</v>
       </c>
       <c r="N81" t="s">
         <v>24</v>
       </c>
       <c r="O81" t="s">
         <v>24</v>
       </c>
       <c r="P81" t="s">
         <v>24</v>
       </c>
-      <c r="Q81">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="Q81" t="s">
+        <v>24</v>
+      </c>
+      <c r="R81">
+        <v>128.89</v>
       </c>
       <c r="S81">
-        <v>197.56</v>
+        <v>245.18</v>
       </c>
     </row>
     <row r="82" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A82">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="C82" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="D82">
-        <v>2315</v>
+        <v>2357</v>
       </c>
       <c r="E82" t="s">
-        <v>24</v>
+        <v>176</v>
       </c>
       <c r="F82" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G82" t="s">
         <v>23</v>
       </c>
       <c r="H82">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="I82" t="b">
         <v>0</v>
       </c>
       <c r="J82" t="s">
-        <v>142</v>
+        <v>164</v>
       </c>
       <c r="K82">
         <v>2</v>
       </c>
       <c r="L82">
-        <v>91.48</v>
+        <v>126.42</v>
       </c>
       <c r="M82" t="s">
         <v>24</v>
       </c>
-      <c r="N82" t="s">
-        <v>24</v>
+      <c r="N82">
+        <v>117.32</v>
       </c>
       <c r="O82" t="s">
         <v>24</v>
       </c>
       <c r="P82" t="s">
         <v>24</v>
       </c>
-      <c r="Q82">
-        <v>103.45</v>
+      <c r="Q82" t="s">
+        <v>24</v>
       </c>
       <c r="R82" t="s">
         <v>24</v>
       </c>
       <c r="S82">
-        <v>194.93</v>
+        <v>243.74</v>
       </c>
     </row>
     <row r="83" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A83">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="C83" t="s">
-        <v>201</v>
+        <v>149</v>
       </c>
       <c r="E83" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F83" t="s">
-        <v>34</v>
+        <v>125</v>
       </c>
       <c r="G83" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H83">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I83" t="b">
         <v>0</v>
       </c>
       <c r="J83" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="K83">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>3</v>
+      </c>
+      <c r="L83">
+        <v>81.45</v>
       </c>
       <c r="M83">
-        <v>91.37</v>
+        <v>77.75</v>
       </c>
       <c r="N83" t="s">
         <v>24</v>
       </c>
       <c r="O83">
-        <v>100.89</v>
+        <v>84.19</v>
       </c>
       <c r="P83" t="s">
         <v>24</v>
       </c>
       <c r="Q83" t="s">
         <v>24</v>
       </c>
       <c r="R83" t="s">
         <v>24</v>
       </c>
       <c r="S83">
-        <v>192.26</v>
+        <v>243.39</v>
       </c>
     </row>
     <row r="84" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A84">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="C84" t="s">
-        <v>181</v>
+        <v>20</v>
       </c>
       <c r="D84">
-        <v>1568</v>
+        <v>960</v>
       </c>
       <c r="E84" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="F84" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="G84" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H84">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="I84" t="b">
         <v>0</v>
       </c>
       <c r="J84" t="s">
-        <v>142</v>
+        <v>164</v>
       </c>
       <c r="K84">
         <v>2</v>
       </c>
-      <c r="L84">
-        <v>104.99</v>
+      <c r="L84" t="s">
+        <v>24</v>
       </c>
       <c r="M84" t="s">
         <v>24</v>
       </c>
       <c r="N84" t="s">
         <v>24</v>
       </c>
-      <c r="O84" t="s">
-        <v>24</v>
+      <c r="O84">
+        <v>131.66</v>
       </c>
       <c r="P84">
-        <v>87.22</v>
+        <v>110.91</v>
       </c>
       <c r="Q84" t="s">
         <v>24</v>
       </c>
       <c r="R84" t="s">
         <v>24</v>
       </c>
       <c r="S84">
-        <v>192.21</v>
+        <v>242.57</v>
       </c>
     </row>
     <row r="85" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A85">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>203</v>
+        <v>132</v>
       </c>
       <c r="C85" t="s">
-        <v>204</v>
+        <v>208</v>
+      </c>
+      <c r="D85">
+        <v>1456</v>
       </c>
       <c r="E85" t="s">
-        <v>24</v>
+        <v>137</v>
       </c>
       <c r="F85" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="G85" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H85">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="I85" t="b">
         <v>0</v>
       </c>
       <c r="J85" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K85">
         <v>2</v>
       </c>
       <c r="L85">
-        <v>96.19</v>
-[...2 lines deleted...]
-        <v>92.01</v>
+        <v>118.37</v>
+      </c>
+      <c r="M85" t="s">
+        <v>24</v>
       </c>
       <c r="N85" t="s">
         <v>24</v>
       </c>
       <c r="O85" t="s">
         <v>24</v>
       </c>
       <c r="P85" t="s">
         <v>24</v>
       </c>
       <c r="Q85" t="s">
         <v>24</v>
       </c>
-      <c r="R85" t="s">
-        <v>24</v>
+      <c r="R85">
+        <v>123.51</v>
       </c>
       <c r="S85">
-        <v>188.2</v>
+        <v>241.88</v>
       </c>
     </row>
     <row r="86" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A86">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>177</v>
+        <v>154</v>
       </c>
       <c r="C86" t="s">
-        <v>205</v>
+        <v>209</v>
+      </c>
+      <c r="D86">
+        <v>2251</v>
       </c>
       <c r="E86" t="s">
-        <v>206</v>
+        <v>34</v>
       </c>
       <c r="F86" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G86" t="s">
         <v>23</v>
       </c>
       <c r="H86">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="I86" t="b">
         <v>0</v>
       </c>
       <c r="J86" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K86">
         <v>2</v>
       </c>
-      <c r="L86">
-        <v>96.02</v>
+      <c r="L86" t="s">
+        <v>24</v>
       </c>
       <c r="M86">
-        <v>91.32</v>
+        <v>120.72</v>
       </c>
       <c r="N86" t="s">
         <v>24</v>
       </c>
       <c r="O86" t="s">
         <v>24</v>
       </c>
       <c r="P86" t="s">
         <v>24</v>
       </c>
       <c r="Q86" t="s">
         <v>24</v>
       </c>
-      <c r="R86" t="s">
-        <v>24</v>
+      <c r="R86">
+        <v>118.07</v>
       </c>
       <c r="S86">
-        <v>187.34</v>
+        <v>238.79</v>
       </c>
     </row>
     <row r="87" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A87">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>114</v>
+        <v>210</v>
       </c>
       <c r="C87" t="s">
-        <v>52</v>
+        <v>211</v>
       </c>
       <c r="E87" t="s">
-        <v>207</v>
+        <v>24</v>
       </c>
       <c r="F87" t="s">
-        <v>130</v>
+        <v>31</v>
       </c>
       <c r="G87" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H87">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I87" t="b">
         <v>0</v>
       </c>
       <c r="J87" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K87">
         <v>2</v>
       </c>
       <c r="L87" t="s">
         <v>24</v>
       </c>
-      <c r="M87" t="s">
-[...3 lines deleted...]
-        <v>86.54</v>
+      <c r="M87">
+        <v>114.8</v>
+      </c>
+      <c r="N87" t="s">
+        <v>24</v>
       </c>
       <c r="O87">
-        <v>98.3</v>
+        <v>120.98</v>
       </c>
       <c r="P87" t="s">
         <v>24</v>
       </c>
       <c r="Q87" t="s">
         <v>24</v>
       </c>
       <c r="R87" t="s">
         <v>24</v>
       </c>
       <c r="S87">
-        <v>184.84</v>
+        <v>235.78</v>
       </c>
     </row>
     <row r="88" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A88">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>131</v>
+        <v>212</v>
       </c>
       <c r="C88" t="s">
-        <v>205</v>
+        <v>157</v>
       </c>
       <c r="E88" t="s">
-        <v>208</v>
+        <v>34</v>
       </c>
       <c r="F88" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="G88" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H88">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="I88" t="b">
         <v>0</v>
       </c>
       <c r="J88" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K88">
         <v>2</v>
       </c>
       <c r="L88" t="s">
         <v>24</v>
       </c>
       <c r="M88">
-        <v>84.6</v>
+        <v>112.67</v>
       </c>
       <c r="N88" t="s">
         <v>24</v>
       </c>
-      <c r="O88">
-        <v>97.71</v>
+      <c r="O88" t="s">
+        <v>24</v>
       </c>
       <c r="P88" t="s">
         <v>24</v>
       </c>
-      <c r="Q88" t="s">
-        <v>24</v>
+      <c r="Q88">
+        <v>122.93</v>
       </c>
       <c r="R88" t="s">
         <v>24</v>
       </c>
       <c r="S88">
-        <v>182.31</v>
+        <v>235.6</v>
       </c>
     </row>
     <row r="89" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A89">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>209</v>
+        <v>94</v>
       </c>
       <c r="C89" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-        <v>828</v>
+        <v>213</v>
       </c>
       <c r="E89" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="F89" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="G89" t="s">
         <v>23</v>
       </c>
       <c r="H89">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="I89" t="b">
         <v>0</v>
       </c>
       <c r="J89" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K89">
         <v>2</v>
       </c>
       <c r="L89" t="s">
         <v>24</v>
       </c>
       <c r="M89" t="s">
         <v>24</v>
       </c>
       <c r="N89" t="s">
         <v>24</v>
       </c>
       <c r="O89">
-        <v>88.12</v>
+        <v>114.13</v>
       </c>
       <c r="P89" t="s">
         <v>24</v>
       </c>
-      <c r="Q89">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="Q89" t="s">
+        <v>24</v>
+      </c>
+      <c r="R89">
+        <v>113.58</v>
       </c>
       <c r="S89">
-        <v>178.87</v>
+        <v>227.71</v>
       </c>
     </row>
     <row r="90" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A90">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="C90" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>1718</v>
+        <v>213</v>
       </c>
       <c r="E90" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F90" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="G90" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H90">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="I90" t="b">
         <v>0</v>
       </c>
       <c r="J90" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K90">
         <v>2</v>
       </c>
-      <c r="L90" t="s">
-[...3 lines deleted...]
-        <v>83.2</v>
+      <c r="L90">
+        <v>113.5</v>
+      </c>
+      <c r="M90" t="s">
+        <v>24</v>
       </c>
       <c r="N90" t="s">
         <v>24</v>
       </c>
-      <c r="O90">
-        <v>95.05</v>
+      <c r="O90" t="s">
+        <v>24</v>
       </c>
       <c r="P90" t="s">
         <v>24</v>
       </c>
       <c r="Q90" t="s">
         <v>24</v>
       </c>
-      <c r="R90" t="s">
-        <v>24</v>
+      <c r="R90">
+        <v>113.56</v>
       </c>
       <c r="S90">
-        <v>178.25</v>
+        <v>227.06</v>
       </c>
     </row>
     <row r="91" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A91">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>26</v>
+        <v>98</v>
       </c>
       <c r="C91" t="s">
-        <v>136</v>
+        <v>216</v>
       </c>
       <c r="D91">
-        <v>898</v>
+        <v>1824</v>
       </c>
       <c r="E91" t="s">
-        <v>213</v>
+        <v>147</v>
       </c>
       <c r="F91" t="s">
-        <v>59</v>
+        <v>22</v>
       </c>
       <c r="G91" t="s">
         <v>23</v>
       </c>
       <c r="H91">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="I91" t="b">
         <v>0</v>
       </c>
       <c r="J91" t="s">
-        <v>142</v>
+        <v>164</v>
       </c>
       <c r="K91">
         <v>2</v>
       </c>
-      <c r="L91">
-        <v>90.42</v>
+      <c r="L91" t="s">
+        <v>24</v>
       </c>
       <c r="M91" t="s">
         <v>24</v>
       </c>
-      <c r="N91">
-        <v>80.2</v>
+      <c r="N91" t="s">
+        <v>24</v>
       </c>
       <c r="O91" t="s">
         <v>24</v>
       </c>
       <c r="P91" t="s">
         <v>24</v>
       </c>
-      <c r="Q91" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="Q91">
+        <v>107.56</v>
+      </c>
+      <c r="R91">
+        <v>119.07</v>
       </c>
       <c r="S91">
-        <v>170.62</v>
+        <v>226.63</v>
       </c>
     </row>
     <row r="92" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A92">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="C92" t="s">
-        <v>215</v>
+        <v>218</v>
+      </c>
+      <c r="D92">
+        <v>2404</v>
       </c>
       <c r="E92" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F92" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="G92" t="s">
         <v>23</v>
       </c>
       <c r="H92">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="I92" t="b">
         <v>0</v>
       </c>
       <c r="J92" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K92">
         <v>2</v>
       </c>
       <c r="L92">
-        <v>86.83</v>
+        <v>113.71</v>
       </c>
       <c r="M92" t="s">
         <v>24</v>
       </c>
       <c r="N92" t="s">
         <v>24</v>
       </c>
       <c r="O92">
-        <v>79.86</v>
+        <v>112.32</v>
       </c>
       <c r="P92" t="s">
         <v>24</v>
       </c>
       <c r="Q92" t="s">
         <v>24</v>
       </c>
       <c r="R92" t="s">
         <v>24</v>
       </c>
       <c r="S92">
-        <v>166.69</v>
+        <v>226.03</v>
       </c>
     </row>
     <row r="93" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A93">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="C93" t="s">
-        <v>217</v>
+        <v>220</v>
+      </c>
+      <c r="D93">
+        <v>981</v>
       </c>
       <c r="E93" t="s">
-        <v>27</v>
+        <v>73</v>
       </c>
       <c r="F93" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="G93" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="H93">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="I93" t="b">
         <v>0</v>
       </c>
       <c r="J93" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K93">
         <v>2</v>
       </c>
-      <c r="L93">
-        <v>88.5</v>
+      <c r="L93" t="s">
+        <v>24</v>
       </c>
       <c r="M93" t="s">
         <v>24</v>
       </c>
-      <c r="N93">
-        <v>78.17</v>
+      <c r="N93" t="s">
+        <v>24</v>
       </c>
       <c r="O93" t="s">
         <v>24</v>
       </c>
-      <c r="P93" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="P93">
+        <v>112.96</v>
+      </c>
+      <c r="Q93">
+        <v>112.81</v>
       </c>
       <c r="R93" t="s">
         <v>24</v>
       </c>
       <c r="S93">
-        <v>166.67</v>
+        <v>225.77</v>
       </c>
     </row>
     <row r="94" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A94">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>218</v>
+        <v>189</v>
       </c>
       <c r="C94" t="s">
-        <v>219</v>
+        <v>149</v>
       </c>
       <c r="D94">
-        <v>590</v>
+        <v>1759</v>
       </c>
       <c r="E94" t="s">
-        <v>213</v>
+        <v>34</v>
       </c>
       <c r="F94" t="s">
-        <v>123</v>
+        <v>22</v>
       </c>
       <c r="G94" t="s">
         <v>23</v>
       </c>
       <c r="H94">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="I94" t="b">
         <v>0</v>
       </c>
       <c r="J94" t="s">
-        <v>142</v>
+        <v>164</v>
       </c>
       <c r="K94">
         <v>2</v>
       </c>
-      <c r="L94">
-[...3 lines deleted...]
-        <v>81.16</v>
+      <c r="L94" t="s">
+        <v>24</v>
+      </c>
+      <c r="M94" t="s">
+        <v>24</v>
       </c>
       <c r="N94" t="s">
         <v>24</v>
       </c>
-      <c r="O94" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="O94">
+        <v>114.45</v>
+      </c>
+      <c r="P94">
+        <v>110.91</v>
       </c>
       <c r="Q94" t="s">
         <v>24</v>
       </c>
       <c r="R94" t="s">
         <v>24</v>
       </c>
       <c r="S94">
-        <v>163.88</v>
+        <v>225.36</v>
       </c>
     </row>
     <row r="95" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A95">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>220</v>
+        <v>78</v>
       </c>
       <c r="C95" t="s">
         <v>221</v>
       </c>
-      <c r="D95">
-[...1 lines deleted...]
-      </c>
       <c r="E95" t="s">
-        <v>222</v>
+        <v>34</v>
       </c>
       <c r="F95" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="G95" t="s">
         <v>23</v>
       </c>
       <c r="H95">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="I95" t="b">
         <v>0</v>
       </c>
       <c r="J95" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K95">
         <v>2</v>
       </c>
-      <c r="L95">
-        <v>83.46</v>
+      <c r="L95" t="s">
+        <v>24</v>
       </c>
       <c r="M95" t="s">
         <v>24</v>
       </c>
       <c r="N95" t="s">
         <v>24</v>
       </c>
       <c r="O95" t="s">
         <v>24</v>
       </c>
       <c r="P95" t="s">
         <v>24</v>
       </c>
       <c r="Q95">
-        <v>78.15</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>109.01</v>
+      </c>
+      <c r="R95">
+        <v>114.2</v>
       </c>
       <c r="S95">
-        <v>161.61</v>
+        <v>223.21</v>
       </c>
     </row>
     <row r="96" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A96">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>223</v>
+        <v>74</v>
       </c>
       <c r="C96" t="s">
-        <v>47</v>
+        <v>222</v>
       </c>
       <c r="D96">
-        <v>499</v>
+        <v>2386</v>
       </c>
       <c r="E96" t="s">
-        <v>224</v>
+        <v>30</v>
       </c>
       <c r="F96" t="s">
         <v>22</v>
       </c>
       <c r="G96" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H96">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="I96" t="b">
         <v>0</v>
       </c>
       <c r="J96" t="s">
-        <v>142</v>
+        <v>164</v>
       </c>
       <c r="K96">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>2</v>
+      </c>
+      <c r="L96">
+        <v>116.8</v>
       </c>
       <c r="M96" t="s">
         <v>24</v>
       </c>
       <c r="N96" t="s">
         <v>24</v>
       </c>
-      <c r="O96">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="O96" t="s">
+        <v>24</v>
+      </c>
+      <c r="P96">
+        <v>105.08</v>
       </c>
       <c r="Q96" t="s">
         <v>24</v>
       </c>
       <c r="R96" t="s">
         <v>24</v>
       </c>
       <c r="S96">
-        <v>159.34</v>
+        <v>221.88</v>
       </c>
     </row>
     <row r="97" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A97">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="C97" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-        <v>2361</v>
+        <v>29</v>
       </c>
       <c r="E97" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F97" t="s">
         <v>22</v>
       </c>
       <c r="G97" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H97">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="I97" t="b">
         <v>0</v>
       </c>
       <c r="J97" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K97">
         <v>2</v>
       </c>
       <c r="L97" t="s">
         <v>24</v>
       </c>
-      <c r="M97">
-        <v>76.68</v>
+      <c r="M97" t="s">
+        <v>24</v>
       </c>
       <c r="N97" t="s">
         <v>24</v>
       </c>
-      <c r="O97">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="O97" t="s">
+        <v>24</v>
+      </c>
+      <c r="P97">
+        <v>98.08</v>
       </c>
       <c r="Q97" t="s">
         <v>24</v>
       </c>
-      <c r="R97" t="s">
-        <v>24</v>
+      <c r="R97">
+        <v>121.89</v>
       </c>
       <c r="S97">
-        <v>157.36</v>
+        <v>219.97</v>
       </c>
     </row>
     <row r="98" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A98">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="C98" t="s">
-        <v>228</v>
-[...2 lines deleted...]
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="E98" t="s">
-        <v>229</v>
+        <v>34</v>
       </c>
       <c r="F98" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="G98" t="s">
         <v>23</v>
       </c>
       <c r="H98">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="I98" t="b">
         <v>0</v>
       </c>
       <c r="J98" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K98">
         <v>2</v>
       </c>
-      <c r="L98">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="L98" t="s">
+        <v>24</v>
+      </c>
+      <c r="M98">
+        <v>106.48</v>
+      </c>
+      <c r="N98">
+        <v>112.49</v>
       </c>
       <c r="O98" t="s">
         <v>24</v>
       </c>
       <c r="P98" t="s">
         <v>24</v>
       </c>
-      <c r="Q98">
-        <v>71.33</v>
+      <c r="Q98" t="s">
+        <v>24</v>
       </c>
       <c r="R98" t="s">
         <v>24</v>
       </c>
       <c r="S98">
-        <v>147.47</v>
+        <v>218.97</v>
       </c>
     </row>
     <row r="99" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A99">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>209</v>
+        <v>226</v>
       </c>
       <c r="C99" t="s">
-        <v>157</v>
+        <v>198</v>
       </c>
       <c r="E99" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="F99" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="G99" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H99">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="I99" t="b">
         <v>0</v>
       </c>
       <c r="J99" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K99">
         <v>2</v>
       </c>
-      <c r="L99">
-        <v>78.72</v>
+      <c r="L99" t="s">
+        <v>24</v>
       </c>
       <c r="M99">
-        <v>67.4</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>110.02</v>
+      </c>
+      <c r="N99">
+        <v>107.7</v>
       </c>
       <c r="O99" t="s">
         <v>24</v>
       </c>
       <c r="P99" t="s">
         <v>24</v>
       </c>
       <c r="Q99" t="s">
         <v>24</v>
       </c>
       <c r="R99" t="s">
         <v>24</v>
       </c>
       <c r="S99">
-        <v>146.12</v>
+        <v>217.72</v>
       </c>
     </row>
     <row r="100" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A100">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="C100" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="E100" t="s">
-        <v>222</v>
+        <v>44</v>
       </c>
       <c r="F100" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="G100" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H100">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="I100" t="b">
         <v>0</v>
       </c>
       <c r="J100" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K100">
         <v>2</v>
       </c>
-      <c r="L100">
-        <v>74.78</v>
+      <c r="L100" t="s">
+        <v>24</v>
       </c>
       <c r="M100" t="s">
         <v>24</v>
       </c>
       <c r="N100" t="s">
         <v>24</v>
       </c>
       <c r="O100" t="s">
         <v>24</v>
       </c>
       <c r="P100" t="s">
         <v>24</v>
       </c>
       <c r="Q100">
-        <v>71.31</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>101.1</v>
+      </c>
+      <c r="R100">
+        <v>114.54</v>
       </c>
       <c r="S100">
-        <v>146.09</v>
+        <v>215.64</v>
       </c>
     </row>
     <row r="101" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A101">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>51</v>
+        <v>229</v>
       </c>
       <c r="C101" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="D101">
-        <v>1076</v>
+        <v>2025</v>
       </c>
       <c r="E101" t="s">
-        <v>27</v>
+        <v>231</v>
       </c>
       <c r="F101" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="G101" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H101">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="I101" t="b">
         <v>0</v>
       </c>
       <c r="J101" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K101">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L101" t="s">
         <v>24</v>
       </c>
-      <c r="M101">
-        <v>143.64</v>
+      <c r="M101" t="s">
+        <v>24</v>
       </c>
       <c r="N101" t="s">
         <v>24</v>
       </c>
-      <c r="O101" t="s">
-        <v>24</v>
+      <c r="O101">
+        <v>105.56</v>
       </c>
       <c r="P101" t="s">
         <v>24</v>
       </c>
-      <c r="Q101" t="s">
-        <v>24</v>
+      <c r="Q101">
+        <v>108.99</v>
       </c>
       <c r="R101" t="s">
         <v>24</v>
       </c>
       <c r="S101">
-        <v>143.64</v>
+        <v>214.55</v>
       </c>
     </row>
     <row r="102" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A102">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="B102" t="s">
+        <v>232</v>
+      </c>
+      <c r="C102" t="s">
         <v>233</v>
       </c>
-      <c r="C102" t="s">
-        <v>52</v>
+      <c r="D102">
+        <v>1500</v>
       </c>
       <c r="E102" t="s">
-        <v>234</v>
+        <v>59</v>
       </c>
       <c r="F102" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G102" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="H102">
         <v>7</v>
       </c>
       <c r="I102" t="b">
         <v>0</v>
       </c>
       <c r="J102" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K102">
         <v>2</v>
       </c>
-      <c r="L102">
-        <v>71.55</v>
+      <c r="L102" t="s">
+        <v>24</v>
       </c>
       <c r="M102" t="s">
         <v>24</v>
       </c>
-      <c r="N102">
-        <v>70.67</v>
+      <c r="N102" t="s">
+        <v>24</v>
       </c>
       <c r="O102" t="s">
         <v>24</v>
       </c>
       <c r="P102" t="s">
         <v>24</v>
       </c>
-      <c r="Q102" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="Q102">
+        <v>99.81</v>
+      </c>
+      <c r="R102">
+        <v>112.47</v>
       </c>
       <c r="S102">
-        <v>142.22</v>
+        <v>212.28</v>
       </c>
     </row>
     <row r="103" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A103">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="B103" t="s">
+        <v>234</v>
+      </c>
+      <c r="C103" t="s">
         <v>235</v>
       </c>
-      <c r="C103" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E103" t="s">
-        <v>237</v>
+        <v>34</v>
       </c>
       <c r="F103" t="s">
-        <v>69</v>
+        <v>41</v>
       </c>
       <c r="G103" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H103">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="I103" t="b">
         <v>0</v>
       </c>
       <c r="J103" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K103">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L103" t="s">
         <v>24</v>
       </c>
-      <c r="M103">
-        <v>142.02</v>
+      <c r="M103" t="s">
+        <v>24</v>
       </c>
       <c r="N103" t="s">
         <v>24</v>
       </c>
       <c r="O103" t="s">
         <v>24</v>
       </c>
       <c r="P103" t="s">
         <v>24</v>
       </c>
-      <c r="Q103" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="Q103">
+        <v>106.37</v>
+      </c>
+      <c r="R103">
+        <v>105.15</v>
       </c>
       <c r="S103">
-        <v>142.02</v>
+        <v>211.52</v>
       </c>
     </row>
     <row r="104" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A104">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="C104" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="D104">
-        <v>1844</v>
+        <v>1610</v>
       </c>
       <c r="E104" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F104" t="s">
-        <v>34</v>
+        <v>65</v>
       </c>
       <c r="G104" t="s">
         <v>23</v>
       </c>
       <c r="H104">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="I104" t="b">
         <v>0</v>
       </c>
       <c r="J104" t="s">
-        <v>142</v>
+        <v>164</v>
       </c>
       <c r="K104">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>142.01</v>
+        <v>2</v>
+      </c>
+      <c r="L104" t="s">
+        <v>24</v>
       </c>
       <c r="M104" t="s">
         <v>24</v>
       </c>
       <c r="N104" t="s">
         <v>24</v>
       </c>
-      <c r="O104" t="s">
-        <v>24</v>
+      <c r="O104">
+        <v>100.42</v>
       </c>
       <c r="P104" t="s">
         <v>24</v>
       </c>
       <c r="Q104" t="s">
         <v>24</v>
       </c>
-      <c r="R104" t="s">
-        <v>24</v>
+      <c r="R104">
+        <v>107.6</v>
       </c>
       <c r="S104">
-        <v>142.01</v>
+        <v>208.02</v>
       </c>
     </row>
     <row r="105" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A105">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>157</v>
+        <v>237</v>
       </c>
       <c r="C105" t="s">
-        <v>239</v>
+        <v>83</v>
+      </c>
+      <c r="D105">
+        <v>1763</v>
       </c>
       <c r="E105" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="F105" t="s">
-        <v>34</v>
+        <v>84</v>
       </c>
       <c r="G105" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H105">
-        <v>23</v>
+        <v>4</v>
       </c>
       <c r="I105" t="b">
         <v>0</v>
       </c>
       <c r="J105" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K105">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L105">
-        <v>141.38</v>
+        <v>103.42</v>
       </c>
       <c r="M105" t="s">
         <v>24</v>
       </c>
       <c r="N105" t="s">
         <v>24</v>
       </c>
       <c r="O105" t="s">
         <v>24</v>
       </c>
       <c r="P105" t="s">
         <v>24</v>
       </c>
-      <c r="Q105" t="s">
-        <v>24</v>
+      <c r="Q105">
+        <v>104.14</v>
       </c>
       <c r="R105" t="s">
         <v>24</v>
       </c>
       <c r="S105">
-        <v>141.38</v>
+        <v>207.56</v>
       </c>
     </row>
     <row r="106" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A106">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>140</v>
+        <v>62</v>
       </c>
       <c r="C106" t="s">
-        <v>240</v>
+        <v>238</v>
+      </c>
+      <c r="D106">
+        <v>1636</v>
       </c>
       <c r="E106" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F106" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="G106" t="s">
         <v>23</v>
       </c>
       <c r="H106">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="I106" t="b">
         <v>0</v>
       </c>
       <c r="J106" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K106">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L106" t="s">
         <v>24</v>
       </c>
       <c r="M106" t="s">
         <v>24</v>
       </c>
-      <c r="N106">
-        <v>140.4</v>
+      <c r="N106" t="s">
+        <v>24</v>
       </c>
       <c r="O106" t="s">
         <v>24</v>
       </c>
       <c r="P106" t="s">
         <v>24</v>
       </c>
-      <c r="Q106" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="Q106">
+        <v>102.88</v>
+      </c>
+      <c r="R106">
+        <v>104.23</v>
       </c>
       <c r="S106">
-        <v>140.4</v>
+        <v>207.11</v>
       </c>
     </row>
     <row r="107" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A107">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C107" t="s">
-        <v>242</v>
+        <v>240</v>
+      </c>
+      <c r="D107">
+        <v>1793</v>
       </c>
       <c r="E107" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="F107" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="G107" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H107">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="I107" t="b">
         <v>0</v>
       </c>
       <c r="J107" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K107">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L107" t="s">
         <v>24</v>
       </c>
       <c r="M107" t="s">
         <v>24</v>
       </c>
       <c r="N107" t="s">
         <v>24</v>
       </c>
-      <c r="O107">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="O107" t="s">
+        <v>24</v>
+      </c>
+      <c r="P107">
+        <v>93.19</v>
       </c>
       <c r="Q107" t="s">
         <v>24</v>
       </c>
-      <c r="R107" t="s">
-        <v>24</v>
+      <c r="R107">
+        <v>112.52</v>
       </c>
       <c r="S107">
-        <v>139.97</v>
+        <v>205.71</v>
       </c>
     </row>
     <row r="108" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A108">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>135</v>
+        <v>241</v>
       </c>
       <c r="C108" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E108" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F108" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="G108" t="s">
         <v>23</v>
       </c>
       <c r="H108">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="I108" t="b">
         <v>0</v>
       </c>
       <c r="J108" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K108">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L108" t="s">
         <v>24</v>
       </c>
-      <c r="M108" t="s">
-        <v>24</v>
+      <c r="M108">
+        <v>108.71</v>
       </c>
       <c r="N108" t="s">
         <v>24</v>
       </c>
-      <c r="O108">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="O108" t="s">
+        <v>24</v>
+      </c>
+      <c r="P108">
+        <v>96.55</v>
       </c>
       <c r="Q108" t="s">
         <v>24</v>
       </c>
       <c r="R108" t="s">
         <v>24</v>
       </c>
       <c r="S108">
-        <v>139.89</v>
+        <v>205.26</v>
       </c>
     </row>
     <row r="109" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A109">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="B109" t="s">
+        <v>243</v>
+      </c>
+      <c r="C109" t="s">
         <v>244</v>
       </c>
-      <c r="C109" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D109">
-        <v>2391</v>
+        <v>2316</v>
       </c>
       <c r="E109" t="s">
-        <v>246</v>
+        <v>34</v>
       </c>
       <c r="F109" t="s">
-        <v>34</v>
+        <v>65</v>
       </c>
       <c r="G109" t="s">
         <v>23</v>
       </c>
       <c r="H109">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="I109" t="b">
         <v>0</v>
       </c>
       <c r="J109" t="s">
-        <v>142</v>
+        <v>164</v>
       </c>
       <c r="K109">
         <v>2</v>
       </c>
-      <c r="L109">
-        <v>138.42</v>
+      <c r="L109" t="s">
+        <v>24</v>
       </c>
       <c r="M109" t="s">
         <v>24</v>
       </c>
-      <c r="N109" t="s">
-        <v>24</v>
+      <c r="N109">
+        <v>97.03</v>
       </c>
       <c r="O109" t="s">
         <v>24</v>
       </c>
       <c r="P109" t="s">
         <v>24</v>
       </c>
       <c r="Q109">
-        <v>0</v>
+        <v>107.82</v>
       </c>
       <c r="R109" t="s">
         <v>24</v>
       </c>
       <c r="S109">
-        <v>138.42</v>
+        <v>204.85</v>
       </c>
     </row>
     <row r="110" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A110">
-        <v>115</v>
+        <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="C110" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D110">
-        <v>2044</v>
+        <v>495</v>
       </c>
       <c r="E110" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F110" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G110" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H110">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="I110" t="b">
         <v>0</v>
       </c>
       <c r="J110" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K110">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L110" t="s">
         <v>24</v>
       </c>
-      <c r="M110">
-        <v>137.55</v>
+      <c r="M110" t="s">
+        <v>24</v>
       </c>
       <c r="N110" t="s">
         <v>24</v>
       </c>
       <c r="O110" t="s">
         <v>24</v>
       </c>
       <c r="P110" t="s">
         <v>24</v>
       </c>
-      <c r="Q110" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="Q110">
+        <v>97.14</v>
+      </c>
+      <c r="R110">
+        <v>106.18</v>
       </c>
       <c r="S110">
-        <v>137.55</v>
+        <v>203.32</v>
       </c>
     </row>
     <row r="111" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A111">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="B111" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="C111" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="D111">
-        <v>1301</v>
+        <v>2261</v>
       </c>
       <c r="E111" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F111" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="G111" t="s">
         <v>23</v>
       </c>
       <c r="H111">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="I111" t="b">
         <v>0</v>
       </c>
       <c r="J111" t="s">
-        <v>142</v>
+        <v>164</v>
       </c>
       <c r="K111">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L111" t="s">
         <v>24</v>
       </c>
       <c r="M111" t="s">
         <v>24</v>
       </c>
-      <c r="N111">
-        <v>137.15</v>
+      <c r="N111" t="s">
+        <v>24</v>
       </c>
       <c r="O111" t="s">
         <v>24</v>
       </c>
       <c r="P111" t="s">
         <v>24</v>
       </c>
-      <c r="Q111" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="Q111">
+        <v>100.74</v>
+      </c>
+      <c r="R111">
+        <v>100.28</v>
       </c>
       <c r="S111">
-        <v>137.15</v>
+        <v>201.02</v>
       </c>
     </row>
     <row r="112" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A112">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>162</v>
+        <v>224</v>
       </c>
       <c r="C112" t="s">
-        <v>144</v>
+        <v>249</v>
       </c>
       <c r="E112" t="s">
-        <v>145</v>
+        <v>24</v>
       </c>
       <c r="F112" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G112" t="s">
         <v>23</v>
       </c>
       <c r="H112">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I112" t="b">
         <v>0</v>
       </c>
       <c r="J112" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K112">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L112" t="s">
         <v>24</v>
       </c>
       <c r="M112">
-        <v>136.46</v>
+        <v>92.92</v>
       </c>
       <c r="N112" t="s">
         <v>24</v>
       </c>
-      <c r="O112" t="s">
-        <v>24</v>
+      <c r="O112">
+        <v>108.06</v>
       </c>
       <c r="P112" t="s">
         <v>24</v>
       </c>
       <c r="Q112" t="s">
         <v>24</v>
       </c>
       <c r="R112" t="s">
         <v>24</v>
       </c>
       <c r="S112">
-        <v>136.46</v>
+        <v>200.98</v>
       </c>
     </row>
     <row r="113" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A113">
-        <v>120</v>
+        <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>251</v>
+        <v>103</v>
       </c>
       <c r="C113" t="s">
-        <v>252</v>
+        <v>43</v>
       </c>
       <c r="E113" t="s">
-        <v>237</v>
+        <v>137</v>
       </c>
       <c r="F113" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="G113" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H113">
-        <v>32</v>
+        <v>9</v>
       </c>
       <c r="I113" t="b">
         <v>0</v>
       </c>
       <c r="J113" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K113">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L113" t="s">
         <v>24</v>
       </c>
-      <c r="M113">
-        <v>135.78</v>
+      <c r="M113" t="s">
+        <v>24</v>
       </c>
       <c r="N113" t="s">
         <v>24</v>
       </c>
       <c r="O113" t="s">
         <v>24</v>
       </c>
       <c r="P113" t="s">
         <v>24</v>
       </c>
-      <c r="Q113" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="Q113">
+        <v>96.01</v>
+      </c>
+      <c r="R113">
+        <v>103.88</v>
       </c>
       <c r="S113">
-        <v>135.78</v>
+        <v>199.89</v>
       </c>
     </row>
     <row r="114" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A114">
-        <v>121</v>
+        <v>113</v>
       </c>
       <c r="B114" t="s">
-        <v>179</v>
+        <v>210</v>
       </c>
       <c r="C114" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="D114">
-        <v>1949</v>
+        <v>1225</v>
       </c>
       <c r="E114" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F114" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="G114" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H114">
-        <v>33</v>
+        <v>6</v>
       </c>
       <c r="I114" t="b">
         <v>0</v>
       </c>
       <c r="J114" t="s">
-        <v>142</v>
+        <v>164</v>
       </c>
       <c r="K114">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>134.78</v>
+        <v>2</v>
+      </c>
+      <c r="L114" t="s">
+        <v>24</v>
       </c>
       <c r="M114" t="s">
         <v>24</v>
       </c>
-      <c r="N114" t="s">
-        <v>24</v>
+      <c r="N114">
+        <v>95.27</v>
       </c>
       <c r="O114" t="s">
         <v>24</v>
       </c>
       <c r="P114" t="s">
         <v>24</v>
       </c>
-      <c r="Q114" t="s">
-        <v>24</v>
+      <c r="Q114">
+        <v>103.59</v>
       </c>
       <c r="R114" t="s">
         <v>24</v>
       </c>
       <c r="S114">
-        <v>134.78</v>
+        <v>198.86</v>
       </c>
     </row>
     <row r="115" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A115">
-        <v>122</v>
+        <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>244</v>
+        <v>138</v>
       </c>
       <c r="C115" t="s">
-        <v>254</v>
+        <v>251</v>
+      </c>
+      <c r="D115">
+        <v>1555</v>
       </c>
       <c r="E115" t="s">
-        <v>24</v>
+        <v>137</v>
       </c>
       <c r="F115" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="G115" t="s">
         <v>23</v>
       </c>
       <c r="H115">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="I115" t="b">
         <v>0</v>
       </c>
       <c r="J115" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K115">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L115">
-        <v>133.93</v>
+        <v>95.21</v>
       </c>
       <c r="M115" t="s">
         <v>24</v>
       </c>
       <c r="N115" t="s">
         <v>24</v>
       </c>
       <c r="O115" t="s">
         <v>24</v>
       </c>
       <c r="P115" t="s">
         <v>24</v>
       </c>
       <c r="Q115" t="s">
         <v>24</v>
       </c>
-      <c r="R115" t="s">
-        <v>24</v>
+      <c r="R115">
+        <v>100.6</v>
       </c>
       <c r="S115">
-        <v>133.93</v>
+        <v>195.81</v>
       </c>
     </row>
     <row r="116" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A116">
-        <v>123</v>
+        <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="C116" t="s">
-        <v>68</v>
+        <v>49</v>
       </c>
       <c r="D116">
-        <v>239</v>
+        <v>122</v>
       </c>
       <c r="E116" t="s">
-        <v>27</v>
+        <v>253</v>
       </c>
       <c r="F116" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="G116" t="s">
         <v>23</v>
       </c>
       <c r="H116">
-        <v>18</v>
+        <v>3</v>
       </c>
       <c r="I116" t="b">
         <v>0</v>
       </c>
       <c r="J116" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K116">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>133.31</v>
+        <v>2</v>
+      </c>
+      <c r="L116" t="s">
+        <v>24</v>
       </c>
       <c r="M116" t="s">
         <v>24</v>
       </c>
       <c r="N116" t="s">
         <v>24</v>
       </c>
       <c r="O116" t="s">
         <v>24</v>
       </c>
-      <c r="P116" t="s">
-        <v>24</v>
+      <c r="P116">
+        <v>81.03</v>
       </c>
       <c r="Q116" t="s">
         <v>24</v>
       </c>
-      <c r="R116" t="s">
-        <v>24</v>
+      <c r="R116">
+        <v>114.13</v>
       </c>
       <c r="S116">
-        <v>133.31</v>
+        <v>195.16</v>
       </c>
     </row>
     <row r="117" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A117">
-        <v>124</v>
+        <v>116</v>
       </c>
       <c r="B117" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="C117" t="s">
-        <v>129</v>
+        <v>255</v>
       </c>
       <c r="D117">
-        <v>59</v>
+        <v>2315</v>
       </c>
       <c r="E117" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F117" t="s">
-        <v>116</v>
+        <v>41</v>
       </c>
       <c r="G117" t="s">
         <v>23</v>
       </c>
       <c r="H117">
-        <v>4</v>
+        <v>26</v>
       </c>
       <c r="I117" t="b">
         <v>0</v>
       </c>
       <c r="J117" t="s">
-        <v>142</v>
+        <v>164</v>
       </c>
       <c r="K117">
         <v>2</v>
       </c>
-      <c r="L117" t="s">
-        <v>24</v>
+      <c r="L117">
+        <v>91.48</v>
       </c>
       <c r="M117" t="s">
         <v>24</v>
       </c>
-      <c r="N117">
-        <v>65.83</v>
+      <c r="N117" t="s">
+        <v>24</v>
       </c>
       <c r="O117" t="s">
         <v>24</v>
       </c>
       <c r="P117" t="s">
         <v>24</v>
       </c>
       <c r="Q117">
-        <v>67.46</v>
+        <v>103.45</v>
       </c>
       <c r="R117" t="s">
         <v>24</v>
       </c>
       <c r="S117">
-        <v>133.29</v>
+        <v>194.93</v>
       </c>
     </row>
     <row r="118" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A118">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="B118" t="s">
+        <v>256</v>
+      </c>
+      <c r="C118" t="s">
         <v>257</v>
       </c>
-      <c r="C118" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E118" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="F118" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G118" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H118">
-        <v>35</v>
+        <v>8</v>
       </c>
       <c r="I118" t="b">
         <v>0</v>
       </c>
       <c r="J118" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K118">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L118" t="s">
         <v>24</v>
       </c>
-      <c r="M118" t="s">
-        <v>24</v>
+      <c r="M118">
+        <v>91.37</v>
       </c>
       <c r="N118" t="s">
         <v>24</v>
       </c>
       <c r="O118">
-        <v>133.18</v>
+        <v>100.89</v>
       </c>
       <c r="P118" t="s">
         <v>24</v>
       </c>
       <c r="Q118" t="s">
         <v>24</v>
       </c>
       <c r="R118" t="s">
         <v>24</v>
       </c>
       <c r="S118">
-        <v>133.18</v>
+        <v>192.26</v>
       </c>
     </row>
     <row r="119" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A119">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="B119" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="C119" t="s">
-        <v>179</v>
+        <v>222</v>
       </c>
       <c r="D119">
-        <v>1990</v>
+        <v>1568</v>
       </c>
       <c r="E119" t="s">
-        <v>208</v>
+        <v>44</v>
       </c>
       <c r="F119" t="s">
-        <v>69</v>
+        <v>41</v>
       </c>
       <c r="G119" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H119">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="I119" t="b">
         <v>0</v>
       </c>
       <c r="J119" t="s">
-        <v>142</v>
+        <v>164</v>
       </c>
       <c r="K119">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>2</v>
+      </c>
+      <c r="L119">
+        <v>104.99</v>
       </c>
       <c r="M119" t="s">
         <v>24</v>
       </c>
       <c r="N119" t="s">
         <v>24</v>
       </c>
-      <c r="O119">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="O119" t="s">
+        <v>24</v>
+      </c>
+      <c r="P119">
+        <v>87.22</v>
       </c>
       <c r="Q119" t="s">
         <v>24</v>
       </c>
       <c r="R119" t="s">
         <v>24</v>
       </c>
       <c r="S119">
-        <v>132.45</v>
+        <v>192.21</v>
       </c>
     </row>
     <row r="120" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A120">
-        <v>128</v>
+        <v>119</v>
       </c>
       <c r="B120" t="s">
-        <v>260</v>
+        <v>132</v>
       </c>
       <c r="C120" t="s">
-        <v>20</v>
+        <v>259</v>
       </c>
       <c r="D120">
-        <v>983</v>
+        <v>200</v>
       </c>
       <c r="E120" t="s">
-        <v>150</v>
+        <v>34</v>
       </c>
       <c r="F120" t="s">
-        <v>28</v>
+        <v>115</v>
       </c>
       <c r="G120" t="s">
         <v>23</v>
       </c>
       <c r="H120">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="I120" t="b">
         <v>0</v>
       </c>
       <c r="J120" t="s">
-        <v>142</v>
+        <v>164</v>
       </c>
       <c r="K120">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L120" t="s">
         <v>24</v>
       </c>
       <c r="M120" t="s">
         <v>24</v>
       </c>
-      <c r="N120" t="s">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="N120">
+        <v>86.6</v>
+      </c>
+      <c r="O120" t="s">
+        <v>24</v>
+      </c>
+      <c r="P120">
+        <v>0</v>
       </c>
       <c r="Q120" t="s">
         <v>24</v>
       </c>
-      <c r="R120" t="s">
-        <v>24</v>
+      <c r="R120">
+        <v>102.2</v>
       </c>
       <c r="S120">
-        <v>131.8</v>
+        <v>188.8</v>
       </c>
     </row>
     <row r="121" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A121">
-        <v>129</v>
+        <v>120</v>
       </c>
       <c r="B121" t="s">
+        <v>260</v>
+      </c>
+      <c r="C121" t="s">
         <v>261</v>
       </c>
-      <c r="C121" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E121" t="s">
         <v>24</v>
       </c>
       <c r="F121" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G121" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H121">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="I121" t="b">
         <v>0</v>
       </c>
       <c r="J121" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K121">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>2</v>
+      </c>
+      <c r="L121">
+        <v>96.19</v>
+      </c>
+      <c r="M121">
+        <v>92.01</v>
       </c>
       <c r="N121" t="s">
         <v>24</v>
       </c>
-      <c r="O121">
-        <v>131.59</v>
+      <c r="O121" t="s">
+        <v>24</v>
       </c>
       <c r="P121" t="s">
         <v>24</v>
       </c>
       <c r="Q121" t="s">
         <v>24</v>
       </c>
       <c r="R121" t="s">
         <v>24</v>
       </c>
       <c r="S121">
-        <v>131.59</v>
+        <v>188.2</v>
       </c>
     </row>
     <row r="122" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A122">
-        <v>132</v>
+        <v>121</v>
       </c>
       <c r="B122" t="s">
+        <v>217</v>
+      </c>
+      <c r="C122" t="s">
+        <v>262</v>
+      </c>
+      <c r="E122" t="s">
         <v>263</v>
       </c>
-      <c r="C122" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F122" t="s">
-        <v>130</v>
+        <v>31</v>
       </c>
       <c r="G122" t="s">
         <v>23</v>
       </c>
       <c r="H122">
-        <v>2</v>
+        <v>17</v>
       </c>
       <c r="I122" t="b">
         <v>0</v>
       </c>
       <c r="J122" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K122">
         <v>2</v>
       </c>
-      <c r="L122" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="L122">
+        <v>96.02</v>
+      </c>
+      <c r="M122">
+        <v>91.32</v>
       </c>
       <c r="N122" t="s">
         <v>24</v>
       </c>
-      <c r="O122">
-        <v>67.22</v>
+      <c r="O122" t="s">
+        <v>24</v>
       </c>
       <c r="P122" t="s">
         <v>24</v>
       </c>
-      <c r="Q122">
-        <v>63.96</v>
+      <c r="Q122" t="s">
+        <v>24</v>
       </c>
       <c r="R122" t="s">
         <v>24</v>
       </c>
       <c r="S122">
-        <v>131.18</v>
+        <v>187.34</v>
       </c>
     </row>
     <row r="123" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A123">
-        <v>133</v>
+        <v>122</v>
       </c>
       <c r="B123" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="C123" t="s">
-        <v>267</v>
-[...2 lines deleted...]
-        <v>1978</v>
+        <v>20</v>
       </c>
       <c r="E123" t="s">
-        <v>27</v>
+        <v>265</v>
       </c>
       <c r="F123" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="G123" t="s">
         <v>23</v>
       </c>
       <c r="H123">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="I123" t="b">
         <v>0</v>
       </c>
       <c r="J123" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K123">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L123" t="s">
         <v>24</v>
       </c>
       <c r="M123" t="s">
         <v>24</v>
       </c>
       <c r="N123" t="s">
         <v>24</v>
       </c>
-      <c r="O123">
-        <v>130.8</v>
+      <c r="O123" t="s">
+        <v>24</v>
       </c>
       <c r="P123" t="s">
         <v>24</v>
       </c>
-      <c r="Q123" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="Q123">
+        <v>87.35</v>
+      </c>
+      <c r="R123">
+        <v>99.91</v>
       </c>
       <c r="S123">
-        <v>130.8</v>
+        <v>187.26</v>
       </c>
     </row>
     <row r="124" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A124">
-        <v>135</v>
+        <v>123</v>
       </c>
       <c r="B124" t="s">
-        <v>268</v>
+        <v>132</v>
       </c>
       <c r="C124" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-        <v>403</v>
+        <v>49</v>
       </c>
       <c r="E124" t="s">
-        <v>27</v>
+        <v>266</v>
       </c>
       <c r="F124" t="s">
-        <v>28</v>
+        <v>143</v>
       </c>
       <c r="G124" t="s">
         <v>23</v>
       </c>
       <c r="H124">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="I124" t="b">
         <v>0</v>
       </c>
       <c r="J124" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K124">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>128.2</v>
+        <v>2</v>
+      </c>
+      <c r="L124" t="s">
+        <v>24</v>
       </c>
       <c r="M124" t="s">
         <v>24</v>
       </c>
-      <c r="N124" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="N124">
+        <v>86.54</v>
+      </c>
+      <c r="O124">
+        <v>98.3</v>
       </c>
       <c r="P124" t="s">
         <v>24</v>
       </c>
       <c r="Q124" t="s">
         <v>24</v>
       </c>
       <c r="R124" t="s">
         <v>24</v>
       </c>
       <c r="S124">
-        <v>128.2</v>
+        <v>184.84</v>
       </c>
     </row>
     <row r="125" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A125">
-        <v>136</v>
+        <v>124</v>
       </c>
       <c r="B125" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="C125" t="s">
-        <v>30</v>
+        <v>262</v>
       </c>
       <c r="E125" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="F125" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G125" t="s">
         <v>23</v>
       </c>
       <c r="H125">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="I125" t="b">
         <v>0</v>
       </c>
       <c r="J125" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K125">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>2</v>
+      </c>
+      <c r="L125" t="s">
+        <v>24</v>
+      </c>
+      <c r="M125">
+        <v>84.6</v>
       </c>
       <c r="N125" t="s">
         <v>24</v>
       </c>
-      <c r="O125" t="s">
-        <v>24</v>
+      <c r="O125">
+        <v>97.71</v>
       </c>
       <c r="P125" t="s">
         <v>24</v>
       </c>
       <c r="Q125" t="s">
         <v>24</v>
       </c>
       <c r="R125" t="s">
         <v>24</v>
       </c>
       <c r="S125">
-        <v>126.12</v>
+        <v>182.31</v>
       </c>
     </row>
     <row r="126" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A126">
-        <v>139</v>
+        <v>125</v>
       </c>
       <c r="B126" t="s">
-        <v>129</v>
+        <v>268</v>
       </c>
       <c r="C126" t="s">
-        <v>271</v>
+        <v>43</v>
+      </c>
+      <c r="D126">
+        <v>1718</v>
       </c>
       <c r="E126" t="s">
-        <v>237</v>
+        <v>34</v>
       </c>
       <c r="F126" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="G126" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H126">
-        <v>40</v>
+        <v>7</v>
       </c>
       <c r="I126" t="b">
         <v>0</v>
       </c>
       <c r="J126" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K126">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L126" t="s">
         <v>24</v>
       </c>
       <c r="M126">
-        <v>125.73</v>
+        <v>83.2</v>
       </c>
       <c r="N126" t="s">
         <v>24</v>
       </c>
-      <c r="O126" t="s">
-        <v>24</v>
+      <c r="O126">
+        <v>95.05</v>
       </c>
       <c r="P126" t="s">
         <v>24</v>
       </c>
       <c r="Q126" t="s">
         <v>24</v>
       </c>
       <c r="R126" t="s">
         <v>24</v>
       </c>
       <c r="S126">
-        <v>125.73</v>
+        <v>178.25</v>
       </c>
     </row>
     <row r="127" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A127">
-        <v>140</v>
+        <v>126</v>
       </c>
       <c r="B127" t="s">
-        <v>182</v>
+        <v>269</v>
       </c>
       <c r="C127" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="E127" t="s">
-        <v>273</v>
+        <v>34</v>
       </c>
       <c r="F127" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="G127" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H127">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="I127" t="b">
         <v>0</v>
       </c>
       <c r="J127" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K127">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>125.32</v>
+        <v>2</v>
+      </c>
+      <c r="L127" t="s">
+        <v>24</v>
       </c>
       <c r="M127" t="s">
         <v>24</v>
       </c>
       <c r="N127" t="s">
         <v>24</v>
       </c>
       <c r="O127" t="s">
         <v>24</v>
       </c>
       <c r="P127" t="s">
         <v>24</v>
       </c>
-      <c r="Q127" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="Q127">
+        <v>91.28</v>
+      </c>
+      <c r="R127">
+        <v>86.61</v>
       </c>
       <c r="S127">
-        <v>125.32</v>
+        <v>177.89</v>
       </c>
     </row>
     <row r="128" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A128">
-        <v>142</v>
+        <v>127</v>
       </c>
       <c r="B128" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="C128" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>932</v>
+        <v>272</v>
       </c>
       <c r="E128" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="F128" t="s">
         <v>22</v>
       </c>
       <c r="G128" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H128">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="I128" t="b">
         <v>0</v>
       </c>
       <c r="J128" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K128">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>125.02</v>
+        <v>2</v>
+      </c>
+      <c r="L128" t="s">
+        <v>24</v>
       </c>
       <c r="M128" t="s">
         <v>24</v>
       </c>
       <c r="N128" t="s">
         <v>24</v>
       </c>
-      <c r="O128" t="s">
-        <v>24</v>
+      <c r="O128">
+        <v>95.54</v>
       </c>
       <c r="P128" t="s">
         <v>24</v>
       </c>
       <c r="Q128" t="s">
         <v>24</v>
       </c>
-      <c r="R128" t="s">
-        <v>24</v>
+      <c r="R128">
+        <v>78.92</v>
       </c>
       <c r="S128">
-        <v>125.02</v>
+        <v>174.46</v>
       </c>
     </row>
     <row r="129" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A129">
-        <v>144</v>
+        <v>128</v>
       </c>
       <c r="B129" t="s">
-        <v>275</v>
+        <v>33</v>
       </c>
       <c r="C129" t="s">
-        <v>77</v>
+        <v>149</v>
       </c>
       <c r="D129">
-        <v>255</v>
+        <v>898</v>
       </c>
       <c r="E129" t="s">
-        <v>31</v>
+        <v>140</v>
       </c>
       <c r="F129" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="G129" t="s">
         <v>23</v>
       </c>
       <c r="H129">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I129" t="b">
         <v>0</v>
       </c>
       <c r="J129" t="s">
-        <v>142</v>
+        <v>164</v>
       </c>
       <c r="K129">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L129">
-        <v>124.93</v>
+        <v>90.42</v>
       </c>
       <c r="M129" t="s">
         <v>24</v>
       </c>
-      <c r="N129" t="s">
-        <v>24</v>
+      <c r="N129">
+        <v>80.2</v>
       </c>
       <c r="O129" t="s">
         <v>24</v>
       </c>
       <c r="P129" t="s">
         <v>24</v>
       </c>
       <c r="Q129" t="s">
         <v>24</v>
       </c>
       <c r="R129" t="s">
         <v>24</v>
       </c>
       <c r="S129">
-        <v>124.93</v>
+        <v>170.62</v>
       </c>
     </row>
     <row r="130" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A130">
-        <v>146</v>
+        <v>129</v>
       </c>
       <c r="B130" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="C130" t="s">
-        <v>277</v>
-[...2 lines deleted...]
-        <v>2436</v>
+        <v>274</v>
       </c>
       <c r="E130" t="s">
-        <v>24</v>
+        <v>275</v>
       </c>
       <c r="F130" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G130" t="s">
         <v>23</v>
       </c>
       <c r="H130">
-        <v>44</v>
+        <v>27</v>
       </c>
       <c r="I130" t="b">
         <v>0</v>
       </c>
       <c r="J130" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K130">
         <v>1</v>
       </c>
       <c r="L130" t="s">
         <v>24</v>
       </c>
-      <c r="M130">
-        <v>124.63</v>
+      <c r="M130" t="s">
+        <v>24</v>
       </c>
       <c r="N130" t="s">
         <v>24</v>
       </c>
       <c r="O130" t="s">
         <v>24</v>
       </c>
       <c r="P130" t="s">
         <v>24</v>
       </c>
       <c r="Q130" t="s">
         <v>24</v>
       </c>
-      <c r="R130" t="s">
-        <v>24</v>
+      <c r="R130">
+        <v>166.77</v>
       </c>
       <c r="S130">
-        <v>124.63</v>
+        <v>166.77</v>
       </c>
     </row>
     <row r="131" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A131">
-        <v>147</v>
+        <v>130</v>
       </c>
       <c r="B131" t="s">
-        <v>278</v>
+        <v>185</v>
       </c>
       <c r="C131" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="E131" t="s">
-        <v>280</v>
+        <v>34</v>
       </c>
       <c r="F131" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="G131" t="s">
         <v>23</v>
       </c>
       <c r="H131">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="I131" t="b">
         <v>0</v>
       </c>
       <c r="J131" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K131">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L131">
-        <v>124.49</v>
+        <v>86.83</v>
       </c>
       <c r="M131" t="s">
         <v>24</v>
       </c>
       <c r="N131" t="s">
         <v>24</v>
       </c>
-      <c r="O131" t="s">
-        <v>24</v>
+      <c r="O131">
+        <v>79.86</v>
       </c>
       <c r="P131" t="s">
         <v>24</v>
       </c>
       <c r="Q131" t="s">
         <v>24</v>
       </c>
       <c r="R131" t="s">
         <v>24</v>
       </c>
       <c r="S131">
-        <v>124.49</v>
+        <v>166.69</v>
       </c>
     </row>
     <row r="132" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A132">
-        <v>149</v>
+        <v>131</v>
       </c>
       <c r="B132" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C132" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="E132" t="s">
-        <v>283</v>
+        <v>34</v>
       </c>
       <c r="F132" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G132" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H132">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="I132" t="b">
         <v>0</v>
       </c>
       <c r="J132" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K132">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>2</v>
+      </c>
+      <c r="L132">
+        <v>88.5</v>
       </c>
       <c r="M132" t="s">
         <v>24</v>
       </c>
       <c r="N132">
-        <v>123.96</v>
+        <v>78.17</v>
       </c>
       <c r="O132" t="s">
         <v>24</v>
       </c>
       <c r="P132" t="s">
         <v>24</v>
       </c>
       <c r="Q132" t="s">
         <v>24</v>
       </c>
       <c r="R132" t="s">
         <v>24</v>
       </c>
       <c r="S132">
-        <v>123.96</v>
+        <v>166.67</v>
       </c>
     </row>
     <row r="133" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A133">
-        <v>150</v>
+        <v>132</v>
       </c>
       <c r="B133" t="s">
-        <v>244</v>
+        <v>279</v>
       </c>
       <c r="C133" t="s">
-        <v>284</v>
+        <v>20</v>
+      </c>
+      <c r="D133">
+        <v>499</v>
       </c>
       <c r="E133" t="s">
-        <v>24</v>
+        <v>280</v>
       </c>
       <c r="F133" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="G133" t="s">
         <v>23</v>
       </c>
       <c r="H133">
-        <v>48</v>
+        <v>21</v>
       </c>
       <c r="I133" t="b">
         <v>0</v>
       </c>
       <c r="J133" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K133">
         <v>1</v>
       </c>
-      <c r="L133">
-        <v>123.61</v>
+      <c r="L133" t="s">
+        <v>24</v>
       </c>
       <c r="M133" t="s">
         <v>24</v>
       </c>
       <c r="N133" t="s">
         <v>24</v>
       </c>
-      <c r="O133" t="s">
-        <v>24</v>
+      <c r="O133">
+        <v>159.34</v>
       </c>
       <c r="P133" t="s">
         <v>24</v>
       </c>
       <c r="Q133" t="s">
         <v>24</v>
       </c>
       <c r="R133" t="s">
         <v>24</v>
       </c>
       <c r="S133">
-        <v>123.61</v>
+        <v>159.34</v>
       </c>
     </row>
     <row r="134" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A134">
-        <v>153</v>
+        <v>133</v>
       </c>
       <c r="B134" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="C134" t="s">
-        <v>286</v>
+        <v>282</v>
+      </c>
+      <c r="D134">
+        <v>2361</v>
       </c>
       <c r="E134" t="s">
-        <v>287</v>
+        <v>34</v>
       </c>
       <c r="F134" t="s">
         <v>22</v>
       </c>
       <c r="G134" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H134">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="I134" t="b">
         <v>0</v>
       </c>
       <c r="J134" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K134">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>2</v>
+      </c>
+      <c r="L134" t="s">
+        <v>24</v>
+      </c>
+      <c r="M134">
+        <v>76.68</v>
       </c>
       <c r="N134" t="s">
         <v>24</v>
       </c>
-      <c r="O134" t="s">
-        <v>24</v>
+      <c r="O134">
+        <v>80.68</v>
       </c>
       <c r="P134" t="s">
         <v>24</v>
       </c>
       <c r="Q134" t="s">
         <v>24</v>
       </c>
       <c r="R134" t="s">
         <v>24</v>
       </c>
       <c r="S134">
-        <v>121.3</v>
+        <v>157.36</v>
       </c>
     </row>
     <row r="135" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A135">
-        <v>154</v>
+        <v>134</v>
       </c>
       <c r="B135" t="s">
-        <v>288</v>
+        <v>252</v>
       </c>
       <c r="C135" t="s">
-        <v>289</v>
+        <v>283</v>
       </c>
       <c r="E135" t="s">
-        <v>24</v>
+        <v>111</v>
       </c>
       <c r="F135" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G135" t="s">
         <v>23</v>
       </c>
       <c r="H135">
-        <v>50</v>
+        <v>28</v>
       </c>
       <c r="I135" t="b">
         <v>0</v>
       </c>
       <c r="J135" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K135">
         <v>1</v>
       </c>
       <c r="L135" t="s">
         <v>24</v>
       </c>
-      <c r="M135">
-        <v>121.17</v>
+      <c r="M135" t="s">
+        <v>24</v>
       </c>
       <c r="N135" t="s">
         <v>24</v>
       </c>
       <c r="O135" t="s">
         <v>24</v>
       </c>
       <c r="P135" t="s">
         <v>24</v>
       </c>
       <c r="Q135" t="s">
         <v>24</v>
       </c>
-      <c r="R135" t="s">
-        <v>24</v>
+      <c r="R135">
+        <v>154.69</v>
       </c>
       <c r="S135">
-        <v>121.17</v>
+        <v>154.69</v>
       </c>
     </row>
     <row r="136" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A136">
-        <v>156</v>
+        <v>135</v>
       </c>
       <c r="B136" t="s">
-        <v>112</v>
+        <v>284</v>
       </c>
       <c r="C136" t="s">
-        <v>290</v>
+        <v>285</v>
       </c>
       <c r="E136" t="s">
-        <v>55</v>
+        <v>286</v>
       </c>
       <c r="F136" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="G136" t="s">
         <v>23</v>
       </c>
       <c r="H136">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I136" t="b">
         <v>0</v>
       </c>
       <c r="J136" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K136">
         <v>1</v>
       </c>
-      <c r="L136">
-        <v>120.98</v>
+      <c r="L136" t="s">
+        <v>24</v>
       </c>
       <c r="M136" t="s">
         <v>24</v>
       </c>
       <c r="N136" t="s">
         <v>24</v>
       </c>
       <c r="O136" t="s">
         <v>24</v>
       </c>
-      <c r="P136" t="s">
-        <v>24</v>
+      <c r="P136">
+        <v>150.33</v>
       </c>
       <c r="Q136" t="s">
         <v>24</v>
       </c>
       <c r="R136" t="s">
         <v>24</v>
       </c>
       <c r="S136">
-        <v>120.98</v>
+        <v>150.33</v>
       </c>
     </row>
     <row r="137" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A137">
-        <v>157</v>
+        <v>136</v>
       </c>
       <c r="B137" t="s">
-        <v>241</v>
+        <v>287</v>
       </c>
       <c r="C137" t="s">
-        <v>291</v>
+        <v>288</v>
+      </c>
+      <c r="D137">
+        <v>229</v>
       </c>
       <c r="E137" t="s">
-        <v>222</v>
+        <v>289</v>
       </c>
       <c r="F137" t="s">
-        <v>34</v>
+        <v>65</v>
       </c>
       <c r="G137" t="s">
         <v>23</v>
       </c>
       <c r="H137">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="I137" t="b">
         <v>0</v>
       </c>
       <c r="J137" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K137">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L137">
-        <v>120.89</v>
+        <v>76.14</v>
       </c>
       <c r="M137" t="s">
         <v>24</v>
       </c>
       <c r="N137" t="s">
         <v>24</v>
       </c>
       <c r="O137" t="s">
         <v>24</v>
       </c>
       <c r="P137" t="s">
         <v>24</v>
       </c>
-      <c r="Q137" t="s">
-        <v>24</v>
+      <c r="Q137">
+        <v>71.33</v>
       </c>
       <c r="R137" t="s">
         <v>24</v>
       </c>
       <c r="S137">
-        <v>120.89</v>
+        <v>147.47</v>
       </c>
     </row>
     <row r="138" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A138">
-        <v>158</v>
+        <v>137</v>
       </c>
       <c r="B138" t="s">
-        <v>162</v>
+        <v>182</v>
       </c>
       <c r="C138" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-        <v>2251</v>
+        <v>192</v>
       </c>
       <c r="E138" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F138" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G138" t="s">
         <v>23</v>
       </c>
       <c r="H138">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I138" t="b">
         <v>0</v>
       </c>
       <c r="J138" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K138">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>2</v>
+      </c>
+      <c r="L138">
+        <v>78.72</v>
       </c>
       <c r="M138">
-        <v>120.72</v>
+        <v>67.4</v>
       </c>
       <c r="N138" t="s">
         <v>24</v>
       </c>
       <c r="O138" t="s">
         <v>24</v>
       </c>
       <c r="P138" t="s">
         <v>24</v>
       </c>
       <c r="Q138" t="s">
         <v>24</v>
       </c>
       <c r="R138" t="s">
         <v>24</v>
       </c>
       <c r="S138">
-        <v>120.72</v>
+        <v>146.12</v>
       </c>
     </row>
     <row r="139" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A139">
-        <v>159</v>
+        <v>138</v>
       </c>
       <c r="B139" t="s">
-        <v>74</v>
+        <v>290</v>
       </c>
       <c r="C139" t="s">
-        <v>293</v>
-[...2 lines deleted...]
-        <v>2317</v>
+        <v>291</v>
       </c>
       <c r="E139" t="s">
-        <v>58</v>
+        <v>137</v>
       </c>
       <c r="F139" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="G139" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H139">
-        <v>22</v>
+        <v>6</v>
       </c>
       <c r="I139" t="b">
         <v>0</v>
       </c>
       <c r="J139" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K139">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>2</v>
+      </c>
+      <c r="L139">
+        <v>74.78</v>
       </c>
       <c r="M139" t="s">
         <v>24</v>
       </c>
-      <c r="N139">
-        <v>120.46</v>
+      <c r="N139" t="s">
+        <v>24</v>
       </c>
       <c r="O139" t="s">
         <v>24</v>
       </c>
       <c r="P139" t="s">
         <v>24</v>
       </c>
-      <c r="Q139" t="s">
-        <v>24</v>
+      <c r="Q139">
+        <v>71.31</v>
       </c>
       <c r="R139" t="s">
         <v>24</v>
       </c>
       <c r="S139">
-        <v>120.46</v>
+        <v>146.09</v>
       </c>
     </row>
     <row r="140" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A140">
-        <v>160</v>
+        <v>139</v>
       </c>
       <c r="B140" t="s">
-        <v>294</v>
+        <v>185</v>
       </c>
       <c r="C140" t="s">
-        <v>295</v>
-[...2 lines deleted...]
-        <v>2200</v>
+        <v>173</v>
       </c>
       <c r="E140" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="F140" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="G140" t="s">
         <v>23</v>
       </c>
       <c r="H140">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="I140" t="b">
         <v>0</v>
       </c>
       <c r="J140" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K140">
         <v>1</v>
       </c>
-      <c r="L140">
-        <v>119.57</v>
+      <c r="L140" t="s">
+        <v>24</v>
       </c>
       <c r="M140" t="s">
         <v>24</v>
       </c>
       <c r="N140" t="s">
         <v>24</v>
       </c>
       <c r="O140" t="s">
         <v>24</v>
       </c>
       <c r="P140" t="s">
         <v>24</v>
       </c>
       <c r="Q140" t="s">
         <v>24</v>
       </c>
-      <c r="R140" t="s">
-        <v>24</v>
+      <c r="R140">
+        <v>145.48</v>
       </c>
       <c r="S140">
-        <v>119.57</v>
+        <v>145.48</v>
       </c>
     </row>
     <row r="141" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A141">
-        <v>161</v>
+        <v>140</v>
       </c>
       <c r="B141" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="C141" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>228</v>
+        <v>293</v>
       </c>
       <c r="E141" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F141" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="G141" t="s">
         <v>23</v>
       </c>
       <c r="H141">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="I141" t="b">
         <v>0</v>
       </c>
       <c r="J141" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K141">
         <v>1</v>
       </c>
       <c r="L141" t="s">
         <v>24</v>
       </c>
       <c r="M141" t="s">
         <v>24</v>
       </c>
       <c r="N141" t="s">
         <v>24</v>
       </c>
-      <c r="O141">
-        <v>119.43</v>
+      <c r="O141" t="s">
+        <v>24</v>
       </c>
       <c r="P141" t="s">
         <v>24</v>
       </c>
       <c r="Q141" t="s">
         <v>24</v>
       </c>
-      <c r="R141" t="s">
-        <v>24</v>
+      <c r="R141">
+        <v>143.38</v>
       </c>
       <c r="S141">
-        <v>119.43</v>
+        <v>143.38</v>
       </c>
     </row>
     <row r="142" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A142">
-        <v>162</v>
+        <v>141</v>
       </c>
       <c r="B142" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="C142" t="s">
-        <v>298</v>
+        <v>49</v>
       </c>
       <c r="E142" t="s">
-        <v>24</v>
+        <v>295</v>
       </c>
       <c r="F142" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="G142" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H142">
-        <v>52</v>
+        <v>8</v>
       </c>
       <c r="I142" t="b">
         <v>0</v>
       </c>
       <c r="J142" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K142">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>2</v>
+      </c>
+      <c r="L142">
+        <v>71.55</v>
       </c>
       <c r="M142" t="s">
         <v>24</v>
       </c>
-      <c r="N142" t="s">
-[...3 lines deleted...]
-        <v>119.19</v>
+      <c r="N142">
+        <v>70.67</v>
+      </c>
+      <c r="O142" t="s">
+        <v>24</v>
       </c>
       <c r="P142" t="s">
         <v>24</v>
       </c>
       <c r="Q142" t="s">
         <v>24</v>
       </c>
       <c r="R142" t="s">
         <v>24</v>
       </c>
       <c r="S142">
-        <v>119.19</v>
+        <v>142.22</v>
       </c>
     </row>
     <row r="143" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A143">
-        <v>163</v>
+        <v>142</v>
       </c>
       <c r="B143" t="s">
-        <v>299</v>
+        <v>142</v>
       </c>
       <c r="C143" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="D143">
-        <v>2395</v>
+        <v>2178</v>
       </c>
       <c r="E143" t="s">
-        <v>78</v>
+        <v>297</v>
       </c>
       <c r="F143" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G143" t="s">
         <v>23</v>
       </c>
       <c r="H143">
-        <v>53</v>
+        <v>32</v>
       </c>
       <c r="I143" t="b">
         <v>0</v>
       </c>
       <c r="J143" t="s">
-        <v>142</v>
+        <v>164</v>
       </c>
       <c r="K143">
         <v>1</v>
       </c>
-      <c r="L143">
-        <v>119.03</v>
+      <c r="L143" t="s">
+        <v>24</v>
       </c>
       <c r="M143" t="s">
         <v>24</v>
       </c>
       <c r="N143" t="s">
         <v>24</v>
       </c>
       <c r="O143" t="s">
         <v>24</v>
       </c>
-      <c r="P143" t="s">
-        <v>24</v>
+      <c r="P143">
+        <v>142.22</v>
       </c>
       <c r="Q143" t="s">
         <v>24</v>
       </c>
       <c r="R143" t="s">
         <v>24</v>
       </c>
       <c r="S143">
-        <v>119.03</v>
+        <v>142.22</v>
       </c>
     </row>
     <row r="144" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A144">
-        <v>165</v>
+        <v>143</v>
       </c>
       <c r="B144" t="s">
-        <v>301</v>
+        <v>292</v>
       </c>
       <c r="C144" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="E144" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="F144" t="s">
-        <v>34</v>
+        <v>84</v>
       </c>
       <c r="G144" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H144">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I144" t="b">
         <v>0</v>
       </c>
       <c r="J144" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K144">
         <v>1</v>
       </c>
       <c r="L144" t="s">
         <v>24</v>
       </c>
       <c r="M144">
-        <v>118.75</v>
+        <v>142.02</v>
       </c>
       <c r="N144" t="s">
         <v>24</v>
       </c>
       <c r="O144" t="s">
         <v>24</v>
       </c>
       <c r="P144" t="s">
         <v>24</v>
       </c>
       <c r="Q144" t="s">
         <v>24</v>
       </c>
       <c r="R144" t="s">
         <v>24</v>
       </c>
       <c r="S144">
-        <v>118.75</v>
+        <v>142.02</v>
       </c>
     </row>
     <row r="145" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A145">
-        <v>166</v>
+        <v>144</v>
       </c>
       <c r="B145" t="s">
-        <v>304</v>
+        <v>192</v>
       </c>
       <c r="C145" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="E145" t="s">
         <v>24</v>
       </c>
       <c r="F145" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="G145" t="s">
         <v>23</v>
       </c>
       <c r="H145">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="I145" t="b">
         <v>0</v>
       </c>
       <c r="J145" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K145">
         <v>1</v>
       </c>
-      <c r="L145" t="s">
-        <v>24</v>
+      <c r="L145">
+        <v>141.38</v>
       </c>
       <c r="M145" t="s">
         <v>24</v>
       </c>
       <c r="N145" t="s">
         <v>24</v>
       </c>
-      <c r="O145">
-        <v>118.61</v>
+      <c r="O145" t="s">
+        <v>24</v>
       </c>
       <c r="P145" t="s">
         <v>24</v>
       </c>
       <c r="Q145" t="s">
         <v>24</v>
       </c>
       <c r="R145" t="s">
         <v>24</v>
       </c>
       <c r="S145">
-        <v>118.61</v>
+        <v>141.38</v>
       </c>
     </row>
     <row r="146" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A146">
-        <v>167</v>
+        <v>145</v>
       </c>
       <c r="B146" t="s">
-        <v>306</v>
+        <v>162</v>
       </c>
       <c r="C146" t="s">
-        <v>307</v>
-[...2 lines deleted...]
-        <v>525</v>
+        <v>301</v>
       </c>
       <c r="E146" t="s">
-        <v>213</v>
+        <v>34</v>
       </c>
       <c r="F146" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="G146" t="s">
         <v>23</v>
       </c>
       <c r="H146">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="I146" t="b">
         <v>0</v>
       </c>
       <c r="J146" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K146">
         <v>1</v>
       </c>
       <c r="L146" t="s">
         <v>24</v>
       </c>
       <c r="M146" t="s">
         <v>24</v>
       </c>
-      <c r="N146" t="s">
-[...3 lines deleted...]
-        <v>118.43</v>
+      <c r="N146">
+        <v>140.4</v>
+      </c>
+      <c r="O146" t="s">
+        <v>24</v>
       </c>
       <c r="P146" t="s">
         <v>24</v>
       </c>
       <c r="Q146" t="s">
         <v>24</v>
       </c>
       <c r="R146" t="s">
         <v>24</v>
       </c>
       <c r="S146">
-        <v>118.43</v>
+        <v>140.4</v>
       </c>
     </row>
     <row r="147" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A147">
-        <v>168</v>
+        <v>146</v>
       </c>
       <c r="B147" t="s">
-        <v>114</v>
+        <v>302</v>
       </c>
       <c r="C147" t="s">
-        <v>308</v>
-[...2 lines deleted...]
-        <v>1456</v>
+        <v>272</v>
       </c>
       <c r="E147" t="s">
-        <v>222</v>
+        <v>24</v>
       </c>
       <c r="F147" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="G147" t="s">
         <v>23</v>
       </c>
       <c r="H147">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="I147" t="b">
         <v>0</v>
       </c>
       <c r="J147" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K147">
         <v>1</v>
       </c>
-      <c r="L147">
-        <v>118.37</v>
+      <c r="L147" t="s">
+        <v>24</v>
       </c>
       <c r="M147" t="s">
         <v>24</v>
       </c>
       <c r="N147" t="s">
         <v>24</v>
       </c>
-      <c r="O147" t="s">
-        <v>24</v>
+      <c r="O147">
+        <v>139.97</v>
       </c>
       <c r="P147" t="s">
         <v>24</v>
       </c>
       <c r="Q147" t="s">
         <v>24</v>
       </c>
       <c r="R147" t="s">
         <v>24</v>
       </c>
       <c r="S147">
-        <v>118.37</v>
+        <v>139.97</v>
       </c>
     </row>
     <row r="148" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A148">
-        <v>170</v>
+        <v>147</v>
       </c>
       <c r="B148" t="s">
-        <v>134</v>
+        <v>148</v>
       </c>
       <c r="C148" t="s">
-        <v>52</v>
+        <v>303</v>
       </c>
       <c r="E148" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="F148" t="s">
         <v>22</v>
       </c>
       <c r="G148" t="s">
         <v>23</v>
       </c>
       <c r="H148">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="I148" t="b">
         <v>0</v>
       </c>
       <c r="J148" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K148">
         <v>1</v>
       </c>
       <c r="L148" t="s">
         <v>24</v>
       </c>
       <c r="M148" t="s">
         <v>24</v>
       </c>
       <c r="N148" t="s">
         <v>24</v>
       </c>
       <c r="O148">
-        <v>118.32</v>
+        <v>139.89</v>
       </c>
       <c r="P148" t="s">
         <v>24</v>
       </c>
       <c r="Q148" t="s">
         <v>24</v>
       </c>
       <c r="R148" t="s">
         <v>24</v>
       </c>
       <c r="S148">
-        <v>118.32</v>
+        <v>139.89</v>
       </c>
     </row>
     <row r="149" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A149">
-        <v>172</v>
+        <v>148</v>
       </c>
       <c r="B149" t="s">
-        <v>90</v>
+        <v>304</v>
       </c>
       <c r="C149" t="s">
-        <v>309</v>
+        <v>305</v>
+      </c>
+      <c r="D149">
+        <v>1013</v>
       </c>
       <c r="E149" t="s">
-        <v>27</v>
+        <v>299</v>
       </c>
       <c r="F149" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G149" t="s">
         <v>23</v>
       </c>
       <c r="H149">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="I149" t="b">
         <v>0</v>
       </c>
       <c r="J149" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K149">
         <v>1</v>
       </c>
       <c r="L149" t="s">
         <v>24</v>
       </c>
       <c r="M149" t="s">
         <v>24</v>
       </c>
       <c r="N149" t="s">
         <v>24</v>
       </c>
-      <c r="O149">
-        <v>118.03</v>
+      <c r="O149" t="s">
+        <v>24</v>
       </c>
       <c r="P149" t="s">
         <v>24</v>
       </c>
       <c r="Q149" t="s">
         <v>24</v>
       </c>
-      <c r="R149" t="s">
-        <v>24</v>
+      <c r="R149">
+        <v>138.98</v>
       </c>
       <c r="S149">
-        <v>118.03</v>
+        <v>138.98</v>
       </c>
     </row>
     <row r="150" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A150">
-        <v>173</v>
+        <v>149</v>
       </c>
       <c r="B150" t="s">
-        <v>310</v>
+        <v>273</v>
       </c>
       <c r="C150" t="s">
-        <v>311</v>
+        <v>306</v>
+      </c>
+      <c r="D150">
+        <v>2391</v>
       </c>
       <c r="E150" t="s">
-        <v>37</v>
+        <v>307</v>
       </c>
       <c r="F150" t="s">
-        <v>69</v>
+        <v>41</v>
       </c>
       <c r="G150" t="s">
         <v>23</v>
       </c>
       <c r="H150">
-        <v>9</v>
+        <v>36</v>
       </c>
       <c r="I150" t="b">
         <v>0</v>
       </c>
       <c r="J150" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K150">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L150">
-        <v>117.49</v>
+        <v>138.42</v>
       </c>
       <c r="M150" t="s">
         <v>24</v>
       </c>
       <c r="N150" t="s">
         <v>24</v>
       </c>
       <c r="O150" t="s">
         <v>24</v>
       </c>
       <c r="P150" t="s">
         <v>24</v>
       </c>
-      <c r="Q150" t="s">
-        <v>24</v>
+      <c r="Q150">
+        <v>0</v>
       </c>
       <c r="R150" t="s">
         <v>24</v>
       </c>
       <c r="S150">
-        <v>117.49</v>
+        <v>138.42</v>
       </c>
     </row>
     <row r="151" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A151">
-        <v>174</v>
+        <v>150</v>
       </c>
       <c r="B151" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="C151" t="s">
-        <v>26</v>
+        <v>309</v>
+      </c>
+      <c r="D151">
+        <v>1638</v>
       </c>
       <c r="E151" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
       <c r="F151" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G151" t="s">
         <v>23</v>
       </c>
       <c r="H151">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="I151" t="b">
         <v>0</v>
       </c>
       <c r="J151" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K151">
         <v>1</v>
       </c>
       <c r="L151" t="s">
         <v>24</v>
       </c>
-      <c r="M151">
-        <v>117.48</v>
+      <c r="M151" t="s">
+        <v>24</v>
       </c>
       <c r="N151" t="s">
         <v>24</v>
       </c>
       <c r="O151" t="s">
         <v>24</v>
       </c>
-      <c r="P151" t="s">
-        <v>24</v>
+      <c r="P151">
+        <v>137.95</v>
       </c>
       <c r="Q151" t="s">
         <v>24</v>
       </c>
       <c r="R151" t="s">
         <v>24</v>
       </c>
       <c r="S151">
-        <v>117.48</v>
+        <v>137.95</v>
       </c>
     </row>
     <row r="152" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A152">
-        <v>175</v>
+        <v>151</v>
       </c>
       <c r="B152" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="C152" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="D152">
-        <v>1729</v>
+        <v>2044</v>
       </c>
       <c r="E152" t="s">
-        <v>222</v>
+        <v>34</v>
       </c>
       <c r="F152" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G152" t="s">
         <v>23</v>
       </c>
       <c r="H152">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I152" t="b">
         <v>0</v>
       </c>
       <c r="J152" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K152">
         <v>1</v>
       </c>
-      <c r="L152">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="L152" t="s">
+        <v>24</v>
+      </c>
+      <c r="M152">
+        <v>137.55</v>
       </c>
       <c r="N152" t="s">
         <v>24</v>
       </c>
       <c r="O152" t="s">
         <v>24</v>
       </c>
       <c r="P152" t="s">
         <v>24</v>
       </c>
       <c r="Q152" t="s">
         <v>24</v>
       </c>
       <c r="R152" t="s">
         <v>24</v>
       </c>
       <c r="S152">
-        <v>116.29</v>
+        <v>137.55</v>
       </c>
     </row>
     <row r="153" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A153">
-        <v>176</v>
+        <v>152</v>
       </c>
       <c r="B153" t="s">
-        <v>315</v>
+        <v>310</v>
       </c>
       <c r="C153" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="D153">
-        <v>2403</v>
+        <v>1698</v>
       </c>
       <c r="E153" t="s">
         <v>24</v>
       </c>
       <c r="F153" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G153" t="s">
         <v>23</v>
       </c>
       <c r="H153">
-        <v>57</v>
+        <v>37</v>
       </c>
       <c r="I153" t="b">
         <v>0</v>
       </c>
       <c r="J153" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K153">
         <v>1</v>
       </c>
-      <c r="L153">
-        <v>115.82</v>
+      <c r="L153" t="s">
+        <v>24</v>
       </c>
       <c r="M153" t="s">
         <v>24</v>
       </c>
       <c r="N153" t="s">
         <v>24</v>
       </c>
       <c r="O153" t="s">
         <v>24</v>
       </c>
       <c r="P153" t="s">
         <v>24</v>
       </c>
       <c r="Q153" t="s">
         <v>24</v>
       </c>
-      <c r="R153" t="s">
-        <v>24</v>
+      <c r="R153">
+        <v>137.35</v>
       </c>
       <c r="S153">
-        <v>115.82</v>
+        <v>137.35</v>
       </c>
     </row>
     <row r="154" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A154">
-        <v>177</v>
+        <v>153</v>
       </c>
       <c r="B154" t="s">
-        <v>198</v>
+        <v>313</v>
       </c>
       <c r="C154" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="E154" t="s">
         <v>24</v>
       </c>
       <c r="F154" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G154" t="s">
         <v>23</v>
       </c>
       <c r="H154">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="I154" t="b">
         <v>0</v>
       </c>
       <c r="J154" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K154">
         <v>1</v>
       </c>
-      <c r="L154">
-        <v>115.65</v>
+      <c r="L154" t="s">
+        <v>24</v>
       </c>
       <c r="M154" t="s">
         <v>24</v>
       </c>
       <c r="N154" t="s">
         <v>24</v>
       </c>
       <c r="O154" t="s">
         <v>24</v>
       </c>
       <c r="P154" t="s">
         <v>24</v>
       </c>
       <c r="Q154" t="s">
         <v>24</v>
       </c>
-      <c r="R154" t="s">
-        <v>24</v>
+      <c r="R154">
+        <v>137.28</v>
       </c>
       <c r="S154">
-        <v>115.65</v>
+        <v>137.28</v>
       </c>
     </row>
     <row r="155" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A155">
-        <v>178</v>
+        <v>154</v>
       </c>
       <c r="B155" t="s">
-        <v>198</v>
+        <v>287</v>
       </c>
       <c r="C155" t="s">
-        <v>30</v>
+        <v>315</v>
       </c>
       <c r="E155" t="s">
-        <v>318</v>
+        <v>24</v>
       </c>
       <c r="F155" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G155" t="s">
         <v>23</v>
       </c>
       <c r="H155">
-        <v>59</v>
+        <v>39</v>
       </c>
       <c r="I155" t="b">
         <v>0</v>
       </c>
       <c r="J155" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K155">
         <v>1</v>
       </c>
-      <c r="L155">
-        <v>115.11</v>
+      <c r="L155" t="s">
+        <v>24</v>
       </c>
       <c r="M155" t="s">
         <v>24</v>
       </c>
       <c r="N155" t="s">
         <v>24</v>
       </c>
       <c r="O155" t="s">
         <v>24</v>
       </c>
       <c r="P155" t="s">
         <v>24</v>
       </c>
       <c r="Q155" t="s">
         <v>24</v>
       </c>
-      <c r="R155" t="s">
-        <v>24</v>
+      <c r="R155">
+        <v>136.86</v>
       </c>
       <c r="S155">
-        <v>115.11</v>
+        <v>136.86</v>
       </c>
     </row>
     <row r="156" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A156">
-        <v>183</v>
+        <v>155</v>
       </c>
       <c r="B156" t="s">
-        <v>81</v>
+        <v>154</v>
       </c>
       <c r="C156" t="s">
-        <v>319</v>
+        <v>168</v>
       </c>
       <c r="E156" t="s">
-        <v>320</v>
+        <v>169</v>
       </c>
       <c r="F156" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G156" t="s">
         <v>23</v>
       </c>
       <c r="H156">
-        <v>62</v>
+        <v>40</v>
       </c>
       <c r="I156" t="b">
         <v>0</v>
       </c>
       <c r="J156" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K156">
         <v>1</v>
       </c>
       <c r="L156" t="s">
         <v>24</v>
       </c>
-      <c r="M156" t="s">
-        <v>24</v>
+      <c r="M156">
+        <v>136.46</v>
       </c>
       <c r="N156" t="s">
         <v>24</v>
       </c>
-      <c r="O156">
-        <v>114.13</v>
+      <c r="O156" t="s">
+        <v>24</v>
       </c>
       <c r="P156" t="s">
         <v>24</v>
       </c>
       <c r="Q156" t="s">
         <v>24</v>
       </c>
       <c r="R156" t="s">
         <v>24</v>
       </c>
       <c r="S156">
-        <v>114.13</v>
+        <v>136.46</v>
       </c>
     </row>
     <row r="157" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A157">
-        <v>185</v>
+        <v>156</v>
       </c>
       <c r="B157" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="C157" t="s">
-        <v>322</v>
+        <v>317</v>
+      </c>
+      <c r="D157">
+        <v>2284</v>
       </c>
       <c r="E157" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="F157" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G157" t="s">
         <v>23</v>
       </c>
       <c r="H157">
-        <v>63</v>
+        <v>41</v>
       </c>
       <c r="I157" t="b">
         <v>0</v>
       </c>
       <c r="J157" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K157">
         <v>1</v>
       </c>
       <c r="L157" t="s">
         <v>24</v>
       </c>
       <c r="M157" t="s">
         <v>24</v>
       </c>
       <c r="N157" t="s">
         <v>24</v>
       </c>
-      <c r="O157">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="O157" t="s">
+        <v>24</v>
+      </c>
+      <c r="P157">
+        <v>136.27</v>
       </c>
       <c r="Q157" t="s">
         <v>24</v>
       </c>
       <c r="R157" t="s">
         <v>24</v>
       </c>
       <c r="S157">
-        <v>113.97</v>
+        <v>136.27</v>
       </c>
     </row>
     <row r="158" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A158">
-        <v>186</v>
+        <v>157</v>
       </c>
       <c r="B158" t="s">
-        <v>323</v>
+        <v>318</v>
       </c>
       <c r="C158" t="s">
-        <v>324</v>
+        <v>319</v>
       </c>
       <c r="E158" t="s">
-        <v>27</v>
+        <v>299</v>
       </c>
       <c r="F158" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="G158" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H158">
-        <v>8</v>
+        <v>42</v>
       </c>
       <c r="I158" t="b">
         <v>0</v>
       </c>
       <c r="J158" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K158">
         <v>1</v>
       </c>
       <c r="L158" t="s">
         <v>24</v>
       </c>
-      <c r="M158" t="s">
-        <v>24</v>
+      <c r="M158">
+        <v>135.78</v>
       </c>
       <c r="N158" t="s">
         <v>24</v>
       </c>
-      <c r="O158">
-        <v>113.81</v>
+      <c r="O158" t="s">
+        <v>24</v>
       </c>
       <c r="P158" t="s">
         <v>24</v>
       </c>
       <c r="Q158" t="s">
         <v>24</v>
       </c>
       <c r="R158" t="s">
         <v>24</v>
       </c>
       <c r="S158">
-        <v>113.81</v>
+        <v>135.78</v>
       </c>
     </row>
     <row r="159" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A159">
-        <v>188</v>
+        <v>158</v>
       </c>
       <c r="B159" t="s">
-        <v>131</v>
+        <v>189</v>
       </c>
       <c r="C159" t="s">
-        <v>325</v>
+        <v>320</v>
+      </c>
+      <c r="D159">
+        <v>1949</v>
       </c>
       <c r="E159" t="s">
-        <v>326</v>
+        <v>34</v>
       </c>
       <c r="F159" t="s">
-        <v>69</v>
+        <v>41</v>
       </c>
       <c r="G159" t="s">
         <v>23</v>
       </c>
       <c r="H159">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="I159" t="b">
         <v>0</v>
       </c>
       <c r="J159" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K159">
         <v>1</v>
       </c>
-      <c r="L159" t="s">
-        <v>24</v>
+      <c r="L159">
+        <v>134.78</v>
       </c>
       <c r="M159" t="s">
         <v>24</v>
       </c>
-      <c r="N159">
-        <v>113.61</v>
+      <c r="N159" t="s">
+        <v>24</v>
       </c>
       <c r="O159" t="s">
         <v>24</v>
       </c>
       <c r="P159" t="s">
         <v>24</v>
       </c>
       <c r="Q159" t="s">
         <v>24</v>
       </c>
       <c r="R159" t="s">
         <v>24</v>
       </c>
       <c r="S159">
-        <v>113.61</v>
+        <v>134.78</v>
       </c>
     </row>
     <row r="160" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A160">
-        <v>189</v>
+        <v>159</v>
       </c>
       <c r="B160" t="s">
-        <v>327</v>
+        <v>273</v>
       </c>
       <c r="C160" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="E160" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F160" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="G160" t="s">
         <v>23</v>
       </c>
       <c r="H160">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="I160" t="b">
         <v>0</v>
       </c>
       <c r="J160" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K160">
         <v>1</v>
       </c>
       <c r="L160">
-        <v>113.5</v>
+        <v>133.93</v>
       </c>
       <c r="M160" t="s">
         <v>24</v>
       </c>
       <c r="N160" t="s">
         <v>24</v>
       </c>
       <c r="O160" t="s">
         <v>24</v>
       </c>
       <c r="P160" t="s">
         <v>24</v>
       </c>
       <c r="Q160" t="s">
         <v>24</v>
       </c>
       <c r="R160" t="s">
         <v>24</v>
       </c>
       <c r="S160">
-        <v>113.5</v>
+        <v>133.93</v>
       </c>
     </row>
     <row r="161" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A161">
-        <v>190</v>
+        <v>160</v>
       </c>
       <c r="B161" t="s">
-        <v>328</v>
+        <v>322</v>
       </c>
       <c r="C161" t="s">
-        <v>108</v>
+        <v>83</v>
+      </c>
+      <c r="D161">
+        <v>239</v>
       </c>
       <c r="E161" t="s">
-        <v>106</v>
+        <v>34</v>
       </c>
       <c r="F161" t="s">
         <v>22</v>
       </c>
       <c r="G161" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H161">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="I161" t="b">
         <v>0</v>
       </c>
       <c r="J161" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K161">
         <v>1</v>
       </c>
-      <c r="L161" t="s">
-        <v>24</v>
+      <c r="L161">
+        <v>133.31</v>
       </c>
       <c r="M161" t="s">
         <v>24</v>
       </c>
       <c r="N161" t="s">
         <v>24</v>
       </c>
-      <c r="O161">
-        <v>113.38</v>
+      <c r="O161" t="s">
+        <v>24</v>
       </c>
       <c r="P161" t="s">
         <v>24</v>
       </c>
       <c r="Q161" t="s">
         <v>24</v>
       </c>
       <c r="R161" t="s">
         <v>24</v>
       </c>
       <c r="S161">
-        <v>113.38</v>
+        <v>133.31</v>
       </c>
     </row>
     <row r="162" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A162">
-        <v>191</v>
+        <v>161</v>
       </c>
       <c r="B162" t="s">
-        <v>26</v>
+        <v>323</v>
       </c>
       <c r="C162" t="s">
-        <v>20</v>
+        <v>324</v>
       </c>
       <c r="E162" t="s">
         <v>24</v>
       </c>
       <c r="F162" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G162" t="s">
         <v>23</v>
       </c>
       <c r="H162">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="I162" t="b">
         <v>0</v>
       </c>
       <c r="J162" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K162">
         <v>1</v>
       </c>
       <c r="L162" t="s">
         <v>24</v>
       </c>
       <c r="M162" t="s">
         <v>24</v>
       </c>
       <c r="N162" t="s">
         <v>24</v>
       </c>
       <c r="O162">
-        <v>113.33</v>
+        <v>133.18</v>
       </c>
       <c r="P162" t="s">
         <v>24</v>
       </c>
       <c r="Q162" t="s">
         <v>24</v>
       </c>
       <c r="R162" t="s">
         <v>24</v>
       </c>
       <c r="S162">
-        <v>113.33</v>
+        <v>133.18</v>
       </c>
     </row>
     <row r="163" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A163">
-        <v>200</v>
+        <v>162</v>
       </c>
       <c r="B163" t="s">
-        <v>214</v>
+        <v>135</v>
       </c>
       <c r="C163" t="s">
-        <v>136</v>
+        <v>325</v>
       </c>
       <c r="E163" t="s">
         <v>24</v>
       </c>
       <c r="F163" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G163" t="s">
         <v>23</v>
       </c>
       <c r="H163">
-        <v>67</v>
+        <v>46</v>
       </c>
       <c r="I163" t="b">
         <v>0</v>
       </c>
       <c r="J163" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K163">
         <v>1</v>
       </c>
       <c r="L163" t="s">
         <v>24</v>
       </c>
       <c r="M163" t="s">
         <v>24</v>
       </c>
       <c r="N163" t="s">
         <v>24</v>
       </c>
-      <c r="O163">
-        <v>111.75</v>
+      <c r="O163" t="s">
+        <v>24</v>
       </c>
       <c r="P163" t="s">
         <v>24</v>
       </c>
       <c r="Q163" t="s">
         <v>24</v>
       </c>
-      <c r="R163" t="s">
-        <v>24</v>
+      <c r="R163">
+        <v>132.9</v>
       </c>
       <c r="S163">
-        <v>111.75</v>
+        <v>132.9</v>
       </c>
     </row>
     <row r="164" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A164">
-        <v>202</v>
+        <v>163</v>
       </c>
       <c r="B164" t="s">
-        <v>247</v>
+        <v>204</v>
       </c>
       <c r="C164" t="s">
-        <v>329</v>
+        <v>326</v>
+      </c>
+      <c r="D164">
+        <v>1529</v>
       </c>
       <c r="E164" t="s">
-        <v>24</v>
+        <v>327</v>
       </c>
       <c r="F164" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G164" t="s">
         <v>23</v>
       </c>
       <c r="H164">
-        <v>69</v>
+        <v>47</v>
       </c>
       <c r="I164" t="b">
         <v>0</v>
       </c>
       <c r="J164" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K164">
         <v>1</v>
       </c>
       <c r="L164" t="s">
         <v>24</v>
       </c>
       <c r="M164" t="s">
         <v>24</v>
       </c>
       <c r="N164" t="s">
         <v>24</v>
       </c>
-      <c r="O164">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="O164" t="s">
+        <v>24</v>
+      </c>
+      <c r="P164">
+        <v>132.82</v>
       </c>
       <c r="Q164" t="s">
         <v>24</v>
       </c>
       <c r="R164" t="s">
         <v>24</v>
       </c>
       <c r="S164">
-        <v>111.5</v>
+        <v>132.82</v>
       </c>
     </row>
     <row r="165" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A165">
-        <v>203</v>
+        <v>164</v>
       </c>
       <c r="B165" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="C165" t="s">
-        <v>331</v>
+        <v>189</v>
+      </c>
+      <c r="D165">
+        <v>1990</v>
       </c>
       <c r="E165" t="s">
-        <v>332</v>
+        <v>267</v>
       </c>
       <c r="F165" t="s">
-        <v>34</v>
+        <v>84</v>
       </c>
       <c r="G165" t="s">
         <v>23</v>
       </c>
       <c r="H165">
-        <v>70</v>
+        <v>6</v>
       </c>
       <c r="I165" t="b">
         <v>0</v>
       </c>
       <c r="J165" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K165">
         <v>1</v>
       </c>
-      <c r="L165">
-        <v>111.32</v>
+      <c r="L165" t="s">
+        <v>24</v>
       </c>
       <c r="M165" t="s">
         <v>24</v>
       </c>
       <c r="N165" t="s">
         <v>24</v>
       </c>
-      <c r="O165" t="s">
-        <v>24</v>
+      <c r="O165">
+        <v>132.45</v>
       </c>
       <c r="P165" t="s">
         <v>24</v>
       </c>
       <c r="Q165" t="s">
         <v>24</v>
       </c>
       <c r="R165" t="s">
         <v>24</v>
       </c>
       <c r="S165">
-        <v>111.32</v>
+        <v>132.45</v>
       </c>
     </row>
     <row r="166" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A166">
-        <v>204</v>
+        <v>165</v>
       </c>
       <c r="B166" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="C166" t="s">
-        <v>334</v>
+        <v>26</v>
+      </c>
+      <c r="D166">
+        <v>983</v>
       </c>
       <c r="E166" t="s">
-        <v>58</v>
+        <v>178</v>
       </c>
       <c r="F166" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="G166" t="s">
         <v>23</v>
       </c>
       <c r="H166">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="I166" t="b">
         <v>0</v>
       </c>
       <c r="J166" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K166">
         <v>1</v>
       </c>
-      <c r="L166">
-        <v>110.93</v>
+      <c r="L166" t="s">
+        <v>24</v>
       </c>
       <c r="M166" t="s">
         <v>24</v>
       </c>
       <c r="N166" t="s">
         <v>24</v>
       </c>
-      <c r="O166" t="s">
-        <v>24</v>
+      <c r="O166">
+        <v>131.8</v>
       </c>
       <c r="P166" t="s">
         <v>24</v>
       </c>
       <c r="Q166" t="s">
         <v>24</v>
       </c>
       <c r="R166" t="s">
         <v>24</v>
       </c>
       <c r="S166">
-        <v>110.93</v>
+        <v>131.8</v>
       </c>
     </row>
     <row r="167" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A167">
-        <v>205</v>
+        <v>166</v>
       </c>
       <c r="B167" t="s">
-        <v>189</v>
+        <v>330</v>
       </c>
       <c r="C167" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-        <v>2057</v>
+        <v>331</v>
       </c>
       <c r="E167" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F167" t="s">
-        <v>69</v>
+        <v>41</v>
       </c>
       <c r="G167" t="s">
         <v>23</v>
       </c>
       <c r="H167">
-        <v>11</v>
+        <v>48</v>
       </c>
       <c r="I167" t="b">
         <v>0</v>
       </c>
       <c r="J167" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K167">
         <v>1</v>
       </c>
       <c r="L167" t="s">
         <v>24</v>
       </c>
       <c r="M167" t="s">
         <v>24</v>
       </c>
       <c r="N167" t="s">
         <v>24</v>
       </c>
       <c r="O167">
-        <v>110.73</v>
+        <v>131.59</v>
       </c>
       <c r="P167" t="s">
         <v>24</v>
       </c>
       <c r="Q167" t="s">
         <v>24</v>
       </c>
       <c r="R167" t="s">
         <v>24</v>
       </c>
       <c r="S167">
-        <v>110.73</v>
+        <v>131.59</v>
       </c>
     </row>
     <row r="168" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A168">
-        <v>207</v>
+        <v>167</v>
       </c>
       <c r="B168" t="s">
-        <v>275</v>
+        <v>332</v>
       </c>
       <c r="C168" t="s">
-        <v>335</v>
+        <v>49</v>
+      </c>
+      <c r="D168">
+        <v>2271</v>
       </c>
       <c r="E168" t="s">
-        <v>24</v>
+        <v>333</v>
       </c>
       <c r="F168" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="G168" t="s">
         <v>23</v>
       </c>
       <c r="H168">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="I168" t="b">
         <v>0</v>
       </c>
       <c r="J168" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K168">
         <v>1</v>
       </c>
-      <c r="L168">
-        <v>110.31</v>
+      <c r="L168" t="s">
+        <v>24</v>
       </c>
       <c r="M168" t="s">
         <v>24</v>
       </c>
       <c r="N168" t="s">
         <v>24</v>
       </c>
       <c r="O168" t="s">
         <v>24</v>
       </c>
-      <c r="P168" t="s">
-        <v>24</v>
+      <c r="P168">
+        <v>131.46</v>
       </c>
       <c r="Q168" t="s">
         <v>24</v>
       </c>
       <c r="R168" t="s">
         <v>24</v>
       </c>
       <c r="S168">
-        <v>110.31</v>
+        <v>131.46</v>
       </c>
     </row>
     <row r="169" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A169">
-        <v>208</v>
+        <v>168</v>
       </c>
       <c r="B169" t="s">
-        <v>56</v>
+        <v>132</v>
       </c>
       <c r="C169" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="E169" t="s">
         <v>24</v>
       </c>
       <c r="F169" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="G169" t="s">
         <v>23</v>
       </c>
       <c r="H169">
-        <v>34</v>
+        <v>50</v>
       </c>
       <c r="I169" t="b">
         <v>0</v>
       </c>
       <c r="J169" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K169">
         <v>1</v>
       </c>
       <c r="L169" t="s">
         <v>24</v>
       </c>
       <c r="M169" t="s">
         <v>24</v>
       </c>
-      <c r="N169">
-        <v>109.69</v>
+      <c r="N169" t="s">
+        <v>24</v>
       </c>
       <c r="O169" t="s">
         <v>24</v>
       </c>
       <c r="P169" t="s">
         <v>24</v>
       </c>
       <c r="Q169" t="s">
         <v>24</v>
       </c>
-      <c r="R169" t="s">
-        <v>24</v>
+      <c r="R169">
+        <v>131.46</v>
       </c>
       <c r="S169">
-        <v>109.69</v>
+        <v>131.46</v>
       </c>
     </row>
     <row r="170" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A170">
-        <v>209</v>
+        <v>169</v>
       </c>
       <c r="B170" t="s">
-        <v>54</v>
+        <v>335</v>
       </c>
       <c r="C170" t="s">
-        <v>337</v>
+        <v>336</v>
+      </c>
+      <c r="D170">
+        <v>1788</v>
       </c>
       <c r="E170" t="s">
-        <v>208</v>
+        <v>34</v>
       </c>
       <c r="F170" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="G170" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H170">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="I170" t="b">
         <v>0</v>
       </c>
       <c r="J170" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K170">
         <v>1</v>
       </c>
       <c r="L170" t="s">
         <v>24</v>
       </c>
       <c r="M170" t="s">
         <v>24</v>
       </c>
       <c r="N170" t="s">
         <v>24</v>
       </c>
-      <c r="O170">
-        <v>109.62</v>
+      <c r="O170" t="s">
+        <v>24</v>
       </c>
       <c r="P170" t="s">
         <v>24</v>
       </c>
       <c r="Q170" t="s">
         <v>24</v>
       </c>
-      <c r="R170" t="s">
-        <v>24</v>
+      <c r="R170">
+        <v>131.34</v>
       </c>
       <c r="S170">
-        <v>109.62</v>
+        <v>131.34</v>
       </c>
     </row>
     <row r="171" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A171">
-        <v>210</v>
+        <v>170</v>
       </c>
       <c r="B171" t="s">
-        <v>338</v>
+        <v>241</v>
       </c>
       <c r="C171" t="s">
-        <v>339</v>
+        <v>149</v>
+      </c>
+      <c r="D171">
+        <v>2067</v>
       </c>
       <c r="E171" t="s">
-        <v>340</v>
+        <v>73</v>
       </c>
       <c r="F171" t="s">
         <v>22</v>
       </c>
       <c r="G171" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H171">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="I171" t="b">
         <v>0</v>
       </c>
       <c r="J171" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K171">
         <v>1</v>
       </c>
       <c r="L171" t="s">
         <v>24</v>
       </c>
       <c r="M171" t="s">
         <v>24</v>
       </c>
       <c r="N171" t="s">
         <v>24</v>
       </c>
-      <c r="O171">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="O171" t="s">
+        <v>24</v>
+      </c>
+      <c r="P171">
+        <v>131.25</v>
       </c>
       <c r="Q171" t="s">
         <v>24</v>
       </c>
       <c r="R171" t="s">
         <v>24</v>
       </c>
       <c r="S171">
-        <v>109.58</v>
+        <v>131.25</v>
       </c>
     </row>
     <row r="172" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A172">
-        <v>211</v>
+        <v>171</v>
       </c>
       <c r="B172" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="C172" t="s">
-        <v>136</v>
+        <v>338</v>
+      </c>
+      <c r="D172">
+        <v>1978</v>
       </c>
       <c r="E172" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="F172" t="s">
-        <v>34</v>
+        <v>84</v>
       </c>
       <c r="G172" t="s">
         <v>23</v>
       </c>
       <c r="H172">
-        <v>71</v>
+        <v>7</v>
       </c>
       <c r="I172" t="b">
         <v>0</v>
       </c>
       <c r="J172" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K172">
         <v>1</v>
       </c>
       <c r="L172" t="s">
         <v>24</v>
       </c>
       <c r="M172" t="s">
         <v>24</v>
       </c>
-      <c r="N172">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="N172" t="s">
+        <v>24</v>
+      </c>
+      <c r="O172">
+        <v>130.8</v>
       </c>
       <c r="P172" t="s">
         <v>24</v>
       </c>
       <c r="Q172" t="s">
         <v>24</v>
       </c>
       <c r="R172" t="s">
         <v>24</v>
       </c>
       <c r="S172">
-        <v>109.48</v>
+        <v>130.8</v>
       </c>
     </row>
     <row r="173" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A173">
-        <v>212</v>
+        <v>172</v>
       </c>
       <c r="B173" t="s">
-        <v>285</v>
+        <v>182</v>
       </c>
       <c r="C173" t="s">
-        <v>342</v>
+        <v>200</v>
       </c>
       <c r="D173">
-        <v>1400</v>
+        <v>491</v>
       </c>
       <c r="E173" t="s">
-        <v>78</v>
+        <v>327</v>
       </c>
       <c r="F173" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="G173" t="s">
         <v>23</v>
       </c>
       <c r="H173">
-        <v>35</v>
+        <v>51</v>
       </c>
       <c r="I173" t="b">
         <v>0</v>
       </c>
       <c r="J173" t="s">
-        <v>142</v>
+        <v>164</v>
       </c>
       <c r="K173">
         <v>1</v>
       </c>
-      <c r="L173">
-        <v>109.44</v>
+      <c r="L173" t="s">
+        <v>24</v>
       </c>
       <c r="M173" t="s">
         <v>24</v>
       </c>
       <c r="N173" t="s">
         <v>24</v>
       </c>
       <c r="O173" t="s">
         <v>24</v>
       </c>
       <c r="P173" t="s">
         <v>24</v>
       </c>
       <c r="Q173" t="s">
         <v>24</v>
       </c>
-      <c r="R173" t="s">
-        <v>24</v>
+      <c r="R173">
+        <v>130.14</v>
       </c>
       <c r="S173">
-        <v>109.44</v>
+        <v>130.14</v>
       </c>
     </row>
     <row r="174" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A174">
-        <v>215</v>
+        <v>173</v>
       </c>
       <c r="B174" t="s">
-        <v>244</v>
+        <v>339</v>
       </c>
       <c r="C174" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="D174">
-        <v>2003</v>
+        <v>789</v>
       </c>
       <c r="E174" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F174" t="s">
-        <v>69</v>
+        <v>31</v>
       </c>
       <c r="G174" t="s">
         <v>23</v>
       </c>
       <c r="H174">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="I174" t="b">
         <v>0</v>
       </c>
       <c r="J174" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K174">
         <v>1</v>
       </c>
       <c r="L174" t="s">
         <v>24</v>
       </c>
       <c r="M174" t="s">
         <v>24</v>
       </c>
       <c r="N174" t="s">
         <v>24</v>
       </c>
-      <c r="O174">
-        <v>109.23</v>
+      <c r="O174" t="s">
+        <v>24</v>
       </c>
       <c r="P174" t="s">
         <v>24</v>
       </c>
-      <c r="Q174" t="s">
-        <v>24</v>
+      <c r="Q174">
+        <v>129.32</v>
       </c>
       <c r="R174" t="s">
         <v>24</v>
       </c>
       <c r="S174">
-        <v>109.23</v>
+        <v>129.32</v>
       </c>
     </row>
     <row r="175" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A175">
-        <v>216</v>
+        <v>174</v>
       </c>
       <c r="B175" t="s">
-        <v>315</v>
+        <v>341</v>
       </c>
       <c r="C175" t="s">
-        <v>113</v>
+        <v>26</v>
       </c>
       <c r="E175" t="s">
-        <v>24</v>
+        <v>342</v>
       </c>
       <c r="F175" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G175" t="s">
         <v>23</v>
       </c>
       <c r="H175">
-        <v>73</v>
+        <v>52</v>
       </c>
       <c r="I175" t="b">
         <v>0</v>
       </c>
       <c r="J175" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K175">
         <v>1</v>
       </c>
-      <c r="L175">
-        <v>109.03</v>
+      <c r="L175" t="s">
+        <v>24</v>
       </c>
       <c r="M175" t="s">
         <v>24</v>
       </c>
       <c r="N175" t="s">
         <v>24</v>
       </c>
       <c r="O175" t="s">
         <v>24</v>
       </c>
       <c r="P175" t="s">
         <v>24</v>
       </c>
       <c r="Q175" t="s">
         <v>24</v>
       </c>
-      <c r="R175" t="s">
-        <v>24</v>
+      <c r="R175">
+        <v>129.16</v>
       </c>
       <c r="S175">
-        <v>109.03</v>
+        <v>129.16</v>
       </c>
     </row>
     <row r="176" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A176">
-        <v>218</v>
+        <v>175</v>
       </c>
       <c r="B176" t="s">
-        <v>344</v>
+        <v>302</v>
       </c>
       <c r="C176" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="E176" t="s">
-        <v>24</v>
+        <v>137</v>
       </c>
       <c r="F176" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G176" t="s">
         <v>23</v>
       </c>
       <c r="H176">
-        <v>74</v>
+        <v>53</v>
       </c>
       <c r="I176" t="b">
         <v>0</v>
       </c>
       <c r="J176" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K176">
         <v>1</v>
       </c>
       <c r="L176" t="s">
         <v>24</v>
       </c>
       <c r="M176" t="s">
         <v>24</v>
       </c>
       <c r="N176" t="s">
         <v>24</v>
       </c>
-      <c r="O176">
-        <v>108.98</v>
+      <c r="O176" t="s">
+        <v>24</v>
       </c>
       <c r="P176" t="s">
         <v>24</v>
       </c>
       <c r="Q176" t="s">
         <v>24</v>
       </c>
-      <c r="R176" t="s">
-        <v>24</v>
+      <c r="R176">
+        <v>128.54</v>
       </c>
       <c r="S176">
-        <v>108.98</v>
+        <v>128.54</v>
       </c>
     </row>
     <row r="177" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A177">
-        <v>220</v>
+        <v>176</v>
       </c>
       <c r="B177" t="s">
-        <v>214</v>
+        <v>344</v>
       </c>
       <c r="C177" t="s">
-        <v>346</v>
+        <v>345</v>
+      </c>
+      <c r="D177">
+        <v>403</v>
       </c>
       <c r="E177" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="F177" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="G177" t="s">
         <v>23</v>
       </c>
       <c r="H177">
-        <v>75</v>
+        <v>23</v>
       </c>
       <c r="I177" t="b">
         <v>0</v>
       </c>
       <c r="J177" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K177">
         <v>1</v>
       </c>
-      <c r="L177" t="s">
-[...3 lines deleted...]
-        <v>108.71</v>
+      <c r="L177">
+        <v>128.2</v>
+      </c>
+      <c r="M177" t="s">
+        <v>24</v>
       </c>
       <c r="N177" t="s">
         <v>24</v>
       </c>
       <c r="O177" t="s">
         <v>24</v>
       </c>
       <c r="P177" t="s">
         <v>24</v>
       </c>
       <c r="Q177" t="s">
         <v>24</v>
       </c>
       <c r="R177" t="s">
         <v>24</v>
       </c>
       <c r="S177">
-        <v>108.71</v>
+        <v>128.2</v>
       </c>
     </row>
     <row r="178" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A178">
-        <v>221</v>
+        <v>177</v>
       </c>
       <c r="B178" t="s">
-        <v>249</v>
+        <v>346</v>
       </c>
       <c r="C178" t="s">
-        <v>159</v>
+        <v>347</v>
       </c>
       <c r="E178" t="s">
-        <v>24</v>
+        <v>348</v>
       </c>
       <c r="F178" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="G178" t="s">
         <v>23</v>
       </c>
       <c r="H178">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="I178" t="b">
         <v>0</v>
       </c>
       <c r="J178" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K178">
         <v>1</v>
       </c>
       <c r="L178" t="s">
         <v>24</v>
       </c>
       <c r="M178" t="s">
         <v>24</v>
       </c>
       <c r="N178" t="s">
         <v>24</v>
       </c>
-      <c r="O178">
-        <v>108.49</v>
+      <c r="O178" t="s">
+        <v>24</v>
       </c>
       <c r="P178" t="s">
         <v>24</v>
       </c>
       <c r="Q178" t="s">
         <v>24</v>
       </c>
-      <c r="R178" t="s">
-        <v>24</v>
+      <c r="R178">
+        <v>127.55</v>
       </c>
       <c r="S178">
-        <v>108.49</v>
+        <v>127.55</v>
       </c>
     </row>
     <row r="179" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A179">
-        <v>222</v>
+        <v>178</v>
       </c>
       <c r="B179" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="C179" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-        <v>2394</v>
+        <v>350</v>
       </c>
       <c r="E179" t="s">
-        <v>78</v>
+        <v>59</v>
       </c>
       <c r="F179" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="G179" t="s">
         <v>23</v>
       </c>
       <c r="H179">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="I179" t="b">
         <v>0</v>
       </c>
       <c r="J179" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K179">
         <v>1</v>
       </c>
-      <c r="L179">
-        <v>108.28</v>
+      <c r="L179" t="s">
+        <v>24</v>
       </c>
       <c r="M179" t="s">
         <v>24</v>
       </c>
       <c r="N179" t="s">
         <v>24</v>
       </c>
       <c r="O179" t="s">
         <v>24</v>
       </c>
       <c r="P179" t="s">
         <v>24</v>
       </c>
       <c r="Q179" t="s">
         <v>24</v>
       </c>
-      <c r="R179" t="s">
-        <v>24</v>
+      <c r="R179">
+        <v>127.1</v>
       </c>
       <c r="S179">
-        <v>108.28</v>
+        <v>127.1</v>
       </c>
     </row>
     <row r="180" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A180">
-        <v>225</v>
+        <v>179</v>
       </c>
       <c r="B180" t="s">
-        <v>162</v>
+        <v>204</v>
       </c>
       <c r="C180" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="E180" t="s">
-        <v>349</v>
+        <v>24</v>
       </c>
       <c r="F180" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="G180" t="s">
         <v>23</v>
       </c>
       <c r="H180">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="I180" t="b">
         <v>0</v>
       </c>
       <c r="J180" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K180">
         <v>1</v>
       </c>
       <c r="L180" t="s">
         <v>24</v>
       </c>
-      <c r="M180">
-        <v>107.81</v>
+      <c r="M180" t="s">
+        <v>24</v>
       </c>
       <c r="N180" t="s">
         <v>24</v>
       </c>
       <c r="O180" t="s">
         <v>24</v>
       </c>
       <c r="P180" t="s">
         <v>24</v>
       </c>
       <c r="Q180" t="s">
         <v>24</v>
       </c>
-      <c r="R180" t="s">
-        <v>24</v>
+      <c r="R180">
+        <v>126.97</v>
       </c>
       <c r="S180">
-        <v>107.81</v>
+        <v>126.97</v>
       </c>
     </row>
     <row r="181" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A181">
-        <v>227</v>
+        <v>180</v>
       </c>
       <c r="B181" t="s">
-        <v>74</v>
+        <v>181</v>
       </c>
       <c r="C181" t="s">
-        <v>350</v>
+        <v>29</v>
       </c>
       <c r="E181" t="s">
-        <v>24</v>
+        <v>352</v>
       </c>
       <c r="F181" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="G181" t="s">
         <v>23</v>
       </c>
       <c r="H181">
-        <v>77</v>
+        <v>24</v>
       </c>
       <c r="I181" t="b">
         <v>0</v>
       </c>
       <c r="J181" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K181">
         <v>1</v>
       </c>
-      <c r="L181" t="s">
-        <v>24</v>
+      <c r="L181">
+        <v>126.12</v>
       </c>
       <c r="M181" t="s">
         <v>24</v>
       </c>
-      <c r="N181">
-        <v>107.75</v>
+      <c r="N181" t="s">
+        <v>24</v>
       </c>
       <c r="O181" t="s">
         <v>24</v>
       </c>
       <c r="P181" t="s">
         <v>24</v>
       </c>
       <c r="Q181" t="s">
         <v>24</v>
       </c>
       <c r="R181" t="s">
         <v>24</v>
       </c>
       <c r="S181">
-        <v>107.75</v>
+        <v>126.12</v>
       </c>
     </row>
     <row r="182" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A182">
-        <v>234</v>
+        <v>181</v>
       </c>
       <c r="B182" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="C182" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-        <v>1906</v>
+        <v>354</v>
       </c>
       <c r="E182" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F182" t="s">
-        <v>69</v>
+        <v>41</v>
       </c>
       <c r="G182" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H182">
-        <v>5</v>
+        <v>57</v>
       </c>
       <c r="I182" t="b">
         <v>0</v>
       </c>
       <c r="J182" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K182">
         <v>1</v>
       </c>
       <c r="L182" t="s">
         <v>24</v>
       </c>
       <c r="M182" t="s">
         <v>24</v>
       </c>
       <c r="N182" t="s">
         <v>24</v>
       </c>
-      <c r="O182">
-        <v>106.86</v>
+      <c r="O182" t="s">
+        <v>24</v>
       </c>
       <c r="P182" t="s">
         <v>24</v>
       </c>
-      <c r="Q182" t="s">
-        <v>24</v>
+      <c r="Q182">
+        <v>126.12</v>
       </c>
       <c r="R182" t="s">
         <v>24</v>
       </c>
       <c r="S182">
-        <v>106.86</v>
+        <v>126.12</v>
       </c>
     </row>
     <row r="183" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A183">
-        <v>237</v>
+        <v>182</v>
       </c>
       <c r="B183" t="s">
-        <v>275</v>
+        <v>142</v>
       </c>
       <c r="C183" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-        <v>2402</v>
+        <v>355</v>
       </c>
       <c r="E183" t="s">
-        <v>24</v>
+        <v>299</v>
       </c>
       <c r="F183" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G183" t="s">
         <v>23</v>
       </c>
       <c r="H183">
-        <v>78</v>
+        <v>58</v>
       </c>
       <c r="I183" t="b">
         <v>0</v>
       </c>
       <c r="J183" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K183">
         <v>1</v>
       </c>
-      <c r="L183">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="L183" t="s">
+        <v>24</v>
+      </c>
+      <c r="M183">
+        <v>125.73</v>
       </c>
       <c r="N183" t="s">
         <v>24</v>
       </c>
       <c r="O183" t="s">
         <v>24</v>
       </c>
       <c r="P183" t="s">
         <v>24</v>
       </c>
       <c r="Q183" t="s">
         <v>24</v>
       </c>
       <c r="R183" t="s">
         <v>24</v>
       </c>
       <c r="S183">
-        <v>106.11</v>
+        <v>125.73</v>
       </c>
     </row>
     <row r="184" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A184">
-        <v>238</v>
+        <v>183</v>
       </c>
       <c r="B184" t="s">
-        <v>352</v>
+        <v>224</v>
       </c>
       <c r="C184" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="E184" t="s">
-        <v>24</v>
+        <v>357</v>
       </c>
       <c r="F184" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="G184" t="s">
         <v>23</v>
       </c>
       <c r="H184">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="I184" t="b">
         <v>0</v>
       </c>
       <c r="J184" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K184">
         <v>1</v>
       </c>
-      <c r="L184" t="s">
-        <v>24</v>
+      <c r="L184">
+        <v>125.32</v>
       </c>
       <c r="M184" t="s">
         <v>24</v>
       </c>
       <c r="N184" t="s">
         <v>24</v>
       </c>
-      <c r="O184">
-        <v>106.07</v>
+      <c r="O184" t="s">
+        <v>24</v>
       </c>
       <c r="P184" t="s">
         <v>24</v>
       </c>
       <c r="Q184" t="s">
         <v>24</v>
       </c>
       <c r="R184" t="s">
         <v>24</v>
       </c>
       <c r="S184">
-        <v>106.07</v>
+        <v>125.32</v>
       </c>
     </row>
     <row r="185" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A185">
-        <v>239</v>
+        <v>184</v>
       </c>
       <c r="B185" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="C185" t="s">
-        <v>181</v>
+        <v>359</v>
+      </c>
+      <c r="D185">
+        <v>2314</v>
       </c>
       <c r="E185" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="F185" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="G185" t="s">
         <v>23</v>
       </c>
       <c r="H185">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="I185" t="b">
         <v>0</v>
       </c>
       <c r="J185" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K185">
         <v>1</v>
       </c>
-      <c r="L185">
-        <v>105.87</v>
+      <c r="L185" t="s">
+        <v>24</v>
       </c>
       <c r="M185" t="s">
         <v>24</v>
       </c>
       <c r="N185" t="s">
         <v>24</v>
       </c>
       <c r="O185" t="s">
         <v>24</v>
       </c>
-      <c r="P185" t="s">
-        <v>24</v>
+      <c r="P185">
+        <v>125.12</v>
       </c>
       <c r="Q185" t="s">
         <v>24</v>
       </c>
       <c r="R185" t="s">
         <v>24</v>
       </c>
       <c r="S185">
-        <v>105.87</v>
+        <v>125.12</v>
       </c>
     </row>
     <row r="186" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A186">
-        <v>240</v>
+        <v>185</v>
       </c>
       <c r="B186" t="s">
-        <v>355</v>
+        <v>204</v>
       </c>
       <c r="C186" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="E186" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="F186" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G186" t="s">
         <v>23</v>
       </c>
       <c r="H186">
-        <v>79</v>
+        <v>61</v>
       </c>
       <c r="I186" t="b">
         <v>0</v>
       </c>
       <c r="J186" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K186">
         <v>1</v>
       </c>
-      <c r="L186">
-        <v>105.83</v>
+      <c r="L186" t="s">
+        <v>24</v>
       </c>
       <c r="M186" t="s">
         <v>24</v>
       </c>
       <c r="N186" t="s">
         <v>24</v>
       </c>
       <c r="O186" t="s">
         <v>24</v>
       </c>
       <c r="P186" t="s">
         <v>24</v>
       </c>
       <c r="Q186" t="s">
         <v>24</v>
       </c>
-      <c r="R186" t="s">
-        <v>24</v>
+      <c r="R186">
+        <v>125.04</v>
       </c>
       <c r="S186">
-        <v>105.83</v>
+        <v>125.04</v>
       </c>
     </row>
     <row r="187" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A187">
-        <v>241</v>
+        <v>186</v>
       </c>
       <c r="B187" t="s">
-        <v>60</v>
+        <v>361</v>
       </c>
       <c r="C187" t="s">
-        <v>45</v>
+        <v>90</v>
+      </c>
+      <c r="D187">
+        <v>932</v>
       </c>
       <c r="E187" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="F187" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G187" t="s">
         <v>23</v>
       </c>
       <c r="H187">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="I187" t="b">
         <v>0</v>
       </c>
       <c r="J187" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K187">
         <v>1</v>
       </c>
-      <c r="L187" t="s">
-        <v>24</v>
+      <c r="L187">
+        <v>125.02</v>
       </c>
       <c r="M187" t="s">
         <v>24</v>
       </c>
       <c r="N187" t="s">
         <v>24</v>
       </c>
-      <c r="O187">
-        <v>105.65</v>
+      <c r="O187" t="s">
+        <v>24</v>
       </c>
       <c r="P187" t="s">
         <v>24</v>
       </c>
       <c r="Q187" t="s">
         <v>24</v>
       </c>
       <c r="R187" t="s">
         <v>24</v>
       </c>
       <c r="S187">
-        <v>105.65</v>
+        <v>125.02</v>
       </c>
     </row>
     <row r="188" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A188">
-        <v>242</v>
+        <v>187</v>
       </c>
       <c r="B188" t="s">
-        <v>26</v>
+        <v>362</v>
       </c>
       <c r="C188" t="s">
-        <v>311</v>
+        <v>90</v>
+      </c>
+      <c r="D188">
+        <v>255</v>
       </c>
       <c r="E188" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="F188" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="G188" t="s">
         <v>23</v>
       </c>
       <c r="H188">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="I188" t="b">
         <v>0</v>
       </c>
       <c r="J188" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K188">
         <v>1</v>
       </c>
       <c r="L188">
-        <v>105.62</v>
+        <v>124.93</v>
       </c>
       <c r="M188" t="s">
         <v>24</v>
       </c>
       <c r="N188" t="s">
         <v>24</v>
       </c>
       <c r="O188" t="s">
         <v>24</v>
       </c>
       <c r="P188" t="s">
         <v>24</v>
       </c>
       <c r="Q188" t="s">
         <v>24</v>
       </c>
       <c r="R188" t="s">
         <v>24</v>
       </c>
       <c r="S188">
-        <v>105.62</v>
+        <v>124.93</v>
       </c>
     </row>
     <row r="189" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A189">
-        <v>247</v>
+        <v>188</v>
       </c>
       <c r="B189" t="s">
-        <v>357</v>
+        <v>363</v>
       </c>
       <c r="C189" t="s">
-        <v>163</v>
+        <v>364</v>
+      </c>
+      <c r="D189">
+        <v>2436</v>
       </c>
       <c r="E189" t="s">
         <v>24</v>
       </c>
       <c r="F189" t="s">
-        <v>69</v>
+        <v>41</v>
       </c>
       <c r="G189" t="s">
         <v>23</v>
       </c>
       <c r="H189">
-        <v>13</v>
+        <v>62</v>
       </c>
       <c r="I189" t="b">
         <v>0</v>
       </c>
       <c r="J189" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K189">
         <v>1</v>
       </c>
       <c r="L189" t="s">
         <v>24</v>
       </c>
-      <c r="M189" t="s">
-        <v>24</v>
+      <c r="M189">
+        <v>124.63</v>
       </c>
       <c r="N189" t="s">
         <v>24</v>
       </c>
-      <c r="O189">
-        <v>104.82</v>
+      <c r="O189" t="s">
+        <v>24</v>
       </c>
       <c r="P189" t="s">
         <v>24</v>
       </c>
       <c r="Q189" t="s">
         <v>24</v>
       </c>
       <c r="R189" t="s">
         <v>24</v>
       </c>
       <c r="S189">
-        <v>104.82</v>
+        <v>124.63</v>
       </c>
     </row>
     <row r="190" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A190">
-        <v>249</v>
+        <v>189</v>
       </c>
       <c r="B190" t="s">
-        <v>358</v>
+        <v>365</v>
       </c>
       <c r="C190" t="s">
-        <v>176</v>
+        <v>366</v>
       </c>
       <c r="E190" t="s">
-        <v>332</v>
+        <v>367</v>
       </c>
       <c r="F190" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G190" t="s">
         <v>23</v>
       </c>
       <c r="H190">
-        <v>82</v>
+        <v>63</v>
       </c>
       <c r="I190" t="b">
         <v>0</v>
       </c>
       <c r="J190" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K190">
         <v>1</v>
       </c>
       <c r="L190">
-        <v>104.65</v>
+        <v>124.49</v>
       </c>
       <c r="M190" t="s">
         <v>24</v>
       </c>
       <c r="N190" t="s">
         <v>24</v>
       </c>
       <c r="O190" t="s">
         <v>24</v>
       </c>
       <c r="P190" t="s">
         <v>24</v>
       </c>
       <c r="Q190" t="s">
         <v>24</v>
       </c>
       <c r="R190" t="s">
         <v>24</v>
       </c>
       <c r="S190">
-        <v>104.65</v>
+        <v>124.49</v>
       </c>
     </row>
     <row r="191" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A191">
-        <v>250</v>
+        <v>190</v>
       </c>
       <c r="B191" t="s">
-        <v>54</v>
+        <v>368</v>
       </c>
       <c r="C191" t="s">
-        <v>359</v>
+        <v>149</v>
+      </c>
+      <c r="D191">
+        <v>1621</v>
       </c>
       <c r="E191" t="s">
-        <v>360</v>
+        <v>44</v>
       </c>
       <c r="F191" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="G191" t="s">
         <v>23</v>
       </c>
       <c r="H191">
-        <v>50</v>
+        <v>64</v>
       </c>
       <c r="I191" t="b">
         <v>0</v>
       </c>
       <c r="J191" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K191">
         <v>1</v>
       </c>
       <c r="L191" t="s">
         <v>24</v>
       </c>
       <c r="M191" t="s">
         <v>24</v>
       </c>
       <c r="N191" t="s">
         <v>24</v>
       </c>
-      <c r="O191">
-        <v>104.51</v>
+      <c r="O191" t="s">
+        <v>24</v>
       </c>
       <c r="P191" t="s">
         <v>24</v>
       </c>
       <c r="Q191" t="s">
         <v>24</v>
       </c>
-      <c r="R191" t="s">
-        <v>24</v>
+      <c r="R191">
+        <v>124.23</v>
       </c>
       <c r="S191">
-        <v>104.51</v>
+        <v>124.23</v>
       </c>
     </row>
     <row r="192" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A192">
-        <v>251</v>
+        <v>191</v>
       </c>
       <c r="B192" t="s">
-        <v>361</v>
+        <v>58</v>
       </c>
       <c r="C192" t="s">
-        <v>362</v>
-[...2 lines deleted...]
-        <v>408</v>
+        <v>369</v>
       </c>
       <c r="E192" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F192" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="G192" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H192">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="I192" t="b">
         <v>0</v>
       </c>
       <c r="J192" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K192">
         <v>1</v>
       </c>
       <c r="L192" t="s">
         <v>24</v>
       </c>
-      <c r="M192">
-        <v>104.44</v>
+      <c r="M192" t="s">
+        <v>24</v>
       </c>
       <c r="N192" t="s">
         <v>24</v>
       </c>
       <c r="O192" t="s">
         <v>24</v>
       </c>
-      <c r="P192" t="s">
-        <v>24</v>
+      <c r="P192">
+        <v>124.18</v>
       </c>
       <c r="Q192" t="s">
         <v>24</v>
       </c>
       <c r="R192" t="s">
         <v>24</v>
       </c>
       <c r="S192">
-        <v>104.44</v>
+        <v>124.18</v>
       </c>
     </row>
     <row r="193" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A193">
-        <v>252</v>
+        <v>192</v>
       </c>
       <c r="B193" t="s">
-        <v>363</v>
+        <v>370</v>
       </c>
       <c r="C193" t="s">
-        <v>364</v>
+        <v>371</v>
       </c>
       <c r="E193" t="s">
-        <v>85</v>
+        <v>372</v>
       </c>
       <c r="F193" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="G193" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H193">
-        <v>14</v>
+        <v>66</v>
       </c>
       <c r="I193" t="b">
         <v>0</v>
       </c>
       <c r="J193" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K193">
         <v>1</v>
       </c>
-      <c r="L193">
-        <v>104.2</v>
+      <c r="L193" t="s">
+        <v>24</v>
       </c>
       <c r="M193" t="s">
         <v>24</v>
       </c>
-      <c r="N193" t="s">
-        <v>24</v>
+      <c r="N193">
+        <v>123.96</v>
       </c>
       <c r="O193" t="s">
         <v>24</v>
       </c>
       <c r="P193" t="s">
         <v>24</v>
       </c>
       <c r="Q193" t="s">
         <v>24</v>
       </c>
       <c r="R193" t="s">
         <v>24</v>
       </c>
       <c r="S193">
-        <v>104.2</v>
+        <v>123.96</v>
       </c>
     </row>
     <row r="194" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A194">
-        <v>253</v>
+        <v>193</v>
       </c>
       <c r="B194" t="s">
-        <v>365</v>
+        <v>162</v>
       </c>
       <c r="C194" t="s">
-        <v>366</v>
+        <v>373</v>
       </c>
       <c r="E194" t="s">
-        <v>85</v>
+        <v>137</v>
       </c>
       <c r="F194" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="G194" t="s">
         <v>23</v>
       </c>
       <c r="H194">
-        <v>38</v>
+        <v>67</v>
       </c>
       <c r="I194" t="b">
         <v>0</v>
       </c>
       <c r="J194" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K194">
         <v>1</v>
       </c>
-      <c r="L194">
-        <v>104.13</v>
+      <c r="L194" t="s">
+        <v>24</v>
       </c>
       <c r="M194" t="s">
         <v>24</v>
       </c>
       <c r="N194" t="s">
         <v>24</v>
       </c>
       <c r="O194" t="s">
         <v>24</v>
       </c>
       <c r="P194" t="s">
         <v>24</v>
       </c>
       <c r="Q194" t="s">
         <v>24</v>
       </c>
-      <c r="R194" t="s">
-        <v>24</v>
+      <c r="R194">
+        <v>123.66</v>
       </c>
       <c r="S194">
-        <v>104.13</v>
+        <v>123.66</v>
       </c>
     </row>
     <row r="195" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A195">
-        <v>254</v>
+        <v>194</v>
       </c>
       <c r="B195" t="s">
-        <v>95</v>
+        <v>273</v>
       </c>
       <c r="C195" t="s">
-        <v>181</v>
+        <v>374</v>
       </c>
       <c r="E195" t="s">
-        <v>367</v>
+        <v>24</v>
       </c>
       <c r="F195" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="G195" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H195">
-        <v>15</v>
+        <v>68</v>
       </c>
       <c r="I195" t="b">
         <v>0</v>
       </c>
       <c r="J195" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K195">
         <v>1</v>
       </c>
       <c r="L195">
-        <v>103.79</v>
+        <v>123.61</v>
       </c>
       <c r="M195" t="s">
         <v>24</v>
       </c>
       <c r="N195" t="s">
         <v>24</v>
       </c>
       <c r="O195" t="s">
         <v>24</v>
       </c>
       <c r="P195" t="s">
         <v>24</v>
       </c>
       <c r="Q195" t="s">
         <v>24</v>
       </c>
       <c r="R195" t="s">
         <v>24</v>
       </c>
       <c r="S195">
-        <v>103.79</v>
+        <v>123.61</v>
       </c>
     </row>
     <row r="196" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A196">
-        <v>261</v>
+        <v>195</v>
       </c>
       <c r="B196" t="s">
-        <v>249</v>
+        <v>185</v>
       </c>
       <c r="C196" t="s">
-        <v>96</v>
+        <v>375</v>
       </c>
       <c r="E196" t="s">
-        <v>27</v>
+        <v>327</v>
       </c>
       <c r="F196" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="G196" t="s">
         <v>23</v>
       </c>
       <c r="H196">
-        <v>52</v>
+        <v>69</v>
       </c>
       <c r="I196" t="b">
         <v>0</v>
       </c>
       <c r="J196" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K196">
         <v>1</v>
       </c>
-      <c r="L196">
-        <v>103.29</v>
+      <c r="L196" t="s">
+        <v>24</v>
       </c>
       <c r="M196" t="s">
         <v>24</v>
       </c>
       <c r="N196" t="s">
         <v>24</v>
       </c>
       <c r="O196" t="s">
         <v>24</v>
       </c>
       <c r="P196" t="s">
         <v>24</v>
       </c>
       <c r="Q196" t="s">
         <v>24</v>
       </c>
-      <c r="R196" t="s">
-        <v>24</v>
+      <c r="R196">
+        <v>123.03</v>
       </c>
       <c r="S196">
-        <v>103.29</v>
+        <v>123.03</v>
       </c>
     </row>
     <row r="197" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A197">
-        <v>262</v>
+        <v>196</v>
       </c>
       <c r="B197" t="s">
-        <v>216</v>
+        <v>362</v>
       </c>
       <c r="C197" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>1934</v>
+        <v>376</v>
       </c>
       <c r="E197" t="s">
-        <v>145</v>
+        <v>377</v>
       </c>
       <c r="F197" t="s">
-        <v>69</v>
+        <v>41</v>
       </c>
       <c r="G197" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H197">
-        <v>6</v>
+        <v>70</v>
       </c>
       <c r="I197" t="b">
         <v>0</v>
       </c>
       <c r="J197" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K197">
         <v>1</v>
       </c>
       <c r="L197" t="s">
         <v>24</v>
       </c>
       <c r="M197" t="s">
         <v>24</v>
       </c>
       <c r="N197" t="s">
         <v>24</v>
       </c>
-      <c r="O197">
-        <v>103.08</v>
+      <c r="O197" t="s">
+        <v>24</v>
       </c>
       <c r="P197" t="s">
         <v>24</v>
       </c>
       <c r="Q197" t="s">
         <v>24</v>
       </c>
-      <c r="R197" t="s">
-        <v>24</v>
+      <c r="R197">
+        <v>122.76</v>
       </c>
       <c r="S197">
-        <v>103.08</v>
+        <v>122.76</v>
       </c>
     </row>
     <row r="198" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A198">
-        <v>263</v>
+        <v>197</v>
       </c>
       <c r="B198" t="s">
-        <v>368</v>
+        <v>378</v>
       </c>
       <c r="C198" t="s">
-        <v>369</v>
+        <v>379</v>
       </c>
       <c r="E198" t="s">
         <v>24</v>
       </c>
       <c r="F198" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="G198" t="s">
         <v>23</v>
       </c>
       <c r="H198">
-        <v>53</v>
+        <v>71</v>
       </c>
       <c r="I198" t="b">
         <v>0</v>
       </c>
       <c r="J198" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K198">
         <v>1</v>
       </c>
       <c r="L198" t="s">
         <v>24</v>
       </c>
-      <c r="M198">
-        <v>102.9</v>
+      <c r="M198" t="s">
+        <v>24</v>
       </c>
       <c r="N198" t="s">
         <v>24</v>
       </c>
       <c r="O198" t="s">
         <v>24</v>
       </c>
       <c r="P198" t="s">
         <v>24</v>
       </c>
       <c r="Q198" t="s">
         <v>24</v>
       </c>
-      <c r="R198" t="s">
-        <v>24</v>
+      <c r="R198">
+        <v>122.41</v>
       </c>
       <c r="S198">
-        <v>102.9</v>
+        <v>122.41</v>
       </c>
     </row>
     <row r="199" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A199">
-        <v>265</v>
+        <v>198</v>
       </c>
       <c r="B199" t="s">
-        <v>114</v>
+        <v>217</v>
       </c>
       <c r="C199" t="s">
-        <v>370</v>
+        <v>380</v>
       </c>
       <c r="E199" t="s">
-        <v>85</v>
+        <v>352</v>
       </c>
       <c r="F199" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="G199" t="s">
         <v>23</v>
       </c>
       <c r="H199">
-        <v>40</v>
+        <v>72</v>
       </c>
       <c r="I199" t="b">
         <v>0</v>
       </c>
       <c r="J199" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K199">
         <v>1</v>
       </c>
-      <c r="L199">
-        <v>102.85</v>
+      <c r="L199" t="s">
+        <v>24</v>
       </c>
       <c r="M199" t="s">
         <v>24</v>
       </c>
       <c r="N199" t="s">
         <v>24</v>
       </c>
       <c r="O199" t="s">
         <v>24</v>
       </c>
       <c r="P199" t="s">
         <v>24</v>
       </c>
       <c r="Q199" t="s">
         <v>24</v>
       </c>
-      <c r="R199" t="s">
-        <v>24</v>
+      <c r="R199">
+        <v>122.31</v>
       </c>
       <c r="S199">
-        <v>102.85</v>
+        <v>122.31</v>
       </c>
     </row>
     <row r="200" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A200">
-        <v>266</v>
+        <v>199</v>
       </c>
       <c r="B200" t="s">
-        <v>371</v>
+        <v>381</v>
       </c>
       <c r="C200" t="s">
-        <v>372</v>
+        <v>382</v>
       </c>
       <c r="E200" t="s">
-        <v>367</v>
+        <v>137</v>
       </c>
       <c r="F200" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G200" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H200">
-        <v>14</v>
+        <v>73</v>
       </c>
       <c r="I200" t="b">
         <v>0</v>
       </c>
       <c r="J200" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K200">
         <v>1</v>
       </c>
-      <c r="L200">
-        <v>102.62</v>
+      <c r="L200" t="s">
+        <v>24</v>
       </c>
       <c r="M200" t="s">
         <v>24</v>
       </c>
       <c r="N200" t="s">
         <v>24</v>
       </c>
       <c r="O200" t="s">
         <v>24</v>
       </c>
       <c r="P200" t="s">
         <v>24</v>
       </c>
       <c r="Q200" t="s">
         <v>24</v>
       </c>
-      <c r="R200" t="s">
-        <v>24</v>
+      <c r="R200">
+        <v>122.12</v>
       </c>
       <c r="S200">
-        <v>102.62</v>
+        <v>122.12</v>
       </c>
     </row>
     <row r="201" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A201">
-        <v>267</v>
+        <v>200</v>
       </c>
       <c r="B201" t="s">
-        <v>247</v>
+        <v>330</v>
       </c>
       <c r="C201" t="s">
-        <v>373</v>
+        <v>383</v>
       </c>
       <c r="E201" t="s">
-        <v>24</v>
+        <v>384</v>
       </c>
       <c r="F201" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G201" t="s">
         <v>23</v>
       </c>
       <c r="H201">
-        <v>85</v>
+        <v>74</v>
       </c>
       <c r="I201" t="b">
         <v>0</v>
       </c>
       <c r="J201" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K201">
         <v>1</v>
       </c>
       <c r="L201" t="s">
         <v>24</v>
       </c>
       <c r="M201" t="s">
         <v>24</v>
       </c>
       <c r="N201" t="s">
         <v>24</v>
       </c>
-      <c r="O201">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="O201" t="s">
+        <v>24</v>
+      </c>
+      <c r="P201">
+        <v>121.92</v>
       </c>
       <c r="Q201" t="s">
         <v>24</v>
       </c>
       <c r="R201" t="s">
         <v>24</v>
       </c>
       <c r="S201">
-        <v>102.29</v>
+        <v>121.92</v>
       </c>
     </row>
     <row r="202" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A202">
-        <v>271</v>
+        <v>201</v>
       </c>
       <c r="B202" t="s">
-        <v>341</v>
+        <v>385</v>
       </c>
       <c r="C202" t="s">
-        <v>305</v>
+        <v>49</v>
       </c>
       <c r="E202" t="s">
-        <v>109</v>
+        <v>24</v>
       </c>
       <c r="F202" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="G202" t="s">
         <v>23</v>
       </c>
       <c r="H202">
-        <v>41</v>
+        <v>75</v>
       </c>
       <c r="I202" t="b">
         <v>0</v>
       </c>
       <c r="J202" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K202">
         <v>1</v>
       </c>
-      <c r="L202">
-        <v>101.96</v>
+      <c r="L202" t="s">
+        <v>24</v>
       </c>
       <c r="M202" t="s">
         <v>24</v>
       </c>
       <c r="N202" t="s">
         <v>24</v>
       </c>
       <c r="O202" t="s">
         <v>24</v>
       </c>
       <c r="P202" t="s">
         <v>24</v>
       </c>
       <c r="Q202" t="s">
         <v>24</v>
       </c>
-      <c r="R202" t="s">
-        <v>24</v>
+      <c r="R202">
+        <v>121.91</v>
       </c>
       <c r="S202">
-        <v>101.96</v>
+        <v>121.91</v>
       </c>
     </row>
     <row r="203" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A203">
-        <v>272</v>
+        <v>202</v>
       </c>
       <c r="B203" t="s">
-        <v>374</v>
+        <v>181</v>
       </c>
       <c r="C203" t="s">
-        <v>375</v>
+        <v>386</v>
       </c>
       <c r="E203" t="s">
-        <v>24</v>
+        <v>387</v>
       </c>
       <c r="F203" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G203" t="s">
         <v>23</v>
       </c>
       <c r="H203">
-        <v>87</v>
+        <v>76</v>
       </c>
       <c r="I203" t="b">
         <v>0</v>
       </c>
       <c r="J203" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K203">
         <v>1</v>
       </c>
       <c r="L203" t="s">
         <v>24</v>
       </c>
       <c r="M203" t="s">
         <v>24</v>
       </c>
       <c r="N203" t="s">
         <v>24</v>
       </c>
-      <c r="O203">
-        <v>101.91</v>
+      <c r="O203" t="s">
+        <v>24</v>
       </c>
       <c r="P203" t="s">
         <v>24</v>
       </c>
       <c r="Q203" t="s">
         <v>24</v>
       </c>
-      <c r="R203" t="s">
-        <v>24</v>
+      <c r="R203">
+        <v>121.79</v>
       </c>
       <c r="S203">
-        <v>101.91</v>
+        <v>121.79</v>
       </c>
     </row>
     <row r="204" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A204">
-        <v>274</v>
+        <v>203</v>
       </c>
       <c r="B204" t="s">
-        <v>376</v>
+        <v>284</v>
       </c>
       <c r="C204" t="s">
-        <v>377</v>
+        <v>388</v>
       </c>
       <c r="E204" t="s">
-        <v>24</v>
+        <v>389</v>
       </c>
       <c r="F204" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="G204" t="s">
         <v>23</v>
       </c>
       <c r="H204">
-        <v>88</v>
+        <v>28</v>
       </c>
       <c r="I204" t="b">
         <v>0</v>
       </c>
       <c r="J204" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K204">
         <v>1</v>
       </c>
       <c r="L204">
-        <v>101.86</v>
+        <v>121.3</v>
       </c>
       <c r="M204" t="s">
         <v>24</v>
       </c>
       <c r="N204" t="s">
         <v>24</v>
       </c>
       <c r="O204" t="s">
         <v>24</v>
       </c>
       <c r="P204" t="s">
         <v>24</v>
       </c>
       <c r="Q204" t="s">
         <v>24</v>
       </c>
       <c r="R204" t="s">
         <v>24</v>
       </c>
       <c r="S204">
-        <v>101.86</v>
+        <v>121.3</v>
       </c>
     </row>
     <row r="205" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A205">
-        <v>275</v>
+        <v>204</v>
       </c>
       <c r="B205" t="s">
-        <v>378</v>
+        <v>284</v>
       </c>
       <c r="C205" t="s">
-        <v>379</v>
-[...2 lines deleted...]
-        <v>2405</v>
+        <v>390</v>
       </c>
       <c r="E205" t="s">
-        <v>380</v>
+        <v>391</v>
       </c>
       <c r="F205" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="G205" t="s">
         <v>23</v>
       </c>
       <c r="H205">
-        <v>42</v>
+        <v>77</v>
       </c>
       <c r="I205" t="b">
         <v>0</v>
       </c>
       <c r="J205" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K205">
         <v>1</v>
       </c>
-      <c r="L205">
-        <v>101.57</v>
+      <c r="L205" t="s">
+        <v>24</v>
       </c>
       <c r="M205" t="s">
         <v>24</v>
       </c>
       <c r="N205" t="s">
         <v>24</v>
       </c>
       <c r="O205" t="s">
         <v>24</v>
       </c>
       <c r="P205" t="s">
         <v>24</v>
       </c>
       <c r="Q205" t="s">
         <v>24</v>
       </c>
-      <c r="R205" t="s">
-        <v>24</v>
+      <c r="R205">
+        <v>121.24</v>
       </c>
       <c r="S205">
-        <v>101.57</v>
+        <v>121.24</v>
       </c>
     </row>
     <row r="206" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A206">
-        <v>276</v>
+        <v>205</v>
       </c>
       <c r="B206" t="s">
-        <v>189</v>
+        <v>392</v>
       </c>
       <c r="C206" t="s">
-        <v>26</v>
+        <v>393</v>
       </c>
       <c r="E206" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F206" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="G206" t="s">
         <v>23</v>
       </c>
       <c r="H206">
-        <v>15</v>
+        <v>78</v>
       </c>
       <c r="I206" t="b">
         <v>0</v>
       </c>
       <c r="J206" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K206">
         <v>1</v>
       </c>
       <c r="L206" t="s">
         <v>24</v>
       </c>
       <c r="M206">
-        <v>101.47</v>
+        <v>121.17</v>
       </c>
       <c r="N206" t="s">
         <v>24</v>
       </c>
       <c r="O206" t="s">
         <v>24</v>
       </c>
       <c r="P206" t="s">
         <v>24</v>
       </c>
       <c r="Q206" t="s">
         <v>24</v>
       </c>
       <c r="R206" t="s">
         <v>24</v>
       </c>
       <c r="S206">
-        <v>101.47</v>
+        <v>121.17</v>
       </c>
     </row>
     <row r="207" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A207">
-        <v>277</v>
+        <v>206</v>
       </c>
       <c r="B207" t="s">
-        <v>381</v>
+        <v>254</v>
       </c>
       <c r="C207" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>1210</v>
+        <v>394</v>
       </c>
       <c r="E207" t="s">
-        <v>27</v>
+        <v>395</v>
       </c>
       <c r="F207" t="s">
-        <v>59</v>
+        <v>84</v>
       </c>
       <c r="G207" t="s">
         <v>23</v>
       </c>
       <c r="H207">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="I207" t="b">
         <v>0</v>
       </c>
       <c r="J207" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K207">
         <v>1</v>
       </c>
       <c r="L207" t="s">
         <v>24</v>
       </c>
       <c r="M207" t="s">
         <v>24</v>
       </c>
-      <c r="N207">
-        <v>101.28</v>
+      <c r="N207" t="s">
+        <v>24</v>
       </c>
       <c r="O207" t="s">
         <v>24</v>
       </c>
       <c r="P207" t="s">
         <v>24</v>
       </c>
-      <c r="Q207" t="s">
-        <v>24</v>
+      <c r="Q207">
+        <v>121.07</v>
       </c>
       <c r="R207" t="s">
         <v>24</v>
       </c>
       <c r="S207">
-        <v>101.28</v>
+        <v>121.07</v>
       </c>
     </row>
     <row r="208" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A208">
-        <v>279</v>
+        <v>207</v>
       </c>
       <c r="B208" t="s">
-        <v>90</v>
+        <v>396</v>
       </c>
       <c r="C208" t="s">
-        <v>382</v>
+        <v>397</v>
       </c>
       <c r="E208" t="s">
         <v>24</v>
       </c>
       <c r="F208" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G208" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H208">
-        <v>90</v>
+        <v>13</v>
       </c>
       <c r="I208" t="b">
         <v>0</v>
       </c>
       <c r="J208" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K208">
         <v>1</v>
       </c>
       <c r="L208" t="s">
         <v>24</v>
       </c>
       <c r="M208" t="s">
         <v>24</v>
       </c>
-      <c r="N208">
-        <v>101.03</v>
+      <c r="N208" t="s">
+        <v>24</v>
       </c>
       <c r="O208" t="s">
         <v>24</v>
       </c>
       <c r="P208" t="s">
         <v>24</v>
       </c>
       <c r="Q208" t="s">
         <v>24</v>
       </c>
-      <c r="R208" t="s">
-        <v>24</v>
+      <c r="R208">
+        <v>121</v>
       </c>
       <c r="S208">
-        <v>101.03</v>
+        <v>121</v>
       </c>
     </row>
     <row r="209" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A209">
-        <v>283</v>
+        <v>208</v>
       </c>
       <c r="B209" t="s">
-        <v>383</v>
+        <v>76</v>
       </c>
       <c r="C209" t="s">
-        <v>384</v>
+        <v>398</v>
       </c>
       <c r="E209" t="s">
-        <v>150</v>
+        <v>59</v>
       </c>
       <c r="F209" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G209" t="s">
         <v>23</v>
       </c>
       <c r="H209">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="I209" t="b">
         <v>0</v>
       </c>
       <c r="J209" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K209">
         <v>1</v>
       </c>
-      <c r="L209" t="s">
-        <v>24</v>
+      <c r="L209">
+        <v>120.98</v>
       </c>
       <c r="M209" t="s">
         <v>24</v>
       </c>
       <c r="N209" t="s">
         <v>24</v>
       </c>
-      <c r="O209">
-        <v>100.68</v>
+      <c r="O209" t="s">
+        <v>24</v>
       </c>
       <c r="P209" t="s">
         <v>24</v>
       </c>
       <c r="Q209" t="s">
         <v>24</v>
       </c>
       <c r="R209" t="s">
         <v>24</v>
       </c>
       <c r="S209">
-        <v>100.68</v>
+        <v>120.98</v>
       </c>
     </row>
     <row r="210" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A210">
-        <v>285</v>
+        <v>209</v>
       </c>
       <c r="B210" t="s">
-        <v>74</v>
+        <v>302</v>
       </c>
       <c r="C210" t="s">
-        <v>385</v>
-[...2 lines deleted...]
-        <v>1610</v>
+        <v>399</v>
       </c>
       <c r="E210" t="s">
-        <v>27</v>
+        <v>137</v>
       </c>
       <c r="F210" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="G210" t="s">
         <v>23</v>
       </c>
       <c r="H210">
-        <v>18</v>
+        <v>79</v>
       </c>
       <c r="I210" t="b">
         <v>0</v>
       </c>
       <c r="J210" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K210">
         <v>1</v>
       </c>
-      <c r="L210" t="s">
-        <v>24</v>
+      <c r="L210">
+        <v>120.89</v>
       </c>
       <c r="M210" t="s">
         <v>24</v>
       </c>
       <c r="N210" t="s">
         <v>24</v>
       </c>
-      <c r="O210">
-        <v>100.42</v>
+      <c r="O210" t="s">
+        <v>24</v>
       </c>
       <c r="P210" t="s">
         <v>24</v>
       </c>
       <c r="Q210" t="s">
         <v>24</v>
       </c>
       <c r="R210" t="s">
         <v>24</v>
       </c>
       <c r="S210">
-        <v>100.42</v>
+        <v>120.89</v>
       </c>
     </row>
     <row r="211" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A211">
-        <v>286</v>
+        <v>210</v>
       </c>
       <c r="B211" t="s">
-        <v>386</v>
+        <v>80</v>
       </c>
       <c r="C211" t="s">
-        <v>113</v>
+        <v>400</v>
+      </c>
+      <c r="D211">
+        <v>2317</v>
       </c>
       <c r="E211" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
       <c r="F211" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G211" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H211">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="I211" t="b">
         <v>0</v>
       </c>
       <c r="J211" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K211">
         <v>1</v>
       </c>
       <c r="L211" t="s">
         <v>24</v>
       </c>
       <c r="M211" t="s">
         <v>24</v>
       </c>
-      <c r="N211" t="s">
-[...3 lines deleted...]
-        <v>100.42</v>
+      <c r="N211">
+        <v>120.46</v>
+      </c>
+      <c r="O211" t="s">
+        <v>24</v>
       </c>
       <c r="P211" t="s">
         <v>24</v>
       </c>
       <c r="Q211" t="s">
         <v>24</v>
       </c>
       <c r="R211" t="s">
         <v>24</v>
       </c>
       <c r="S211">
-        <v>100.42</v>
+        <v>120.46</v>
       </c>
     </row>
     <row r="212" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A212">
-        <v>287</v>
+        <v>211</v>
       </c>
       <c r="B212" t="s">
-        <v>198</v>
+        <v>48</v>
       </c>
       <c r="C212" t="s">
-        <v>387</v>
+        <v>401</v>
       </c>
       <c r="E212" t="s">
         <v>24</v>
       </c>
       <c r="F212" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G212" t="s">
         <v>23</v>
       </c>
       <c r="H212">
-        <v>91</v>
+        <v>80</v>
       </c>
       <c r="I212" t="b">
         <v>0</v>
       </c>
       <c r="J212" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K212">
         <v>1</v>
       </c>
-      <c r="L212">
-        <v>99.94</v>
+      <c r="L212" t="s">
+        <v>24</v>
       </c>
       <c r="M212" t="s">
         <v>24</v>
       </c>
       <c r="N212" t="s">
         <v>24</v>
       </c>
       <c r="O212" t="s">
         <v>24</v>
       </c>
       <c r="P212" t="s">
         <v>24</v>
       </c>
       <c r="Q212" t="s">
         <v>24</v>
       </c>
-      <c r="R212" t="s">
-        <v>24</v>
+      <c r="R212">
+        <v>119.92</v>
       </c>
       <c r="S212">
-        <v>99.94</v>
+        <v>119.92</v>
       </c>
     </row>
     <row r="213" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A213">
-        <v>291</v>
+        <v>212</v>
       </c>
       <c r="B213" t="s">
-        <v>112</v>
+        <v>54</v>
       </c>
       <c r="C213" t="s">
-        <v>388</v>
+        <v>402</v>
       </c>
       <c r="E213" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F213" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G213" t="s">
         <v>23</v>
       </c>
       <c r="H213">
-        <v>92</v>
+        <v>81</v>
       </c>
       <c r="I213" t="b">
         <v>0</v>
       </c>
       <c r="J213" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K213">
         <v>1</v>
       </c>
       <c r="L213" t="s">
         <v>24</v>
       </c>
       <c r="M213" t="s">
         <v>24</v>
       </c>
-      <c r="N213">
-        <v>99.05</v>
+      <c r="N213" t="s">
+        <v>24</v>
       </c>
       <c r="O213" t="s">
         <v>24</v>
       </c>
       <c r="P213" t="s">
         <v>24</v>
       </c>
       <c r="Q213" t="s">
         <v>24</v>
       </c>
-      <c r="R213" t="s">
-        <v>24</v>
+      <c r="R213">
+        <v>119.62</v>
       </c>
       <c r="S213">
-        <v>99.05</v>
+        <v>119.62</v>
       </c>
     </row>
     <row r="214" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A214">
-        <v>293</v>
+        <v>213</v>
       </c>
       <c r="B214" t="s">
-        <v>25</v>
+        <v>403</v>
       </c>
       <c r="C214" t="s">
-        <v>47</v>
+        <v>404</v>
+      </c>
+      <c r="D214">
+        <v>2200</v>
       </c>
       <c r="E214" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="F214" t="s">
-        <v>59</v>
+        <v>22</v>
       </c>
       <c r="G214" t="s">
         <v>23</v>
       </c>
       <c r="H214">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I214" t="b">
         <v>0</v>
       </c>
       <c r="J214" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K214">
         <v>1</v>
       </c>
-      <c r="L214" t="s">
-[...3 lines deleted...]
-        <v>98.63</v>
+      <c r="L214">
+        <v>119.57</v>
+      </c>
+      <c r="M214" t="s">
+        <v>24</v>
       </c>
       <c r="N214" t="s">
         <v>24</v>
       </c>
       <c r="O214" t="s">
         <v>24</v>
       </c>
       <c r="P214" t="s">
         <v>24</v>
       </c>
       <c r="Q214" t="s">
         <v>24</v>
       </c>
       <c r="R214" t="s">
         <v>24</v>
       </c>
       <c r="S214">
-        <v>98.63</v>
+        <v>119.57</v>
       </c>
     </row>
     <row r="215" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A215">
-        <v>294</v>
+        <v>214</v>
       </c>
       <c r="B215" t="s">
-        <v>120</v>
+        <v>405</v>
       </c>
       <c r="C215" t="s">
-        <v>389</v>
+        <v>33</v>
+      </c>
+      <c r="D215">
+        <v>228</v>
       </c>
       <c r="E215" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F215" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="G215" t="s">
         <v>23</v>
       </c>
       <c r="H215">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="I215" t="b">
         <v>0</v>
       </c>
       <c r="J215" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K215">
         <v>1</v>
       </c>
       <c r="L215" t="s">
         <v>24</v>
       </c>
-      <c r="M215">
-        <v>98.63</v>
+      <c r="M215" t="s">
+        <v>24</v>
       </c>
       <c r="N215" t="s">
         <v>24</v>
       </c>
-      <c r="O215" t="s">
-        <v>24</v>
+      <c r="O215">
+        <v>119.43</v>
       </c>
       <c r="P215" t="s">
         <v>24</v>
       </c>
       <c r="Q215" t="s">
         <v>24</v>
       </c>
       <c r="R215" t="s">
         <v>24</v>
       </c>
       <c r="S215">
-        <v>98.63</v>
+        <v>119.43</v>
       </c>
     </row>
     <row r="216" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A216">
-        <v>296</v>
+        <v>215</v>
       </c>
       <c r="B216" t="s">
-        <v>255</v>
+        <v>406</v>
       </c>
       <c r="C216" t="s">
-        <v>52</v>
+        <v>407</v>
       </c>
       <c r="E216" t="s">
-        <v>390</v>
+        <v>24</v>
       </c>
       <c r="F216" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="G216" t="s">
         <v>23</v>
       </c>
       <c r="H216">
-        <v>61</v>
+        <v>82</v>
       </c>
       <c r="I216" t="b">
         <v>0</v>
       </c>
       <c r="J216" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K216">
         <v>1</v>
       </c>
-      <c r="L216">
-        <v>98.49</v>
+      <c r="L216" t="s">
+        <v>24</v>
       </c>
       <c r="M216" t="s">
         <v>24</v>
       </c>
       <c r="N216" t="s">
         <v>24</v>
       </c>
-      <c r="O216" t="s">
-        <v>24</v>
+      <c r="O216">
+        <v>119.19</v>
       </c>
       <c r="P216" t="s">
         <v>24</v>
       </c>
       <c r="Q216" t="s">
         <v>24</v>
       </c>
       <c r="R216" t="s">
         <v>24</v>
       </c>
       <c r="S216">
-        <v>98.49</v>
+        <v>119.19</v>
       </c>
     </row>
     <row r="217" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A217">
-        <v>297</v>
+        <v>216</v>
       </c>
       <c r="B217" t="s">
-        <v>391</v>
+        <v>408</v>
       </c>
       <c r="C217" t="s">
-        <v>190</v>
+        <v>409</v>
+      </c>
+      <c r="D217">
+        <v>2395</v>
       </c>
       <c r="E217" t="s">
-        <v>392</v>
+        <v>91</v>
       </c>
       <c r="F217" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="G217" t="s">
         <v>23</v>
       </c>
       <c r="H217">
-        <v>46</v>
+        <v>83</v>
       </c>
       <c r="I217" t="b">
         <v>0</v>
       </c>
       <c r="J217" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K217">
         <v>1</v>
       </c>
-      <c r="L217" t="s">
-        <v>24</v>
+      <c r="L217">
+        <v>119.03</v>
       </c>
       <c r="M217" t="s">
         <v>24</v>
       </c>
       <c r="N217" t="s">
         <v>24</v>
       </c>
-      <c r="O217">
-        <v>98.38</v>
+      <c r="O217" t="s">
+        <v>24</v>
       </c>
       <c r="P217" t="s">
         <v>24</v>
       </c>
       <c r="Q217" t="s">
         <v>24</v>
       </c>
       <c r="R217" t="s">
         <v>24</v>
       </c>
       <c r="S217">
-        <v>98.38</v>
+        <v>119.03</v>
       </c>
     </row>
     <row r="218" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A218">
-        <v>298</v>
+        <v>217</v>
       </c>
       <c r="B218" t="s">
-        <v>175</v>
+        <v>410</v>
       </c>
       <c r="C218" t="s">
-        <v>393</v>
+        <v>411</v>
+      </c>
+      <c r="D218">
+        <v>1626</v>
       </c>
       <c r="E218" t="s">
-        <v>394</v>
+        <v>44</v>
       </c>
       <c r="F218" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="G218" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H218">
-        <v>62</v>
+        <v>14</v>
       </c>
       <c r="I218" t="b">
         <v>0</v>
       </c>
       <c r="J218" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K218">
         <v>1</v>
       </c>
       <c r="L218" t="s">
         <v>24</v>
       </c>
       <c r="M218" t="s">
         <v>24</v>
       </c>
-      <c r="N218">
-        <v>98.22</v>
+      <c r="N218" t="s">
+        <v>24</v>
       </c>
       <c r="O218" t="s">
         <v>24</v>
       </c>
       <c r="P218" t="s">
         <v>24</v>
       </c>
       <c r="Q218" t="s">
         <v>24</v>
       </c>
-      <c r="R218" t="s">
-        <v>24</v>
+      <c r="R218">
+        <v>119.03</v>
       </c>
       <c r="S218">
-        <v>98.22</v>
+        <v>119.03</v>
       </c>
     </row>
     <row r="219" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A219">
-        <v>300</v>
+        <v>218</v>
       </c>
       <c r="B219" t="s">
-        <v>386</v>
+        <v>412</v>
       </c>
       <c r="C219" t="s">
-        <v>395</v>
+        <v>413</v>
+      </c>
+      <c r="D219">
+        <v>1924</v>
       </c>
       <c r="E219" t="s">
-        <v>390</v>
+        <v>414</v>
       </c>
       <c r="F219" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="G219" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H219">
-        <v>9</v>
+        <v>84</v>
       </c>
       <c r="I219" t="b">
         <v>0</v>
       </c>
       <c r="J219" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K219">
         <v>1</v>
       </c>
-      <c r="L219">
-        <v>98</v>
+      <c r="L219" t="s">
+        <v>24</v>
       </c>
       <c r="M219" t="s">
         <v>24</v>
       </c>
       <c r="N219" t="s">
         <v>24</v>
       </c>
       <c r="O219" t="s">
         <v>24</v>
       </c>
-      <c r="P219" t="s">
-        <v>24</v>
+      <c r="P219">
+        <v>118.81</v>
       </c>
       <c r="Q219" t="s">
         <v>24</v>
       </c>
       <c r="R219" t="s">
         <v>24</v>
       </c>
       <c r="S219">
-        <v>98</v>
+        <v>118.81</v>
       </c>
     </row>
     <row r="220" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A220">
-        <v>301</v>
+        <v>219</v>
       </c>
       <c r="B220" t="s">
-        <v>396</v>
+        <v>415</v>
       </c>
       <c r="C220" t="s">
-        <v>397</v>
+        <v>416</v>
       </c>
       <c r="E220" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F220" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="G220" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H220">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="I220" t="b">
         <v>0</v>
       </c>
       <c r="J220" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K220">
         <v>1</v>
       </c>
       <c r="L220" t="s">
         <v>24</v>
       </c>
-      <c r="M220">
-        <v>97.43</v>
+      <c r="M220" t="s">
+        <v>24</v>
       </c>
       <c r="N220" t="s">
         <v>24</v>
       </c>
-      <c r="O220" t="s">
-        <v>24</v>
+      <c r="O220">
+        <v>118.61</v>
       </c>
       <c r="P220" t="s">
         <v>24</v>
       </c>
       <c r="Q220" t="s">
         <v>24</v>
       </c>
       <c r="R220" t="s">
         <v>24</v>
       </c>
       <c r="S220">
-        <v>97.43</v>
+        <v>118.61</v>
       </c>
     </row>
     <row r="221" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A221">
-        <v>303</v>
+        <v>220</v>
       </c>
       <c r="B221" t="s">
-        <v>110</v>
+        <v>417</v>
       </c>
       <c r="C221" t="s">
-        <v>398</v>
+        <v>77</v>
       </c>
       <c r="E221" t="s">
         <v>24</v>
       </c>
       <c r="F221" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G221" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H221">
-        <v>93</v>
+        <v>15</v>
       </c>
       <c r="I221" t="b">
         <v>0</v>
       </c>
       <c r="J221" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K221">
         <v>1</v>
       </c>
       <c r="L221" t="s">
         <v>24</v>
       </c>
       <c r="M221" t="s">
         <v>24</v>
       </c>
-      <c r="N221">
-        <v>97.08</v>
+      <c r="N221" t="s">
+        <v>24</v>
       </c>
       <c r="O221" t="s">
         <v>24</v>
       </c>
       <c r="P221" t="s">
         <v>24</v>
       </c>
       <c r="Q221" t="s">
         <v>24</v>
       </c>
-      <c r="R221" t="s">
-        <v>24</v>
+      <c r="R221">
+        <v>118.57</v>
       </c>
       <c r="S221">
-        <v>97.08</v>
+        <v>118.57</v>
       </c>
     </row>
     <row r="222" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A222">
-        <v>304</v>
+        <v>221</v>
       </c>
       <c r="B222" t="s">
-        <v>113</v>
+        <v>418</v>
       </c>
       <c r="C222" t="s">
-        <v>50</v>
+        <v>419</v>
+      </c>
+      <c r="D222">
+        <v>525</v>
       </c>
       <c r="E222" t="s">
+        <v>140</v>
+      </c>
+      <c r="F222" t="s">
+        <v>31</v>
+      </c>
+      <c r="G222" t="s">
+        <v>23</v>
+      </c>
+      <c r="H222">
         <v>27</v>
       </c>
-      <c r="F222" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I222" t="b">
         <v>0</v>
       </c>
       <c r="J222" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K222">
         <v>1</v>
       </c>
       <c r="L222" t="s">
         <v>24</v>
       </c>
       <c r="M222" t="s">
         <v>24</v>
       </c>
       <c r="N222" t="s">
         <v>24</v>
       </c>
       <c r="O222">
-        <v>96.96</v>
+        <v>118.43</v>
       </c>
       <c r="P222" t="s">
         <v>24</v>
       </c>
       <c r="Q222" t="s">
         <v>24</v>
       </c>
       <c r="R222" t="s">
         <v>24</v>
       </c>
       <c r="S222">
-        <v>96.96</v>
+        <v>118.43</v>
       </c>
     </row>
     <row r="223" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A223">
-        <v>305</v>
+        <v>222</v>
       </c>
       <c r="B223" t="s">
-        <v>399</v>
+        <v>420</v>
       </c>
       <c r="C223" t="s">
-        <v>400</v>
+        <v>421</v>
       </c>
       <c r="E223" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="F223" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="G223" t="s">
         <v>23</v>
       </c>
       <c r="H223">
-        <v>64</v>
+        <v>85</v>
       </c>
       <c r="I223" t="b">
         <v>0</v>
       </c>
       <c r="J223" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K223">
         <v>1</v>
       </c>
       <c r="L223" t="s">
         <v>24</v>
       </c>
       <c r="M223" t="s">
         <v>24</v>
       </c>
-      <c r="N223">
-        <v>96.85</v>
+      <c r="N223" t="s">
+        <v>24</v>
       </c>
       <c r="O223" t="s">
         <v>24</v>
       </c>
-      <c r="P223" t="s">
-        <v>24</v>
+      <c r="P223">
+        <v>118.33</v>
       </c>
       <c r="Q223" t="s">
         <v>24</v>
       </c>
       <c r="R223" t="s">
         <v>24</v>
       </c>
       <c r="S223">
-        <v>96.85</v>
+        <v>118.33</v>
       </c>
     </row>
     <row r="224" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A224">
-        <v>311</v>
+        <v>223</v>
       </c>
       <c r="B224" t="s">
-        <v>323</v>
+        <v>153</v>
       </c>
       <c r="C224" t="s">
-        <v>181</v>
+        <v>49</v>
       </c>
       <c r="E224" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="F224" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="G224" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H224">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I224" t="b">
         <v>0</v>
       </c>
       <c r="J224" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K224">
         <v>1</v>
       </c>
       <c r="L224" t="s">
         <v>24</v>
       </c>
       <c r="M224" t="s">
         <v>24</v>
       </c>
-      <c r="N224">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="N224" t="s">
+        <v>24</v>
+      </c>
+      <c r="O224">
+        <v>118.32</v>
       </c>
       <c r="P224" t="s">
         <v>24</v>
       </c>
       <c r="Q224" t="s">
         <v>24</v>
       </c>
       <c r="R224" t="s">
         <v>24</v>
       </c>
       <c r="S224">
-        <v>96.15</v>
+        <v>118.32</v>
       </c>
     </row>
     <row r="225" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A225">
-        <v>313</v>
+        <v>224</v>
       </c>
       <c r="B225" t="s">
-        <v>401</v>
+        <v>422</v>
       </c>
       <c r="C225" t="s">
-        <v>47</v>
+        <v>222</v>
+      </c>
+      <c r="D225">
+        <v>2373</v>
       </c>
       <c r="E225" t="s">
-        <v>24</v>
+        <v>423</v>
       </c>
       <c r="F225" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="G225" t="s">
         <v>23</v>
       </c>
       <c r="H225">
-        <v>22</v>
+        <v>86</v>
       </c>
       <c r="I225" t="b">
         <v>0</v>
       </c>
       <c r="J225" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K225">
         <v>1</v>
       </c>
       <c r="L225" t="s">
         <v>24</v>
       </c>
       <c r="M225" t="s">
         <v>24</v>
       </c>
       <c r="N225" t="s">
         <v>24</v>
       </c>
-      <c r="O225">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="O225" t="s">
+        <v>24</v>
+      </c>
+      <c r="P225">
+        <v>118.21</v>
       </c>
       <c r="Q225" t="s">
         <v>24</v>
       </c>
       <c r="R225" t="s">
         <v>24</v>
       </c>
       <c r="S225">
-        <v>95.96</v>
+        <v>118.21</v>
       </c>
     </row>
     <row r="226" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A226">
-        <v>314</v>
+        <v>225</v>
       </c>
       <c r="B226" t="s">
-        <v>249</v>
+        <v>105</v>
       </c>
       <c r="C226" t="s">
-        <v>402</v>
+        <v>424</v>
       </c>
       <c r="E226" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F226" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="G226" t="s">
         <v>23</v>
       </c>
       <c r="H226">
-        <v>94</v>
+        <v>33</v>
       </c>
       <c r="I226" t="b">
         <v>0</v>
       </c>
       <c r="J226" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K226">
         <v>1</v>
       </c>
       <c r="L226" t="s">
         <v>24</v>
       </c>
       <c r="M226" t="s">
         <v>24</v>
       </c>
-      <c r="N226">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="N226" t="s">
+        <v>24</v>
+      </c>
+      <c r="O226">
+        <v>118.03</v>
       </c>
       <c r="P226" t="s">
         <v>24</v>
       </c>
       <c r="Q226" t="s">
         <v>24</v>
       </c>
       <c r="R226" t="s">
         <v>24</v>
       </c>
       <c r="S226">
-        <v>95.61</v>
+        <v>118.03</v>
       </c>
     </row>
     <row r="227" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A227">
-        <v>315</v>
+        <v>226</v>
       </c>
       <c r="B227" t="s">
-        <v>256</v>
+        <v>425</v>
       </c>
       <c r="C227" t="s">
-        <v>226</v>
+        <v>426</v>
       </c>
       <c r="E227" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="F227" t="s">
-        <v>28</v>
+        <v>84</v>
       </c>
       <c r="G227" t="s">
         <v>23</v>
       </c>
       <c r="H227">
-        <v>48</v>
+        <v>9</v>
       </c>
       <c r="I227" t="b">
         <v>0</v>
       </c>
       <c r="J227" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K227">
         <v>1</v>
       </c>
-      <c r="L227" t="s">
-        <v>24</v>
+      <c r="L227">
+        <v>117.49</v>
       </c>
       <c r="M227" t="s">
         <v>24</v>
       </c>
       <c r="N227" t="s">
         <v>24</v>
       </c>
-      <c r="O227">
-        <v>95.58</v>
+      <c r="O227" t="s">
+        <v>24</v>
       </c>
       <c r="P227" t="s">
         <v>24</v>
       </c>
       <c r="Q227" t="s">
         <v>24</v>
       </c>
       <c r="R227" t="s">
         <v>24</v>
       </c>
       <c r="S227">
-        <v>95.58</v>
+        <v>117.49</v>
       </c>
     </row>
     <row r="228" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A228">
-        <v>316</v>
+        <v>227</v>
       </c>
       <c r="B228" t="s">
-        <v>403</v>
+        <v>427</v>
       </c>
       <c r="C228" t="s">
-        <v>242</v>
+        <v>33</v>
       </c>
       <c r="E228" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="F228" t="s">
         <v>22</v>
       </c>
       <c r="G228" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H228">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="I228" t="b">
         <v>0</v>
       </c>
       <c r="J228" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K228">
         <v>1</v>
       </c>
       <c r="L228" t="s">
         <v>24</v>
       </c>
-      <c r="M228" t="s">
-        <v>24</v>
+      <c r="M228">
+        <v>117.48</v>
       </c>
       <c r="N228" t="s">
         <v>24</v>
       </c>
-      <c r="O228">
-        <v>95.54</v>
+      <c r="O228" t="s">
+        <v>24</v>
       </c>
       <c r="P228" t="s">
         <v>24</v>
       </c>
       <c r="Q228" t="s">
         <v>24</v>
       </c>
       <c r="R228" t="s">
         <v>24</v>
       </c>
       <c r="S228">
-        <v>95.54</v>
+        <v>117.48</v>
       </c>
     </row>
     <row r="229" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A229">
-        <v>319</v>
+        <v>228</v>
       </c>
       <c r="B229" t="s">
-        <v>404</v>
+        <v>428</v>
       </c>
       <c r="C229" t="s">
-        <v>405</v>
+        <v>213</v>
       </c>
       <c r="E229" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F229" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G229" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H229">
-        <v>19</v>
+        <v>87</v>
       </c>
       <c r="I229" t="b">
         <v>0</v>
       </c>
       <c r="J229" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K229">
         <v>1</v>
       </c>
       <c r="L229" t="s">
         <v>24</v>
       </c>
       <c r="M229" t="s">
         <v>24</v>
       </c>
       <c r="N229" t="s">
         <v>24</v>
       </c>
-      <c r="O229">
-        <v>95.43</v>
+      <c r="O229" t="s">
+        <v>24</v>
       </c>
       <c r="P229" t="s">
         <v>24</v>
       </c>
       <c r="Q229" t="s">
         <v>24</v>
       </c>
-      <c r="R229" t="s">
-        <v>24</v>
+      <c r="R229">
+        <v>116.87</v>
       </c>
       <c r="S229">
-        <v>95.43</v>
+        <v>116.87</v>
       </c>
     </row>
     <row r="230" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A230">
-        <v>320</v>
+        <v>229</v>
       </c>
       <c r="B230" t="s">
-        <v>218</v>
+        <v>429</v>
       </c>
       <c r="C230" t="s">
-        <v>406</v>
-[...2 lines deleted...]
-        <v>1555</v>
+        <v>149</v>
       </c>
       <c r="E230" t="s">
-        <v>222</v>
+        <v>430</v>
       </c>
       <c r="F230" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="G230" t="s">
         <v>23</v>
       </c>
       <c r="H230">
-        <v>50</v>
+        <v>88</v>
       </c>
       <c r="I230" t="b">
         <v>0</v>
       </c>
       <c r="J230" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K230">
         <v>1</v>
       </c>
-      <c r="L230">
-        <v>95.21</v>
+      <c r="L230" t="s">
+        <v>24</v>
       </c>
       <c r="M230" t="s">
         <v>24</v>
       </c>
       <c r="N230" t="s">
         <v>24</v>
       </c>
       <c r="O230" t="s">
         <v>24</v>
       </c>
       <c r="P230" t="s">
         <v>24</v>
       </c>
       <c r="Q230" t="s">
         <v>24</v>
       </c>
-      <c r="R230" t="s">
-        <v>24</v>
+      <c r="R230">
+        <v>116.83</v>
       </c>
       <c r="S230">
-        <v>95.21</v>
+        <v>116.83</v>
       </c>
     </row>
     <row r="231" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A231">
-        <v>321</v>
+        <v>230</v>
       </c>
       <c r="B231" t="s">
-        <v>341</v>
+        <v>431</v>
       </c>
       <c r="C231" t="s">
-        <v>407</v>
+        <v>432</v>
       </c>
       <c r="E231" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F231" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="G231" t="s">
         <v>23</v>
       </c>
       <c r="H231">
-        <v>23</v>
+        <v>89</v>
       </c>
       <c r="I231" t="b">
         <v>0</v>
       </c>
       <c r="J231" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K231">
         <v>1</v>
       </c>
       <c r="L231" t="s">
         <v>24</v>
       </c>
       <c r="M231" t="s">
         <v>24</v>
       </c>
       <c r="N231" t="s">
         <v>24</v>
       </c>
-      <c r="O231">
-        <v>95.2</v>
+      <c r="O231" t="s">
+        <v>24</v>
       </c>
       <c r="P231" t="s">
         <v>24</v>
       </c>
       <c r="Q231" t="s">
         <v>24</v>
       </c>
-      <c r="R231" t="s">
-        <v>24</v>
+      <c r="R231">
+        <v>116.79</v>
       </c>
       <c r="S231">
-        <v>95.2</v>
+        <v>116.79</v>
       </c>
     </row>
     <row r="232" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A232">
-        <v>323</v>
+        <v>231</v>
       </c>
       <c r="B232" t="s">
-        <v>408</v>
+        <v>60</v>
       </c>
       <c r="C232" t="s">
-        <v>409</v>
-[...2 lines deleted...]
-        <v>2164</v>
+        <v>149</v>
       </c>
       <c r="E232" t="s">
-        <v>24</v>
+        <v>342</v>
       </c>
       <c r="F232" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G232" t="s">
         <v>23</v>
       </c>
       <c r="H232">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="I232" t="b">
         <v>0</v>
       </c>
       <c r="J232" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K232">
         <v>1</v>
       </c>
-      <c r="L232">
-        <v>94.59</v>
+      <c r="L232" t="s">
+        <v>24</v>
       </c>
       <c r="M232" t="s">
         <v>24</v>
       </c>
       <c r="N232" t="s">
         <v>24</v>
       </c>
       <c r="O232" t="s">
         <v>24</v>
       </c>
       <c r="P232" t="s">
         <v>24</v>
       </c>
       <c r="Q232" t="s">
         <v>24</v>
       </c>
-      <c r="R232" t="s">
-        <v>24</v>
+      <c r="R232">
+        <v>116.76</v>
       </c>
       <c r="S232">
-        <v>94.59</v>
+        <v>116.76</v>
       </c>
     </row>
     <row r="233" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A233">
-        <v>324</v>
+        <v>232</v>
       </c>
       <c r="B233" t="s">
-        <v>218</v>
+        <v>433</v>
       </c>
       <c r="C233" t="s">
-        <v>410</v>
-[...2 lines deleted...]
-        <v>174</v>
+        <v>434</v>
       </c>
       <c r="E233" t="s">
-        <v>85</v>
+        <v>24</v>
       </c>
       <c r="F233" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="G233" t="s">
         <v>23</v>
       </c>
       <c r="H233">
-        <v>51</v>
+        <v>91</v>
       </c>
       <c r="I233" t="b">
         <v>0</v>
       </c>
       <c r="J233" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K233">
         <v>1</v>
       </c>
-      <c r="L233">
-        <v>94.33</v>
+      <c r="L233" t="s">
+        <v>24</v>
       </c>
       <c r="M233" t="s">
         <v>24</v>
       </c>
       <c r="N233" t="s">
         <v>24</v>
       </c>
       <c r="O233" t="s">
         <v>24</v>
       </c>
       <c r="P233" t="s">
         <v>24</v>
       </c>
       <c r="Q233" t="s">
         <v>24</v>
       </c>
-      <c r="R233" t="s">
-        <v>24</v>
+      <c r="R233">
+        <v>116.47</v>
       </c>
       <c r="S233">
-        <v>94.33</v>
+        <v>116.47</v>
       </c>
     </row>
     <row r="234" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A234">
-        <v>326</v>
+        <v>233</v>
       </c>
       <c r="B234" t="s">
-        <v>218</v>
+        <v>435</v>
       </c>
       <c r="C234" t="s">
-        <v>411</v>
+        <v>436</v>
       </c>
       <c r="D234">
-        <v>2410</v>
+        <v>2403</v>
       </c>
       <c r="E234" t="s">
-        <v>412</v>
+        <v>24</v>
       </c>
       <c r="F234" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="G234" t="s">
         <v>23</v>
       </c>
       <c r="H234">
-        <v>24</v>
+        <v>92</v>
       </c>
       <c r="I234" t="b">
         <v>0</v>
       </c>
       <c r="J234" t="s">
-        <v>142</v>
+        <v>164</v>
       </c>
       <c r="K234">
         <v>1</v>
       </c>
       <c r="L234">
-        <v>93.97</v>
+        <v>115.82</v>
       </c>
       <c r="M234" t="s">
         <v>24</v>
       </c>
       <c r="N234" t="s">
         <v>24</v>
       </c>
       <c r="O234" t="s">
         <v>24</v>
       </c>
       <c r="P234" t="s">
         <v>24</v>
       </c>
       <c r="Q234" t="s">
         <v>24</v>
       </c>
       <c r="R234" t="s">
         <v>24</v>
       </c>
       <c r="S234">
-        <v>93.97</v>
+        <v>115.82</v>
       </c>
     </row>
     <row r="235" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A235">
-        <v>328</v>
+        <v>234</v>
       </c>
       <c r="B235" t="s">
-        <v>413</v>
+        <v>254</v>
       </c>
       <c r="C235" t="s">
-        <v>414</v>
-[...2 lines deleted...]
-        <v>394</v>
+        <v>437</v>
       </c>
       <c r="E235" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F235" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="G235" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H235">
-        <v>23</v>
+        <v>93</v>
       </c>
       <c r="I235" t="b">
         <v>0</v>
       </c>
       <c r="J235" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K235">
         <v>1</v>
       </c>
       <c r="L235">
-        <v>93.78</v>
+        <v>115.65</v>
       </c>
       <c r="M235" t="s">
         <v>24</v>
       </c>
       <c r="N235" t="s">
         <v>24</v>
       </c>
       <c r="O235" t="s">
         <v>24</v>
       </c>
       <c r="P235" t="s">
         <v>24</v>
       </c>
       <c r="Q235" t="s">
         <v>24</v>
       </c>
       <c r="R235" t="s">
         <v>24</v>
       </c>
       <c r="S235">
-        <v>93.78</v>
+        <v>115.65</v>
       </c>
     </row>
     <row r="236" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A236">
-        <v>333</v>
+        <v>235</v>
       </c>
       <c r="B236" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C236" t="s">
-        <v>415</v>
+        <v>438</v>
       </c>
       <c r="E236" t="s">
-        <v>416</v>
+        <v>137</v>
       </c>
       <c r="F236" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="G236" t="s">
         <v>23</v>
       </c>
       <c r="H236">
-        <v>67</v>
+        <v>94</v>
       </c>
       <c r="I236" t="b">
         <v>0</v>
       </c>
       <c r="J236" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K236">
         <v>1</v>
       </c>
-      <c r="L236">
-        <v>93.25</v>
+      <c r="L236" t="s">
+        <v>24</v>
       </c>
       <c r="M236" t="s">
         <v>24</v>
       </c>
       <c r="N236" t="s">
         <v>24</v>
       </c>
       <c r="O236" t="s">
         <v>24</v>
       </c>
       <c r="P236" t="s">
         <v>24</v>
       </c>
       <c r="Q236" t="s">
         <v>24</v>
       </c>
-      <c r="R236" t="s">
-        <v>24</v>
+      <c r="R236">
+        <v>115.49</v>
       </c>
       <c r="S236">
-        <v>93.25</v>
+        <v>115.49</v>
       </c>
     </row>
     <row r="237" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A237">
-        <v>334</v>
+        <v>236</v>
       </c>
       <c r="B237" t="s">
-        <v>177</v>
+        <v>254</v>
       </c>
       <c r="C237" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>1572</v>
+        <v>29</v>
       </c>
       <c r="E237" t="s">
-        <v>24</v>
+        <v>439</v>
       </c>
       <c r="F237" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G237" t="s">
         <v>23</v>
       </c>
       <c r="H237">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="I237" t="b">
         <v>0</v>
       </c>
       <c r="J237" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K237">
         <v>1</v>
       </c>
       <c r="L237">
-        <v>93.23</v>
+        <v>115.11</v>
       </c>
       <c r="M237" t="s">
         <v>24</v>
       </c>
       <c r="N237" t="s">
         <v>24</v>
       </c>
       <c r="O237" t="s">
         <v>24</v>
       </c>
       <c r="P237" t="s">
         <v>24</v>
       </c>
       <c r="Q237" t="s">
         <v>24</v>
       </c>
       <c r="R237" t="s">
         <v>24</v>
       </c>
       <c r="S237">
-        <v>93.23</v>
+        <v>115.11</v>
       </c>
     </row>
     <row r="238" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A238">
-        <v>336</v>
+        <v>237</v>
       </c>
       <c r="B238" t="s">
-        <v>417</v>
+        <v>440</v>
       </c>
       <c r="C238" t="s">
-        <v>418</v>
+        <v>441</v>
+      </c>
+      <c r="D238">
+        <v>1131</v>
       </c>
       <c r="E238" t="s">
-        <v>24</v>
+        <v>442</v>
       </c>
       <c r="F238" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G238" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="H238">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="I238" t="b">
         <v>0</v>
       </c>
       <c r="J238" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K238">
         <v>1</v>
       </c>
       <c r="L238" t="s">
         <v>24</v>
       </c>
       <c r="M238" t="s">
         <v>24</v>
       </c>
       <c r="N238" t="s">
         <v>24</v>
       </c>
-      <c r="O238">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="O238" t="s">
+        <v>24</v>
+      </c>
+      <c r="P238">
+        <v>114.67</v>
       </c>
       <c r="Q238" t="s">
         <v>24</v>
       </c>
       <c r="R238" t="s">
         <v>24</v>
       </c>
       <c r="S238">
-        <v>93.15</v>
+        <v>114.67</v>
       </c>
     </row>
     <row r="239" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A239">
-        <v>337</v>
+        <v>238</v>
       </c>
       <c r="B239" t="s">
-        <v>419</v>
+        <v>443</v>
       </c>
       <c r="C239" t="s">
-        <v>420</v>
+        <v>434</v>
+      </c>
+      <c r="D239">
+        <v>745</v>
       </c>
       <c r="E239" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="F239" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="G239" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="H239">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="I239" t="b">
         <v>0</v>
       </c>
       <c r="J239" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K239">
         <v>1</v>
       </c>
       <c r="L239" t="s">
         <v>24</v>
       </c>
       <c r="M239" t="s">
         <v>24</v>
       </c>
       <c r="N239" t="s">
         <v>24</v>
       </c>
-      <c r="O239">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="O239" t="s">
+        <v>24</v>
+      </c>
+      <c r="P239">
+        <v>114.61</v>
       </c>
       <c r="Q239" t="s">
         <v>24</v>
       </c>
       <c r="R239" t="s">
         <v>24</v>
       </c>
       <c r="S239">
-        <v>93.01</v>
+        <v>114.61</v>
       </c>
     </row>
     <row r="240" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A240">
-        <v>339</v>
+        <v>239</v>
       </c>
       <c r="B240" t="s">
-        <v>218</v>
+        <v>344</v>
       </c>
       <c r="C240" t="s">
-        <v>421</v>
+        <v>444</v>
       </c>
       <c r="E240" t="s">
-        <v>85</v>
+        <v>24</v>
       </c>
       <c r="F240" t="s">
-        <v>123</v>
+        <v>41</v>
       </c>
       <c r="G240" t="s">
         <v>23</v>
       </c>
       <c r="H240">
-        <v>3</v>
+        <v>96</v>
       </c>
       <c r="I240" t="b">
         <v>0</v>
       </c>
       <c r="J240" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K240">
         <v>1</v>
       </c>
       <c r="L240" t="s">
         <v>24</v>
       </c>
-      <c r="M240">
-        <v>92.66</v>
+      <c r="M240" t="s">
+        <v>24</v>
       </c>
       <c r="N240" t="s">
         <v>24</v>
       </c>
       <c r="O240" t="s">
         <v>24</v>
       </c>
-      <c r="P240" t="s">
-        <v>24</v>
+      <c r="P240">
+        <v>114.45</v>
       </c>
       <c r="Q240" t="s">
         <v>24</v>
       </c>
       <c r="R240" t="s">
         <v>24</v>
       </c>
       <c r="S240">
-        <v>92.66</v>
+        <v>114.45</v>
       </c>
     </row>
     <row r="241" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A241">
-        <v>341</v>
+        <v>240</v>
       </c>
       <c r="B241" t="s">
-        <v>422</v>
+        <v>154</v>
       </c>
       <c r="C241" t="s">
-        <v>423</v>
+        <v>445</v>
+      </c>
+      <c r="D241">
+        <v>1279</v>
       </c>
       <c r="E241" t="s">
-        <v>85</v>
+        <v>446</v>
       </c>
       <c r="F241" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G241" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H241">
-        <v>22</v>
+        <v>97</v>
       </c>
       <c r="I241" t="b">
         <v>0</v>
       </c>
       <c r="J241" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K241">
         <v>1</v>
       </c>
       <c r="L241" t="s">
         <v>24</v>
       </c>
       <c r="M241" t="s">
         <v>24</v>
       </c>
-      <c r="N241">
-        <v>92.4</v>
+      <c r="N241" t="s">
+        <v>24</v>
       </c>
       <c r="O241" t="s">
         <v>24</v>
       </c>
       <c r="P241" t="s">
         <v>24</v>
       </c>
-      <c r="Q241" t="s">
-        <v>24</v>
+      <c r="Q241">
+        <v>114.27</v>
       </c>
       <c r="R241" t="s">
         <v>24</v>
       </c>
       <c r="S241">
-        <v>92.4</v>
+        <v>114.27</v>
       </c>
     </row>
     <row r="242" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A242">
-        <v>342</v>
+        <v>241</v>
       </c>
       <c r="B242" t="s">
-        <v>424</v>
+        <v>254</v>
       </c>
       <c r="C242" t="s">
-        <v>425</v>
+        <v>447</v>
       </c>
       <c r="E242" t="s">
         <v>24</v>
       </c>
       <c r="F242" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G242" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H242">
-        <v>23</v>
+        <v>98</v>
       </c>
       <c r="I242" t="b">
         <v>0</v>
       </c>
       <c r="J242" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K242">
         <v>1</v>
       </c>
       <c r="L242" t="s">
         <v>24</v>
       </c>
       <c r="M242" t="s">
         <v>24</v>
       </c>
       <c r="N242" t="s">
         <v>24</v>
       </c>
-      <c r="O242">
-        <v>91.91</v>
+      <c r="O242" t="s">
+        <v>24</v>
       </c>
       <c r="P242" t="s">
         <v>24</v>
       </c>
       <c r="Q242" t="s">
         <v>24</v>
       </c>
-      <c r="R242" t="s">
-        <v>24</v>
+      <c r="R242">
+        <v>114.27</v>
       </c>
       <c r="S242">
-        <v>91.91</v>
+        <v>114.27</v>
       </c>
     </row>
     <row r="243" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A243">
-        <v>348</v>
+        <v>242</v>
       </c>
       <c r="B243" t="s">
-        <v>247</v>
+        <v>54</v>
       </c>
       <c r="C243" t="s">
-        <v>426</v>
-[...2 lines deleted...]
-        <v>1687</v>
+        <v>448</v>
       </c>
       <c r="E243" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F243" t="s">
         <v>22</v>
       </c>
       <c r="G243" t="s">
         <v>23</v>
       </c>
       <c r="H243">
-        <v>69</v>
+        <v>35</v>
       </c>
       <c r="I243" t="b">
         <v>0</v>
       </c>
       <c r="J243" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K243">
         <v>1</v>
       </c>
       <c r="L243" t="s">
         <v>24</v>
       </c>
       <c r="M243" t="s">
         <v>24</v>
       </c>
       <c r="N243" t="s">
         <v>24</v>
       </c>
-      <c r="O243">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="O243" t="s">
+        <v>24</v>
+      </c>
+      <c r="P243">
+        <v>114.03</v>
       </c>
       <c r="Q243" t="s">
         <v>24</v>
       </c>
       <c r="R243" t="s">
         <v>24</v>
       </c>
       <c r="S243">
-        <v>90.7</v>
+        <v>114.03</v>
       </c>
     </row>
     <row r="244" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A244">
-        <v>349</v>
+        <v>243</v>
       </c>
       <c r="B244" t="s">
-        <v>427</v>
+        <v>449</v>
       </c>
       <c r="C244" t="s">
-        <v>136</v>
+        <v>450</v>
       </c>
       <c r="E244" t="s">
         <v>24</v>
       </c>
       <c r="F244" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G244" t="s">
         <v>23</v>
       </c>
       <c r="H244">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="I244" t="b">
         <v>0</v>
       </c>
       <c r="J244" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K244">
         <v>1</v>
       </c>
-      <c r="L244">
-        <v>90.65</v>
+      <c r="L244" t="s">
+        <v>24</v>
       </c>
       <c r="M244" t="s">
         <v>24</v>
       </c>
       <c r="N244" t="s">
         <v>24</v>
       </c>
-      <c r="O244" t="s">
-        <v>24</v>
+      <c r="O244">
+        <v>113.97</v>
       </c>
       <c r="P244" t="s">
         <v>24</v>
       </c>
       <c r="Q244" t="s">
         <v>24</v>
       </c>
       <c r="R244" t="s">
         <v>24</v>
       </c>
       <c r="S244">
-        <v>90.65</v>
+        <v>113.97</v>
       </c>
     </row>
     <row r="245" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A245">
-        <v>350</v>
+        <v>244</v>
       </c>
       <c r="B245" t="s">
-        <v>169</v>
+        <v>138</v>
       </c>
       <c r="C245" t="s">
-        <v>428</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>49</v>
       </c>
       <c r="E245" t="s">
-        <v>213</v>
+        <v>451</v>
       </c>
       <c r="F245" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="G245" t="s">
         <v>23</v>
       </c>
       <c r="H245">
-        <v>26</v>
+        <v>100</v>
       </c>
       <c r="I245" t="b">
         <v>0</v>
       </c>
       <c r="J245" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K245">
         <v>1</v>
       </c>
       <c r="L245" t="s">
         <v>24</v>
       </c>
       <c r="M245" t="s">
         <v>24</v>
       </c>
       <c r="N245" t="s">
         <v>24</v>
       </c>
-      <c r="O245">
-        <v>90.5</v>
+      <c r="O245" t="s">
+        <v>24</v>
       </c>
       <c r="P245" t="s">
         <v>24</v>
       </c>
       <c r="Q245" t="s">
         <v>24</v>
       </c>
-      <c r="R245" t="s">
-        <v>24</v>
+      <c r="R245">
+        <v>113.95</v>
       </c>
       <c r="S245">
-        <v>90.5</v>
+        <v>113.95</v>
       </c>
     </row>
     <row r="246" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A246">
-        <v>351</v>
+        <v>245</v>
       </c>
       <c r="B246" t="s">
-        <v>429</v>
+        <v>452</v>
       </c>
       <c r="C246" t="s">
-        <v>430</v>
+        <v>453</v>
       </c>
       <c r="E246" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="F246" t="s">
-        <v>69</v>
+        <v>22</v>
       </c>
       <c r="G246" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H246">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="I246" t="b">
         <v>0</v>
       </c>
       <c r="J246" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K246">
         <v>1</v>
       </c>
       <c r="L246" t="s">
         <v>24</v>
       </c>
       <c r="M246" t="s">
         <v>24</v>
       </c>
       <c r="N246" t="s">
         <v>24</v>
       </c>
       <c r="O246">
-        <v>89.99</v>
+        <v>113.81</v>
       </c>
       <c r="P246" t="s">
         <v>24</v>
       </c>
       <c r="Q246" t="s">
         <v>24</v>
       </c>
       <c r="R246" t="s">
         <v>24</v>
       </c>
       <c r="S246">
-        <v>89.99</v>
+        <v>113.81</v>
       </c>
     </row>
     <row r="247" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A247">
-        <v>352</v>
+        <v>246</v>
       </c>
       <c r="B247" t="s">
-        <v>431</v>
+        <v>223</v>
       </c>
       <c r="C247" t="s">
-        <v>52</v>
+        <v>404</v>
       </c>
       <c r="D247">
-        <v>2378</v>
+        <v>1835</v>
       </c>
       <c r="E247" t="s">
-        <v>432</v>
+        <v>454</v>
       </c>
       <c r="F247" t="s">
-        <v>69</v>
+        <v>22</v>
       </c>
       <c r="G247" t="s">
         <v>23</v>
       </c>
       <c r="H247">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="I247" t="b">
         <v>0</v>
       </c>
       <c r="J247" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K247">
         <v>1</v>
       </c>
-      <c r="L247">
-        <v>89.96</v>
+      <c r="L247" t="s">
+        <v>24</v>
       </c>
       <c r="M247" t="s">
         <v>24</v>
       </c>
       <c r="N247" t="s">
         <v>24</v>
       </c>
       <c r="O247" t="s">
         <v>24</v>
       </c>
-      <c r="P247" t="s">
-        <v>24</v>
+      <c r="P247">
+        <v>113.67</v>
       </c>
       <c r="Q247" t="s">
         <v>24</v>
       </c>
       <c r="R247" t="s">
         <v>24</v>
       </c>
       <c r="S247">
-        <v>89.96</v>
+        <v>113.67</v>
       </c>
     </row>
     <row r="248" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A248">
-        <v>353</v>
+        <v>247</v>
       </c>
       <c r="B248" t="s">
-        <v>433</v>
+        <v>151</v>
       </c>
       <c r="C248" t="s">
-        <v>319</v>
+        <v>455</v>
       </c>
       <c r="E248" t="s">
-        <v>24</v>
+        <v>456</v>
       </c>
       <c r="F248" t="s">
-        <v>34</v>
+        <v>84</v>
       </c>
       <c r="G248" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H248">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="I248" t="b">
         <v>0</v>
       </c>
       <c r="J248" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K248">
         <v>1</v>
       </c>
       <c r="L248" t="s">
         <v>24</v>
       </c>
       <c r="M248" t="s">
         <v>24</v>
       </c>
-      <c r="N248" t="s">
-[...3 lines deleted...]
-        <v>89.86</v>
+      <c r="N248">
+        <v>113.61</v>
+      </c>
+      <c r="O248" t="s">
+        <v>24</v>
       </c>
       <c r="P248" t="s">
         <v>24</v>
       </c>
       <c r="Q248" t="s">
         <v>24</v>
       </c>
       <c r="R248" t="s">
         <v>24</v>
       </c>
       <c r="S248">
-        <v>89.86</v>
+        <v>113.61</v>
       </c>
     </row>
     <row r="249" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A249">
-        <v>354</v>
+        <v>248</v>
       </c>
       <c r="B249" t="s">
-        <v>182</v>
+        <v>457</v>
       </c>
       <c r="C249" t="s">
-        <v>434</v>
+        <v>67</v>
       </c>
       <c r="E249" t="s">
-        <v>24</v>
+        <v>128</v>
       </c>
       <c r="F249" t="s">
         <v>22</v>
       </c>
       <c r="G249" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H249">
-        <v>70</v>
+        <v>14</v>
       </c>
       <c r="I249" t="b">
         <v>0</v>
       </c>
       <c r="J249" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K249">
         <v>1</v>
       </c>
       <c r="L249" t="s">
         <v>24</v>
       </c>
-      <c r="M249">
-        <v>89.2</v>
+      <c r="M249" t="s">
+        <v>24</v>
       </c>
       <c r="N249" t="s">
         <v>24</v>
       </c>
-      <c r="O249" t="s">
-        <v>24</v>
+      <c r="O249">
+        <v>113.38</v>
       </c>
       <c r="P249" t="s">
         <v>24</v>
       </c>
       <c r="Q249" t="s">
         <v>24</v>
       </c>
       <c r="R249" t="s">
         <v>24</v>
       </c>
       <c r="S249">
-        <v>89.2</v>
+        <v>113.38</v>
       </c>
     </row>
     <row r="250" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A250">
-        <v>358</v>
+        <v>249</v>
       </c>
       <c r="B250" t="s">
-        <v>435</v>
+        <v>33</v>
       </c>
       <c r="C250" t="s">
-        <v>121</v>
+        <v>26</v>
       </c>
       <c r="E250" t="s">
-        <v>436</v>
+        <v>24</v>
       </c>
       <c r="F250" t="s">
-        <v>123</v>
+        <v>41</v>
       </c>
       <c r="G250" t="s">
         <v>23</v>
       </c>
       <c r="H250">
-        <v>4</v>
+        <v>101</v>
       </c>
       <c r="I250" t="b">
         <v>0</v>
       </c>
       <c r="J250" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K250">
         <v>1</v>
       </c>
-      <c r="L250">
-        <v>88.75</v>
+      <c r="L250" t="s">
+        <v>24</v>
       </c>
       <c r="M250" t="s">
         <v>24</v>
       </c>
       <c r="N250" t="s">
         <v>24</v>
       </c>
-      <c r="O250" t="s">
-        <v>24</v>
+      <c r="O250">
+        <v>113.33</v>
       </c>
       <c r="P250" t="s">
         <v>24</v>
       </c>
       <c r="Q250" t="s">
         <v>24</v>
       </c>
       <c r="R250" t="s">
         <v>24</v>
       </c>
       <c r="S250">
-        <v>88.75</v>
+        <v>113.33</v>
       </c>
     </row>
     <row r="251" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A251">
-        <v>359</v>
+        <v>250</v>
       </c>
       <c r="B251" t="s">
-        <v>241</v>
+        <v>458</v>
       </c>
       <c r="C251" t="s">
-        <v>437</v>
+        <v>49</v>
+      </c>
+      <c r="D251">
+        <v>1493</v>
       </c>
       <c r="E251" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="F251" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="G251" t="s">
         <v>23</v>
       </c>
       <c r="H251">
-        <v>102</v>
+        <v>28</v>
       </c>
       <c r="I251" t="b">
         <v>0</v>
       </c>
       <c r="J251" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K251">
         <v>1</v>
       </c>
       <c r="L251" t="s">
         <v>24</v>
       </c>
       <c r="M251" t="s">
         <v>24</v>
       </c>
       <c r="N251" t="s">
         <v>24</v>
       </c>
-      <c r="O251">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="O251" t="s">
+        <v>24</v>
+      </c>
+      <c r="P251">
+        <v>113.31</v>
       </c>
       <c r="Q251" t="s">
         <v>24</v>
       </c>
       <c r="R251" t="s">
         <v>24</v>
       </c>
       <c r="S251">
-        <v>88.71</v>
+        <v>113.31</v>
       </c>
     </row>
     <row r="252" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A252">
-        <v>362</v>
+        <v>251</v>
       </c>
       <c r="B252" t="s">
-        <v>438</v>
+        <v>459</v>
       </c>
       <c r="C252" t="s">
-        <v>439</v>
+        <v>460</v>
       </c>
       <c r="E252" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F252" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="G252" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H252">
-        <v>28</v>
+        <v>102</v>
       </c>
       <c r="I252" t="b">
         <v>0</v>
       </c>
       <c r="J252" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K252">
         <v>1</v>
       </c>
       <c r="L252" t="s">
         <v>24</v>
       </c>
-      <c r="M252">
-        <v>88.53</v>
+      <c r="M252" t="s">
+        <v>24</v>
       </c>
       <c r="N252" t="s">
         <v>24</v>
       </c>
       <c r="O252" t="s">
         <v>24</v>
       </c>
       <c r="P252" t="s">
         <v>24</v>
       </c>
       <c r="Q252" t="s">
         <v>24</v>
       </c>
-      <c r="R252" t="s">
-        <v>24</v>
+      <c r="R252">
+        <v>113.22</v>
       </c>
       <c r="S252">
-        <v>88.53</v>
+        <v>113.22</v>
       </c>
     </row>
     <row r="253" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A253">
-        <v>363</v>
+        <v>252</v>
       </c>
       <c r="B253" t="s">
-        <v>440</v>
+        <v>461</v>
       </c>
       <c r="C253" t="s">
-        <v>441</v>
+        <v>462</v>
       </c>
       <c r="E253" t="s">
-        <v>27</v>
+        <v>377</v>
       </c>
       <c r="F253" t="s">
-        <v>69</v>
+        <v>41</v>
       </c>
       <c r="G253" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H253">
-        <v>8</v>
+        <v>103</v>
       </c>
       <c r="I253" t="b">
         <v>0</v>
       </c>
       <c r="J253" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K253">
         <v>1</v>
       </c>
       <c r="L253" t="s">
         <v>24</v>
       </c>
       <c r="M253" t="s">
         <v>24</v>
       </c>
       <c r="N253" t="s">
         <v>24</v>
       </c>
-      <c r="O253">
-        <v>88.45</v>
+      <c r="O253" t="s">
+        <v>24</v>
       </c>
       <c r="P253" t="s">
         <v>24</v>
       </c>
       <c r="Q253" t="s">
         <v>24</v>
       </c>
-      <c r="R253" t="s">
-        <v>24</v>
+      <c r="R253">
+        <v>113.19</v>
       </c>
       <c r="S253">
-        <v>88.45</v>
+        <v>113.19</v>
       </c>
     </row>
     <row r="254" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A254">
-        <v>366</v>
+        <v>253</v>
       </c>
       <c r="B254" t="s">
-        <v>218</v>
+        <v>463</v>
       </c>
       <c r="C254" t="s">
-        <v>442</v>
-[...2 lines deleted...]
-        <v>2376</v>
+        <v>464</v>
       </c>
       <c r="E254" t="s">
-        <v>222</v>
+        <v>377</v>
       </c>
       <c r="F254" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="G254" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H254">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I254" t="b">
         <v>0</v>
       </c>
       <c r="J254" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K254">
         <v>1</v>
       </c>
-      <c r="L254">
-        <v>88.06</v>
+      <c r="L254" t="s">
+        <v>24</v>
       </c>
       <c r="M254" t="s">
         <v>24</v>
       </c>
       <c r="N254" t="s">
         <v>24</v>
       </c>
       <c r="O254" t="s">
         <v>24</v>
       </c>
       <c r="P254" t="s">
         <v>24</v>
       </c>
       <c r="Q254" t="s">
         <v>24</v>
       </c>
-      <c r="R254" t="s">
-        <v>24</v>
+      <c r="R254">
+        <v>113.1</v>
       </c>
       <c r="S254">
-        <v>88.06</v>
+        <v>113.1</v>
       </c>
     </row>
     <row r="255" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A255">
-        <v>367</v>
+        <v>254</v>
       </c>
       <c r="B255" t="s">
-        <v>443</v>
+        <v>182</v>
       </c>
       <c r="C255" t="s">
-        <v>226</v>
+        <v>215</v>
+      </c>
+      <c r="D255">
+        <v>1315</v>
       </c>
       <c r="E255" t="s">
-        <v>27</v>
+        <v>465</v>
       </c>
       <c r="F255" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G255" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H255">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="I255" t="b">
         <v>0</v>
       </c>
       <c r="J255" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K255">
         <v>1</v>
       </c>
       <c r="L255" t="s">
         <v>24</v>
       </c>
       <c r="M255" t="s">
         <v>24</v>
       </c>
       <c r="N255" t="s">
         <v>24</v>
       </c>
-      <c r="O255">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="O255" t="s">
+        <v>24</v>
+      </c>
+      <c r="P255">
+        <v>113.02</v>
       </c>
       <c r="Q255" t="s">
         <v>24</v>
       </c>
       <c r="R255" t="s">
         <v>24</v>
       </c>
       <c r="S255">
-        <v>88.03</v>
+        <v>113.02</v>
       </c>
     </row>
     <row r="256" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A256">
-        <v>368</v>
+        <v>255</v>
       </c>
       <c r="B256" t="s">
-        <v>60</v>
+        <v>182</v>
       </c>
       <c r="C256" t="s">
-        <v>444</v>
+        <v>466</v>
       </c>
       <c r="D256">
-        <v>1028</v>
+        <v>1639</v>
       </c>
       <c r="E256" t="s">
-        <v>445</v>
+        <v>377</v>
       </c>
       <c r="F256" t="s">
-        <v>59</v>
+        <v>31</v>
       </c>
       <c r="G256" t="s">
         <v>23</v>
       </c>
       <c r="H256">
         <v>29</v>
       </c>
       <c r="I256" t="b">
         <v>0</v>
       </c>
       <c r="J256" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K256">
         <v>1</v>
       </c>
-      <c r="L256">
-        <v>87.6</v>
+      <c r="L256" t="s">
+        <v>24</v>
       </c>
       <c r="M256" t="s">
         <v>24</v>
       </c>
       <c r="N256" t="s">
         <v>24</v>
       </c>
       <c r="O256" t="s">
         <v>24</v>
       </c>
-      <c r="P256" t="s">
-        <v>24</v>
+      <c r="P256">
+        <v>112.97</v>
       </c>
       <c r="Q256" t="s">
         <v>24</v>
       </c>
       <c r="R256" t="s">
         <v>24</v>
       </c>
       <c r="S256">
-        <v>87.6</v>
+        <v>112.97</v>
       </c>
     </row>
     <row r="257" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A257">
-        <v>370</v>
+        <v>256</v>
       </c>
       <c r="B257" t="s">
-        <v>386</v>
+        <v>467</v>
       </c>
       <c r="C257" t="s">
-        <v>446</v>
+        <v>416</v>
       </c>
       <c r="E257" t="s">
-        <v>222</v>
+        <v>73</v>
       </c>
       <c r="F257" t="s">
         <v>22</v>
       </c>
       <c r="G257" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="H257">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I257" t="b">
         <v>0</v>
       </c>
       <c r="J257" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K257">
         <v>1</v>
       </c>
-      <c r="L257">
-        <v>87.43</v>
+      <c r="L257" t="s">
+        <v>24</v>
       </c>
       <c r="M257" t="s">
         <v>24</v>
       </c>
       <c r="N257" t="s">
         <v>24</v>
       </c>
       <c r="O257" t="s">
         <v>24</v>
       </c>
-      <c r="P257" t="s">
-        <v>24</v>
+      <c r="P257">
+        <v>112.59</v>
       </c>
       <c r="Q257" t="s">
         <v>24</v>
       </c>
       <c r="R257" t="s">
         <v>24</v>
       </c>
       <c r="S257">
-        <v>87.43</v>
+        <v>112.59</v>
       </c>
     </row>
     <row r="258" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A258">
-        <v>373</v>
+        <v>257</v>
       </c>
       <c r="B258" t="s">
-        <v>191</v>
+        <v>39</v>
       </c>
       <c r="C258" t="s">
-        <v>181</v>
+        <v>468</v>
       </c>
       <c r="E258" t="s">
-        <v>27</v>
+        <v>469</v>
       </c>
       <c r="F258" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="G258" t="s">
         <v>23</v>
       </c>
       <c r="H258">
-        <v>62</v>
+        <v>30</v>
       </c>
       <c r="I258" t="b">
         <v>0</v>
       </c>
       <c r="J258" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K258">
         <v>1</v>
       </c>
       <c r="L258" t="s">
         <v>24</v>
       </c>
       <c r="M258" t="s">
         <v>24</v>
       </c>
       <c r="N258" t="s">
         <v>24</v>
       </c>
-      <c r="O258">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="O258" t="s">
+        <v>24</v>
+      </c>
+      <c r="P258">
+        <v>112.55</v>
       </c>
       <c r="Q258" t="s">
         <v>24</v>
       </c>
       <c r="R258" t="s">
         <v>24</v>
       </c>
       <c r="S258">
-        <v>86.83</v>
+        <v>112.55</v>
       </c>
     </row>
     <row r="259" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A259">
-        <v>375</v>
+        <v>258</v>
       </c>
       <c r="B259" t="s">
-        <v>114</v>
+        <v>58</v>
       </c>
       <c r="C259" t="s">
-        <v>447</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>470</v>
       </c>
       <c r="E259" t="s">
-        <v>27</v>
+        <v>471</v>
       </c>
       <c r="F259" t="s">
-        <v>123</v>
+        <v>41</v>
       </c>
       <c r="G259" t="s">
         <v>23</v>
       </c>
       <c r="H259">
-        <v>5</v>
+        <v>104</v>
       </c>
       <c r="I259" t="b">
         <v>0</v>
       </c>
       <c r="J259" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K259">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L259" t="s">
         <v>24</v>
       </c>
       <c r="M259" t="s">
         <v>24</v>
       </c>
-      <c r="N259">
-        <v>86.6</v>
+      <c r="N259" t="s">
+        <v>24</v>
       </c>
       <c r="O259" t="s">
         <v>24</v>
       </c>
-      <c r="P259">
-        <v>0</v>
+      <c r="P259" t="s">
+        <v>24</v>
       </c>
       <c r="Q259" t="s">
         <v>24</v>
       </c>
-      <c r="R259" t="s">
-        <v>24</v>
+      <c r="R259">
+        <v>112.47</v>
       </c>
       <c r="S259">
-        <v>86.6</v>
+        <v>112.47</v>
       </c>
     </row>
     <row r="260" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A260">
-        <v>383</v>
+        <v>259</v>
       </c>
       <c r="B260" t="s">
-        <v>424</v>
+        <v>292</v>
       </c>
       <c r="C260" t="s">
-        <v>336</v>
+        <v>472</v>
       </c>
       <c r="E260" t="s">
         <v>24</v>
       </c>
       <c r="F260" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="G260" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H260">
-        <v>30</v>
+        <v>105</v>
       </c>
       <c r="I260" t="b">
         <v>0</v>
       </c>
       <c r="J260" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K260">
         <v>1</v>
       </c>
       <c r="L260" t="s">
         <v>24</v>
       </c>
       <c r="M260" t="s">
         <v>24</v>
       </c>
-      <c r="N260">
-        <v>84.18</v>
+      <c r="N260" t="s">
+        <v>24</v>
       </c>
       <c r="O260" t="s">
         <v>24</v>
       </c>
       <c r="P260" t="s">
         <v>24</v>
       </c>
       <c r="Q260" t="s">
         <v>24</v>
       </c>
-      <c r="R260" t="s">
-        <v>24</v>
+      <c r="R260">
+        <v>112.45</v>
       </c>
       <c r="S260">
-        <v>84.18</v>
+        <v>112.45</v>
       </c>
     </row>
     <row r="261" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A261">
-        <v>387</v>
+        <v>260</v>
       </c>
       <c r="B261" t="s">
-        <v>448</v>
+        <v>162</v>
       </c>
       <c r="C261" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>182</v>
+        <v>473</v>
       </c>
       <c r="E261" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F261" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="G261" t="s">
         <v>23</v>
       </c>
       <c r="H261">
-        <v>33</v>
+        <v>106</v>
       </c>
       <c r="I261" t="b">
         <v>0</v>
       </c>
       <c r="J261" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K261">
         <v>1</v>
       </c>
-      <c r="L261">
-        <v>84.06</v>
+      <c r="L261" t="s">
+        <v>24</v>
       </c>
       <c r="M261" t="s">
         <v>24</v>
       </c>
       <c r="N261" t="s">
         <v>24</v>
       </c>
       <c r="O261" t="s">
         <v>24</v>
       </c>
       <c r="P261" t="s">
         <v>24</v>
       </c>
       <c r="Q261" t="s">
         <v>24</v>
       </c>
-      <c r="R261" t="s">
-        <v>24</v>
+      <c r="R261">
+        <v>112.4</v>
       </c>
       <c r="S261">
-        <v>84.06</v>
+        <v>112.4</v>
       </c>
     </row>
     <row r="262" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A262">
-        <v>388</v>
+        <v>261</v>
       </c>
       <c r="B262" t="s">
-        <v>159</v>
+        <v>181</v>
       </c>
       <c r="C262" t="s">
-        <v>449</v>
+        <v>347</v>
+      </c>
+      <c r="D262">
+        <v>218</v>
       </c>
       <c r="E262" t="s">
-        <v>450</v>
+        <v>465</v>
       </c>
       <c r="F262" t="s">
-        <v>34</v>
+        <v>65</v>
       </c>
       <c r="G262" t="s">
         <v>23</v>
       </c>
       <c r="H262">
-        <v>104</v>
+        <v>16</v>
       </c>
       <c r="I262" t="b">
         <v>0</v>
       </c>
       <c r="J262" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K262">
         <v>1</v>
       </c>
       <c r="L262" t="s">
         <v>24</v>
       </c>
       <c r="M262" t="s">
         <v>24</v>
       </c>
-      <c r="N262">
-        <v>84.04</v>
+      <c r="N262" t="s">
+        <v>24</v>
       </c>
       <c r="O262" t="s">
         <v>24</v>
       </c>
-      <c r="P262" t="s">
-        <v>24</v>
+      <c r="P262">
+        <v>112.16</v>
       </c>
       <c r="Q262" t="s">
         <v>24</v>
       </c>
       <c r="R262" t="s">
         <v>24</v>
       </c>
       <c r="S262">
-        <v>84.04</v>
+        <v>112.16</v>
       </c>
     </row>
     <row r="263" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A263">
-        <v>390</v>
+        <v>262</v>
       </c>
       <c r="B263" t="s">
-        <v>451</v>
+        <v>284</v>
       </c>
       <c r="C263" t="s">
-        <v>47</v>
+        <v>474</v>
       </c>
       <c r="E263" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="F263" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G263" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H263">
-        <v>27</v>
+        <v>107</v>
       </c>
       <c r="I263" t="b">
         <v>0</v>
       </c>
       <c r="J263" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K263">
         <v>1</v>
       </c>
       <c r="L263" t="s">
         <v>24</v>
       </c>
       <c r="M263" t="s">
         <v>24</v>
       </c>
       <c r="N263" t="s">
         <v>24</v>
       </c>
-      <c r="O263">
-        <v>83.84</v>
+      <c r="O263" t="s">
+        <v>24</v>
       </c>
       <c r="P263" t="s">
         <v>24</v>
       </c>
       <c r="Q263" t="s">
         <v>24</v>
       </c>
-      <c r="R263" t="s">
-        <v>24</v>
+      <c r="R263">
+        <v>112.02</v>
       </c>
       <c r="S263">
-        <v>83.84</v>
+        <v>112.02</v>
       </c>
     </row>
     <row r="264" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A264">
-        <v>391</v>
+        <v>263</v>
       </c>
       <c r="B264" t="s">
-        <v>452</v>
+        <v>475</v>
       </c>
       <c r="C264" t="s">
-        <v>26</v>
+        <v>476</v>
       </c>
       <c r="E264" t="s">
-        <v>453</v>
+        <v>24</v>
       </c>
       <c r="F264" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G264" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H264">
-        <v>28</v>
+        <v>108</v>
       </c>
       <c r="I264" t="b">
         <v>0</v>
       </c>
       <c r="J264" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K264">
         <v>1</v>
       </c>
       <c r="L264" t="s">
         <v>24</v>
       </c>
       <c r="M264" t="s">
         <v>24</v>
       </c>
       <c r="N264" t="s">
         <v>24</v>
       </c>
-      <c r="O264">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="O264" t="s">
+        <v>24</v>
+      </c>
+      <c r="P264">
+        <v>111.81</v>
       </c>
       <c r="Q264" t="s">
         <v>24</v>
       </c>
       <c r="R264" t="s">
         <v>24</v>
       </c>
       <c r="S264">
-        <v>83.64</v>
+        <v>111.81</v>
       </c>
     </row>
     <row r="265" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A265">
-        <v>392</v>
+        <v>264</v>
       </c>
       <c r="B265" t="s">
-        <v>454</v>
+        <v>207</v>
       </c>
       <c r="C265" t="s">
-        <v>356</v>
+        <v>477</v>
+      </c>
+      <c r="D265">
+        <v>2400</v>
       </c>
       <c r="E265" t="s">
-        <v>150</v>
+        <v>64</v>
       </c>
       <c r="F265" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G265" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H265">
-        <v>29</v>
+        <v>109</v>
       </c>
       <c r="I265" t="b">
         <v>0</v>
       </c>
       <c r="J265" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K265">
         <v>1</v>
       </c>
       <c r="L265" t="s">
         <v>24</v>
       </c>
       <c r="M265" t="s">
         <v>24</v>
       </c>
       <c r="N265" t="s">
         <v>24</v>
       </c>
-      <c r="O265">
-        <v>83.61</v>
+      <c r="O265" t="s">
+        <v>24</v>
       </c>
       <c r="P265" t="s">
         <v>24</v>
       </c>
-      <c r="Q265" t="s">
-        <v>24</v>
+      <c r="Q265">
+        <v>111.79</v>
       </c>
       <c r="R265" t="s">
         <v>24</v>
       </c>
       <c r="S265">
-        <v>83.61</v>
+        <v>111.79</v>
       </c>
     </row>
     <row r="266" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A266">
-        <v>393</v>
+        <v>265</v>
       </c>
       <c r="B266" t="s">
-        <v>455</v>
+        <v>185</v>
       </c>
       <c r="C266" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-        <v>1287</v>
+        <v>149</v>
       </c>
       <c r="E266" t="s">
-        <v>85</v>
+        <v>24</v>
       </c>
       <c r="F266" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="G266" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H266">
-        <v>13</v>
+        <v>110</v>
       </c>
       <c r="I266" t="b">
         <v>0</v>
       </c>
       <c r="J266" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K266">
         <v>1</v>
       </c>
-      <c r="L266">
-        <v>83.5</v>
+      <c r="L266" t="s">
+        <v>24</v>
       </c>
       <c r="M266" t="s">
         <v>24</v>
       </c>
       <c r="N266" t="s">
         <v>24</v>
       </c>
-      <c r="O266" t="s">
-        <v>24</v>
+      <c r="O266">
+        <v>111.75</v>
       </c>
       <c r="P266" t="s">
         <v>24</v>
       </c>
       <c r="Q266" t="s">
         <v>24</v>
       </c>
       <c r="R266" t="s">
         <v>24</v>
       </c>
       <c r="S266">
-        <v>83.5</v>
+        <v>111.75</v>
       </c>
     </row>
     <row r="267" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A267">
-        <v>394</v>
+        <v>266</v>
       </c>
       <c r="B267" t="s">
-        <v>457</v>
+        <v>478</v>
       </c>
       <c r="C267" t="s">
-        <v>458</v>
-[...2 lines deleted...]
-        <v>2334</v>
+        <v>479</v>
       </c>
       <c r="E267" t="s">
-        <v>459</v>
+        <v>111</v>
       </c>
       <c r="F267" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="G267" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H267">
-        <v>14</v>
+        <v>111</v>
       </c>
       <c r="I267" t="b">
         <v>0</v>
       </c>
       <c r="J267" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K267">
         <v>1</v>
       </c>
-      <c r="L267">
-        <v>83.11</v>
+      <c r="L267" t="s">
+        <v>24</v>
       </c>
       <c r="M267" t="s">
         <v>24</v>
       </c>
       <c r="N267" t="s">
         <v>24</v>
       </c>
       <c r="O267" t="s">
         <v>24</v>
       </c>
       <c r="P267" t="s">
         <v>24</v>
       </c>
-      <c r="Q267" t="s">
-        <v>24</v>
+      <c r="Q267">
+        <v>111.73</v>
       </c>
       <c r="R267" t="s">
         <v>24</v>
       </c>
       <c r="S267">
-        <v>83.11</v>
+        <v>111.73</v>
       </c>
     </row>
     <row r="268" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A268">
-        <v>397</v>
+        <v>267</v>
       </c>
       <c r="B268" t="s">
-        <v>398</v>
+        <v>310</v>
       </c>
       <c r="C268" t="s">
-        <v>460</v>
-[...2 lines deleted...]
-        <v>511</v>
+        <v>480</v>
       </c>
       <c r="E268" t="s">
-        <v>213</v>
+        <v>24</v>
       </c>
       <c r="F268" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="G268" t="s">
         <v>23</v>
       </c>
       <c r="H268">
-        <v>69</v>
+        <v>112</v>
       </c>
       <c r="I268" t="b">
         <v>0</v>
       </c>
       <c r="J268" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K268">
         <v>1</v>
       </c>
-      <c r="L268">
-        <v>82.59</v>
+      <c r="L268" t="s">
+        <v>24</v>
       </c>
       <c r="M268" t="s">
         <v>24</v>
       </c>
       <c r="N268" t="s">
         <v>24</v>
       </c>
-      <c r="O268" t="s">
-        <v>24</v>
+      <c r="O268">
+        <v>111.5</v>
       </c>
       <c r="P268" t="s">
         <v>24</v>
       </c>
       <c r="Q268" t="s">
         <v>24</v>
       </c>
       <c r="R268" t="s">
         <v>24</v>
       </c>
       <c r="S268">
-        <v>82.59</v>
+        <v>111.5</v>
       </c>
     </row>
     <row r="269" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A269">
-        <v>401</v>
+        <v>268</v>
       </c>
       <c r="B269" t="s">
-        <v>97</v>
+        <v>463</v>
       </c>
       <c r="C269" t="s">
-        <v>461</v>
+        <v>481</v>
       </c>
       <c r="E269" t="s">
-        <v>31</v>
+        <v>352</v>
       </c>
       <c r="F269" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="G269" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="H269">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="I269" t="b">
         <v>0</v>
       </c>
       <c r="J269" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K269">
         <v>1</v>
       </c>
       <c r="L269" t="s">
         <v>24</v>
       </c>
       <c r="M269" t="s">
         <v>24</v>
       </c>
-      <c r="N269">
-        <v>81.08</v>
+      <c r="N269" t="s">
+        <v>24</v>
       </c>
       <c r="O269" t="s">
         <v>24</v>
       </c>
       <c r="P269" t="s">
         <v>24</v>
       </c>
       <c r="Q269" t="s">
         <v>24</v>
       </c>
-      <c r="R269" t="s">
-        <v>24</v>
+      <c r="R269">
+        <v>111.45</v>
       </c>
       <c r="S269">
-        <v>81.08</v>
+        <v>111.45</v>
       </c>
     </row>
     <row r="270" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A270">
-        <v>405</v>
+        <v>269</v>
       </c>
       <c r="B270" t="s">
-        <v>462</v>
+        <v>482</v>
       </c>
       <c r="C270" t="s">
-        <v>463</v>
-[...2 lines deleted...]
-        <v>589</v>
+        <v>483</v>
       </c>
       <c r="E270" t="s">
-        <v>213</v>
+        <v>34</v>
       </c>
       <c r="F270" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="G270" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H270">
-        <v>7</v>
+        <v>113</v>
       </c>
       <c r="I270" t="b">
         <v>0</v>
       </c>
       <c r="J270" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K270">
         <v>1</v>
       </c>
-      <c r="L270">
-        <v>80.93</v>
+      <c r="L270" t="s">
+        <v>24</v>
       </c>
       <c r="M270" t="s">
         <v>24</v>
       </c>
       <c r="N270" t="s">
         <v>24</v>
       </c>
       <c r="O270" t="s">
         <v>24</v>
       </c>
       <c r="P270" t="s">
         <v>24</v>
       </c>
       <c r="Q270" t="s">
         <v>24</v>
       </c>
-      <c r="R270" t="s">
-        <v>24</v>
+      <c r="R270">
+        <v>111.43</v>
       </c>
       <c r="S270">
-        <v>80.93</v>
+        <v>111.43</v>
       </c>
     </row>
     <row r="271" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A271">
-        <v>406</v>
+        <v>270</v>
       </c>
       <c r="B271" t="s">
-        <v>464</v>
+        <v>484</v>
       </c>
       <c r="C271" t="s">
-        <v>292</v>
+        <v>485</v>
       </c>
       <c r="E271" t="s">
-        <v>55</v>
+        <v>486</v>
       </c>
       <c r="F271" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="G271" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H271">
-        <v>33</v>
+        <v>114</v>
       </c>
       <c r="I271" t="b">
         <v>0</v>
       </c>
       <c r="J271" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K271">
         <v>1</v>
       </c>
       <c r="L271" t="s">
         <v>24</v>
       </c>
       <c r="M271" t="s">
         <v>24</v>
       </c>
       <c r="N271" t="s">
         <v>24</v>
       </c>
-      <c r="O271">
-        <v>79.7</v>
+      <c r="O271" t="s">
+        <v>24</v>
       </c>
       <c r="P271" t="s">
         <v>24</v>
       </c>
       <c r="Q271" t="s">
         <v>24</v>
       </c>
-      <c r="R271" t="s">
-        <v>24</v>
+      <c r="R271">
+        <v>111.4</v>
       </c>
       <c r="S271">
-        <v>79.7</v>
+        <v>111.4</v>
       </c>
     </row>
     <row r="272" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A272">
-        <v>407</v>
+        <v>271</v>
       </c>
       <c r="B272" t="s">
-        <v>81</v>
+        <v>487</v>
       </c>
       <c r="C272" t="s">
-        <v>465</v>
+        <v>488</v>
       </c>
       <c r="E272" t="s">
-        <v>445</v>
+        <v>489</v>
       </c>
       <c r="F272" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="G272" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H272">
-        <v>72</v>
+        <v>19</v>
       </c>
       <c r="I272" t="b">
         <v>0</v>
       </c>
       <c r="J272" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K272">
         <v>1</v>
       </c>
-      <c r="L272">
-        <v>79.25</v>
+      <c r="L272" t="s">
+        <v>24</v>
       </c>
       <c r="M272" t="s">
         <v>24</v>
       </c>
       <c r="N272" t="s">
         <v>24</v>
       </c>
       <c r="O272" t="s">
         <v>24</v>
       </c>
       <c r="P272" t="s">
         <v>24</v>
       </c>
       <c r="Q272" t="s">
         <v>24</v>
       </c>
-      <c r="R272" t="s">
-        <v>24</v>
+      <c r="R272">
+        <v>111.38</v>
       </c>
       <c r="S272">
-        <v>79.25</v>
+        <v>111.38</v>
       </c>
     </row>
     <row r="273" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A273">
-        <v>408</v>
+        <v>272</v>
       </c>
       <c r="B273" t="s">
-        <v>184</v>
+        <v>490</v>
       </c>
       <c r="C273" t="s">
-        <v>466</v>
+        <v>491</v>
       </c>
       <c r="E273" t="s">
-        <v>24</v>
+        <v>492</v>
       </c>
       <c r="F273" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="G273" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H273">
-        <v>15</v>
+        <v>115</v>
       </c>
       <c r="I273" t="b">
         <v>0</v>
       </c>
       <c r="J273" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K273">
         <v>1</v>
       </c>
-      <c r="L273" t="s">
-        <v>24</v>
+      <c r="L273">
+        <v>111.32</v>
       </c>
       <c r="M273" t="s">
         <v>24</v>
       </c>
       <c r="N273" t="s">
         <v>24</v>
       </c>
-      <c r="O273">
-        <v>78.87</v>
+      <c r="O273" t="s">
+        <v>24</v>
       </c>
       <c r="P273" t="s">
         <v>24</v>
       </c>
       <c r="Q273" t="s">
         <v>24</v>
       </c>
       <c r="R273" t="s">
         <v>24</v>
       </c>
       <c r="S273">
-        <v>78.87</v>
+        <v>111.32</v>
       </c>
     </row>
     <row r="274" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A274">
-        <v>409</v>
+        <v>273</v>
       </c>
       <c r="B274" t="s">
-        <v>467</v>
+        <v>232</v>
       </c>
       <c r="C274" t="s">
-        <v>136</v>
+        <v>493</v>
       </c>
       <c r="E274" t="s">
-        <v>24</v>
+        <v>494</v>
       </c>
       <c r="F274" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="G274" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H274">
-        <v>71</v>
+        <v>20</v>
       </c>
       <c r="I274" t="b">
         <v>0</v>
       </c>
       <c r="J274" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K274">
         <v>1</v>
       </c>
       <c r="L274" t="s">
         <v>24</v>
       </c>
       <c r="M274" t="s">
         <v>24</v>
       </c>
       <c r="N274" t="s">
         <v>24</v>
       </c>
-      <c r="O274">
-        <v>78.66</v>
+      <c r="O274" t="s">
+        <v>24</v>
       </c>
       <c r="P274" t="s">
         <v>24</v>
       </c>
       <c r="Q274" t="s">
         <v>24</v>
       </c>
-      <c r="R274" t="s">
-        <v>24</v>
+      <c r="R274">
+        <v>110.99</v>
       </c>
       <c r="S274">
-        <v>78.66</v>
+        <v>110.99</v>
       </c>
     </row>
     <row r="275" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A275">
-        <v>412</v>
+        <v>274</v>
       </c>
       <c r="B275" t="s">
-        <v>403</v>
+        <v>495</v>
       </c>
       <c r="C275" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-        <v>2029</v>
+        <v>496</v>
       </c>
       <c r="E275" t="s">
-        <v>94</v>
+        <v>64</v>
       </c>
       <c r="F275" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G275" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H275">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="I275" t="b">
         <v>0</v>
       </c>
       <c r="J275" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K275">
         <v>1</v>
       </c>
-      <c r="L275" t="s">
-        <v>24</v>
+      <c r="L275">
+        <v>110.93</v>
       </c>
       <c r="M275" t="s">
         <v>24</v>
       </c>
       <c r="N275" t="s">
         <v>24</v>
       </c>
       <c r="O275" t="s">
         <v>24</v>
       </c>
       <c r="P275" t="s">
         <v>24</v>
       </c>
-      <c r="Q275">
-        <v>78.04</v>
+      <c r="Q275" t="s">
+        <v>24</v>
       </c>
       <c r="R275" t="s">
         <v>24</v>
       </c>
       <c r="S275">
-        <v>78.04</v>
+        <v>110.93</v>
       </c>
     </row>
     <row r="276" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A276">
-        <v>415</v>
+        <v>275</v>
       </c>
       <c r="B276" t="s">
-        <v>468</v>
+        <v>241</v>
       </c>
       <c r="C276" t="s">
-        <v>88</v>
+        <v>230</v>
       </c>
       <c r="D276">
-        <v>202</v>
+        <v>2057</v>
       </c>
       <c r="E276" t="s">
-        <v>89</v>
+        <v>34</v>
       </c>
       <c r="F276" t="s">
-        <v>130</v>
+        <v>84</v>
       </c>
       <c r="G276" t="s">
         <v>23</v>
       </c>
       <c r="H276">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="I276" t="b">
         <v>0</v>
       </c>
       <c r="J276" t="s">
-        <v>142</v>
+        <v>164</v>
       </c>
       <c r="K276">
         <v>1</v>
       </c>
       <c r="L276" t="s">
         <v>24</v>
       </c>
-      <c r="M276">
-        <v>77.88</v>
+      <c r="M276" t="s">
+        <v>24</v>
       </c>
       <c r="N276" t="s">
         <v>24</v>
       </c>
-      <c r="O276" t="s">
-        <v>24</v>
+      <c r="O276">
+        <v>110.73</v>
       </c>
       <c r="P276" t="s">
         <v>24</v>
       </c>
       <c r="Q276" t="s">
         <v>24</v>
       </c>
       <c r="R276" t="s">
         <v>24</v>
       </c>
       <c r="S276">
-        <v>77.88</v>
+        <v>110.73</v>
       </c>
     </row>
     <row r="277" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A277">
-        <v>416</v>
+        <v>276</v>
       </c>
       <c r="B277" t="s">
-        <v>70</v>
+        <v>241</v>
       </c>
       <c r="C277" t="s">
-        <v>30</v>
+        <v>200</v>
+      </c>
+      <c r="D277">
+        <v>1794</v>
       </c>
       <c r="E277" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F277" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G277" t="s">
         <v>23</v>
       </c>
       <c r="H277">
-        <v>73</v>
+        <v>38</v>
       </c>
       <c r="I277" t="b">
         <v>0</v>
       </c>
       <c r="J277" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K277">
         <v>1</v>
       </c>
       <c r="L277" t="s">
         <v>24</v>
       </c>
       <c r="M277" t="s">
         <v>24</v>
       </c>
-      <c r="N277">
-        <v>77.5</v>
+      <c r="N277" t="s">
+        <v>24</v>
       </c>
       <c r="O277" t="s">
         <v>24</v>
       </c>
       <c r="P277" t="s">
         <v>24</v>
       </c>
-      <c r="Q277" t="s">
-        <v>24</v>
+      <c r="Q277">
+        <v>110.66</v>
       </c>
       <c r="R277" t="s">
         <v>24</v>
       </c>
       <c r="S277">
-        <v>77.5</v>
+        <v>110.66</v>
       </c>
     </row>
     <row r="278" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A278">
-        <v>417</v>
+        <v>277</v>
       </c>
       <c r="B278" t="s">
-        <v>469</v>
+        <v>362</v>
       </c>
       <c r="C278" t="s">
-        <v>470</v>
+        <v>497</v>
       </c>
       <c r="E278" t="s">
         <v>24</v>
       </c>
       <c r="F278" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="G278" t="s">
         <v>23</v>
       </c>
       <c r="H278">
-        <v>110</v>
+        <v>39</v>
       </c>
       <c r="I278" t="b">
         <v>0</v>
       </c>
       <c r="J278" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K278">
         <v>1</v>
       </c>
-      <c r="L278" t="s">
-[...3 lines deleted...]
-        <v>77.42</v>
+      <c r="L278">
+        <v>110.31</v>
+      </c>
+      <c r="M278" t="s">
+        <v>24</v>
       </c>
       <c r="N278" t="s">
         <v>24</v>
       </c>
       <c r="O278" t="s">
         <v>24</v>
       </c>
       <c r="P278" t="s">
         <v>24</v>
       </c>
       <c r="Q278" t="s">
         <v>24</v>
       </c>
       <c r="R278" t="s">
         <v>24</v>
       </c>
       <c r="S278">
-        <v>77.42</v>
+        <v>110.31</v>
       </c>
     </row>
     <row r="279" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A279">
-        <v>418</v>
+        <v>278</v>
       </c>
       <c r="B279" t="s">
-        <v>398</v>
+        <v>182</v>
       </c>
       <c r="C279" t="s">
-        <v>471</v>
+        <v>468</v>
       </c>
       <c r="E279" t="s">
-        <v>24</v>
+        <v>498</v>
       </c>
       <c r="F279" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="G279" t="s">
         <v>23</v>
       </c>
       <c r="H279">
-        <v>74</v>
+        <v>116</v>
       </c>
       <c r="I279" t="b">
         <v>0</v>
       </c>
       <c r="J279" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K279">
         <v>1</v>
       </c>
       <c r="L279" t="s">
         <v>24</v>
       </c>
-      <c r="M279">
-        <v>76.98</v>
+      <c r="M279" t="s">
+        <v>24</v>
       </c>
       <c r="N279" t="s">
         <v>24</v>
       </c>
       <c r="O279" t="s">
         <v>24</v>
       </c>
       <c r="P279" t="s">
         <v>24</v>
       </c>
       <c r="Q279" t="s">
         <v>24</v>
       </c>
-      <c r="R279" t="s">
-        <v>24</v>
+      <c r="R279">
+        <v>110.13</v>
       </c>
       <c r="S279">
-        <v>76.98</v>
+        <v>110.13</v>
       </c>
     </row>
     <row r="280" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A280">
-        <v>422</v>
+        <v>279</v>
       </c>
       <c r="B280" t="s">
-        <v>97</v>
+        <v>304</v>
       </c>
       <c r="C280" t="s">
-        <v>472</v>
+        <v>20</v>
       </c>
       <c r="E280" t="s">
         <v>24</v>
       </c>
       <c r="F280" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="G280" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H280">
-        <v>36</v>
+        <v>117</v>
       </c>
       <c r="I280" t="b">
         <v>0</v>
       </c>
       <c r="J280" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K280">
         <v>1</v>
       </c>
-      <c r="L280">
-        <v>75.83</v>
+      <c r="L280" t="s">
+        <v>24</v>
       </c>
       <c r="M280" t="s">
         <v>24</v>
       </c>
       <c r="N280" t="s">
         <v>24</v>
       </c>
       <c r="O280" t="s">
         <v>24</v>
       </c>
       <c r="P280" t="s">
         <v>24</v>
       </c>
       <c r="Q280" t="s">
         <v>24</v>
       </c>
-      <c r="R280" t="s">
-        <v>24</v>
+      <c r="R280">
+        <v>109.91</v>
       </c>
       <c r="S280">
-        <v>75.83</v>
+        <v>109.91</v>
       </c>
     </row>
     <row r="281" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A281">
-        <v>423</v>
+        <v>280</v>
       </c>
       <c r="B281" t="s">
-        <v>473</v>
+        <v>62</v>
       </c>
       <c r="C281" t="s">
-        <v>331</v>
+        <v>499</v>
       </c>
       <c r="E281" t="s">
-        <v>332</v>
+        <v>24</v>
       </c>
       <c r="F281" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="G281" t="s">
+        <v>23</v>
+      </c>
+      <c r="H281">
         <v>40</v>
       </c>
-      <c r="H281">
-[...1 lines deleted...]
-      </c>
       <c r="I281" t="b">
         <v>0</v>
       </c>
       <c r="J281" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K281">
         <v>1</v>
       </c>
-      <c r="L281">
-        <v>75.67</v>
+      <c r="L281" t="s">
+        <v>24</v>
       </c>
       <c r="M281" t="s">
         <v>24</v>
       </c>
-      <c r="N281" t="s">
-        <v>24</v>
+      <c r="N281">
+        <v>109.69</v>
       </c>
       <c r="O281" t="s">
         <v>24</v>
       </c>
       <c r="P281" t="s">
         <v>24</v>
       </c>
       <c r="Q281" t="s">
         <v>24</v>
       </c>
       <c r="R281" t="s">
         <v>24</v>
       </c>
       <c r="S281">
-        <v>75.67</v>
+        <v>109.69</v>
       </c>
     </row>
     <row r="282" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A282">
-        <v>424</v>
+        <v>281</v>
       </c>
       <c r="B282" t="s">
-        <v>474</v>
+        <v>58</v>
       </c>
       <c r="C282" t="s">
-        <v>136</v>
+        <v>500</v>
       </c>
       <c r="E282" t="s">
-        <v>475</v>
+        <v>267</v>
       </c>
       <c r="F282" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="G282" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H282">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I282" t="b">
         <v>0</v>
       </c>
       <c r="J282" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K282">
         <v>1</v>
       </c>
       <c r="L282" t="s">
         <v>24</v>
       </c>
       <c r="M282" t="s">
         <v>24</v>
       </c>
       <c r="N282" t="s">
         <v>24</v>
       </c>
       <c r="O282">
-        <v>75.56</v>
+        <v>109.62</v>
       </c>
       <c r="P282" t="s">
         <v>24</v>
       </c>
       <c r="Q282" t="s">
         <v>24</v>
       </c>
       <c r="R282" t="s">
         <v>24</v>
       </c>
       <c r="S282">
-        <v>75.56</v>
+        <v>109.62</v>
       </c>
     </row>
     <row r="283" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A283">
-        <v>425</v>
+        <v>282</v>
       </c>
       <c r="B283" t="s">
-        <v>214</v>
+        <v>501</v>
       </c>
       <c r="C283" t="s">
-        <v>476</v>
-[...2 lines deleted...]
-        <v>1111</v>
+        <v>502</v>
       </c>
       <c r="E283" t="s">
-        <v>94</v>
+        <v>24</v>
       </c>
       <c r="F283" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="G283" t="s">
         <v>23</v>
       </c>
       <c r="H283">
-        <v>76</v>
+        <v>118</v>
       </c>
       <c r="I283" t="b">
         <v>0</v>
       </c>
       <c r="J283" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K283">
         <v>1</v>
       </c>
-      <c r="L283">
-        <v>75.08</v>
+      <c r="L283" t="s">
+        <v>24</v>
       </c>
       <c r="M283" t="s">
         <v>24</v>
       </c>
       <c r="N283" t="s">
         <v>24</v>
       </c>
       <c r="O283" t="s">
         <v>24</v>
       </c>
       <c r="P283" t="s">
         <v>24</v>
       </c>
       <c r="Q283" t="s">
         <v>24</v>
       </c>
-      <c r="R283" t="s">
-        <v>24</v>
+      <c r="R283">
+        <v>109.6</v>
       </c>
       <c r="S283">
-        <v>75.08</v>
+        <v>109.6</v>
       </c>
     </row>
     <row r="284" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A284">
-        <v>426</v>
+        <v>283</v>
       </c>
       <c r="B284" t="s">
-        <v>294</v>
+        <v>503</v>
       </c>
       <c r="C284" t="s">
-        <v>477</v>
+        <v>504</v>
       </c>
       <c r="E284" t="s">
-        <v>270</v>
+        <v>505</v>
       </c>
       <c r="F284" t="s">
-        <v>59</v>
+        <v>22</v>
       </c>
       <c r="G284" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H284">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="I284" t="b">
         <v>0</v>
       </c>
       <c r="J284" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K284">
         <v>1</v>
       </c>
-      <c r="L284">
-        <v>74.89</v>
+      <c r="L284" t="s">
+        <v>24</v>
       </c>
       <c r="M284" t="s">
         <v>24</v>
       </c>
       <c r="N284" t="s">
         <v>24</v>
       </c>
-      <c r="O284" t="s">
-        <v>24</v>
+      <c r="O284">
+        <v>109.58</v>
       </c>
       <c r="P284" t="s">
         <v>24</v>
       </c>
       <c r="Q284" t="s">
         <v>24</v>
       </c>
       <c r="R284" t="s">
         <v>24</v>
       </c>
       <c r="S284">
-        <v>74.89</v>
+        <v>109.58</v>
       </c>
     </row>
     <row r="285" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A285">
-        <v>427</v>
+        <v>284</v>
       </c>
       <c r="B285" t="s">
-        <v>233</v>
+        <v>484</v>
       </c>
       <c r="C285" t="s">
-        <v>478</v>
+        <v>149</v>
       </c>
       <c r="E285" t="s">
-        <v>479</v>
+        <v>24</v>
       </c>
       <c r="F285" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="G285" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H285">
-        <v>18</v>
+        <v>119</v>
       </c>
       <c r="I285" t="b">
         <v>0</v>
       </c>
       <c r="J285" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K285">
         <v>1</v>
       </c>
       <c r="L285" t="s">
         <v>24</v>
       </c>
-      <c r="M285">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="M285" t="s">
+        <v>24</v>
+      </c>
+      <c r="N285">
+        <v>109.48</v>
       </c>
       <c r="O285" t="s">
         <v>24</v>
       </c>
       <c r="P285" t="s">
         <v>24</v>
       </c>
       <c r="Q285" t="s">
         <v>24</v>
       </c>
       <c r="R285" t="s">
         <v>24</v>
       </c>
       <c r="S285">
-        <v>73.76</v>
+        <v>109.48</v>
       </c>
     </row>
     <row r="286" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A286">
-        <v>428</v>
+        <v>285</v>
       </c>
       <c r="B286" t="s">
-        <v>480</v>
+        <v>185</v>
       </c>
       <c r="C286" t="s">
-        <v>481</v>
-[...2 lines deleted...]
-        <v>1339</v>
+        <v>506</v>
       </c>
       <c r="E286" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="F286" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="G286" t="s">
         <v>23</v>
       </c>
       <c r="H286">
-        <v>73</v>
+        <v>120</v>
       </c>
       <c r="I286" t="b">
         <v>0</v>
       </c>
       <c r="J286" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K286">
         <v>1</v>
       </c>
       <c r="L286" t="s">
         <v>24</v>
       </c>
       <c r="M286" t="s">
         <v>24</v>
       </c>
       <c r="N286" t="s">
         <v>24</v>
       </c>
-      <c r="O286">
-        <v>73.47</v>
+      <c r="O286" t="s">
+        <v>24</v>
       </c>
       <c r="P286" t="s">
         <v>24</v>
       </c>
       <c r="Q286" t="s">
         <v>24</v>
       </c>
-      <c r="R286" t="s">
-        <v>24</v>
+      <c r="R286">
+        <v>109.45</v>
       </c>
       <c r="S286">
-        <v>73.47</v>
+        <v>109.45</v>
       </c>
     </row>
     <row r="287" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A287">
-        <v>429</v>
+        <v>286</v>
       </c>
       <c r="B287" t="s">
-        <v>482</v>
+        <v>284</v>
       </c>
       <c r="C287" t="s">
-        <v>339</v>
+        <v>507</v>
+      </c>
+      <c r="D287">
+        <v>1400</v>
       </c>
       <c r="E287" t="s">
-        <v>483</v>
+        <v>91</v>
       </c>
       <c r="F287" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="G287" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H287">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="I287" t="b">
         <v>0</v>
       </c>
       <c r="J287" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K287">
         <v>1</v>
       </c>
       <c r="L287">
-        <v>73.08</v>
+        <v>109.44</v>
       </c>
       <c r="M287" t="s">
         <v>24</v>
       </c>
       <c r="N287" t="s">
         <v>24</v>
       </c>
       <c r="O287" t="s">
         <v>24</v>
       </c>
       <c r="P287" t="s">
         <v>24</v>
       </c>
       <c r="Q287" t="s">
         <v>24</v>
       </c>
       <c r="R287" t="s">
         <v>24</v>
       </c>
       <c r="S287">
-        <v>73.08</v>
+        <v>109.44</v>
       </c>
     </row>
     <row r="288" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A288">
-        <v>430</v>
+        <v>287</v>
       </c>
       <c r="B288" t="s">
-        <v>484</v>
+        <v>508</v>
       </c>
       <c r="C288" t="s">
-        <v>485</v>
-[...2 lines deleted...]
-        <v>1405</v>
+        <v>509</v>
       </c>
       <c r="E288" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F288" t="s">
-        <v>59</v>
+        <v>22</v>
       </c>
       <c r="G288" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H288">
-        <v>8</v>
+        <v>42</v>
       </c>
       <c r="I288" t="b">
         <v>0</v>
       </c>
       <c r="J288" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K288">
         <v>1</v>
       </c>
-      <c r="L288">
-        <v>72.86</v>
+      <c r="L288" t="s">
+        <v>24</v>
       </c>
       <c r="M288" t="s">
         <v>24</v>
       </c>
       <c r="N288" t="s">
         <v>24</v>
       </c>
       <c r="O288" t="s">
         <v>24</v>
       </c>
-      <c r="P288" t="s">
-        <v>24</v>
+      <c r="P288">
+        <v>109.31</v>
       </c>
       <c r="Q288" t="s">
         <v>24</v>
       </c>
       <c r="R288" t="s">
         <v>24</v>
       </c>
       <c r="S288">
-        <v>72.86</v>
+        <v>109.31</v>
       </c>
     </row>
     <row r="289" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A289">
-        <v>431</v>
+        <v>288</v>
       </c>
       <c r="B289" t="s">
-        <v>486</v>
+        <v>510</v>
       </c>
       <c r="C289" t="s">
-        <v>181</v>
+        <v>511</v>
       </c>
       <c r="E289" t="s">
-        <v>483</v>
+        <v>512</v>
       </c>
       <c r="F289" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G289" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H289">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="I289" t="b">
         <v>0</v>
       </c>
       <c r="J289" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K289">
         <v>1</v>
       </c>
-      <c r="L289">
-        <v>72.79</v>
+      <c r="L289" t="s">
+        <v>24</v>
       </c>
       <c r="M289" t="s">
         <v>24</v>
       </c>
       <c r="N289" t="s">
         <v>24</v>
       </c>
       <c r="O289" t="s">
         <v>24</v>
       </c>
       <c r="P289" t="s">
         <v>24</v>
       </c>
-      <c r="Q289" t="s">
-        <v>24</v>
+      <c r="Q289">
+        <v>109.25</v>
       </c>
       <c r="R289" t="s">
         <v>24</v>
       </c>
       <c r="S289">
-        <v>72.79</v>
+        <v>109.25</v>
       </c>
     </row>
     <row r="290" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A290">
-        <v>432</v>
+        <v>289</v>
       </c>
       <c r="B290" t="s">
-        <v>487</v>
+        <v>273</v>
       </c>
       <c r="C290" t="s">
-        <v>488</v>
+        <v>513</v>
       </c>
       <c r="D290">
-        <v>2063</v>
+        <v>2003</v>
       </c>
       <c r="E290" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F290" t="s">
-        <v>28</v>
+        <v>84</v>
       </c>
       <c r="G290" t="s">
         <v>23</v>
       </c>
       <c r="H290">
-        <v>77</v>
+        <v>12</v>
       </c>
       <c r="I290" t="b">
         <v>0</v>
       </c>
       <c r="J290" t="s">
-        <v>142</v>
+        <v>164</v>
       </c>
       <c r="K290">
         <v>1</v>
       </c>
-      <c r="L290">
-        <v>72.44</v>
+      <c r="L290" t="s">
+        <v>24</v>
       </c>
       <c r="M290" t="s">
         <v>24</v>
       </c>
       <c r="N290" t="s">
         <v>24</v>
       </c>
-      <c r="O290" t="s">
-        <v>24</v>
+      <c r="O290">
+        <v>109.23</v>
       </c>
       <c r="P290" t="s">
         <v>24</v>
       </c>
       <c r="Q290" t="s">
         <v>24</v>
       </c>
       <c r="R290" t="s">
         <v>24</v>
       </c>
       <c r="S290">
-        <v>72.44</v>
+        <v>109.23</v>
       </c>
     </row>
     <row r="291" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A291">
-        <v>433</v>
+        <v>290</v>
       </c>
       <c r="B291" t="s">
-        <v>72</v>
+        <v>353</v>
       </c>
       <c r="C291" t="s">
-        <v>319</v>
+        <v>514</v>
       </c>
       <c r="E291" t="s">
-        <v>222</v>
+        <v>24</v>
       </c>
       <c r="F291" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="G291" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H291">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="I291" t="b">
         <v>0</v>
       </c>
       <c r="J291" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K291">
         <v>1</v>
       </c>
-      <c r="L291">
-        <v>72.38</v>
+      <c r="L291" t="s">
+        <v>24</v>
       </c>
       <c r="M291" t="s">
         <v>24</v>
       </c>
       <c r="N291" t="s">
         <v>24</v>
       </c>
-      <c r="O291" t="s">
-        <v>24</v>
+      <c r="O291">
+        <v>108.98</v>
       </c>
       <c r="P291" t="s">
         <v>24</v>
       </c>
       <c r="Q291" t="s">
         <v>24</v>
       </c>
       <c r="R291" t="s">
         <v>24</v>
       </c>
       <c r="S291">
-        <v>72.38</v>
+        <v>108.98</v>
       </c>
     </row>
     <row r="292" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A292">
-        <v>434</v>
+        <v>291</v>
       </c>
       <c r="B292" t="s">
-        <v>489</v>
+        <v>118</v>
       </c>
       <c r="C292" t="s">
-        <v>490</v>
+        <v>515</v>
       </c>
       <c r="E292" t="s">
-        <v>27</v>
+        <v>512</v>
       </c>
       <c r="F292" t="s">
-        <v>69</v>
+        <v>22</v>
       </c>
       <c r="G292" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H292">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="I292" t="b">
         <v>0</v>
       </c>
       <c r="J292" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K292">
         <v>1</v>
       </c>
       <c r="L292" t="s">
         <v>24</v>
       </c>
       <c r="M292" t="s">
         <v>24</v>
       </c>
       <c r="N292" t="s">
         <v>24</v>
       </c>
-      <c r="O292">
-        <v>70.82</v>
+      <c r="O292" t="s">
+        <v>24</v>
       </c>
       <c r="P292" t="s">
         <v>24</v>
       </c>
-      <c r="Q292" t="s">
-        <v>24</v>
+      <c r="Q292">
+        <v>108.89</v>
       </c>
       <c r="R292" t="s">
         <v>24</v>
       </c>
       <c r="S292">
-        <v>70.82</v>
+        <v>108.89</v>
       </c>
     </row>
     <row r="293" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A293">
-        <v>435</v>
+        <v>292</v>
       </c>
       <c r="B293" t="s">
-        <v>491</v>
+        <v>516</v>
       </c>
       <c r="C293" t="s">
-        <v>492</v>
+        <v>517</v>
       </c>
       <c r="E293" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F293" t="s">
-        <v>69</v>
+        <v>41</v>
       </c>
       <c r="G293" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H293">
-        <v>10</v>
+        <v>123</v>
       </c>
       <c r="I293" t="b">
         <v>0</v>
       </c>
       <c r="J293" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K293">
         <v>1</v>
       </c>
       <c r="L293" t="s">
         <v>24</v>
       </c>
       <c r="M293" t="s">
         <v>24</v>
       </c>
       <c r="N293" t="s">
         <v>24</v>
       </c>
-      <c r="O293">
-        <v>70.72</v>
+      <c r="O293" t="s">
+        <v>24</v>
       </c>
       <c r="P293" t="s">
         <v>24</v>
       </c>
       <c r="Q293" t="s">
         <v>24</v>
       </c>
-      <c r="R293" t="s">
-        <v>24</v>
+      <c r="R293">
+        <v>108.87</v>
       </c>
       <c r="S293">
-        <v>70.72</v>
+        <v>108.87</v>
       </c>
     </row>
     <row r="294" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A294">
-        <v>436</v>
+        <v>293</v>
       </c>
       <c r="B294" t="s">
-        <v>322</v>
+        <v>185</v>
       </c>
       <c r="C294" t="s">
-        <v>52</v>
+        <v>518</v>
       </c>
       <c r="E294" t="s">
         <v>24</v>
       </c>
       <c r="F294" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="G294" t="s">
         <v>23</v>
       </c>
       <c r="H294">
-        <v>36</v>
+        <v>124</v>
       </c>
       <c r="I294" t="b">
         <v>0</v>
       </c>
       <c r="J294" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K294">
         <v>1</v>
       </c>
       <c r="L294" t="s">
         <v>24</v>
       </c>
-      <c r="M294" t="s">
-        <v>24</v>
+      <c r="M294">
+        <v>108.71</v>
       </c>
       <c r="N294" t="s">
         <v>24</v>
       </c>
-      <c r="O294">
-        <v>70.58</v>
+      <c r="O294" t="s">
+        <v>24</v>
       </c>
       <c r="P294" t="s">
         <v>24</v>
       </c>
       <c r="Q294" t="s">
         <v>24</v>
       </c>
       <c r="R294" t="s">
         <v>24</v>
       </c>
       <c r="S294">
-        <v>70.58</v>
+        <v>108.71</v>
       </c>
     </row>
     <row r="295" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A295">
-        <v>437</v>
+        <v>294</v>
       </c>
       <c r="B295" t="s">
-        <v>493</v>
+        <v>165</v>
       </c>
       <c r="C295" t="s">
-        <v>494</v>
-[...2 lines deleted...]
-        <v>2401</v>
+        <v>194</v>
       </c>
       <c r="E295" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="F295" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="G295" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H295">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="I295" t="b">
         <v>0</v>
       </c>
       <c r="J295" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K295">
         <v>1</v>
       </c>
-      <c r="L295">
-        <v>67.61</v>
+      <c r="L295" t="s">
+        <v>24</v>
       </c>
       <c r="M295" t="s">
         <v>24</v>
       </c>
       <c r="N295" t="s">
         <v>24</v>
       </c>
-      <c r="O295" t="s">
-        <v>24</v>
+      <c r="O295">
+        <v>108.49</v>
       </c>
       <c r="P295" t="s">
         <v>24</v>
       </c>
       <c r="Q295" t="s">
         <v>24</v>
       </c>
       <c r="R295" t="s">
         <v>24</v>
       </c>
       <c r="S295">
-        <v>67.61</v>
+        <v>108.49</v>
       </c>
     </row>
     <row r="296" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A296">
-        <v>438</v>
+        <v>295</v>
       </c>
       <c r="B296" t="s">
-        <v>435</v>
+        <v>519</v>
       </c>
       <c r="C296" t="s">
-        <v>495</v>
+        <v>149</v>
+      </c>
+      <c r="D296">
+        <v>2394</v>
       </c>
       <c r="E296" t="s">
-        <v>496</v>
+        <v>91</v>
       </c>
       <c r="F296" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="G296" t="s">
         <v>23</v>
       </c>
       <c r="H296">
-        <v>78</v>
+        <v>33</v>
       </c>
       <c r="I296" t="b">
         <v>0</v>
       </c>
       <c r="J296" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K296">
         <v>1</v>
       </c>
       <c r="L296">
-        <v>67.61</v>
+        <v>108.28</v>
       </c>
       <c r="M296" t="s">
         <v>24</v>
       </c>
       <c r="N296" t="s">
         <v>24</v>
       </c>
       <c r="O296" t="s">
         <v>24</v>
       </c>
       <c r="P296" t="s">
         <v>24</v>
       </c>
       <c r="Q296" t="s">
         <v>24</v>
       </c>
       <c r="R296" t="s">
         <v>24</v>
       </c>
       <c r="S296">
-        <v>67.61</v>
+        <v>108.28</v>
       </c>
     </row>
     <row r="297" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A297">
-        <v>439</v>
+        <v>296</v>
       </c>
       <c r="B297" t="s">
-        <v>497</v>
+        <v>520</v>
       </c>
       <c r="C297" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-        <v>2392</v>
+        <v>521</v>
       </c>
       <c r="E297" t="s">
-        <v>498</v>
+        <v>24</v>
       </c>
       <c r="F297" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="G297" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H297">
-        <v>37</v>
+        <v>125</v>
       </c>
       <c r="I297" t="b">
         <v>0</v>
       </c>
       <c r="J297" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="K297">
         <v>1</v>
       </c>
-      <c r="L297">
-        <v>65.77</v>
+      <c r="L297" t="s">
+        <v>24</v>
       </c>
       <c r="M297" t="s">
         <v>24</v>
       </c>
       <c r="N297" t="s">
         <v>24</v>
       </c>
       <c r="O297" t="s">
         <v>24</v>
       </c>
       <c r="P297" t="s">
         <v>24</v>
       </c>
       <c r="Q297" t="s">
         <v>24</v>
       </c>
-      <c r="R297" t="s">
-        <v>24</v>
+      <c r="R297">
+        <v>108.17</v>
       </c>
       <c r="S297">
-        <v>65.77</v>
+        <v>108.17</v>
       </c>
     </row>
     <row r="298" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A298">
-        <v>440</v>
+        <v>297</v>
       </c>
       <c r="B298" t="s">
-        <v>499</v>
+        <v>362</v>
       </c>
       <c r="C298" t="s">
-        <v>214</v>
+        <v>522</v>
+      </c>
+      <c r="D298">
+        <v>1525</v>
       </c>
       <c r="E298" t="s">
-        <v>53</v>
+        <v>327</v>
       </c>
       <c r="F298" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="G298" t="s">
         <v>23</v>
       </c>
       <c r="H298">
-        <v>113</v>
+        <v>45</v>
       </c>
       <c r="I298" t="b">
         <v>0</v>
       </c>
       <c r="J298" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="K298">
         <v>1</v>
       </c>
-      <c r="L298">
-        <v>64.99</v>
+      <c r="L298" t="s">
+        <v>24</v>
       </c>
       <c r="M298" t="s">
         <v>24</v>
       </c>
       <c r="N298" t="s">
         <v>24</v>
       </c>
       <c r="O298" t="s">
         <v>24</v>
       </c>
-      <c r="P298" t="s">
-        <v>24</v>
+      <c r="P298">
+        <v>107.99</v>
       </c>
       <c r="Q298" t="s">
         <v>24</v>
       </c>
       <c r="R298" t="s">
         <v>24</v>
       </c>
       <c r="S298">
-        <v>64.99</v>
+        <v>107.99</v>
       </c>
     </row>
     <row r="299" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A299">
-        <v>441</v>
+        <v>298</v>
       </c>
       <c r="B299" t="s">
-        <v>500</v>
+        <v>523</v>
       </c>
       <c r="C299" t="s">
-        <v>127</v>
+        <v>524</v>
       </c>
       <c r="E299" t="s">
-        <v>27</v>
+        <v>333</v>
       </c>
       <c r="F299" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="G299" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H299">
-        <v>10</v>
+        <v>126</v>
       </c>
       <c r="I299" t="b">
         <v>0</v>
       </c>
       <c r="J299" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K299">
         <v>1</v>
       </c>
       <c r="L299" t="s">
         <v>24</v>
       </c>
       <c r="M299" t="s">
         <v>24</v>
       </c>
       <c r="N299" t="s">
         <v>24</v>
       </c>
-      <c r="O299">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="O299" t="s">
+        <v>24</v>
+      </c>
+      <c r="P299">
+        <v>107.81</v>
       </c>
       <c r="Q299" t="s">
         <v>24</v>
       </c>
       <c r="R299" t="s">
         <v>24</v>
       </c>
       <c r="S299">
-        <v>64.84</v>
+        <v>107.81</v>
       </c>
     </row>
     <row r="300" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A300">
+        <v>299</v>
+      </c>
+      <c r="B300" t="s">
+        <v>154</v>
+      </c>
+      <c r="C300" t="s">
+        <v>525</v>
+      </c>
+      <c r="E300" t="s">
+        <v>526</v>
+      </c>
+      <c r="F300" t="s">
+        <v>22</v>
+      </c>
+      <c r="G300" t="s">
+        <v>23</v>
+      </c>
+      <c r="H300">
+        <v>46</v>
+      </c>
+      <c r="I300" t="b">
+        <v>0</v>
+      </c>
+      <c r="J300" t="s">
+        <v>161</v>
+      </c>
+      <c r="K300">
+        <v>1</v>
+      </c>
+      <c r="L300" t="s">
+        <v>24</v>
+      </c>
+      <c r="M300">
+        <v>107.81</v>
+      </c>
+      <c r="N300" t="s">
+        <v>24</v>
+      </c>
+      <c r="O300" t="s">
+        <v>24</v>
+      </c>
+      <c r="P300" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q300" t="s">
+        <v>24</v>
+      </c>
+      <c r="R300" t="s">
+        <v>24</v>
+      </c>
+      <c r="S300">
+        <v>107.81</v>
+      </c>
+    </row>
+    <row r="301" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A301">
+        <v>300</v>
+      </c>
+      <c r="B301" t="s">
+        <v>527</v>
+      </c>
+      <c r="C301" t="s">
+        <v>528</v>
+      </c>
+      <c r="E301" t="s">
+        <v>137</v>
+      </c>
+      <c r="F301" t="s">
+        <v>22</v>
+      </c>
+      <c r="G301" t="s">
+        <v>23</v>
+      </c>
+      <c r="H301">
+        <v>47</v>
+      </c>
+      <c r="I301" t="b">
+        <v>0</v>
+      </c>
+      <c r="J301" t="s">
+        <v>161</v>
+      </c>
+      <c r="K301">
+        <v>1</v>
+      </c>
+      <c r="L301" t="s">
+        <v>24</v>
+      </c>
+      <c r="M301" t="s">
+        <v>24</v>
+      </c>
+      <c r="N301" t="s">
+        <v>24</v>
+      </c>
+      <c r="O301" t="s">
+        <v>24</v>
+      </c>
+      <c r="P301" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q301">
+        <v>107.75</v>
+      </c>
+      <c r="R301" t="s">
+        <v>24</v>
+      </c>
+      <c r="S301">
+        <v>107.75</v>
+      </c>
+    </row>
+    <row r="302" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A302">
+        <v>301</v>
+      </c>
+      <c r="B302" t="s">
+        <v>80</v>
+      </c>
+      <c r="C302" t="s">
+        <v>529</v>
+      </c>
+      <c r="E302" t="s">
+        <v>24</v>
+      </c>
+      <c r="F302" t="s">
+        <v>41</v>
+      </c>
+      <c r="G302" t="s">
+        <v>23</v>
+      </c>
+      <c r="H302">
+        <v>127</v>
+      </c>
+      <c r="I302" t="b">
+        <v>0</v>
+      </c>
+      <c r="J302" t="s">
+        <v>161</v>
+      </c>
+      <c r="K302">
+        <v>1</v>
+      </c>
+      <c r="L302" t="s">
+        <v>24</v>
+      </c>
+      <c r="M302" t="s">
+        <v>24</v>
+      </c>
+      <c r="N302">
+        <v>107.75</v>
+      </c>
+      <c r="O302" t="s">
+        <v>24</v>
+      </c>
+      <c r="P302" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q302" t="s">
+        <v>24</v>
+      </c>
+      <c r="R302" t="s">
+        <v>24</v>
+      </c>
+      <c r="S302">
+        <v>107.75</v>
+      </c>
+    </row>
+    <row r="303" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A303">
+        <v>302</v>
+      </c>
+      <c r="B303" t="s">
+        <v>530</v>
+      </c>
+      <c r="C303" t="s">
+        <v>531</v>
+      </c>
+      <c r="E303" t="s">
+        <v>24</v>
+      </c>
+      <c r="F303" t="s">
+        <v>31</v>
+      </c>
+      <c r="G303" t="s">
+        <v>23</v>
+      </c>
+      <c r="H303">
+        <v>34</v>
+      </c>
+      <c r="I303" t="b">
+        <v>0</v>
+      </c>
+      <c r="J303" t="s">
+        <v>161</v>
+      </c>
+      <c r="K303">
+        <v>1</v>
+      </c>
+      <c r="L303" t="s">
+        <v>24</v>
+      </c>
+      <c r="M303" t="s">
+        <v>24</v>
+      </c>
+      <c r="N303" t="s">
+        <v>24</v>
+      </c>
+      <c r="O303" t="s">
+        <v>24</v>
+      </c>
+      <c r="P303">
+        <v>107.46</v>
+      </c>
+      <c r="Q303" t="s">
+        <v>24</v>
+      </c>
+      <c r="R303" t="s">
+        <v>24</v>
+      </c>
+      <c r="S303">
+        <v>107.46</v>
+      </c>
+    </row>
+    <row r="304" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A304">
+        <v>303</v>
+      </c>
+      <c r="B304" t="s">
+        <v>532</v>
+      </c>
+      <c r="C304" t="s">
+        <v>29</v>
+      </c>
+      <c r="E304" t="s">
+        <v>137</v>
+      </c>
+      <c r="F304" t="s">
+        <v>41</v>
+      </c>
+      <c r="G304" t="s">
+        <v>38</v>
+      </c>
+      <c r="H304">
+        <v>21</v>
+      </c>
+      <c r="I304" t="b">
+        <v>0</v>
+      </c>
+      <c r="J304" t="s">
+        <v>161</v>
+      </c>
+      <c r="K304">
+        <v>1</v>
+      </c>
+      <c r="L304" t="s">
+        <v>24</v>
+      </c>
+      <c r="M304" t="s">
+        <v>24</v>
+      </c>
+      <c r="N304" t="s">
+        <v>24</v>
+      </c>
+      <c r="O304" t="s">
+        <v>24</v>
+      </c>
+      <c r="P304" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q304" t="s">
+        <v>24</v>
+      </c>
+      <c r="R304">
+        <v>107.39</v>
+      </c>
+      <c r="S304">
+        <v>107.39</v>
+      </c>
+    </row>
+    <row r="305" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A305">
+        <v>304</v>
+      </c>
+      <c r="B305" t="s">
+        <v>428</v>
+      </c>
+      <c r="C305" t="s">
+        <v>43</v>
+      </c>
+      <c r="E305" t="s">
+        <v>512</v>
+      </c>
+      <c r="F305" t="s">
+        <v>22</v>
+      </c>
+      <c r="G305" t="s">
+        <v>23</v>
+      </c>
+      <c r="H305">
+        <v>48</v>
+      </c>
+      <c r="I305" t="b">
+        <v>0</v>
+      </c>
+      <c r="J305" t="s">
+        <v>161</v>
+      </c>
+      <c r="K305">
+        <v>1</v>
+      </c>
+      <c r="L305" t="s">
+        <v>24</v>
+      </c>
+      <c r="M305" t="s">
+        <v>24</v>
+      </c>
+      <c r="N305" t="s">
+        <v>24</v>
+      </c>
+      <c r="O305" t="s">
+        <v>24</v>
+      </c>
+      <c r="P305" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q305">
+        <v>107.23</v>
+      </c>
+      <c r="R305" t="s">
+        <v>24</v>
+      </c>
+      <c r="S305">
+        <v>107.23</v>
+      </c>
+    </row>
+    <row r="306" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A306">
+        <v>305</v>
+      </c>
+      <c r="B306" t="s">
+        <v>346</v>
+      </c>
+      <c r="C306" t="s">
+        <v>533</v>
+      </c>
+      <c r="D306">
+        <v>1317</v>
+      </c>
+      <c r="E306" t="s">
+        <v>327</v>
+      </c>
+      <c r="F306" t="s">
+        <v>22</v>
+      </c>
+      <c r="G306" t="s">
+        <v>23</v>
+      </c>
+      <c r="H306">
+        <v>49</v>
+      </c>
+      <c r="I306" t="b">
+        <v>0</v>
+      </c>
+      <c r="J306" t="s">
+        <v>164</v>
+      </c>
+      <c r="K306">
+        <v>1</v>
+      </c>
+      <c r="L306" t="s">
+        <v>24</v>
+      </c>
+      <c r="M306" t="s">
+        <v>24</v>
+      </c>
+      <c r="N306" t="s">
+        <v>24</v>
+      </c>
+      <c r="O306" t="s">
+        <v>24</v>
+      </c>
+      <c r="P306">
+        <v>107.13</v>
+      </c>
+      <c r="Q306" t="s">
+        <v>24</v>
+      </c>
+      <c r="R306" t="s">
+        <v>24</v>
+      </c>
+      <c r="S306">
+        <v>107.13</v>
+      </c>
+    </row>
+    <row r="307" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A307">
+        <v>306</v>
+      </c>
+      <c r="B307" t="s">
+        <v>534</v>
+      </c>
+      <c r="C307" t="s">
+        <v>535</v>
+      </c>
+      <c r="D307">
+        <v>1614</v>
+      </c>
+      <c r="E307" t="s">
+        <v>327</v>
+      </c>
+      <c r="F307" t="s">
+        <v>22</v>
+      </c>
+      <c r="G307" t="s">
+        <v>38</v>
+      </c>
+      <c r="H307">
+        <v>17</v>
+      </c>
+      <c r="I307" t="b">
+        <v>0</v>
+      </c>
+      <c r="J307" t="s">
+        <v>164</v>
+      </c>
+      <c r="K307">
+        <v>1</v>
+      </c>
+      <c r="L307" t="s">
+        <v>24</v>
+      </c>
+      <c r="M307" t="s">
+        <v>24</v>
+      </c>
+      <c r="N307" t="s">
+        <v>24</v>
+      </c>
+      <c r="O307" t="s">
+        <v>24</v>
+      </c>
+      <c r="P307">
+        <v>107.09</v>
+      </c>
+      <c r="Q307" t="s">
+        <v>24</v>
+      </c>
+      <c r="R307" t="s">
+        <v>24</v>
+      </c>
+      <c r="S307">
+        <v>107.09</v>
+      </c>
+    </row>
+    <row r="308" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A308">
+        <v>307</v>
+      </c>
+      <c r="B308" t="s">
+        <v>207</v>
+      </c>
+      <c r="C308" t="s">
+        <v>536</v>
+      </c>
+      <c r="E308" t="s">
+        <v>24</v>
+      </c>
+      <c r="F308" t="s">
+        <v>22</v>
+      </c>
+      <c r="G308" t="s">
+        <v>23</v>
+      </c>
+      <c r="H308">
+        <v>50</v>
+      </c>
+      <c r="I308" t="b">
+        <v>0</v>
+      </c>
+      <c r="J308" t="s">
+        <v>161</v>
+      </c>
+      <c r="K308">
+        <v>1</v>
+      </c>
+      <c r="L308" t="s">
+        <v>24</v>
+      </c>
+      <c r="M308" t="s">
+        <v>24</v>
+      </c>
+      <c r="N308" t="s">
+        <v>24</v>
+      </c>
+      <c r="O308" t="s">
+        <v>24</v>
+      </c>
+      <c r="P308">
+        <v>106.97</v>
+      </c>
+      <c r="Q308" t="s">
+        <v>24</v>
+      </c>
+      <c r="R308" t="s">
+        <v>24</v>
+      </c>
+      <c r="S308">
+        <v>106.97</v>
+      </c>
+    </row>
+    <row r="309" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A309">
+        <v>308</v>
+      </c>
+      <c r="B309" t="s">
+        <v>537</v>
+      </c>
+      <c r="C309" t="s">
+        <v>157</v>
+      </c>
+      <c r="D309">
+        <v>1906</v>
+      </c>
+      <c r="E309" t="s">
+        <v>34</v>
+      </c>
+      <c r="F309" t="s">
+        <v>84</v>
+      </c>
+      <c r="G309" t="s">
+        <v>38</v>
+      </c>
+      <c r="H309">
+        <v>5</v>
+      </c>
+      <c r="I309" t="b">
+        <v>0</v>
+      </c>
+      <c r="J309" t="s">
+        <v>164</v>
+      </c>
+      <c r="K309">
+        <v>1</v>
+      </c>
+      <c r="L309" t="s">
+        <v>24</v>
+      </c>
+      <c r="M309" t="s">
+        <v>24</v>
+      </c>
+      <c r="N309" t="s">
+        <v>24</v>
+      </c>
+      <c r="O309">
+        <v>106.86</v>
+      </c>
+      <c r="P309" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q309" t="s">
+        <v>24</v>
+      </c>
+      <c r="R309" t="s">
+        <v>24</v>
+      </c>
+      <c r="S309">
+        <v>106.86</v>
+      </c>
+    </row>
+    <row r="310" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A310">
+        <v>309</v>
+      </c>
+      <c r="B310" t="s">
+        <v>408</v>
+      </c>
+      <c r="C310" t="s">
+        <v>538</v>
+      </c>
+      <c r="E310" t="s">
+        <v>539</v>
+      </c>
+      <c r="F310" t="s">
+        <v>41</v>
+      </c>
+      <c r="G310" t="s">
+        <v>23</v>
+      </c>
+      <c r="H310">
+        <v>128</v>
+      </c>
+      <c r="I310" t="b">
+        <v>0</v>
+      </c>
+      <c r="J310" t="s">
+        <v>161</v>
+      </c>
+      <c r="K310">
+        <v>1</v>
+      </c>
+      <c r="L310" t="s">
+        <v>24</v>
+      </c>
+      <c r="M310" t="s">
+        <v>24</v>
+      </c>
+      <c r="N310" t="s">
+        <v>24</v>
+      </c>
+      <c r="O310" t="s">
+        <v>24</v>
+      </c>
+      <c r="P310" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q310" t="s">
+        <v>24</v>
+      </c>
+      <c r="R310">
+        <v>106.71</v>
+      </c>
+      <c r="S310">
+        <v>106.71</v>
+      </c>
+    </row>
+    <row r="311" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A311">
+        <v>310</v>
+      </c>
+      <c r="B311" t="s">
+        <v>540</v>
+      </c>
+      <c r="C311" t="s">
+        <v>541</v>
+      </c>
+      <c r="E311" t="s">
+        <v>24</v>
+      </c>
+      <c r="F311" t="s">
+        <v>41</v>
+      </c>
+      <c r="G311" t="s">
+        <v>38</v>
+      </c>
+      <c r="H311">
+        <v>22</v>
+      </c>
+      <c r="I311" t="b">
+        <v>0</v>
+      </c>
+      <c r="J311" t="s">
+        <v>161</v>
+      </c>
+      <c r="K311">
+        <v>1</v>
+      </c>
+      <c r="L311" t="s">
+        <v>24</v>
+      </c>
+      <c r="M311" t="s">
+        <v>24</v>
+      </c>
+      <c r="N311" t="s">
+        <v>24</v>
+      </c>
+      <c r="O311" t="s">
+        <v>24</v>
+      </c>
+      <c r="P311" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q311" t="s">
+        <v>24</v>
+      </c>
+      <c r="R311">
+        <v>106.41</v>
+      </c>
+      <c r="S311">
+        <v>106.41</v>
+      </c>
+    </row>
+    <row r="312" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A312">
+        <v>311</v>
+      </c>
+      <c r="B312" t="s">
+        <v>358</v>
+      </c>
+      <c r="C312" t="s">
+        <v>149</v>
+      </c>
+      <c r="E312" t="s">
+        <v>34</v>
+      </c>
+      <c r="F312" t="s">
+        <v>31</v>
+      </c>
+      <c r="G312" t="s">
+        <v>23</v>
+      </c>
+      <c r="H312">
+        <v>35</v>
+      </c>
+      <c r="I312" t="b">
+        <v>0</v>
+      </c>
+      <c r="J312" t="s">
+        <v>161</v>
+      </c>
+      <c r="K312">
+        <v>1</v>
+      </c>
+      <c r="L312" t="s">
+        <v>24</v>
+      </c>
+      <c r="M312" t="s">
+        <v>24</v>
+      </c>
+      <c r="N312" t="s">
+        <v>24</v>
+      </c>
+      <c r="O312" t="s">
+        <v>24</v>
+      </c>
+      <c r="P312">
+        <v>106.11</v>
+      </c>
+      <c r="Q312" t="s">
+        <v>24</v>
+      </c>
+      <c r="R312" t="s">
+        <v>24</v>
+      </c>
+      <c r="S312">
+        <v>106.11</v>
+      </c>
+    </row>
+    <row r="313" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A313">
+        <v>312</v>
+      </c>
+      <c r="B313" t="s">
+        <v>362</v>
+      </c>
+      <c r="C313" t="s">
+        <v>282</v>
+      </c>
+      <c r="D313">
+        <v>2402</v>
+      </c>
+      <c r="E313" t="s">
+        <v>24</v>
+      </c>
+      <c r="F313" t="s">
+        <v>41</v>
+      </c>
+      <c r="G313" t="s">
+        <v>23</v>
+      </c>
+      <c r="H313">
+        <v>129</v>
+      </c>
+      <c r="I313" t="b">
+        <v>0</v>
+      </c>
+      <c r="J313" t="s">
+        <v>164</v>
+      </c>
+      <c r="K313">
+        <v>1</v>
+      </c>
+      <c r="L313">
+        <v>106.11</v>
+      </c>
+      <c r="M313" t="s">
+        <v>24</v>
+      </c>
+      <c r="N313" t="s">
+        <v>24</v>
+      </c>
+      <c r="O313" t="s">
+        <v>24</v>
+      </c>
+      <c r="P313" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q313" t="s">
+        <v>24</v>
+      </c>
+      <c r="R313" t="s">
+        <v>24</v>
+      </c>
+      <c r="S313">
+        <v>106.11</v>
+      </c>
+    </row>
+    <row r="314" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A314">
+        <v>313</v>
+      </c>
+      <c r="B314" t="s">
+        <v>542</v>
+      </c>
+      <c r="C314" t="s">
+        <v>543</v>
+      </c>
+      <c r="E314" t="s">
+        <v>24</v>
+      </c>
+      <c r="F314" t="s">
+        <v>22</v>
+      </c>
+      <c r="G314" t="s">
+        <v>23</v>
+      </c>
+      <c r="H314">
+        <v>51</v>
+      </c>
+      <c r="I314" t="b">
+        <v>0</v>
+      </c>
+      <c r="J314" t="s">
+        <v>161</v>
+      </c>
+      <c r="K314">
+        <v>1</v>
+      </c>
+      <c r="L314" t="s">
+        <v>24</v>
+      </c>
+      <c r="M314" t="s">
+        <v>24</v>
+      </c>
+      <c r="N314" t="s">
+        <v>24</v>
+      </c>
+      <c r="O314">
+        <v>106.07</v>
+      </c>
+      <c r="P314" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q314" t="s">
+        <v>24</v>
+      </c>
+      <c r="R314" t="s">
+        <v>24</v>
+      </c>
+      <c r="S314">
+        <v>106.07</v>
+      </c>
+    </row>
+    <row r="315" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A315">
+        <v>314</v>
+      </c>
+      <c r="B315" t="s">
+        <v>544</v>
+      </c>
+      <c r="C315" t="s">
+        <v>545</v>
+      </c>
+      <c r="E315" t="s">
+        <v>24</v>
+      </c>
+      <c r="F315" t="s">
+        <v>41</v>
+      </c>
+      <c r="G315" t="s">
+        <v>38</v>
+      </c>
+      <c r="H315">
+        <v>23</v>
+      </c>
+      <c r="I315" t="b">
+        <v>0</v>
+      </c>
+      <c r="J315" t="s">
+        <v>161</v>
+      </c>
+      <c r="K315">
+        <v>1</v>
+      </c>
+      <c r="L315" t="s">
+        <v>24</v>
+      </c>
+      <c r="M315" t="s">
+        <v>24</v>
+      </c>
+      <c r="N315" t="s">
+        <v>24</v>
+      </c>
+      <c r="O315" t="s">
+        <v>24</v>
+      </c>
+      <c r="P315" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q315" t="s">
+        <v>24</v>
+      </c>
+      <c r="R315">
+        <v>105.92</v>
+      </c>
+      <c r="S315">
+        <v>105.92</v>
+      </c>
+    </row>
+    <row r="316" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A316">
+        <v>315</v>
+      </c>
+      <c r="B316" t="s">
+        <v>546</v>
+      </c>
+      <c r="C316" t="s">
+        <v>222</v>
+      </c>
+      <c r="E316" t="s">
+        <v>24</v>
+      </c>
+      <c r="F316" t="s">
+        <v>22</v>
+      </c>
+      <c r="G316" t="s">
+        <v>23</v>
+      </c>
+      <c r="H316">
+        <v>52</v>
+      </c>
+      <c r="I316" t="b">
+        <v>0</v>
+      </c>
+      <c r="J316" t="s">
+        <v>161</v>
+      </c>
+      <c r="K316">
+        <v>1</v>
+      </c>
+      <c r="L316">
+        <v>105.87</v>
+      </c>
+      <c r="M316" t="s">
+        <v>24</v>
+      </c>
+      <c r="N316" t="s">
+        <v>24</v>
+      </c>
+      <c r="O316" t="s">
+        <v>24</v>
+      </c>
+      <c r="P316" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q316" t="s">
+        <v>24</v>
+      </c>
+      <c r="R316" t="s">
+        <v>24</v>
+      </c>
+      <c r="S316">
+        <v>105.87</v>
+      </c>
+    </row>
+    <row r="317" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A317">
+        <v>316</v>
+      </c>
+      <c r="B317" t="s">
+        <v>547</v>
+      </c>
+      <c r="C317" t="s">
+        <v>235</v>
+      </c>
+      <c r="E317" t="s">
+        <v>24</v>
+      </c>
+      <c r="F317" t="s">
+        <v>41</v>
+      </c>
+      <c r="G317" t="s">
+        <v>23</v>
+      </c>
+      <c r="H317">
+        <v>130</v>
+      </c>
+      <c r="I317" t="b">
+        <v>0</v>
+      </c>
+      <c r="J317" t="s">
+        <v>161</v>
+      </c>
+      <c r="K317">
+        <v>1</v>
+      </c>
+      <c r="L317">
+        <v>105.83</v>
+      </c>
+      <c r="M317" t="s">
+        <v>24</v>
+      </c>
+      <c r="N317" t="s">
+        <v>24</v>
+      </c>
+      <c r="O317" t="s">
+        <v>24</v>
+      </c>
+      <c r="P317" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q317" t="s">
+        <v>24</v>
+      </c>
+      <c r="R317" t="s">
+        <v>24</v>
+      </c>
+      <c r="S317">
+        <v>105.83</v>
+      </c>
+    </row>
+    <row r="318" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A318">
+        <v>317</v>
+      </c>
+      <c r="B318" t="s">
+        <v>71</v>
+      </c>
+      <c r="C318" t="s">
+        <v>53</v>
+      </c>
+      <c r="E318" t="s">
+        <v>24</v>
+      </c>
+      <c r="F318" t="s">
+        <v>31</v>
+      </c>
+      <c r="G318" t="s">
+        <v>23</v>
+      </c>
+      <c r="H318">
+        <v>36</v>
+      </c>
+      <c r="I318" t="b">
+        <v>0</v>
+      </c>
+      <c r="J318" t="s">
+        <v>161</v>
+      </c>
+      <c r="K318">
+        <v>1</v>
+      </c>
+      <c r="L318" t="s">
+        <v>24</v>
+      </c>
+      <c r="M318" t="s">
+        <v>24</v>
+      </c>
+      <c r="N318" t="s">
+        <v>24</v>
+      </c>
+      <c r="O318">
+        <v>105.65</v>
+      </c>
+      <c r="P318" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q318" t="s">
+        <v>24</v>
+      </c>
+      <c r="R318" t="s">
+        <v>24</v>
+      </c>
+      <c r="S318">
+        <v>105.65</v>
+      </c>
+    </row>
+    <row r="319" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A319">
+        <v>318</v>
+      </c>
+      <c r="B319" t="s">
+        <v>33</v>
+      </c>
+      <c r="C319" t="s">
+        <v>426</v>
+      </c>
+      <c r="E319" t="s">
+        <v>44</v>
+      </c>
+      <c r="F319" t="s">
+        <v>31</v>
+      </c>
+      <c r="G319" t="s">
+        <v>23</v>
+      </c>
+      <c r="H319">
+        <v>37</v>
+      </c>
+      <c r="I319" t="b">
+        <v>0</v>
+      </c>
+      <c r="J319" t="s">
+        <v>161</v>
+      </c>
+      <c r="K319">
+        <v>1</v>
+      </c>
+      <c r="L319">
+        <v>105.62</v>
+      </c>
+      <c r="M319" t="s">
+        <v>24</v>
+      </c>
+      <c r="N319" t="s">
+        <v>24</v>
+      </c>
+      <c r="O319" t="s">
+        <v>24</v>
+      </c>
+      <c r="P319" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q319" t="s">
+        <v>24</v>
+      </c>
+      <c r="R319" t="s">
+        <v>24</v>
+      </c>
+      <c r="S319">
+        <v>105.62</v>
+      </c>
+    </row>
+    <row r="320" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A320">
+        <v>319</v>
+      </c>
+      <c r="B320" t="s">
+        <v>185</v>
+      </c>
+      <c r="C320" t="s">
+        <v>548</v>
+      </c>
+      <c r="E320" t="s">
+        <v>24</v>
+      </c>
+      <c r="F320" t="s">
+        <v>41</v>
+      </c>
+      <c r="G320" t="s">
+        <v>23</v>
+      </c>
+      <c r="H320">
+        <v>131</v>
+      </c>
+      <c r="I320" t="b">
+        <v>0</v>
+      </c>
+      <c r="J320" t="s">
+        <v>161</v>
+      </c>
+      <c r="K320">
+        <v>1</v>
+      </c>
+      <c r="L320" t="s">
+        <v>24</v>
+      </c>
+      <c r="M320" t="s">
+        <v>24</v>
+      </c>
+      <c r="N320" t="s">
+        <v>24</v>
+      </c>
+      <c r="O320" t="s">
+        <v>24</v>
+      </c>
+      <c r="P320">
+        <v>105.43</v>
+      </c>
+      <c r="Q320" t="s">
+        <v>24</v>
+      </c>
+      <c r="R320" t="s">
+        <v>24</v>
+      </c>
+      <c r="S320">
+        <v>105.43</v>
+      </c>
+    </row>
+    <row r="321" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A321">
+        <v>320</v>
+      </c>
+      <c r="B321" t="s">
+        <v>549</v>
+      </c>
+      <c r="C321" t="s">
+        <v>550</v>
+      </c>
+      <c r="E321" t="s">
+        <v>551</v>
+      </c>
+      <c r="F321" t="s">
+        <v>22</v>
+      </c>
+      <c r="G321" t="s">
+        <v>23</v>
+      </c>
+      <c r="H321">
+        <v>53</v>
+      </c>
+      <c r="I321" t="b">
+        <v>0</v>
+      </c>
+      <c r="J321" t="s">
+        <v>161</v>
+      </c>
+      <c r="K321">
+        <v>1</v>
+      </c>
+      <c r="L321" t="s">
+        <v>24</v>
+      </c>
+      <c r="M321" t="s">
+        <v>24</v>
+      </c>
+      <c r="N321" t="s">
+        <v>24</v>
+      </c>
+      <c r="O321" t="s">
+        <v>24</v>
+      </c>
+      <c r="P321" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q321">
+        <v>105.41</v>
+      </c>
+      <c r="R321" t="s">
+        <v>24</v>
+      </c>
+      <c r="S321">
+        <v>105.41</v>
+      </c>
+    </row>
+    <row r="322" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A322">
+        <v>321</v>
+      </c>
+      <c r="B322" t="s">
+        <v>552</v>
+      </c>
+      <c r="C322" t="s">
+        <v>553</v>
+      </c>
+      <c r="E322" t="s">
+        <v>539</v>
+      </c>
+      <c r="F322" t="s">
+        <v>41</v>
+      </c>
+      <c r="G322" t="s">
+        <v>23</v>
+      </c>
+      <c r="H322">
+        <v>132</v>
+      </c>
+      <c r="I322" t="b">
+        <v>0</v>
+      </c>
+      <c r="J322" t="s">
+        <v>161</v>
+      </c>
+      <c r="K322">
+        <v>1</v>
+      </c>
+      <c r="L322" t="s">
+        <v>24</v>
+      </c>
+      <c r="M322" t="s">
+        <v>24</v>
+      </c>
+      <c r="N322" t="s">
+        <v>24</v>
+      </c>
+      <c r="O322" t="s">
+        <v>24</v>
+      </c>
+      <c r="P322" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q322" t="s">
+        <v>24</v>
+      </c>
+      <c r="R322">
+        <v>105.35</v>
+      </c>
+      <c r="S322">
+        <v>105.35</v>
+      </c>
+    </row>
+    <row r="323" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A323">
+        <v>322</v>
+      </c>
+      <c r="B323" t="s">
+        <v>344</v>
+      </c>
+      <c r="C323" t="s">
+        <v>554</v>
+      </c>
+      <c r="D323">
+        <v>2459</v>
+      </c>
+      <c r="E323" t="s">
+        <v>555</v>
+      </c>
+      <c r="F323" t="s">
+        <v>65</v>
+      </c>
+      <c r="G323" t="s">
+        <v>23</v>
+      </c>
+      <c r="H323">
+        <v>17</v>
+      </c>
+      <c r="I323" t="b">
+        <v>0</v>
+      </c>
+      <c r="J323" t="s">
+        <v>164</v>
+      </c>
+      <c r="K323">
+        <v>0</v>
+      </c>
+      <c r="L323" t="s">
+        <v>24</v>
+      </c>
+      <c r="M323" t="s">
+        <v>24</v>
+      </c>
+      <c r="N323" t="s">
+        <v>24</v>
+      </c>
+      <c r="O323" t="s">
+        <v>24</v>
+      </c>
+      <c r="P323" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q323" t="s">
+        <v>24</v>
+      </c>
+      <c r="R323" t="s">
+        <v>24</v>
+      </c>
+      <c r="S323">
+        <v>105.3</v>
+      </c>
+    </row>
+    <row r="324" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A324">
+        <v>323</v>
+      </c>
+      <c r="B324" t="s">
+        <v>556</v>
+      </c>
+      <c r="C324" t="s">
+        <v>557</v>
+      </c>
+      <c r="E324" t="s">
+        <v>24</v>
+      </c>
+      <c r="F324" t="s">
+        <v>41</v>
+      </c>
+      <c r="G324" t="s">
+        <v>38</v>
+      </c>
+      <c r="H324">
+        <v>24</v>
+      </c>
+      <c r="I324" t="b">
+        <v>0</v>
+      </c>
+      <c r="J324" t="s">
+        <v>161</v>
+      </c>
+      <c r="K324">
+        <v>1</v>
+      </c>
+      <c r="L324" t="s">
+        <v>24</v>
+      </c>
+      <c r="M324" t="s">
+        <v>24</v>
+      </c>
+      <c r="N324" t="s">
+        <v>24</v>
+      </c>
+      <c r="O324" t="s">
+        <v>24</v>
+      </c>
+      <c r="P324" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q324">
+        <v>105.2</v>
+      </c>
+      <c r="R324" t="s">
+        <v>24</v>
+      </c>
+      <c r="S324">
+        <v>105.2</v>
+      </c>
+    </row>
+    <row r="325" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A325">
+        <v>324</v>
+      </c>
+      <c r="B325" t="s">
+        <v>558</v>
+      </c>
+      <c r="C325" t="s">
+        <v>155</v>
+      </c>
+      <c r="E325" t="s">
+        <v>24</v>
+      </c>
+      <c r="F325" t="s">
+        <v>84</v>
+      </c>
+      <c r="G325" t="s">
+        <v>23</v>
+      </c>
+      <c r="H325">
+        <v>13</v>
+      </c>
+      <c r="I325" t="b">
+        <v>0</v>
+      </c>
+      <c r="J325" t="s">
+        <v>161</v>
+      </c>
+      <c r="K325">
+        <v>1</v>
+      </c>
+      <c r="L325" t="s">
+        <v>24</v>
+      </c>
+      <c r="M325" t="s">
+        <v>24</v>
+      </c>
+      <c r="N325" t="s">
+        <v>24</v>
+      </c>
+      <c r="O325">
+        <v>104.82</v>
+      </c>
+      <c r="P325" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q325" t="s">
+        <v>24</v>
+      </c>
+      <c r="R325" t="s">
+        <v>24</v>
+      </c>
+      <c r="S325">
+        <v>104.82</v>
+      </c>
+    </row>
+    <row r="326" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A326">
+        <v>325</v>
+      </c>
+      <c r="B326" t="s">
+        <v>105</v>
+      </c>
+      <c r="C326" t="s">
+        <v>559</v>
+      </c>
+      <c r="D326">
+        <v>1686</v>
+      </c>
+      <c r="E326" t="s">
+        <v>73</v>
+      </c>
+      <c r="F326" t="s">
+        <v>41</v>
+      </c>
+      <c r="G326" t="s">
+        <v>23</v>
+      </c>
+      <c r="H326">
+        <v>133</v>
+      </c>
+      <c r="I326" t="b">
+        <v>0</v>
+      </c>
+      <c r="J326" t="s">
+        <v>161</v>
+      </c>
+      <c r="K326">
+        <v>1</v>
+      </c>
+      <c r="L326" t="s">
+        <v>24</v>
+      </c>
+      <c r="M326" t="s">
+        <v>24</v>
+      </c>
+      <c r="N326" t="s">
+        <v>24</v>
+      </c>
+      <c r="O326" t="s">
+        <v>24</v>
+      </c>
+      <c r="P326">
+        <v>104.74</v>
+      </c>
+      <c r="Q326" t="s">
+        <v>24</v>
+      </c>
+      <c r="R326" t="s">
+        <v>24</v>
+      </c>
+      <c r="S326">
+        <v>104.74</v>
+      </c>
+    </row>
+    <row r="327" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A327">
+        <v>326</v>
+      </c>
+      <c r="B327" t="s">
+        <v>85</v>
+      </c>
+      <c r="C327" t="s">
+        <v>560</v>
+      </c>
+      <c r="E327" t="s">
+        <v>561</v>
+      </c>
+      <c r="F327" t="s">
+        <v>41</v>
+      </c>
+      <c r="G327" t="s">
+        <v>23</v>
+      </c>
+      <c r="H327">
+        <v>134</v>
+      </c>
+      <c r="I327" t="b">
+        <v>0</v>
+      </c>
+      <c r="J327" t="s">
+        <v>161</v>
+      </c>
+      <c r="K327">
+        <v>1</v>
+      </c>
+      <c r="L327" t="s">
+        <v>24</v>
+      </c>
+      <c r="M327" t="s">
+        <v>24</v>
+      </c>
+      <c r="N327" t="s">
+        <v>24</v>
+      </c>
+      <c r="O327" t="s">
+        <v>24</v>
+      </c>
+      <c r="P327" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q327" t="s">
+        <v>24</v>
+      </c>
+      <c r="R327">
+        <v>104.66</v>
+      </c>
+      <c r="S327">
+        <v>104.66</v>
+      </c>
+    </row>
+    <row r="328" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A328">
+        <v>327</v>
+      </c>
+      <c r="B328" t="s">
+        <v>562</v>
+      </c>
+      <c r="C328" t="s">
+        <v>563</v>
+      </c>
+      <c r="D328">
+        <v>1431</v>
+      </c>
+      <c r="E328" t="s">
+        <v>564</v>
+      </c>
+      <c r="F328" t="s">
+        <v>22</v>
+      </c>
+      <c r="G328" t="s">
+        <v>38</v>
+      </c>
+      <c r="H328">
+        <v>18</v>
+      </c>
+      <c r="I328" t="b">
+        <v>0</v>
+      </c>
+      <c r="J328" t="s">
+        <v>161</v>
+      </c>
+      <c r="K328">
+        <v>1</v>
+      </c>
+      <c r="L328" t="s">
+        <v>24</v>
+      </c>
+      <c r="M328" t="s">
+        <v>24</v>
+      </c>
+      <c r="N328" t="s">
+        <v>24</v>
+      </c>
+      <c r="O328" t="s">
+        <v>24</v>
+      </c>
+      <c r="P328" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q328" t="s">
+        <v>24</v>
+      </c>
+      <c r="R328">
+        <v>104.65</v>
+      </c>
+      <c r="S328">
+        <v>104.65</v>
+      </c>
+    </row>
+    <row r="329" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A329">
+        <v>328</v>
+      </c>
+      <c r="B329" t="s">
+        <v>565</v>
+      </c>
+      <c r="C329" t="s">
+        <v>117</v>
+      </c>
+      <c r="E329" t="s">
+        <v>492</v>
+      </c>
+      <c r="F329" t="s">
+        <v>41</v>
+      </c>
+      <c r="G329" t="s">
+        <v>23</v>
+      </c>
+      <c r="H329">
+        <v>135</v>
+      </c>
+      <c r="I329" t="b">
+        <v>0</v>
+      </c>
+      <c r="J329" t="s">
+        <v>161</v>
+      </c>
+      <c r="K329">
+        <v>1</v>
+      </c>
+      <c r="L329">
+        <v>104.65</v>
+      </c>
+      <c r="M329" t="s">
+        <v>24</v>
+      </c>
+      <c r="N329" t="s">
+        <v>24</v>
+      </c>
+      <c r="O329" t="s">
+        <v>24</v>
+      </c>
+      <c r="P329" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q329" t="s">
+        <v>24</v>
+      </c>
+      <c r="R329" t="s">
+        <v>24</v>
+      </c>
+      <c r="S329">
+        <v>104.65</v>
+      </c>
+    </row>
+    <row r="330" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A330">
+        <v>329</v>
+      </c>
+      <c r="B330" t="s">
+        <v>58</v>
+      </c>
+      <c r="C330" t="s">
+        <v>566</v>
+      </c>
+      <c r="E330" t="s">
+        <v>567</v>
+      </c>
+      <c r="F330" t="s">
+        <v>22</v>
+      </c>
+      <c r="G330" t="s">
+        <v>23</v>
+      </c>
+      <c r="H330">
+        <v>54</v>
+      </c>
+      <c r="I330" t="b">
+        <v>0</v>
+      </c>
+      <c r="J330" t="s">
+        <v>161</v>
+      </c>
+      <c r="K330">
+        <v>1</v>
+      </c>
+      <c r="L330" t="s">
+        <v>24</v>
+      </c>
+      <c r="M330" t="s">
+        <v>24</v>
+      </c>
+      <c r="N330" t="s">
+        <v>24</v>
+      </c>
+      <c r="O330">
+        <v>104.51</v>
+      </c>
+      <c r="P330" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q330" t="s">
+        <v>24</v>
+      </c>
+      <c r="R330" t="s">
+        <v>24</v>
+      </c>
+      <c r="S330">
+        <v>104.51</v>
+      </c>
+    </row>
+    <row r="331" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A331">
+        <v>330</v>
+      </c>
+      <c r="B331" t="s">
+        <v>149</v>
+      </c>
+      <c r="C331" t="s">
+        <v>119</v>
+      </c>
+      <c r="E331" t="s">
+        <v>265</v>
+      </c>
+      <c r="F331" t="s">
+        <v>41</v>
+      </c>
+      <c r="G331" t="s">
+        <v>23</v>
+      </c>
+      <c r="H331">
+        <v>136</v>
+      </c>
+      <c r="I331" t="b">
+        <v>0</v>
+      </c>
+      <c r="J331" t="s">
+        <v>161</v>
+      </c>
+      <c r="K331">
+        <v>1</v>
+      </c>
+      <c r="L331" t="s">
+        <v>24</v>
+      </c>
+      <c r="M331" t="s">
+        <v>24</v>
+      </c>
+      <c r="N331" t="s">
+        <v>24</v>
+      </c>
+      <c r="O331" t="s">
+        <v>24</v>
+      </c>
+      <c r="P331" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q331" t="s">
+        <v>24</v>
+      </c>
+      <c r="R331">
+        <v>104.48</v>
+      </c>
+      <c r="S331">
+        <v>104.48</v>
+      </c>
+    </row>
+    <row r="332" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A332">
+        <v>331</v>
+      </c>
+      <c r="B332" t="s">
+        <v>568</v>
+      </c>
+      <c r="C332" t="s">
+        <v>569</v>
+      </c>
+      <c r="D332">
+        <v>408</v>
+      </c>
+      <c r="E332" t="s">
+        <v>34</v>
+      </c>
+      <c r="F332" t="s">
+        <v>22</v>
+      </c>
+      <c r="G332" t="s">
+        <v>38</v>
+      </c>
+      <c r="H332">
+        <v>19</v>
+      </c>
+      <c r="I332" t="b">
+        <v>0</v>
+      </c>
+      <c r="J332" t="s">
+        <v>161</v>
+      </c>
+      <c r="K332">
+        <v>1</v>
+      </c>
+      <c r="L332" t="s">
+        <v>24</v>
+      </c>
+      <c r="M332">
+        <v>104.44</v>
+      </c>
+      <c r="N332" t="s">
+        <v>24</v>
+      </c>
+      <c r="O332" t="s">
+        <v>24</v>
+      </c>
+      <c r="P332" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q332" t="s">
+        <v>24</v>
+      </c>
+      <c r="R332" t="s">
+        <v>24</v>
+      </c>
+      <c r="S332">
+        <v>104.44</v>
+      </c>
+    </row>
+    <row r="333" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A333">
+        <v>332</v>
+      </c>
+      <c r="B333" t="s">
+        <v>570</v>
+      </c>
+      <c r="C333" t="s">
+        <v>571</v>
+      </c>
+      <c r="E333" t="s">
+        <v>37</v>
+      </c>
+      <c r="F333" t="s">
+        <v>22</v>
+      </c>
+      <c r="G333" t="s">
+        <v>38</v>
+      </c>
+      <c r="H333">
+        <v>20</v>
+      </c>
+      <c r="I333" t="b">
+        <v>0</v>
+      </c>
+      <c r="J333" t="s">
+        <v>161</v>
+      </c>
+      <c r="K333">
+        <v>1</v>
+      </c>
+      <c r="L333">
+        <v>104.2</v>
+      </c>
+      <c r="M333" t="s">
+        <v>24</v>
+      </c>
+      <c r="N333" t="s">
+        <v>24</v>
+      </c>
+      <c r="O333" t="s">
+        <v>24</v>
+      </c>
+      <c r="P333" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q333" t="s">
+        <v>24</v>
+      </c>
+      <c r="R333" t="s">
+        <v>24</v>
+      </c>
+      <c r="S333">
+        <v>104.2</v>
+      </c>
+    </row>
+    <row r="334" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A334">
+        <v>333</v>
+      </c>
+      <c r="B334" t="s">
+        <v>154</v>
+      </c>
+      <c r="C334" t="s">
+        <v>304</v>
+      </c>
+      <c r="E334" t="s">
+        <v>489</v>
+      </c>
+      <c r="F334" t="s">
+        <v>41</v>
+      </c>
+      <c r="G334" t="s">
+        <v>23</v>
+      </c>
+      <c r="H334">
+        <v>137</v>
+      </c>
+      <c r="I334" t="b">
+        <v>0</v>
+      </c>
+      <c r="J334" t="s">
+        <v>161</v>
+      </c>
+      <c r="K334">
+        <v>1</v>
+      </c>
+      <c r="L334" t="s">
+        <v>24</v>
+      </c>
+      <c r="M334" t="s">
+        <v>24</v>
+      </c>
+      <c r="N334" t="s">
+        <v>24</v>
+      </c>
+      <c r="O334" t="s">
+        <v>24</v>
+      </c>
+      <c r="P334" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q334" t="s">
+        <v>24</v>
+      </c>
+      <c r="R334">
+        <v>104.14</v>
+      </c>
+      <c r="S334">
+        <v>104.14</v>
+      </c>
+    </row>
+    <row r="335" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A335">
+        <v>334</v>
+      </c>
+      <c r="B335" t="s">
+        <v>572</v>
+      </c>
+      <c r="C335" t="s">
+        <v>573</v>
+      </c>
+      <c r="E335" t="s">
+        <v>37</v>
+      </c>
+      <c r="F335" t="s">
+        <v>31</v>
+      </c>
+      <c r="G335" t="s">
+        <v>23</v>
+      </c>
+      <c r="H335">
+        <v>38</v>
+      </c>
+      <c r="I335" t="b">
+        <v>0</v>
+      </c>
+      <c r="J335" t="s">
+        <v>161</v>
+      </c>
+      <c r="K335">
+        <v>1</v>
+      </c>
+      <c r="L335">
+        <v>104.13</v>
+      </c>
+      <c r="M335" t="s">
+        <v>24</v>
+      </c>
+      <c r="N335" t="s">
+        <v>24</v>
+      </c>
+      <c r="O335" t="s">
+        <v>24</v>
+      </c>
+      <c r="P335" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q335" t="s">
+        <v>24</v>
+      </c>
+      <c r="R335" t="s">
+        <v>24</v>
+      </c>
+      <c r="S335">
+        <v>104.13</v>
+      </c>
+    </row>
+    <row r="336" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A336">
+        <v>335</v>
+      </c>
+      <c r="B336" t="s">
+        <v>574</v>
+      </c>
+      <c r="C336" t="s">
+        <v>575</v>
+      </c>
+      <c r="E336" t="s">
+        <v>111</v>
+      </c>
+      <c r="F336" t="s">
+        <v>41</v>
+      </c>
+      <c r="G336" t="s">
+        <v>23</v>
+      </c>
+      <c r="H336">
+        <v>138</v>
+      </c>
+      <c r="I336" t="b">
+        <v>0</v>
+      </c>
+      <c r="J336" t="s">
+        <v>161</v>
+      </c>
+      <c r="K336">
+        <v>1</v>
+      </c>
+      <c r="L336" t="s">
+        <v>24</v>
+      </c>
+      <c r="M336" t="s">
+        <v>24</v>
+      </c>
+      <c r="N336" t="s">
+        <v>24</v>
+      </c>
+      <c r="O336" t="s">
+        <v>24</v>
+      </c>
+      <c r="P336" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q336" t="s">
+        <v>24</v>
+      </c>
+      <c r="R336">
+        <v>104.09</v>
+      </c>
+      <c r="S336">
+        <v>104.09</v>
+      </c>
+    </row>
+    <row r="337" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A337">
+        <v>336</v>
+      </c>
+      <c r="B337" t="s">
+        <v>71</v>
+      </c>
+      <c r="C337" t="s">
+        <v>576</v>
+      </c>
+      <c r="E337" t="s">
+        <v>377</v>
+      </c>
+      <c r="F337" t="s">
+        <v>41</v>
+      </c>
+      <c r="G337" t="s">
+        <v>23</v>
+      </c>
+      <c r="H337">
+        <v>139</v>
+      </c>
+      <c r="I337" t="b">
+        <v>0</v>
+      </c>
+      <c r="J337" t="s">
+        <v>161</v>
+      </c>
+      <c r="K337">
+        <v>1</v>
+      </c>
+      <c r="L337" t="s">
+        <v>24</v>
+      </c>
+      <c r="M337" t="s">
+        <v>24</v>
+      </c>
+      <c r="N337" t="s">
+        <v>24</v>
+      </c>
+      <c r="O337" t="s">
+        <v>24</v>
+      </c>
+      <c r="P337" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q337" t="s">
+        <v>24</v>
+      </c>
+      <c r="R337">
+        <v>104.03</v>
+      </c>
+      <c r="S337">
+        <v>104.03</v>
+      </c>
+    </row>
+    <row r="338" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A338">
+        <v>337</v>
+      </c>
+      <c r="B338" t="s">
+        <v>103</v>
+      </c>
+      <c r="C338" t="s">
+        <v>222</v>
+      </c>
+      <c r="E338" t="s">
+        <v>395</v>
+      </c>
+      <c r="F338" t="s">
+        <v>22</v>
+      </c>
+      <c r="G338" t="s">
+        <v>38</v>
+      </c>
+      <c r="H338">
+        <v>21</v>
+      </c>
+      <c r="I338" t="b">
+        <v>0</v>
+      </c>
+      <c r="J338" t="s">
+        <v>161</v>
+      </c>
+      <c r="K338">
+        <v>1</v>
+      </c>
+      <c r="L338">
+        <v>103.79</v>
+      </c>
+      <c r="M338" t="s">
+        <v>24</v>
+      </c>
+      <c r="N338" t="s">
+        <v>24</v>
+      </c>
+      <c r="O338" t="s">
+        <v>24</v>
+      </c>
+      <c r="P338" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q338" t="s">
+        <v>24</v>
+      </c>
+      <c r="R338" t="s">
+        <v>24</v>
+      </c>
+      <c r="S338">
+        <v>103.79</v>
+      </c>
+    </row>
+    <row r="339" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A339">
+        <v>338</v>
+      </c>
+      <c r="B339" t="s">
+        <v>116</v>
+      </c>
+      <c r="C339" t="s">
+        <v>577</v>
+      </c>
+      <c r="E339" t="s">
+        <v>24</v>
+      </c>
+      <c r="F339" t="s">
+        <v>41</v>
+      </c>
+      <c r="G339" t="s">
+        <v>23</v>
+      </c>
+      <c r="H339">
+        <v>140</v>
+      </c>
+      <c r="I339" t="b">
+        <v>0</v>
+      </c>
+      <c r="J339" t="s">
+        <v>161</v>
+      </c>
+      <c r="K339">
+        <v>1</v>
+      </c>
+      <c r="L339" t="s">
+        <v>24</v>
+      </c>
+      <c r="M339" t="s">
+        <v>24</v>
+      </c>
+      <c r="N339" t="s">
+        <v>24</v>
+      </c>
+      <c r="O339" t="s">
+        <v>24</v>
+      </c>
+      <c r="P339" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q339" t="s">
+        <v>24</v>
+      </c>
+      <c r="R339">
+        <v>103.78</v>
+      </c>
+      <c r="S339">
+        <v>103.78</v>
+      </c>
+    </row>
+    <row r="340" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A340">
+        <v>339</v>
+      </c>
+      <c r="B340" t="s">
+        <v>204</v>
+      </c>
+      <c r="C340" t="s">
+        <v>578</v>
+      </c>
+      <c r="E340" t="s">
+        <v>512</v>
+      </c>
+      <c r="F340" t="s">
+        <v>41</v>
+      </c>
+      <c r="G340" t="s">
+        <v>23</v>
+      </c>
+      <c r="H340">
+        <v>141</v>
+      </c>
+      <c r="I340" t="b">
+        <v>0</v>
+      </c>
+      <c r="J340" t="s">
+        <v>161</v>
+      </c>
+      <c r="K340">
+        <v>1</v>
+      </c>
+      <c r="L340" t="s">
+        <v>24</v>
+      </c>
+      <c r="M340" t="s">
+        <v>24</v>
+      </c>
+      <c r="N340" t="s">
+        <v>24</v>
+      </c>
+      <c r="O340" t="s">
+        <v>24</v>
+      </c>
+      <c r="P340" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q340">
+        <v>103.71</v>
+      </c>
+      <c r="R340" t="s">
+        <v>24</v>
+      </c>
+      <c r="S340">
+        <v>103.71</v>
+      </c>
+    </row>
+    <row r="341" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A341">
+        <v>340</v>
+      </c>
+      <c r="B341" t="s">
+        <v>370</v>
+      </c>
+      <c r="C341" t="s">
+        <v>579</v>
+      </c>
+      <c r="E341" t="s">
+        <v>24</v>
+      </c>
+      <c r="F341" t="s">
+        <v>84</v>
+      </c>
+      <c r="G341" t="s">
+        <v>23</v>
+      </c>
+      <c r="H341">
+        <v>14</v>
+      </c>
+      <c r="I341" t="b">
+        <v>0</v>
+      </c>
+      <c r="J341" t="s">
+        <v>161</v>
+      </c>
+      <c r="K341">
+        <v>1</v>
+      </c>
+      <c r="L341" t="s">
+        <v>24</v>
+      </c>
+      <c r="M341" t="s">
+        <v>24</v>
+      </c>
+      <c r="N341" t="s">
+        <v>24</v>
+      </c>
+      <c r="O341" t="s">
+        <v>24</v>
+      </c>
+      <c r="P341" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q341">
+        <v>103.67</v>
+      </c>
+      <c r="R341" t="s">
+        <v>24</v>
+      </c>
+      <c r="S341">
+        <v>103.67</v>
+      </c>
+    </row>
+    <row r="342" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A342">
+        <v>341</v>
+      </c>
+      <c r="B342" t="s">
+        <v>495</v>
+      </c>
+      <c r="C342" t="s">
+        <v>580</v>
+      </c>
+      <c r="D342">
+        <v>1809</v>
+      </c>
+      <c r="E342" t="s">
+        <v>73</v>
+      </c>
+      <c r="F342" t="s">
+        <v>22</v>
+      </c>
+      <c r="G342" t="s">
+        <v>23</v>
+      </c>
+      <c r="H342">
+        <v>55</v>
+      </c>
+      <c r="I342" t="b">
+        <v>0</v>
+      </c>
+      <c r="J342" t="s">
+        <v>164</v>
+      </c>
+      <c r="K342">
+        <v>1</v>
+      </c>
+      <c r="L342" t="s">
+        <v>24</v>
+      </c>
+      <c r="M342" t="s">
+        <v>24</v>
+      </c>
+      <c r="N342" t="s">
+        <v>24</v>
+      </c>
+      <c r="O342" t="s">
+        <v>24</v>
+      </c>
+      <c r="P342">
+        <v>103.66</v>
+      </c>
+      <c r="Q342" t="s">
+        <v>24</v>
+      </c>
+      <c r="R342" t="s">
+        <v>24</v>
+      </c>
+      <c r="S342">
+        <v>103.66</v>
+      </c>
+    </row>
+    <row r="343" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A343">
+        <v>342</v>
+      </c>
+      <c r="B343" t="s">
+        <v>310</v>
+      </c>
+      <c r="C343" t="s">
+        <v>117</v>
+      </c>
+      <c r="D343">
+        <v>1207</v>
+      </c>
+      <c r="E343" t="s">
+        <v>34</v>
+      </c>
+      <c r="F343" t="s">
+        <v>41</v>
+      </c>
+      <c r="G343" t="s">
+        <v>23</v>
+      </c>
+      <c r="H343">
+        <v>142</v>
+      </c>
+      <c r="I343" t="b">
+        <v>0</v>
+      </c>
+      <c r="J343" t="s">
+        <v>164</v>
+      </c>
+      <c r="K343">
+        <v>1</v>
+      </c>
+      <c r="L343" t="s">
+        <v>24</v>
+      </c>
+      <c r="M343" t="s">
+        <v>24</v>
+      </c>
+      <c r="N343" t="s">
+        <v>24</v>
+      </c>
+      <c r="O343" t="s">
+        <v>24</v>
+      </c>
+      <c r="P343">
+        <v>103.53</v>
+      </c>
+      <c r="Q343" t="s">
+        <v>24</v>
+      </c>
+      <c r="R343" t="s">
+        <v>24</v>
+      </c>
+      <c r="S343">
+        <v>103.53</v>
+      </c>
+    </row>
+    <row r="344" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A344">
+        <v>343</v>
+      </c>
+      <c r="B344" t="s">
+        <v>581</v>
+      </c>
+      <c r="C344" t="s">
+        <v>582</v>
+      </c>
+      <c r="D344">
+        <v>267</v>
+      </c>
+      <c r="E344" t="s">
+        <v>73</v>
+      </c>
+      <c r="F344" t="s">
+        <v>22</v>
+      </c>
+      <c r="G344" t="s">
+        <v>38</v>
+      </c>
+      <c r="H344">
+        <v>22</v>
+      </c>
+      <c r="I344" t="b">
+        <v>0</v>
+      </c>
+      <c r="J344" t="s">
+        <v>164</v>
+      </c>
+      <c r="K344">
+        <v>1</v>
+      </c>
+      <c r="L344" t="s">
+        <v>24</v>
+      </c>
+      <c r="M344" t="s">
+        <v>24</v>
+      </c>
+      <c r="N344" t="s">
+        <v>24</v>
+      </c>
+      <c r="O344" t="s">
+        <v>24</v>
+      </c>
+      <c r="P344">
+        <v>103.51</v>
+      </c>
+      <c r="Q344" t="s">
+        <v>24</v>
+      </c>
+      <c r="R344" t="s">
+        <v>24</v>
+      </c>
+      <c r="S344">
+        <v>103.51</v>
+      </c>
+    </row>
+    <row r="345" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A345">
+        <v>344</v>
+      </c>
+      <c r="B345" t="s">
+        <v>132</v>
+      </c>
+      <c r="C345" t="s">
+        <v>583</v>
+      </c>
+      <c r="D345">
+        <v>341</v>
+      </c>
+      <c r="E345" t="s">
+        <v>64</v>
+      </c>
+      <c r="F345" t="s">
+        <v>31</v>
+      </c>
+      <c r="G345" t="s">
+        <v>23</v>
+      </c>
+      <c r="H345">
+        <v>39</v>
+      </c>
+      <c r="I345" t="b">
+        <v>0</v>
+      </c>
+      <c r="J345" t="s">
+        <v>164</v>
+      </c>
+      <c r="K345">
+        <v>1</v>
+      </c>
+      <c r="L345" t="s">
+        <v>24</v>
+      </c>
+      <c r="M345" t="s">
+        <v>24</v>
+      </c>
+      <c r="N345" t="s">
+        <v>24</v>
+      </c>
+      <c r="O345" t="s">
+        <v>24</v>
+      </c>
+      <c r="P345">
+        <v>103.32</v>
+      </c>
+      <c r="Q345" t="s">
+        <v>24</v>
+      </c>
+      <c r="R345" t="s">
+        <v>24</v>
+      </c>
+      <c r="S345">
+        <v>103.32</v>
+      </c>
+    </row>
+    <row r="346" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A346">
+        <v>345</v>
+      </c>
+      <c r="B346" t="s">
+        <v>165</v>
+      </c>
+      <c r="C346" t="s">
+        <v>104</v>
+      </c>
+      <c r="E346" t="s">
+        <v>34</v>
+      </c>
+      <c r="F346" t="s">
+        <v>22</v>
+      </c>
+      <c r="G346" t="s">
+        <v>23</v>
+      </c>
+      <c r="H346">
+        <v>56</v>
+      </c>
+      <c r="I346" t="b">
+        <v>0</v>
+      </c>
+      <c r="J346" t="s">
+        <v>161</v>
+      </c>
+      <c r="K346">
+        <v>1</v>
+      </c>
+      <c r="L346">
+        <v>103.29</v>
+      </c>
+      <c r="M346" t="s">
+        <v>24</v>
+      </c>
+      <c r="N346" t="s">
+        <v>24</v>
+      </c>
+      <c r="O346" t="s">
+        <v>24</v>
+      </c>
+      <c r="P346" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q346" t="s">
+        <v>24</v>
+      </c>
+      <c r="R346" t="s">
+        <v>24</v>
+      </c>
+      <c r="S346">
+        <v>103.29</v>
+      </c>
+    </row>
+    <row r="347" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A347">
+        <v>346</v>
+      </c>
+      <c r="B347" t="s">
+        <v>182</v>
+      </c>
+      <c r="C347" t="s">
+        <v>584</v>
+      </c>
+      <c r="E347" t="s">
+        <v>24</v>
+      </c>
+      <c r="F347" t="s">
+        <v>41</v>
+      </c>
+      <c r="G347" t="s">
+        <v>23</v>
+      </c>
+      <c r="H347">
+        <v>143</v>
+      </c>
+      <c r="I347" t="b">
+        <v>0</v>
+      </c>
+      <c r="J347" t="s">
+        <v>161</v>
+      </c>
+      <c r="K347">
+        <v>1</v>
+      </c>
+      <c r="L347" t="s">
+        <v>24</v>
+      </c>
+      <c r="M347" t="s">
+        <v>24</v>
+      </c>
+      <c r="N347" t="s">
+        <v>24</v>
+      </c>
+      <c r="O347" t="s">
+        <v>24</v>
+      </c>
+      <c r="P347" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q347" t="s">
+        <v>24</v>
+      </c>
+      <c r="R347">
+        <v>103.25</v>
+      </c>
+      <c r="S347">
+        <v>103.25</v>
+      </c>
+    </row>
+    <row r="348" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A348">
+        <v>347</v>
+      </c>
+      <c r="B348" t="s">
+        <v>277</v>
+      </c>
+      <c r="C348" t="s">
+        <v>26</v>
+      </c>
+      <c r="D348">
+        <v>1934</v>
+      </c>
+      <c r="E348" t="s">
+        <v>169</v>
+      </c>
+      <c r="F348" t="s">
+        <v>84</v>
+      </c>
+      <c r="G348" t="s">
+        <v>38</v>
+      </c>
+      <c r="H348">
+        <v>6</v>
+      </c>
+      <c r="I348" t="b">
+        <v>0</v>
+      </c>
+      <c r="J348" t="s">
+        <v>164</v>
+      </c>
+      <c r="K348">
+        <v>1</v>
+      </c>
+      <c r="L348" t="s">
+        <v>24</v>
+      </c>
+      <c r="M348" t="s">
+        <v>24</v>
+      </c>
+      <c r="N348" t="s">
+        <v>24</v>
+      </c>
+      <c r="O348">
+        <v>103.08</v>
+      </c>
+      <c r="P348" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q348" t="s">
+        <v>24</v>
+      </c>
+      <c r="R348" t="s">
+        <v>24</v>
+      </c>
+      <c r="S348">
+        <v>103.08</v>
+      </c>
+    </row>
+    <row r="349" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A349">
+        <v>348</v>
+      </c>
+      <c r="B349" t="s">
+        <v>585</v>
+      </c>
+      <c r="C349" t="s">
+        <v>419</v>
+      </c>
+      <c r="E349" t="s">
+        <v>342</v>
+      </c>
+      <c r="F349" t="s">
+        <v>41</v>
+      </c>
+      <c r="G349" t="s">
+        <v>38</v>
+      </c>
+      <c r="H349">
+        <v>25</v>
+      </c>
+      <c r="I349" t="b">
+        <v>0</v>
+      </c>
+      <c r="J349" t="s">
+        <v>161</v>
+      </c>
+      <c r="K349">
+        <v>1</v>
+      </c>
+      <c r="L349" t="s">
+        <v>24</v>
+      </c>
+      <c r="M349" t="s">
+        <v>24</v>
+      </c>
+      <c r="N349" t="s">
+        <v>24</v>
+      </c>
+      <c r="O349" t="s">
+        <v>24</v>
+      </c>
+      <c r="P349" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q349" t="s">
+        <v>24</v>
+      </c>
+      <c r="R349">
+        <v>103.06</v>
+      </c>
+      <c r="S349">
+        <v>103.06</v>
+      </c>
+    </row>
+    <row r="350" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A350">
+        <v>349</v>
+      </c>
+      <c r="B350" t="s">
+        <v>223</v>
+      </c>
+      <c r="C350" t="s">
+        <v>586</v>
+      </c>
+      <c r="E350" t="s">
+        <v>24</v>
+      </c>
+      <c r="F350" t="s">
+        <v>22</v>
+      </c>
+      <c r="G350" t="s">
+        <v>23</v>
+      </c>
+      <c r="H350">
+        <v>57</v>
+      </c>
+      <c r="I350" t="b">
+        <v>0</v>
+      </c>
+      <c r="J350" t="s">
+        <v>161</v>
+      </c>
+      <c r="K350">
+        <v>1</v>
+      </c>
+      <c r="L350" t="s">
+        <v>24</v>
+      </c>
+      <c r="M350">
+        <v>102.9</v>
+      </c>
+      <c r="N350" t="s">
+        <v>24</v>
+      </c>
+      <c r="O350" t="s">
+        <v>24</v>
+      </c>
+      <c r="P350" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q350" t="s">
+        <v>24</v>
+      </c>
+      <c r="R350" t="s">
+        <v>24</v>
+      </c>
+      <c r="S350">
+        <v>102.9</v>
+      </c>
+    </row>
+    <row r="351" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A351">
+        <v>350</v>
+      </c>
+      <c r="B351" t="s">
+        <v>132</v>
+      </c>
+      <c r="C351" t="s">
+        <v>587</v>
+      </c>
+      <c r="E351" t="s">
+        <v>37</v>
+      </c>
+      <c r="F351" t="s">
+        <v>31</v>
+      </c>
+      <c r="G351" t="s">
+        <v>23</v>
+      </c>
+      <c r="H351">
+        <v>40</v>
+      </c>
+      <c r="I351" t="b">
+        <v>0</v>
+      </c>
+      <c r="J351" t="s">
+        <v>161</v>
+      </c>
+      <c r="K351">
+        <v>1</v>
+      </c>
+      <c r="L351">
+        <v>102.85</v>
+      </c>
+      <c r="M351" t="s">
+        <v>24</v>
+      </c>
+      <c r="N351" t="s">
+        <v>24</v>
+      </c>
+      <c r="O351" t="s">
+        <v>24</v>
+      </c>
+      <c r="P351" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q351" t="s">
+        <v>24</v>
+      </c>
+      <c r="R351" t="s">
+        <v>24</v>
+      </c>
+      <c r="S351">
+        <v>102.85</v>
+      </c>
+    </row>
+    <row r="352" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A352">
+        <v>351</v>
+      </c>
+      <c r="B352" t="s">
+        <v>588</v>
+      </c>
+      <c r="C352" t="s">
+        <v>589</v>
+      </c>
+      <c r="E352" t="s">
+        <v>395</v>
+      </c>
+      <c r="F352" t="s">
+        <v>41</v>
+      </c>
+      <c r="G352" t="s">
+        <v>38</v>
+      </c>
+      <c r="H352">
+        <v>26</v>
+      </c>
+      <c r="I352" t="b">
+        <v>0</v>
+      </c>
+      <c r="J352" t="s">
+        <v>161</v>
+      </c>
+      <c r="K352">
+        <v>1</v>
+      </c>
+      <c r="L352">
+        <v>102.62</v>
+      </c>
+      <c r="M352" t="s">
+        <v>24</v>
+      </c>
+      <c r="N352" t="s">
+        <v>24</v>
+      </c>
+      <c r="O352" t="s">
+        <v>24</v>
+      </c>
+      <c r="P352" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q352" t="s">
+        <v>24</v>
+      </c>
+      <c r="R352" t="s">
+        <v>24</v>
+      </c>
+      <c r="S352">
+        <v>102.62</v>
+      </c>
+    </row>
+    <row r="353" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A353">
+        <v>352</v>
+      </c>
+      <c r="B353" t="s">
+        <v>590</v>
+      </c>
+      <c r="C353" t="s">
+        <v>591</v>
+      </c>
+      <c r="E353" t="s">
+        <v>24</v>
+      </c>
+      <c r="F353" t="s">
+        <v>41</v>
+      </c>
+      <c r="G353" t="s">
+        <v>23</v>
+      </c>
+      <c r="H353">
+        <v>144</v>
+      </c>
+      <c r="I353" t="b">
+        <v>0</v>
+      </c>
+      <c r="J353" t="s">
+        <v>161</v>
+      </c>
+      <c r="K353">
+        <v>1</v>
+      </c>
+      <c r="L353" t="s">
+        <v>24</v>
+      </c>
+      <c r="M353" t="s">
+        <v>24</v>
+      </c>
+      <c r="N353" t="s">
+        <v>24</v>
+      </c>
+      <c r="O353" t="s">
+        <v>24</v>
+      </c>
+      <c r="P353" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q353" t="s">
+        <v>24</v>
+      </c>
+      <c r="R353">
+        <v>102.62</v>
+      </c>
+      <c r="S353">
+        <v>102.62</v>
+      </c>
+    </row>
+    <row r="354" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A354">
+        <v>353</v>
+      </c>
+      <c r="B354" t="s">
+        <v>592</v>
+      </c>
+      <c r="C354" t="s">
+        <v>222</v>
+      </c>
+      <c r="E354" t="s">
+        <v>342</v>
+      </c>
+      <c r="F354" t="s">
+        <v>41</v>
+      </c>
+      <c r="G354" t="s">
+        <v>23</v>
+      </c>
+      <c r="H354">
+        <v>145</v>
+      </c>
+      <c r="I354" t="b">
+        <v>0</v>
+      </c>
+      <c r="J354" t="s">
+        <v>161</v>
+      </c>
+      <c r="K354">
+        <v>1</v>
+      </c>
+      <c r="L354" t="s">
+        <v>24</v>
+      </c>
+      <c r="M354" t="s">
+        <v>24</v>
+      </c>
+      <c r="N354" t="s">
+        <v>24</v>
+      </c>
+      <c r="O354" t="s">
+        <v>24</v>
+      </c>
+      <c r="P354" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q354" t="s">
+        <v>24</v>
+      </c>
+      <c r="R354">
+        <v>102.56</v>
+      </c>
+      <c r="S354">
+        <v>102.56</v>
+      </c>
+    </row>
+    <row r="355" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A355">
+        <v>354</v>
+      </c>
+      <c r="B355" t="s">
+        <v>310</v>
+      </c>
+      <c r="C355" t="s">
+        <v>593</v>
+      </c>
+      <c r="E355" t="s">
+        <v>24</v>
+      </c>
+      <c r="F355" t="s">
+        <v>41</v>
+      </c>
+      <c r="G355" t="s">
+        <v>23</v>
+      </c>
+      <c r="H355">
+        <v>146</v>
+      </c>
+      <c r="I355" t="b">
+        <v>0</v>
+      </c>
+      <c r="J355" t="s">
+        <v>161</v>
+      </c>
+      <c r="K355">
+        <v>1</v>
+      </c>
+      <c r="L355" t="s">
+        <v>24</v>
+      </c>
+      <c r="M355" t="s">
+        <v>24</v>
+      </c>
+      <c r="N355" t="s">
+        <v>24</v>
+      </c>
+      <c r="O355">
+        <v>102.29</v>
+      </c>
+      <c r="P355" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q355" t="s">
+        <v>24</v>
+      </c>
+      <c r="R355" t="s">
+        <v>24</v>
+      </c>
+      <c r="S355">
+        <v>102.29</v>
+      </c>
+    </row>
+    <row r="356" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A356">
+        <v>355</v>
+      </c>
+      <c r="B356" t="s">
+        <v>594</v>
+      </c>
+      <c r="C356" t="s">
+        <v>209</v>
+      </c>
+      <c r="E356" t="s">
+        <v>21</v>
+      </c>
+      <c r="F356" t="s">
+        <v>41</v>
+      </c>
+      <c r="G356" t="s">
+        <v>38</v>
+      </c>
+      <c r="H356">
+        <v>27</v>
+      </c>
+      <c r="I356" t="b">
+        <v>0</v>
+      </c>
+      <c r="J356" t="s">
+        <v>161</v>
+      </c>
+      <c r="K356">
+        <v>1</v>
+      </c>
+      <c r="L356" t="s">
+        <v>24</v>
+      </c>
+      <c r="M356" t="s">
+        <v>24</v>
+      </c>
+      <c r="N356" t="s">
+        <v>24</v>
+      </c>
+      <c r="O356" t="s">
+        <v>24</v>
+      </c>
+      <c r="P356">
+        <v>102.16</v>
+      </c>
+      <c r="Q356" t="s">
+        <v>24</v>
+      </c>
+      <c r="R356" t="s">
+        <v>24</v>
+      </c>
+      <c r="S356">
+        <v>102.16</v>
+      </c>
+    </row>
+    <row r="357" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A357">
+        <v>356</v>
+      </c>
+      <c r="B357" t="s">
+        <v>595</v>
+      </c>
+      <c r="C357" t="s">
+        <v>596</v>
+      </c>
+      <c r="E357" t="s">
+        <v>597</v>
+      </c>
+      <c r="F357" t="s">
+        <v>41</v>
+      </c>
+      <c r="G357" t="s">
+        <v>23</v>
+      </c>
+      <c r="H357">
+        <v>147</v>
+      </c>
+      <c r="I357" t="b">
+        <v>0</v>
+      </c>
+      <c r="J357" t="s">
+        <v>161</v>
+      </c>
+      <c r="K357">
+        <v>1</v>
+      </c>
+      <c r="L357" t="s">
+        <v>24</v>
+      </c>
+      <c r="M357" t="s">
+        <v>24</v>
+      </c>
+      <c r="N357" t="s">
+        <v>24</v>
+      </c>
+      <c r="O357" t="s">
+        <v>24</v>
+      </c>
+      <c r="P357">
+        <v>102.16</v>
+      </c>
+      <c r="Q357" t="s">
+        <v>24</v>
+      </c>
+      <c r="R357" t="s">
+        <v>24</v>
+      </c>
+      <c r="S357">
+        <v>102.16</v>
+      </c>
+    </row>
+    <row r="358" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A358">
+        <v>357</v>
+      </c>
+      <c r="B358" t="s">
+        <v>185</v>
+      </c>
+      <c r="C358" t="s">
+        <v>598</v>
+      </c>
+      <c r="E358" t="s">
+        <v>599</v>
+      </c>
+      <c r="F358" t="s">
+        <v>22</v>
+      </c>
+      <c r="G358" t="s">
+        <v>23</v>
+      </c>
+      <c r="H358">
+        <v>58</v>
+      </c>
+      <c r="I358" t="b">
+        <v>0</v>
+      </c>
+      <c r="J358" t="s">
+        <v>161</v>
+      </c>
+      <c r="K358">
+        <v>1</v>
+      </c>
+      <c r="L358" t="s">
+        <v>24</v>
+      </c>
+      <c r="M358" t="s">
+        <v>24</v>
+      </c>
+      <c r="N358" t="s">
+        <v>24</v>
+      </c>
+      <c r="O358" t="s">
+        <v>24</v>
+      </c>
+      <c r="P358">
+        <v>101.97</v>
+      </c>
+      <c r="Q358" t="s">
+        <v>24</v>
+      </c>
+      <c r="R358" t="s">
+        <v>24</v>
+      </c>
+      <c r="S358">
+        <v>101.97</v>
+      </c>
+    </row>
+    <row r="359" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A359">
+        <v>358</v>
+      </c>
+      <c r="B359" t="s">
+        <v>484</v>
+      </c>
+      <c r="C359" t="s">
+        <v>416</v>
+      </c>
+      <c r="E359" t="s">
+        <v>68</v>
+      </c>
+      <c r="F359" t="s">
+        <v>31</v>
+      </c>
+      <c r="G359" t="s">
+        <v>23</v>
+      </c>
+      <c r="H359">
+        <v>41</v>
+      </c>
+      <c r="I359" t="b">
+        <v>0</v>
+      </c>
+      <c r="J359" t="s">
+        <v>161</v>
+      </c>
+      <c r="K359">
+        <v>1</v>
+      </c>
+      <c r="L359">
+        <v>101.96</v>
+      </c>
+      <c r="M359" t="s">
+        <v>24</v>
+      </c>
+      <c r="N359" t="s">
+        <v>24</v>
+      </c>
+      <c r="O359" t="s">
+        <v>24</v>
+      </c>
+      <c r="P359" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q359" t="s">
+        <v>24</v>
+      </c>
+      <c r="R359" t="s">
+        <v>24</v>
+      </c>
+      <c r="S359">
+        <v>101.96</v>
+      </c>
+    </row>
+    <row r="360" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A360">
+        <v>359</v>
+      </c>
+      <c r="B360" t="s">
+        <v>600</v>
+      </c>
+      <c r="C360" t="s">
+        <v>601</v>
+      </c>
+      <c r="E360" t="s">
+        <v>24</v>
+      </c>
+      <c r="F360" t="s">
+        <v>41</v>
+      </c>
+      <c r="G360" t="s">
+        <v>23</v>
+      </c>
+      <c r="H360">
+        <v>148</v>
+      </c>
+      <c r="I360" t="b">
+        <v>0</v>
+      </c>
+      <c r="J360" t="s">
+        <v>161</v>
+      </c>
+      <c r="K360">
+        <v>1</v>
+      </c>
+      <c r="L360" t="s">
+        <v>24</v>
+      </c>
+      <c r="M360" t="s">
+        <v>24</v>
+      </c>
+      <c r="N360" t="s">
+        <v>24</v>
+      </c>
+      <c r="O360">
+        <v>101.91</v>
+      </c>
+      <c r="P360" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q360" t="s">
+        <v>24</v>
+      </c>
+      <c r="R360" t="s">
+        <v>24</v>
+      </c>
+      <c r="S360">
+        <v>101.91</v>
+      </c>
+    </row>
+    <row r="361" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A361">
+        <v>360</v>
+      </c>
+      <c r="B361" t="s">
+        <v>602</v>
+      </c>
+      <c r="C361" t="s">
+        <v>603</v>
+      </c>
+      <c r="E361" t="s">
+        <v>24</v>
+      </c>
+      <c r="F361" t="s">
+        <v>41</v>
+      </c>
+      <c r="G361" t="s">
+        <v>23</v>
+      </c>
+      <c r="H361">
+        <v>149</v>
+      </c>
+      <c r="I361" t="b">
+        <v>0</v>
+      </c>
+      <c r="J361" t="s">
+        <v>161</v>
+      </c>
+      <c r="K361">
+        <v>1</v>
+      </c>
+      <c r="L361" t="s">
+        <v>24</v>
+      </c>
+      <c r="M361" t="s">
+        <v>24</v>
+      </c>
+      <c r="N361" t="s">
+        <v>24</v>
+      </c>
+      <c r="O361" t="s">
+        <v>24</v>
+      </c>
+      <c r="P361" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q361" t="s">
+        <v>24</v>
+      </c>
+      <c r="R361">
+        <v>101.89</v>
+      </c>
+      <c r="S361">
+        <v>101.89</v>
+      </c>
+    </row>
+    <row r="362" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A362">
+        <v>361</v>
+      </c>
+      <c r="B362" t="s">
+        <v>459</v>
+      </c>
+      <c r="C362" t="s">
+        <v>213</v>
+      </c>
+      <c r="D362">
+        <v>556</v>
+      </c>
+      <c r="E362" t="s">
         <v>442</v>
       </c>
-      <c r="B300" t="s">
+      <c r="F362" t="s">
+        <v>22</v>
+      </c>
+      <c r="G362" t="s">
+        <v>23</v>
+      </c>
+      <c r="H362">
+        <v>59</v>
+      </c>
+      <c r="I362" t="b">
+        <v>0</v>
+      </c>
+      <c r="J362" t="s">
+        <v>161</v>
+      </c>
+      <c r="K362">
+        <v>1</v>
+      </c>
+      <c r="L362" t="s">
+        <v>24</v>
+      </c>
+      <c r="M362" t="s">
+        <v>24</v>
+      </c>
+      <c r="N362" t="s">
+        <v>24</v>
+      </c>
+      <c r="O362" t="s">
+        <v>24</v>
+      </c>
+      <c r="P362">
+        <v>101.88</v>
+      </c>
+      <c r="Q362" t="s">
+        <v>24</v>
+      </c>
+      <c r="R362" t="s">
+        <v>24</v>
+      </c>
+      <c r="S362">
+        <v>101.88</v>
+      </c>
+    </row>
+    <row r="363" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A363">
+        <v>362</v>
+      </c>
+      <c r="B363" t="s">
+        <v>604</v>
+      </c>
+      <c r="C363" t="s">
+        <v>605</v>
+      </c>
+      <c r="E363" t="s">
+        <v>24</v>
+      </c>
+      <c r="F363" t="s">
+        <v>41</v>
+      </c>
+      <c r="G363" t="s">
+        <v>23</v>
+      </c>
+      <c r="H363">
+        <v>150</v>
+      </c>
+      <c r="I363" t="b">
+        <v>0</v>
+      </c>
+      <c r="J363" t="s">
+        <v>161</v>
+      </c>
+      <c r="K363">
+        <v>1</v>
+      </c>
+      <c r="L363">
+        <v>101.86</v>
+      </c>
+      <c r="M363" t="s">
+        <v>24</v>
+      </c>
+      <c r="N363" t="s">
+        <v>24</v>
+      </c>
+      <c r="O363" t="s">
+        <v>24</v>
+      </c>
+      <c r="P363" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q363" t="s">
+        <v>24</v>
+      </c>
+      <c r="R363" t="s">
+        <v>24</v>
+      </c>
+      <c r="S363">
+        <v>101.86</v>
+      </c>
+    </row>
+    <row r="364" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A364">
+        <v>363</v>
+      </c>
+      <c r="B364" t="s">
+        <v>606</v>
+      </c>
+      <c r="C364" t="s">
+        <v>607</v>
+      </c>
+      <c r="E364" t="s">
+        <v>352</v>
+      </c>
+      <c r="F364" t="s">
+        <v>41</v>
+      </c>
+      <c r="G364" t="s">
+        <v>38</v>
+      </c>
+      <c r="H364">
+        <v>28</v>
+      </c>
+      <c r="I364" t="b">
+        <v>0</v>
+      </c>
+      <c r="J364" t="s">
+        <v>161</v>
+      </c>
+      <c r="K364">
+        <v>1</v>
+      </c>
+      <c r="L364" t="s">
+        <v>24</v>
+      </c>
+      <c r="M364" t="s">
+        <v>24</v>
+      </c>
+      <c r="N364" t="s">
+        <v>24</v>
+      </c>
+      <c r="O364" t="s">
+        <v>24</v>
+      </c>
+      <c r="P364" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q364" t="s">
+        <v>24</v>
+      </c>
+      <c r="R364">
+        <v>101.76</v>
+      </c>
+      <c r="S364">
+        <v>101.76</v>
+      </c>
+    </row>
+    <row r="365" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A365">
+        <v>364</v>
+      </c>
+      <c r="B365" t="s">
+        <v>608</v>
+      </c>
+      <c r="C365" t="s">
+        <v>506</v>
+      </c>
+      <c r="D365">
+        <v>2405</v>
+      </c>
+      <c r="E365" t="s">
+        <v>609</v>
+      </c>
+      <c r="F365" t="s">
+        <v>31</v>
+      </c>
+      <c r="G365" t="s">
+        <v>23</v>
+      </c>
+      <c r="H365">
+        <v>42</v>
+      </c>
+      <c r="I365" t="b">
+        <v>0</v>
+      </c>
+      <c r="J365" t="s">
+        <v>164</v>
+      </c>
+      <c r="K365">
+        <v>1</v>
+      </c>
+      <c r="L365">
+        <v>101.57</v>
+      </c>
+      <c r="M365" t="s">
+        <v>24</v>
+      </c>
+      <c r="N365" t="s">
+        <v>24</v>
+      </c>
+      <c r="O365" t="s">
+        <v>24</v>
+      </c>
+      <c r="P365" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q365" t="s">
+        <v>24</v>
+      </c>
+      <c r="R365" t="s">
+        <v>24</v>
+      </c>
+      <c r="S365">
+        <v>101.57</v>
+      </c>
+    </row>
+    <row r="366" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A366">
+        <v>365</v>
+      </c>
+      <c r="B366" t="s">
+        <v>241</v>
+      </c>
+      <c r="C366" t="s">
+        <v>33</v>
+      </c>
+      <c r="E366" t="s">
+        <v>34</v>
+      </c>
+      <c r="F366" t="s">
+        <v>65</v>
+      </c>
+      <c r="G366" t="s">
+        <v>23</v>
+      </c>
+      <c r="H366">
+        <v>18</v>
+      </c>
+      <c r="I366" t="b">
+        <v>0</v>
+      </c>
+      <c r="J366" t="s">
+        <v>161</v>
+      </c>
+      <c r="K366">
+        <v>1</v>
+      </c>
+      <c r="L366" t="s">
+        <v>24</v>
+      </c>
+      <c r="M366">
+        <v>101.47</v>
+      </c>
+      <c r="N366" t="s">
+        <v>24</v>
+      </c>
+      <c r="O366" t="s">
+        <v>24</v>
+      </c>
+      <c r="P366" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q366" t="s">
+        <v>24</v>
+      </c>
+      <c r="R366" t="s">
+        <v>24</v>
+      </c>
+      <c r="S366">
+        <v>101.47</v>
+      </c>
+    </row>
+    <row r="367" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A367">
+        <v>366</v>
+      </c>
+      <c r="B367" t="s">
+        <v>610</v>
+      </c>
+      <c r="C367" t="s">
+        <v>33</v>
+      </c>
+      <c r="D367">
+        <v>1210</v>
+      </c>
+      <c r="E367" t="s">
+        <v>34</v>
+      </c>
+      <c r="F367" t="s">
+        <v>65</v>
+      </c>
+      <c r="G367" t="s">
+        <v>23</v>
+      </c>
+      <c r="H367">
+        <v>19</v>
+      </c>
+      <c r="I367" t="b">
+        <v>0</v>
+      </c>
+      <c r="J367" t="s">
+        <v>164</v>
+      </c>
+      <c r="K367">
+        <v>1</v>
+      </c>
+      <c r="L367" t="s">
+        <v>24</v>
+      </c>
+      <c r="M367" t="s">
+        <v>24</v>
+      </c>
+      <c r="N367">
+        <v>101.28</v>
+      </c>
+      <c r="O367" t="s">
+        <v>24</v>
+      </c>
+      <c r="P367" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q367" t="s">
+        <v>24</v>
+      </c>
+      <c r="R367" t="s">
+        <v>24</v>
+      </c>
+      <c r="S367">
+        <v>101.28</v>
+      </c>
+    </row>
+    <row r="368" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A368">
+        <v>367</v>
+      </c>
+      <c r="B368" t="s">
+        <v>611</v>
+      </c>
+      <c r="C368" t="s">
+        <v>612</v>
+      </c>
+      <c r="E368" t="s">
+        <v>24</v>
+      </c>
+      <c r="F368" t="s">
+        <v>41</v>
+      </c>
+      <c r="G368" t="s">
+        <v>23</v>
+      </c>
+      <c r="H368">
+        <v>151</v>
+      </c>
+      <c r="I368" t="b">
+        <v>0</v>
+      </c>
+      <c r="J368" t="s">
+        <v>161</v>
+      </c>
+      <c r="K368">
+        <v>1</v>
+      </c>
+      <c r="L368" t="s">
+        <v>24</v>
+      </c>
+      <c r="M368" t="s">
+        <v>24</v>
+      </c>
+      <c r="N368" t="s">
+        <v>24</v>
+      </c>
+      <c r="O368" t="s">
+        <v>24</v>
+      </c>
+      <c r="P368" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q368" t="s">
+        <v>24</v>
+      </c>
+      <c r="R368">
+        <v>101.11</v>
+      </c>
+      <c r="S368">
+        <v>101.11</v>
+      </c>
+    </row>
+    <row r="369" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A369">
+        <v>368</v>
+      </c>
+      <c r="B369" t="s">
+        <v>105</v>
+      </c>
+      <c r="C369" t="s">
+        <v>613</v>
+      </c>
+      <c r="E369" t="s">
+        <v>24</v>
+      </c>
+      <c r="F369" t="s">
+        <v>41</v>
+      </c>
+      <c r="G369" t="s">
+        <v>23</v>
+      </c>
+      <c r="H369">
+        <v>152</v>
+      </c>
+      <c r="I369" t="b">
+        <v>0</v>
+      </c>
+      <c r="J369" t="s">
+        <v>161</v>
+      </c>
+      <c r="K369">
+        <v>1</v>
+      </c>
+      <c r="L369" t="s">
+        <v>24</v>
+      </c>
+      <c r="M369" t="s">
+        <v>24</v>
+      </c>
+      <c r="N369">
+        <v>101.03</v>
+      </c>
+      <c r="O369" t="s">
+        <v>24</v>
+      </c>
+      <c r="P369" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q369" t="s">
+        <v>24</v>
+      </c>
+      <c r="R369" t="s">
+        <v>24</v>
+      </c>
+      <c r="S369">
+        <v>101.03</v>
+      </c>
+    </row>
+    <row r="370" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A370">
+        <v>369</v>
+      </c>
+      <c r="B370" t="s">
+        <v>62</v>
+      </c>
+      <c r="C370" t="s">
+        <v>614</v>
+      </c>
+      <c r="E370" t="s">
+        <v>265</v>
+      </c>
+      <c r="F370" t="s">
+        <v>41</v>
+      </c>
+      <c r="G370" t="s">
+        <v>23</v>
+      </c>
+      <c r="H370">
+        <v>153</v>
+      </c>
+      <c r="I370" t="b">
+        <v>0</v>
+      </c>
+      <c r="J370" t="s">
+        <v>161</v>
+      </c>
+      <c r="K370">
+        <v>1</v>
+      </c>
+      <c r="L370" t="s">
+        <v>24</v>
+      </c>
+      <c r="M370" t="s">
+        <v>24</v>
+      </c>
+      <c r="N370" t="s">
+        <v>24</v>
+      </c>
+      <c r="O370" t="s">
+        <v>24</v>
+      </c>
+      <c r="P370" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q370" t="s">
+        <v>24</v>
+      </c>
+      <c r="R370">
+        <v>100.98</v>
+      </c>
+      <c r="S370">
+        <v>100.98</v>
+      </c>
+    </row>
+    <row r="371" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A371">
+        <v>370</v>
+      </c>
+      <c r="B371" t="s">
+        <v>615</v>
+      </c>
+      <c r="C371" t="s">
+        <v>616</v>
+      </c>
+      <c r="E371" t="s">
+        <v>512</v>
+      </c>
+      <c r="F371" t="s">
+        <v>22</v>
+      </c>
+      <c r="G371" t="s">
+        <v>38</v>
+      </c>
+      <c r="H371">
+        <v>23</v>
+      </c>
+      <c r="I371" t="b">
+        <v>0</v>
+      </c>
+      <c r="J371" t="s">
+        <v>161</v>
+      </c>
+      <c r="K371">
+        <v>1</v>
+      </c>
+      <c r="L371" t="s">
+        <v>24</v>
+      </c>
+      <c r="M371" t="s">
+        <v>24</v>
+      </c>
+      <c r="N371" t="s">
+        <v>24</v>
+      </c>
+      <c r="O371" t="s">
+        <v>24</v>
+      </c>
+      <c r="P371" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q371">
+        <v>100.96</v>
+      </c>
+      <c r="R371" t="s">
+        <v>24</v>
+      </c>
+      <c r="S371">
+        <v>100.96</v>
+      </c>
+    </row>
+    <row r="372" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A372">
+        <v>371</v>
+      </c>
+      <c r="B372" t="s">
+        <v>617</v>
+      </c>
+      <c r="C372" t="s">
+        <v>434</v>
+      </c>
+      <c r="D372">
+        <v>2028</v>
+      </c>
+      <c r="E372" t="s">
+        <v>618</v>
+      </c>
+      <c r="F372" t="s">
+        <v>22</v>
+      </c>
+      <c r="G372" t="s">
+        <v>23</v>
+      </c>
+      <c r="H372">
+        <v>60</v>
+      </c>
+      <c r="I372" t="b">
+        <v>0</v>
+      </c>
+      <c r="J372" t="s">
+        <v>161</v>
+      </c>
+      <c r="K372">
+        <v>1</v>
+      </c>
+      <c r="L372" t="s">
+        <v>24</v>
+      </c>
+      <c r="M372" t="s">
+        <v>24</v>
+      </c>
+      <c r="N372" t="s">
+        <v>24</v>
+      </c>
+      <c r="O372" t="s">
+        <v>24</v>
+      </c>
+      <c r="P372" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q372">
+        <v>100.93</v>
+      </c>
+      <c r="R372" t="s">
+        <v>24</v>
+      </c>
+      <c r="S372">
+        <v>100.93</v>
+      </c>
+    </row>
+    <row r="373" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A373">
+        <v>372</v>
+      </c>
+      <c r="B373" t="s">
+        <v>619</v>
+      </c>
+      <c r="C373" t="s">
+        <v>620</v>
+      </c>
+      <c r="E373" t="s">
+        <v>178</v>
+      </c>
+      <c r="F373" t="s">
+        <v>31</v>
+      </c>
+      <c r="G373" t="s">
+        <v>23</v>
+      </c>
+      <c r="H373">
+        <v>43</v>
+      </c>
+      <c r="I373" t="b">
+        <v>0</v>
+      </c>
+      <c r="J373" t="s">
+        <v>161</v>
+      </c>
+      <c r="K373">
+        <v>1</v>
+      </c>
+      <c r="L373" t="s">
+        <v>24</v>
+      </c>
+      <c r="M373" t="s">
+        <v>24</v>
+      </c>
+      <c r="N373" t="s">
+        <v>24</v>
+      </c>
+      <c r="O373">
+        <v>100.68</v>
+      </c>
+      <c r="P373" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q373" t="s">
+        <v>24</v>
+      </c>
+      <c r="R373" t="s">
+        <v>24</v>
+      </c>
+      <c r="S373">
+        <v>100.68</v>
+      </c>
+    </row>
+    <row r="374" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A374">
+        <v>373</v>
+      </c>
+      <c r="B374" t="s">
+        <v>123</v>
+      </c>
+      <c r="C374" t="s">
+        <v>222</v>
+      </c>
+      <c r="E374" t="s">
+        <v>621</v>
+      </c>
+      <c r="F374" t="s">
+        <v>65</v>
+      </c>
+      <c r="G374" t="s">
+        <v>23</v>
+      </c>
+      <c r="H374">
+        <v>20</v>
+      </c>
+      <c r="I374" t="b">
+        <v>0</v>
+      </c>
+      <c r="J374" t="s">
+        <v>161</v>
+      </c>
+      <c r="K374">
+        <v>1</v>
+      </c>
+      <c r="L374" t="s">
+        <v>24</v>
+      </c>
+      <c r="M374" t="s">
+        <v>24</v>
+      </c>
+      <c r="N374" t="s">
+        <v>24</v>
+      </c>
+      <c r="O374" t="s">
+        <v>24</v>
+      </c>
+      <c r="P374">
+        <v>100.47</v>
+      </c>
+      <c r="Q374" t="s">
+        <v>24</v>
+      </c>
+      <c r="R374" t="s">
+        <v>24</v>
+      </c>
+      <c r="S374">
+        <v>100.47</v>
+      </c>
+    </row>
+    <row r="375" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A375">
+        <v>374</v>
+      </c>
+      <c r="B375" t="s">
+        <v>622</v>
+      </c>
+      <c r="C375" t="s">
+        <v>77</v>
+      </c>
+      <c r="E375" t="s">
+        <v>34</v>
+      </c>
+      <c r="F375" t="s">
+        <v>22</v>
+      </c>
+      <c r="G375" t="s">
+        <v>38</v>
+      </c>
+      <c r="H375">
+        <v>24</v>
+      </c>
+      <c r="I375" t="b">
+        <v>0</v>
+      </c>
+      <c r="J375" t="s">
+        <v>161</v>
+      </c>
+      <c r="K375">
+        <v>1</v>
+      </c>
+      <c r="L375" t="s">
+        <v>24</v>
+      </c>
+      <c r="M375" t="s">
+        <v>24</v>
+      </c>
+      <c r="N375" t="s">
+        <v>24</v>
+      </c>
+      <c r="O375">
+        <v>100.42</v>
+      </c>
+      <c r="P375" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q375" t="s">
+        <v>24</v>
+      </c>
+      <c r="R375" t="s">
+        <v>24</v>
+      </c>
+      <c r="S375">
+        <v>100.42</v>
+      </c>
+    </row>
+    <row r="376" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A376">
+        <v>375</v>
+      </c>
+      <c r="B376" t="s">
+        <v>254</v>
+      </c>
+      <c r="C376" t="s">
+        <v>623</v>
+      </c>
+      <c r="E376" t="s">
+        <v>24</v>
+      </c>
+      <c r="F376" t="s">
+        <v>41</v>
+      </c>
+      <c r="G376" t="s">
+        <v>23</v>
+      </c>
+      <c r="H376">
+        <v>154</v>
+      </c>
+      <c r="I376" t="b">
+        <v>0</v>
+      </c>
+      <c r="J376" t="s">
+        <v>161</v>
+      </c>
+      <c r="K376">
+        <v>1</v>
+      </c>
+      <c r="L376">
+        <v>99.94</v>
+      </c>
+      <c r="M376" t="s">
+        <v>24</v>
+      </c>
+      <c r="N376" t="s">
+        <v>24</v>
+      </c>
+      <c r="O376" t="s">
+        <v>24</v>
+      </c>
+      <c r="P376" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q376" t="s">
+        <v>24</v>
+      </c>
+      <c r="R376" t="s">
+        <v>24</v>
+      </c>
+      <c r="S376">
+        <v>99.94</v>
+      </c>
+    </row>
+    <row r="377" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A377">
+        <v>376</v>
+      </c>
+      <c r="B377" t="s">
+        <v>349</v>
+      </c>
+      <c r="C377" t="s">
+        <v>624</v>
+      </c>
+      <c r="D377">
+        <v>1792</v>
+      </c>
+      <c r="E377" t="s">
+        <v>147</v>
+      </c>
+      <c r="F377" t="s">
+        <v>31</v>
+      </c>
+      <c r="G377" t="s">
+        <v>23</v>
+      </c>
+      <c r="H377">
+        <v>44</v>
+      </c>
+      <c r="I377" t="b">
+        <v>0</v>
+      </c>
+      <c r="J377" t="s">
+        <v>164</v>
+      </c>
+      <c r="K377">
+        <v>1</v>
+      </c>
+      <c r="L377" t="s">
+        <v>24</v>
+      </c>
+      <c r="M377" t="s">
+        <v>24</v>
+      </c>
+      <c r="N377" t="s">
+        <v>24</v>
+      </c>
+      <c r="O377" t="s">
+        <v>24</v>
+      </c>
+      <c r="P377" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q377" t="s">
+        <v>24</v>
+      </c>
+      <c r="R377">
+        <v>99.89</v>
+      </c>
+      <c r="S377">
+        <v>99.89</v>
+      </c>
+    </row>
+    <row r="378" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A378">
+        <v>377</v>
+      </c>
+      <c r="B378" t="s">
+        <v>247</v>
+      </c>
+      <c r="C378" t="s">
+        <v>625</v>
+      </c>
+      <c r="E378" t="s">
+        <v>24</v>
+      </c>
+      <c r="F378" t="s">
+        <v>41</v>
+      </c>
+      <c r="G378" t="s">
+        <v>23</v>
+      </c>
+      <c r="H378">
+        <v>155</v>
+      </c>
+      <c r="I378" t="b">
+        <v>0</v>
+      </c>
+      <c r="J378" t="s">
+        <v>161</v>
+      </c>
+      <c r="K378">
+        <v>1</v>
+      </c>
+      <c r="L378" t="s">
+        <v>24</v>
+      </c>
+      <c r="M378" t="s">
+        <v>24</v>
+      </c>
+      <c r="N378" t="s">
+        <v>24</v>
+      </c>
+      <c r="O378" t="s">
+        <v>24</v>
+      </c>
+      <c r="P378" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q378" t="s">
+        <v>24</v>
+      </c>
+      <c r="R378">
+        <v>99.85</v>
+      </c>
+      <c r="S378">
+        <v>99.85</v>
+      </c>
+    </row>
+    <row r="379" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A379">
+        <v>378</v>
+      </c>
+      <c r="B379" t="s">
+        <v>626</v>
+      </c>
+      <c r="C379" t="s">
+        <v>627</v>
+      </c>
+      <c r="E379" t="s">
+        <v>24</v>
+      </c>
+      <c r="F379" t="s">
+        <v>41</v>
+      </c>
+      <c r="G379" t="s">
+        <v>23</v>
+      </c>
+      <c r="H379">
+        <v>156</v>
+      </c>
+      <c r="I379" t="b">
+        <v>0</v>
+      </c>
+      <c r="J379" t="s">
+        <v>161</v>
+      </c>
+      <c r="K379">
+        <v>1</v>
+      </c>
+      <c r="L379" t="s">
+        <v>24</v>
+      </c>
+      <c r="M379" t="s">
+        <v>24</v>
+      </c>
+      <c r="N379" t="s">
+        <v>24</v>
+      </c>
+      <c r="O379" t="s">
+        <v>24</v>
+      </c>
+      <c r="P379" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q379" t="s">
+        <v>24</v>
+      </c>
+      <c r="R379">
+        <v>99.69</v>
+      </c>
+      <c r="S379">
+        <v>99.69</v>
+      </c>
+    </row>
+    <row r="380" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A380">
+        <v>379</v>
+      </c>
+      <c r="B380" t="s">
+        <v>428</v>
+      </c>
+      <c r="C380" t="s">
+        <v>628</v>
+      </c>
+      <c r="E380" t="s">
+        <v>629</v>
+      </c>
+      <c r="F380" t="s">
+        <v>41</v>
+      </c>
+      <c r="G380" t="s">
+        <v>23</v>
+      </c>
+      <c r="H380">
+        <v>157</v>
+      </c>
+      <c r="I380" t="b">
+        <v>0</v>
+      </c>
+      <c r="J380" t="s">
+        <v>161</v>
+      </c>
+      <c r="K380">
+        <v>1</v>
+      </c>
+      <c r="L380" t="s">
+        <v>24</v>
+      </c>
+      <c r="M380" t="s">
+        <v>24</v>
+      </c>
+      <c r="N380" t="s">
+        <v>24</v>
+      </c>
+      <c r="O380" t="s">
+        <v>24</v>
+      </c>
+      <c r="P380" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q380" t="s">
+        <v>24</v>
+      </c>
+      <c r="R380">
+        <v>99.69</v>
+      </c>
+      <c r="S380">
+        <v>99.69</v>
+      </c>
+    </row>
+    <row r="381" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A381">
+        <v>380</v>
+      </c>
+      <c r="B381" t="s">
+        <v>630</v>
+      </c>
+      <c r="C381" t="s">
+        <v>631</v>
+      </c>
+      <c r="E381" t="s">
+        <v>34</v>
+      </c>
+      <c r="F381" t="s">
+        <v>41</v>
+      </c>
+      <c r="G381" t="s">
+        <v>38</v>
+      </c>
+      <c r="H381">
+        <v>29</v>
+      </c>
+      <c r="I381" t="b">
+        <v>0</v>
+      </c>
+      <c r="J381" t="s">
+        <v>161</v>
+      </c>
+      <c r="K381">
+        <v>1</v>
+      </c>
+      <c r="L381" t="s">
+        <v>24</v>
+      </c>
+      <c r="M381" t="s">
+        <v>24</v>
+      </c>
+      <c r="N381" t="s">
+        <v>24</v>
+      </c>
+      <c r="O381" t="s">
+        <v>24</v>
+      </c>
+      <c r="P381" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q381" t="s">
+        <v>24</v>
+      </c>
+      <c r="R381">
+        <v>99.68</v>
+      </c>
+      <c r="S381">
+        <v>99.68</v>
+      </c>
+    </row>
+    <row r="382" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A382">
+        <v>381</v>
+      </c>
+      <c r="B382" t="s">
+        <v>632</v>
+      </c>
+      <c r="C382" t="s">
+        <v>97</v>
+      </c>
+      <c r="D382">
+        <v>1342</v>
+      </c>
+      <c r="E382" t="s">
+        <v>30</v>
+      </c>
+      <c r="F382" t="s">
+        <v>31</v>
+      </c>
+      <c r="G382" t="s">
+        <v>23</v>
+      </c>
+      <c r="H382">
+        <v>45</v>
+      </c>
+      <c r="I382" t="b">
+        <v>0</v>
+      </c>
+      <c r="J382" t="s">
+        <v>164</v>
+      </c>
+      <c r="K382">
+        <v>1</v>
+      </c>
+      <c r="L382" t="s">
+        <v>24</v>
+      </c>
+      <c r="M382" t="s">
+        <v>24</v>
+      </c>
+      <c r="N382" t="s">
+        <v>24</v>
+      </c>
+      <c r="O382" t="s">
+        <v>24</v>
+      </c>
+      <c r="P382" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q382" t="s">
+        <v>24</v>
+      </c>
+      <c r="R382">
+        <v>99.66</v>
+      </c>
+      <c r="S382">
+        <v>99.66</v>
+      </c>
+    </row>
+    <row r="383" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A383">
+        <v>382</v>
+      </c>
+      <c r="B383" t="s">
+        <v>71</v>
+      </c>
+      <c r="C383" t="s">
+        <v>633</v>
+      </c>
+      <c r="D383">
+        <v>1361</v>
+      </c>
+      <c r="E383" t="s">
+        <v>24</v>
+      </c>
+      <c r="F383" t="s">
+        <v>31</v>
+      </c>
+      <c r="G383" t="s">
+        <v>23</v>
+      </c>
+      <c r="H383">
+        <v>46</v>
+      </c>
+      <c r="I383" t="b">
+        <v>0</v>
+      </c>
+      <c r="J383" t="s">
+        <v>164</v>
+      </c>
+      <c r="K383">
+        <v>1</v>
+      </c>
+      <c r="L383" t="s">
+        <v>24</v>
+      </c>
+      <c r="M383" t="s">
+        <v>24</v>
+      </c>
+      <c r="N383" t="s">
+        <v>24</v>
+      </c>
+      <c r="O383" t="s">
+        <v>24</v>
+      </c>
+      <c r="P383">
+        <v>99.65</v>
+      </c>
+      <c r="Q383" t="s">
+        <v>24</v>
+      </c>
+      <c r="R383" t="s">
+        <v>24</v>
+      </c>
+      <c r="S383">
+        <v>99.65</v>
+      </c>
+    </row>
+    <row r="384" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A384">
+        <v>383</v>
+      </c>
+      <c r="B384" t="s">
+        <v>362</v>
+      </c>
+      <c r="C384" t="s">
+        <v>634</v>
+      </c>
+      <c r="D384">
+        <v>1378</v>
+      </c>
+      <c r="E384" t="s">
+        <v>442</v>
+      </c>
+      <c r="F384" t="s">
+        <v>65</v>
+      </c>
+      <c r="G384" t="s">
+        <v>23</v>
+      </c>
+      <c r="H384">
+        <v>21</v>
+      </c>
+      <c r="I384" t="b">
+        <v>0</v>
+      </c>
+      <c r="J384" t="s">
+        <v>164</v>
+      </c>
+      <c r="K384">
+        <v>1</v>
+      </c>
+      <c r="L384" t="s">
+        <v>24</v>
+      </c>
+      <c r="M384" t="s">
+        <v>24</v>
+      </c>
+      <c r="N384" t="s">
+        <v>24</v>
+      </c>
+      <c r="O384" t="s">
+        <v>24</v>
+      </c>
+      <c r="P384">
+        <v>99.51</v>
+      </c>
+      <c r="Q384" t="s">
+        <v>24</v>
+      </c>
+      <c r="R384" t="s">
+        <v>24</v>
+      </c>
+      <c r="S384">
+        <v>99.51</v>
+      </c>
+    </row>
+    <row r="385" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A385">
+        <v>384</v>
+      </c>
+      <c r="B385" t="s">
+        <v>60</v>
+      </c>
+      <c r="C385" t="s">
+        <v>635</v>
+      </c>
+      <c r="E385" t="s">
+        <v>24</v>
+      </c>
+      <c r="F385" t="s">
+        <v>41</v>
+      </c>
+      <c r="G385" t="s">
+        <v>23</v>
+      </c>
+      <c r="H385">
+        <v>158</v>
+      </c>
+      <c r="I385" t="b">
+        <v>0</v>
+      </c>
+      <c r="J385" t="s">
+        <v>161</v>
+      </c>
+      <c r="K385">
+        <v>1</v>
+      </c>
+      <c r="L385" t="s">
+        <v>24</v>
+      </c>
+      <c r="M385" t="s">
+        <v>24</v>
+      </c>
+      <c r="N385" t="s">
+        <v>24</v>
+      </c>
+      <c r="O385" t="s">
+        <v>24</v>
+      </c>
+      <c r="P385" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q385" t="s">
+        <v>24</v>
+      </c>
+      <c r="R385">
+        <v>99.48</v>
+      </c>
+      <c r="S385">
+        <v>99.48</v>
+      </c>
+    </row>
+    <row r="386" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A386">
+        <v>385</v>
+      </c>
+      <c r="B386" t="s">
+        <v>76</v>
+      </c>
+      <c r="C386" t="s">
+        <v>636</v>
+      </c>
+      <c r="E386" t="s">
+        <v>34</v>
+      </c>
+      <c r="F386" t="s">
+        <v>41</v>
+      </c>
+      <c r="G386" t="s">
+        <v>23</v>
+      </c>
+      <c r="H386">
+        <v>159</v>
+      </c>
+      <c r="I386" t="b">
+        <v>0</v>
+      </c>
+      <c r="J386" t="s">
+        <v>161</v>
+      </c>
+      <c r="K386">
+        <v>1</v>
+      </c>
+      <c r="L386" t="s">
+        <v>24</v>
+      </c>
+      <c r="M386" t="s">
+        <v>24</v>
+      </c>
+      <c r="N386">
+        <v>99.05</v>
+      </c>
+      <c r="O386" t="s">
+        <v>24</v>
+      </c>
+      <c r="P386" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q386" t="s">
+        <v>24</v>
+      </c>
+      <c r="R386" t="s">
+        <v>24</v>
+      </c>
+      <c r="S386">
+        <v>99.05</v>
+      </c>
+    </row>
+    <row r="387" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A387">
+        <v>386</v>
+      </c>
+      <c r="B387" t="s">
+        <v>154</v>
+      </c>
+      <c r="C387" t="s">
+        <v>77</v>
+      </c>
+      <c r="E387" t="s">
+        <v>637</v>
+      </c>
+      <c r="F387" t="s">
+        <v>22</v>
+      </c>
+      <c r="G387" t="s">
+        <v>23</v>
+      </c>
+      <c r="H387">
+        <v>61</v>
+      </c>
+      <c r="I387" t="b">
+        <v>0</v>
+      </c>
+      <c r="J387" t="s">
+        <v>161</v>
+      </c>
+      <c r="K387">
+        <v>1</v>
+      </c>
+      <c r="L387" t="s">
+        <v>24</v>
+      </c>
+      <c r="M387" t="s">
+        <v>24</v>
+      </c>
+      <c r="N387" t="s">
+        <v>24</v>
+      </c>
+      <c r="O387" t="s">
+        <v>24</v>
+      </c>
+      <c r="P387">
+        <v>98.98</v>
+      </c>
+      <c r="Q387" t="s">
+        <v>24</v>
+      </c>
+      <c r="R387" t="s">
+        <v>24</v>
+      </c>
+      <c r="S387">
+        <v>98.98</v>
+      </c>
+    </row>
+    <row r="388" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A388">
+        <v>387</v>
+      </c>
+      <c r="B388" t="s">
+        <v>638</v>
+      </c>
+      <c r="C388" t="s">
+        <v>639</v>
+      </c>
+      <c r="E388" t="s">
+        <v>384</v>
+      </c>
+      <c r="F388" t="s">
+        <v>41</v>
+      </c>
+      <c r="G388" t="s">
+        <v>38</v>
+      </c>
+      <c r="H388">
+        <v>30</v>
+      </c>
+      <c r="I388" t="b">
+        <v>0</v>
+      </c>
+      <c r="J388" t="s">
+        <v>161</v>
+      </c>
+      <c r="K388">
+        <v>1</v>
+      </c>
+      <c r="L388" t="s">
+        <v>24</v>
+      </c>
+      <c r="M388" t="s">
+        <v>24</v>
+      </c>
+      <c r="N388" t="s">
+        <v>24</v>
+      </c>
+      <c r="O388" t="s">
+        <v>24</v>
+      </c>
+      <c r="P388" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q388" t="s">
+        <v>24</v>
+      </c>
+      <c r="R388">
+        <v>98.91</v>
+      </c>
+      <c r="S388">
+        <v>98.91</v>
+      </c>
+    </row>
+    <row r="389" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A389">
+        <v>388</v>
+      </c>
+      <c r="B389" t="s">
+        <v>640</v>
+      </c>
+      <c r="C389" t="s">
+        <v>641</v>
+      </c>
+      <c r="E389" t="s">
+        <v>642</v>
+      </c>
+      <c r="F389" t="s">
+        <v>41</v>
+      </c>
+      <c r="G389" t="s">
+        <v>38</v>
+      </c>
+      <c r="H389">
+        <v>31</v>
+      </c>
+      <c r="I389" t="b">
+        <v>0</v>
+      </c>
+      <c r="J389" t="s">
+        <v>161</v>
+      </c>
+      <c r="K389">
+        <v>1</v>
+      </c>
+      <c r="L389" t="s">
+        <v>24</v>
+      </c>
+      <c r="M389" t="s">
+        <v>24</v>
+      </c>
+      <c r="N389" t="s">
+        <v>24</v>
+      </c>
+      <c r="O389" t="s">
+        <v>24</v>
+      </c>
+      <c r="P389" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q389" t="s">
+        <v>24</v>
+      </c>
+      <c r="R389">
+        <v>98.77</v>
+      </c>
+      <c r="S389">
+        <v>98.77</v>
+      </c>
+    </row>
+    <row r="390" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A390">
+        <v>389</v>
+      </c>
+      <c r="B390" t="s">
+        <v>643</v>
+      </c>
+      <c r="C390" t="s">
+        <v>644</v>
+      </c>
+      <c r="E390" t="s">
+        <v>645</v>
+      </c>
+      <c r="F390" t="s">
+        <v>41</v>
+      </c>
+      <c r="G390" t="s">
+        <v>38</v>
+      </c>
+      <c r="H390">
+        <v>32</v>
+      </c>
+      <c r="I390" t="b">
+        <v>0</v>
+      </c>
+      <c r="J390" t="s">
+        <v>161</v>
+      </c>
+      <c r="K390">
+        <v>1</v>
+      </c>
+      <c r="L390" t="s">
+        <v>24</v>
+      </c>
+      <c r="M390" t="s">
+        <v>24</v>
+      </c>
+      <c r="N390" t="s">
+        <v>24</v>
+      </c>
+      <c r="O390" t="s">
+        <v>24</v>
+      </c>
+      <c r="P390" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q390" t="s">
+        <v>24</v>
+      </c>
+      <c r="R390">
+        <v>98.7</v>
+      </c>
+      <c r="S390">
+        <v>98.7</v>
+      </c>
+    </row>
+    <row r="391" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A391">
+        <v>390</v>
+      </c>
+      <c r="B391" t="s">
+        <v>32</v>
+      </c>
+      <c r="C391" t="s">
+        <v>20</v>
+      </c>
+      <c r="E391" t="s">
+        <v>34</v>
+      </c>
+      <c r="F391" t="s">
+        <v>65</v>
+      </c>
+      <c r="G391" t="s">
+        <v>23</v>
+      </c>
+      <c r="H391">
+        <v>22</v>
+      </c>
+      <c r="I391" t="b">
+        <v>0</v>
+      </c>
+      <c r="J391" t="s">
+        <v>161</v>
+      </c>
+      <c r="K391">
+        <v>1</v>
+      </c>
+      <c r="L391" t="s">
+        <v>24</v>
+      </c>
+      <c r="M391">
+        <v>98.63</v>
+      </c>
+      <c r="N391" t="s">
+        <v>24</v>
+      </c>
+      <c r="O391" t="s">
+        <v>24</v>
+      </c>
+      <c r="P391" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q391" t="s">
+        <v>24</v>
+      </c>
+      <c r="R391" t="s">
+        <v>24</v>
+      </c>
+      <c r="S391">
+        <v>98.63</v>
+      </c>
+    </row>
+    <row r="392" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A392">
+        <v>391</v>
+      </c>
+      <c r="B392" t="s">
+        <v>112</v>
+      </c>
+      <c r="C392" t="s">
+        <v>646</v>
+      </c>
+      <c r="E392" t="s">
+        <v>34</v>
+      </c>
+      <c r="F392" t="s">
+        <v>31</v>
+      </c>
+      <c r="G392" t="s">
+        <v>23</v>
+      </c>
+      <c r="H392">
+        <v>47</v>
+      </c>
+      <c r="I392" t="b">
+        <v>0</v>
+      </c>
+      <c r="J392" t="s">
+        <v>161</v>
+      </c>
+      <c r="K392">
+        <v>1</v>
+      </c>
+      <c r="L392" t="s">
+        <v>24</v>
+      </c>
+      <c r="M392">
+        <v>98.63</v>
+      </c>
+      <c r="N392" t="s">
+        <v>24</v>
+      </c>
+      <c r="O392" t="s">
+        <v>24</v>
+      </c>
+      <c r="P392" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q392" t="s">
+        <v>24</v>
+      </c>
+      <c r="R392" t="s">
+        <v>24</v>
+      </c>
+      <c r="S392">
+        <v>98.63</v>
+      </c>
+    </row>
+    <row r="393" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A393">
+        <v>392</v>
+      </c>
+      <c r="B393" t="s">
+        <v>647</v>
+      </c>
+      <c r="C393" t="s">
+        <v>209</v>
+      </c>
+      <c r="E393" t="s">
+        <v>24</v>
+      </c>
+      <c r="F393" t="s">
+        <v>22</v>
+      </c>
+      <c r="G393" t="s">
+        <v>23</v>
+      </c>
+      <c r="H393">
+        <v>62</v>
+      </c>
+      <c r="I393" t="b">
+        <v>0</v>
+      </c>
+      <c r="J393" t="s">
+        <v>161</v>
+      </c>
+      <c r="K393">
+        <v>1</v>
+      </c>
+      <c r="L393" t="s">
+        <v>24</v>
+      </c>
+      <c r="M393" t="s">
+        <v>24</v>
+      </c>
+      <c r="N393" t="s">
+        <v>24</v>
+      </c>
+      <c r="O393" t="s">
+        <v>24</v>
+      </c>
+      <c r="P393">
+        <v>98.6</v>
+      </c>
+      <c r="Q393" t="s">
+        <v>24</v>
+      </c>
+      <c r="R393" t="s">
+        <v>24</v>
+      </c>
+      <c r="S393">
+        <v>98.6</v>
+      </c>
+    </row>
+    <row r="394" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A394">
+        <v>393</v>
+      </c>
+      <c r="B394" t="s">
+        <v>648</v>
+      </c>
+      <c r="C394" t="s">
+        <v>649</v>
+      </c>
+      <c r="E394" t="s">
+        <v>377</v>
+      </c>
+      <c r="F394" t="s">
+        <v>41</v>
+      </c>
+      <c r="G394" t="s">
+        <v>38</v>
+      </c>
+      <c r="H394">
+        <v>33</v>
+      </c>
+      <c r="I394" t="b">
+        <v>0</v>
+      </c>
+      <c r="J394" t="s">
+        <v>161</v>
+      </c>
+      <c r="K394">
+        <v>1</v>
+      </c>
+      <c r="L394" t="s">
+        <v>24</v>
+      </c>
+      <c r="M394" t="s">
+        <v>24</v>
+      </c>
+      <c r="N394" t="s">
+        <v>24</v>
+      </c>
+      <c r="O394" t="s">
+        <v>24</v>
+      </c>
+      <c r="P394" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q394" t="s">
+        <v>24</v>
+      </c>
+      <c r="R394">
+        <v>98.58</v>
+      </c>
+      <c r="S394">
+        <v>98.58</v>
+      </c>
+    </row>
+    <row r="395" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A395">
+        <v>394</v>
+      </c>
+      <c r="B395" t="s">
+        <v>322</v>
+      </c>
+      <c r="C395" t="s">
+        <v>49</v>
+      </c>
+      <c r="E395" t="s">
+        <v>650</v>
+      </c>
+      <c r="F395" t="s">
+        <v>22</v>
+      </c>
+      <c r="G395" t="s">
+        <v>23</v>
+      </c>
+      <c r="H395">
+        <v>63</v>
+      </c>
+      <c r="I395" t="b">
+        <v>0</v>
+      </c>
+      <c r="J395" t="s">
+        <v>161</v>
+      </c>
+      <c r="K395">
+        <v>1</v>
+      </c>
+      <c r="L395">
+        <v>98.49</v>
+      </c>
+      <c r="M395" t="s">
+        <v>24</v>
+      </c>
+      <c r="N395" t="s">
+        <v>24</v>
+      </c>
+      <c r="O395" t="s">
+        <v>24</v>
+      </c>
+      <c r="P395" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q395" t="s">
+        <v>24</v>
+      </c>
+      <c r="R395" t="s">
+        <v>24</v>
+      </c>
+      <c r="S395">
+        <v>98.49</v>
+      </c>
+    </row>
+    <row r="396" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A396">
+        <v>395</v>
+      </c>
+      <c r="B396" t="s">
+        <v>651</v>
+      </c>
+      <c r="C396" t="s">
+        <v>652</v>
+      </c>
+      <c r="E396" t="s">
+        <v>653</v>
+      </c>
+      <c r="F396" t="s">
+        <v>41</v>
+      </c>
+      <c r="G396" t="s">
+        <v>38</v>
+      </c>
+      <c r="H396">
+        <v>34</v>
+      </c>
+      <c r="I396" t="b">
+        <v>0</v>
+      </c>
+      <c r="J396" t="s">
+        <v>161</v>
+      </c>
+      <c r="K396">
+        <v>1</v>
+      </c>
+      <c r="L396" t="s">
+        <v>24</v>
+      </c>
+      <c r="M396" t="s">
+        <v>24</v>
+      </c>
+      <c r="N396" t="s">
+        <v>24</v>
+      </c>
+      <c r="O396" t="s">
+        <v>24</v>
+      </c>
+      <c r="P396" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q396" t="s">
+        <v>24</v>
+      </c>
+      <c r="R396">
+        <v>98.44</v>
+      </c>
+      <c r="S396">
+        <v>98.44</v>
+      </c>
+    </row>
+    <row r="397" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A397">
+        <v>396</v>
+      </c>
+      <c r="B397" t="s">
+        <v>654</v>
+      </c>
+      <c r="C397" t="s">
+        <v>242</v>
+      </c>
+      <c r="E397" t="s">
+        <v>655</v>
+      </c>
+      <c r="F397" t="s">
+        <v>31</v>
+      </c>
+      <c r="G397" t="s">
+        <v>23</v>
+      </c>
+      <c r="H397">
+        <v>48</v>
+      </c>
+      <c r="I397" t="b">
+        <v>0</v>
+      </c>
+      <c r="J397" t="s">
+        <v>161</v>
+      </c>
+      <c r="K397">
+        <v>1</v>
+      </c>
+      <c r="L397" t="s">
+        <v>24</v>
+      </c>
+      <c r="M397" t="s">
+        <v>24</v>
+      </c>
+      <c r="N397" t="s">
+        <v>24</v>
+      </c>
+      <c r="O397">
+        <v>98.38</v>
+      </c>
+      <c r="P397" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q397" t="s">
+        <v>24</v>
+      </c>
+      <c r="R397" t="s">
+        <v>24</v>
+      </c>
+      <c r="S397">
+        <v>98.38</v>
+      </c>
+    </row>
+    <row r="398" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A398">
+        <v>397</v>
+      </c>
+      <c r="B398" t="s">
+        <v>116</v>
+      </c>
+      <c r="C398" t="s">
+        <v>375</v>
+      </c>
+      <c r="E398" t="s">
+        <v>414</v>
+      </c>
+      <c r="F398" t="s">
+        <v>22</v>
+      </c>
+      <c r="G398" t="s">
+        <v>23</v>
+      </c>
+      <c r="H398">
+        <v>64</v>
+      </c>
+      <c r="I398" t="b">
+        <v>0</v>
+      </c>
+      <c r="J398" t="s">
+        <v>161</v>
+      </c>
+      <c r="K398">
+        <v>1</v>
+      </c>
+      <c r="L398" t="s">
+        <v>24</v>
+      </c>
+      <c r="M398" t="s">
+        <v>24</v>
+      </c>
+      <c r="N398">
+        <v>98.22</v>
+      </c>
+      <c r="O398" t="s">
+        <v>24</v>
+      </c>
+      <c r="P398" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q398" t="s">
+        <v>24</v>
+      </c>
+      <c r="R398" t="s">
+        <v>24</v>
+      </c>
+      <c r="S398">
+        <v>98.22</v>
+      </c>
+    </row>
+    <row r="399" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A399">
+        <v>398</v>
+      </c>
+      <c r="B399" t="s">
+        <v>656</v>
+      </c>
+      <c r="C399" t="s">
+        <v>657</v>
+      </c>
+      <c r="E399" t="s">
+        <v>24</v>
+      </c>
+      <c r="F399" t="s">
+        <v>41</v>
+      </c>
+      <c r="G399" t="s">
+        <v>38</v>
+      </c>
+      <c r="H399">
+        <v>35</v>
+      </c>
+      <c r="I399" t="b">
+        <v>0</v>
+      </c>
+      <c r="J399" t="s">
+        <v>161</v>
+      </c>
+      <c r="K399">
+        <v>1</v>
+      </c>
+      <c r="L399" t="s">
+        <v>24</v>
+      </c>
+      <c r="M399" t="s">
+        <v>24</v>
+      </c>
+      <c r="N399" t="s">
+        <v>24</v>
+      </c>
+      <c r="O399" t="s">
+        <v>24</v>
+      </c>
+      <c r="P399" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q399" t="s">
+        <v>24</v>
+      </c>
+      <c r="R399">
+        <v>98.09</v>
+      </c>
+      <c r="S399">
+        <v>98.09</v>
+      </c>
+    </row>
+    <row r="400" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A400">
+        <v>399</v>
+      </c>
+      <c r="B400" t="s">
+        <v>154</v>
+      </c>
+      <c r="C400" t="s">
+        <v>657</v>
+      </c>
+      <c r="E400" t="s">
+        <v>24</v>
+      </c>
+      <c r="F400" t="s">
+        <v>41</v>
+      </c>
+      <c r="G400" t="s">
+        <v>23</v>
+      </c>
+      <c r="H400">
+        <v>160</v>
+      </c>
+      <c r="I400" t="b">
+        <v>0</v>
+      </c>
+      <c r="J400" t="s">
+        <v>161</v>
+      </c>
+      <c r="K400">
+        <v>1</v>
+      </c>
+      <c r="L400" t="s">
+        <v>24</v>
+      </c>
+      <c r="M400" t="s">
+        <v>24</v>
+      </c>
+      <c r="N400" t="s">
+        <v>24</v>
+      </c>
+      <c r="O400" t="s">
+        <v>24</v>
+      </c>
+      <c r="P400" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q400" t="s">
+        <v>24</v>
+      </c>
+      <c r="R400">
+        <v>98.07</v>
+      </c>
+      <c r="S400">
+        <v>98.07</v>
+      </c>
+    </row>
+    <row r="401" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A401">
+        <v>400</v>
+      </c>
+      <c r="B401" t="s">
+        <v>622</v>
+      </c>
+      <c r="C401" t="s">
+        <v>658</v>
+      </c>
+      <c r="E401" t="s">
+        <v>650</v>
+      </c>
+      <c r="F401" t="s">
+        <v>31</v>
+      </c>
+      <c r="G401" t="s">
+        <v>38</v>
+      </c>
+      <c r="H401">
+        <v>10</v>
+      </c>
+      <c r="I401" t="b">
+        <v>0</v>
+      </c>
+      <c r="J401" t="s">
+        <v>161</v>
+      </c>
+      <c r="K401">
+        <v>1</v>
+      </c>
+      <c r="L401">
+        <v>98</v>
+      </c>
+      <c r="M401" t="s">
+        <v>24</v>
+      </c>
+      <c r="N401" t="s">
+        <v>24</v>
+      </c>
+      <c r="O401" t="s">
+        <v>24</v>
+      </c>
+      <c r="P401" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q401" t="s">
+        <v>24</v>
+      </c>
+      <c r="R401" t="s">
+        <v>24</v>
+      </c>
+      <c r="S401">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="402" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A402">
+        <v>401</v>
+      </c>
+      <c r="B402" t="s">
+        <v>459</v>
+      </c>
+      <c r="C402" t="s">
+        <v>659</v>
+      </c>
+      <c r="E402" t="s">
+        <v>471</v>
+      </c>
+      <c r="F402" t="s">
+        <v>41</v>
+      </c>
+      <c r="G402" t="s">
+        <v>23</v>
+      </c>
+      <c r="H402">
+        <v>161</v>
+      </c>
+      <c r="I402" t="b">
+        <v>0</v>
+      </c>
+      <c r="J402" t="s">
+        <v>161</v>
+      </c>
+      <c r="K402">
+        <v>1</v>
+      </c>
+      <c r="L402" t="s">
+        <v>24</v>
+      </c>
+      <c r="M402" t="s">
+        <v>24</v>
+      </c>
+      <c r="N402" t="s">
+        <v>24</v>
+      </c>
+      <c r="O402" t="s">
+        <v>24</v>
+      </c>
+      <c r="P402" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q402" t="s">
+        <v>24</v>
+      </c>
+      <c r="R402">
+        <v>97.56</v>
+      </c>
+      <c r="S402">
+        <v>97.56</v>
+      </c>
+    </row>
+    <row r="403" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A403">
+        <v>402</v>
+      </c>
+      <c r="B403" t="s">
+        <v>660</v>
+      </c>
+      <c r="C403" t="s">
+        <v>661</v>
+      </c>
+      <c r="E403" t="s">
+        <v>34</v>
+      </c>
+      <c r="F403" t="s">
+        <v>41</v>
+      </c>
+      <c r="G403" t="s">
+        <v>38</v>
+      </c>
+      <c r="H403">
+        <v>36</v>
+      </c>
+      <c r="I403" t="b">
+        <v>0</v>
+      </c>
+      <c r="J403" t="s">
+        <v>161</v>
+      </c>
+      <c r="K403">
+        <v>1</v>
+      </c>
+      <c r="L403" t="s">
+        <v>24</v>
+      </c>
+      <c r="M403">
+        <v>97.43</v>
+      </c>
+      <c r="N403" t="s">
+        <v>24</v>
+      </c>
+      <c r="O403" t="s">
+        <v>24</v>
+      </c>
+      <c r="P403" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q403" t="s">
+        <v>24</v>
+      </c>
+      <c r="R403" t="s">
+        <v>24</v>
+      </c>
+      <c r="S403">
+        <v>97.43</v>
+      </c>
+    </row>
+    <row r="404" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A404">
+        <v>403</v>
+      </c>
+      <c r="B404" t="s">
+        <v>78</v>
+      </c>
+      <c r="C404" t="s">
+        <v>552</v>
+      </c>
+      <c r="E404" t="s">
+        <v>24</v>
+      </c>
+      <c r="F404" t="s">
+        <v>41</v>
+      </c>
+      <c r="G404" t="s">
+        <v>23</v>
+      </c>
+      <c r="H404">
+        <v>162</v>
+      </c>
+      <c r="I404" t="b">
+        <v>0</v>
+      </c>
+      <c r="J404" t="s">
+        <v>161</v>
+      </c>
+      <c r="K404">
+        <v>1</v>
+      </c>
+      <c r="L404" t="s">
+        <v>24</v>
+      </c>
+      <c r="M404" t="s">
+        <v>24</v>
+      </c>
+      <c r="N404">
+        <v>97.08</v>
+      </c>
+      <c r="O404" t="s">
+        <v>24</v>
+      </c>
+      <c r="P404" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q404" t="s">
+        <v>24</v>
+      </c>
+      <c r="R404" t="s">
+        <v>24</v>
+      </c>
+      <c r="S404">
+        <v>97.08</v>
+      </c>
+    </row>
+    <row r="405" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A405">
+        <v>404</v>
+      </c>
+      <c r="B405" t="s">
+        <v>77</v>
+      </c>
+      <c r="C405" t="s">
+        <v>57</v>
+      </c>
+      <c r="E405" t="s">
+        <v>34</v>
+      </c>
+      <c r="F405" t="s">
+        <v>84</v>
+      </c>
+      <c r="G405" t="s">
+        <v>23</v>
+      </c>
+      <c r="H405">
+        <v>15</v>
+      </c>
+      <c r="I405" t="b">
+        <v>0</v>
+      </c>
+      <c r="J405" t="s">
+        <v>161</v>
+      </c>
+      <c r="K405">
+        <v>1</v>
+      </c>
+      <c r="L405" t="s">
+        <v>24</v>
+      </c>
+      <c r="M405" t="s">
+        <v>24</v>
+      </c>
+      <c r="N405" t="s">
+        <v>24</v>
+      </c>
+      <c r="O405">
+        <v>96.96</v>
+      </c>
+      <c r="P405" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q405" t="s">
+        <v>24</v>
+      </c>
+      <c r="R405" t="s">
+        <v>24</v>
+      </c>
+      <c r="S405">
+        <v>96.96</v>
+      </c>
+    </row>
+    <row r="406" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A406">
+        <v>405</v>
+      </c>
+      <c r="B406" t="s">
+        <v>254</v>
+      </c>
+      <c r="C406" t="s">
+        <v>49</v>
+      </c>
+      <c r="E406" t="s">
+        <v>64</v>
+      </c>
+      <c r="F406" t="s">
+        <v>41</v>
+      </c>
+      <c r="G406" t="s">
+        <v>23</v>
+      </c>
+      <c r="H406">
+        <v>163</v>
+      </c>
+      <c r="I406" t="b">
+        <v>0</v>
+      </c>
+      <c r="J406" t="s">
+        <v>161</v>
+      </c>
+      <c r="K406">
+        <v>1</v>
+      </c>
+      <c r="L406" t="s">
+        <v>24</v>
+      </c>
+      <c r="M406" t="s">
+        <v>24</v>
+      </c>
+      <c r="N406" t="s">
+        <v>24</v>
+      </c>
+      <c r="O406" t="s">
+        <v>24</v>
+      </c>
+      <c r="P406" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q406" t="s">
+        <v>24</v>
+      </c>
+      <c r="R406">
+        <v>96.92</v>
+      </c>
+      <c r="S406">
+        <v>96.92</v>
+      </c>
+    </row>
+    <row r="407" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A407">
+        <v>406</v>
+      </c>
+      <c r="B407" t="s">
+        <v>148</v>
+      </c>
+      <c r="C407" t="s">
+        <v>26</v>
+      </c>
+      <c r="E407" t="s">
+        <v>24</v>
+      </c>
+      <c r="F407" t="s">
+        <v>41</v>
+      </c>
+      <c r="G407" t="s">
+        <v>23</v>
+      </c>
+      <c r="H407">
+        <v>164</v>
+      </c>
+      <c r="I407" t="b">
+        <v>0</v>
+      </c>
+      <c r="J407" t="s">
+        <v>161</v>
+      </c>
+      <c r="K407">
+        <v>1</v>
+      </c>
+      <c r="L407" t="s">
+        <v>24</v>
+      </c>
+      <c r="M407" t="s">
+        <v>24</v>
+      </c>
+      <c r="N407" t="s">
+        <v>24</v>
+      </c>
+      <c r="O407" t="s">
+        <v>24</v>
+      </c>
+      <c r="P407" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q407" t="s">
+        <v>24</v>
+      </c>
+      <c r="R407">
+        <v>96.87</v>
+      </c>
+      <c r="S407">
+        <v>96.87</v>
+      </c>
+    </row>
+    <row r="408" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A408">
+        <v>407</v>
+      </c>
+      <c r="B408" t="s">
+        <v>662</v>
+      </c>
+      <c r="C408" t="s">
+        <v>663</v>
+      </c>
+      <c r="E408" t="s">
+        <v>30</v>
+      </c>
+      <c r="F408" t="s">
+        <v>22</v>
+      </c>
+      <c r="G408" t="s">
+        <v>23</v>
+      </c>
+      <c r="H408">
+        <v>65</v>
+      </c>
+      <c r="I408" t="b">
+        <v>0</v>
+      </c>
+      <c r="J408" t="s">
+        <v>161</v>
+      </c>
+      <c r="K408">
+        <v>1</v>
+      </c>
+      <c r="L408" t="s">
+        <v>24</v>
+      </c>
+      <c r="M408" t="s">
+        <v>24</v>
+      </c>
+      <c r="N408">
+        <v>96.85</v>
+      </c>
+      <c r="O408" t="s">
+        <v>24</v>
+      </c>
+      <c r="P408" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q408" t="s">
+        <v>24</v>
+      </c>
+      <c r="R408" t="s">
+        <v>24</v>
+      </c>
+      <c r="S408">
+        <v>96.85</v>
+      </c>
+    </row>
+    <row r="409" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A409">
+        <v>408</v>
+      </c>
+      <c r="B409" t="s">
+        <v>664</v>
+      </c>
+      <c r="C409" t="s">
+        <v>200</v>
+      </c>
+      <c r="E409" t="s">
+        <v>24</v>
+      </c>
+      <c r="F409" t="s">
+        <v>84</v>
+      </c>
+      <c r="G409" t="s">
+        <v>38</v>
+      </c>
+      <c r="H409">
+        <v>7</v>
+      </c>
+      <c r="I409" t="b">
+        <v>0</v>
+      </c>
+      <c r="J409" t="s">
+        <v>161</v>
+      </c>
+      <c r="K409">
+        <v>1</v>
+      </c>
+      <c r="L409" t="s">
+        <v>24</v>
+      </c>
+      <c r="M409" t="s">
+        <v>24</v>
+      </c>
+      <c r="N409" t="s">
+        <v>24</v>
+      </c>
+      <c r="O409" t="s">
+        <v>24</v>
+      </c>
+      <c r="P409" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q409">
+        <v>96.73</v>
+      </c>
+      <c r="R409" t="s">
+        <v>24</v>
+      </c>
+      <c r="S409">
+        <v>96.73</v>
+      </c>
+    </row>
+    <row r="410" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A410">
+        <v>409</v>
+      </c>
+      <c r="B410" t="s">
+        <v>78</v>
+      </c>
+      <c r="C410" t="s">
+        <v>665</v>
+      </c>
+      <c r="E410" t="s">
+        <v>24</v>
+      </c>
+      <c r="F410" t="s">
+        <v>65</v>
+      </c>
+      <c r="G410" t="s">
+        <v>23</v>
+      </c>
+      <c r="H410">
+        <v>23</v>
+      </c>
+      <c r="I410" t="b">
+        <v>0</v>
+      </c>
+      <c r="J410" t="s">
+        <v>161</v>
+      </c>
+      <c r="K410">
+        <v>1</v>
+      </c>
+      <c r="L410" t="s">
+        <v>24</v>
+      </c>
+      <c r="M410" t="s">
+        <v>24</v>
+      </c>
+      <c r="N410" t="s">
+        <v>24</v>
+      </c>
+      <c r="O410" t="s">
+        <v>24</v>
+      </c>
+      <c r="P410" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q410">
+        <v>96.7</v>
+      </c>
+      <c r="R410" t="s">
+        <v>24</v>
+      </c>
+      <c r="S410">
+        <v>96.7</v>
+      </c>
+    </row>
+    <row r="411" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A411">
+        <v>410</v>
+      </c>
+      <c r="B411" t="s">
+        <v>666</v>
+      </c>
+      <c r="C411" t="s">
+        <v>26</v>
+      </c>
+      <c r="D411">
+        <v>1092</v>
+      </c>
+      <c r="E411" t="s">
+        <v>34</v>
+      </c>
+      <c r="F411" t="s">
+        <v>22</v>
+      </c>
+      <c r="G411" t="s">
+        <v>38</v>
+      </c>
+      <c r="H411">
+        <v>25</v>
+      </c>
+      <c r="I411" t="b">
+        <v>0</v>
+      </c>
+      <c r="J411" t="s">
+        <v>164</v>
+      </c>
+      <c r="K411">
+        <v>1</v>
+      </c>
+      <c r="L411" t="s">
+        <v>24</v>
+      </c>
+      <c r="M411" t="s">
+        <v>24</v>
+      </c>
+      <c r="N411" t="s">
+        <v>24</v>
+      </c>
+      <c r="O411" t="s">
+        <v>24</v>
+      </c>
+      <c r="P411">
+        <v>96.37</v>
+      </c>
+      <c r="Q411" t="s">
+        <v>24</v>
+      </c>
+      <c r="R411" t="s">
+        <v>24</v>
+      </c>
+      <c r="S411">
+        <v>96.37</v>
+      </c>
+    </row>
+    <row r="412" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A412">
+        <v>411</v>
+      </c>
+      <c r="B412" t="s">
+        <v>406</v>
+      </c>
+      <c r="C412" t="s">
+        <v>90</v>
+      </c>
+      <c r="E412" t="s">
+        <v>24</v>
+      </c>
+      <c r="F412" t="s">
+        <v>31</v>
+      </c>
+      <c r="G412" t="s">
+        <v>23</v>
+      </c>
+      <c r="H412">
+        <v>49</v>
+      </c>
+      <c r="I412" t="b">
+        <v>0</v>
+      </c>
+      <c r="J412" t="s">
+        <v>161</v>
+      </c>
+      <c r="K412">
+        <v>1</v>
+      </c>
+      <c r="L412" t="s">
+        <v>24</v>
+      </c>
+      <c r="M412" t="s">
+        <v>24</v>
+      </c>
+      <c r="N412" t="s">
+        <v>24</v>
+      </c>
+      <c r="O412" t="s">
+        <v>24</v>
+      </c>
+      <c r="P412">
+        <v>96.32</v>
+      </c>
+      <c r="Q412" t="s">
+        <v>24</v>
+      </c>
+      <c r="R412" t="s">
+        <v>24</v>
+      </c>
+      <c r="S412">
+        <v>96.32</v>
+      </c>
+    </row>
+    <row r="413" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A413">
+        <v>412</v>
+      </c>
+      <c r="B413" t="s">
+        <v>667</v>
+      </c>
+      <c r="C413" t="s">
+        <v>117</v>
+      </c>
+      <c r="E413" t="s">
+        <v>668</v>
+      </c>
+      <c r="F413" t="s">
+        <v>41</v>
+      </c>
+      <c r="G413" t="s">
+        <v>23</v>
+      </c>
+      <c r="H413">
+        <v>165</v>
+      </c>
+      <c r="I413" t="b">
+        <v>0</v>
+      </c>
+      <c r="J413" t="s">
+        <v>161</v>
+      </c>
+      <c r="K413">
+        <v>1</v>
+      </c>
+      <c r="L413" t="s">
+        <v>24</v>
+      </c>
+      <c r="M413" t="s">
+        <v>24</v>
+      </c>
+      <c r="N413" t="s">
+        <v>24</v>
+      </c>
+      <c r="O413" t="s">
+        <v>24</v>
+      </c>
+      <c r="P413" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q413" t="s">
+        <v>24</v>
+      </c>
+      <c r="R413">
+        <v>96.28</v>
+      </c>
+      <c r="S413">
+        <v>96.28</v>
+      </c>
+    </row>
+    <row r="414" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A414">
+        <v>413</v>
+      </c>
+      <c r="B414" t="s">
+        <v>45</v>
+      </c>
+      <c r="C414" t="s">
+        <v>474</v>
+      </c>
+      <c r="D414">
+        <v>1803</v>
+      </c>
+      <c r="E414" t="s">
+        <v>442</v>
+      </c>
+      <c r="F414" t="s">
+        <v>22</v>
+      </c>
+      <c r="G414" t="s">
+        <v>23</v>
+      </c>
+      <c r="H414">
+        <v>66</v>
+      </c>
+      <c r="I414" t="b">
+        <v>0</v>
+      </c>
+      <c r="J414" t="s">
+        <v>164</v>
+      </c>
+      <c r="K414">
+        <v>1</v>
+      </c>
+      <c r="L414" t="s">
+        <v>24</v>
+      </c>
+      <c r="M414" t="s">
+        <v>24</v>
+      </c>
+      <c r="N414" t="s">
+        <v>24</v>
+      </c>
+      <c r="O414" t="s">
+        <v>24</v>
+      </c>
+      <c r="P414">
+        <v>96.24</v>
+      </c>
+      <c r="Q414" t="s">
+        <v>24</v>
+      </c>
+      <c r="R414" t="s">
+        <v>24</v>
+      </c>
+      <c r="S414">
+        <v>96.24</v>
+      </c>
+    </row>
+    <row r="415" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A415">
+        <v>414</v>
+      </c>
+      <c r="B415" t="s">
+        <v>452</v>
+      </c>
+      <c r="C415" t="s">
+        <v>222</v>
+      </c>
+      <c r="E415" t="s">
+        <v>44</v>
+      </c>
+      <c r="F415" t="s">
+        <v>41</v>
+      </c>
+      <c r="G415" t="s">
+        <v>38</v>
+      </c>
+      <c r="H415">
+        <v>37</v>
+      </c>
+      <c r="I415" t="b">
+        <v>0</v>
+      </c>
+      <c r="J415" t="s">
+        <v>161</v>
+      </c>
+      <c r="K415">
+        <v>1</v>
+      </c>
+      <c r="L415" t="s">
+        <v>24</v>
+      </c>
+      <c r="M415" t="s">
+        <v>24</v>
+      </c>
+      <c r="N415">
+        <v>96.15</v>
+      </c>
+      <c r="O415" t="s">
+        <v>24</v>
+      </c>
+      <c r="P415" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q415" t="s">
+        <v>24</v>
+      </c>
+      <c r="R415" t="s">
+        <v>24</v>
+      </c>
+      <c r="S415">
+        <v>96.15</v>
+      </c>
+    </row>
+    <row r="416" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A416">
+        <v>415</v>
+      </c>
+      <c r="B416" t="s">
+        <v>552</v>
+      </c>
+      <c r="C416" t="s">
+        <v>669</v>
+      </c>
+      <c r="E416" t="s">
+        <v>24</v>
+      </c>
+      <c r="F416" t="s">
+        <v>41</v>
+      </c>
+      <c r="G416" t="s">
+        <v>23</v>
+      </c>
+      <c r="H416">
+        <v>166</v>
+      </c>
+      <c r="I416" t="b">
+        <v>0</v>
+      </c>
+      <c r="J416" t="s">
+        <v>161</v>
+      </c>
+      <c r="K416">
+        <v>1</v>
+      </c>
+      <c r="L416" t="s">
+        <v>24</v>
+      </c>
+      <c r="M416" t="s">
+        <v>24</v>
+      </c>
+      <c r="N416" t="s">
+        <v>24</v>
+      </c>
+      <c r="O416" t="s">
+        <v>24</v>
+      </c>
+      <c r="P416" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q416" t="s">
+        <v>24</v>
+      </c>
+      <c r="R416">
+        <v>96.03</v>
+      </c>
+      <c r="S416">
+        <v>96.03</v>
+      </c>
+    </row>
+    <row r="417" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A417">
+        <v>416</v>
+      </c>
+      <c r="B417" t="s">
+        <v>247</v>
+      </c>
+      <c r="C417" t="s">
+        <v>20</v>
+      </c>
+      <c r="E417" t="s">
+        <v>24</v>
+      </c>
+      <c r="F417" t="s">
+        <v>65</v>
+      </c>
+      <c r="G417" t="s">
+        <v>23</v>
+      </c>
+      <c r="H417">
+        <v>24</v>
+      </c>
+      <c r="I417" t="b">
+        <v>0</v>
+      </c>
+      <c r="J417" t="s">
+        <v>161</v>
+      </c>
+      <c r="K417">
+        <v>1</v>
+      </c>
+      <c r="L417" t="s">
+        <v>24</v>
+      </c>
+      <c r="M417" t="s">
+        <v>24</v>
+      </c>
+      <c r="N417" t="s">
+        <v>24</v>
+      </c>
+      <c r="O417">
+        <v>95.96</v>
+      </c>
+      <c r="P417" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q417" t="s">
+        <v>24</v>
+      </c>
+      <c r="R417" t="s">
+        <v>24</v>
+      </c>
+      <c r="S417">
+        <v>95.96</v>
+      </c>
+    </row>
+    <row r="418" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A418">
+        <v>417</v>
+      </c>
+      <c r="B418" t="s">
+        <v>281</v>
+      </c>
+      <c r="C418" t="s">
+        <v>670</v>
+      </c>
+      <c r="E418" t="s">
+        <v>24</v>
+      </c>
+      <c r="F418" t="s">
+        <v>41</v>
+      </c>
+      <c r="G418" t="s">
+        <v>38</v>
+      </c>
+      <c r="H418">
+        <v>38</v>
+      </c>
+      <c r="I418" t="b">
+        <v>0</v>
+      </c>
+      <c r="J418" t="s">
+        <v>161</v>
+      </c>
+      <c r="K418">
+        <v>1</v>
+      </c>
+      <c r="L418" t="s">
+        <v>24</v>
+      </c>
+      <c r="M418" t="s">
+        <v>24</v>
+      </c>
+      <c r="N418" t="s">
+        <v>24</v>
+      </c>
+      <c r="O418" t="s">
+        <v>24</v>
+      </c>
+      <c r="P418" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q418" t="s">
+        <v>24</v>
+      </c>
+      <c r="R418">
+        <v>95.68</v>
+      </c>
+      <c r="S418">
+        <v>95.68</v>
+      </c>
+    </row>
+    <row r="419" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A419">
+        <v>418</v>
+      </c>
+      <c r="B419" t="s">
+        <v>165</v>
+      </c>
+      <c r="C419" t="s">
+        <v>671</v>
+      </c>
+      <c r="E419" t="s">
+        <v>34</v>
+      </c>
+      <c r="F419" t="s">
+        <v>41</v>
+      </c>
+      <c r="G419" t="s">
+        <v>23</v>
+      </c>
+      <c r="H419">
+        <v>167</v>
+      </c>
+      <c r="I419" t="b">
+        <v>0</v>
+      </c>
+      <c r="J419" t="s">
+        <v>161</v>
+      </c>
+      <c r="K419">
+        <v>1</v>
+      </c>
+      <c r="L419" t="s">
+        <v>24</v>
+      </c>
+      <c r="M419" t="s">
+        <v>24</v>
+      </c>
+      <c r="N419">
+        <v>95.61</v>
+      </c>
+      <c r="O419" t="s">
+        <v>24</v>
+      </c>
+      <c r="P419" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q419" t="s">
+        <v>24</v>
+      </c>
+      <c r="R419" t="s">
+        <v>24</v>
+      </c>
+      <c r="S419">
+        <v>95.61</v>
+      </c>
+    </row>
+    <row r="420" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A420">
+        <v>419</v>
+      </c>
+      <c r="B420" t="s">
+        <v>144</v>
+      </c>
+      <c r="C420" t="s">
+        <v>282</v>
+      </c>
+      <c r="E420" t="s">
+        <v>34</v>
+      </c>
+      <c r="F420" t="s">
+        <v>31</v>
+      </c>
+      <c r="G420" t="s">
+        <v>23</v>
+      </c>
+      <c r="H420">
+        <v>50</v>
+      </c>
+      <c r="I420" t="b">
+        <v>0</v>
+      </c>
+      <c r="J420" t="s">
+        <v>161</v>
+      </c>
+      <c r="K420">
+        <v>1</v>
+      </c>
+      <c r="L420" t="s">
+        <v>24</v>
+      </c>
+      <c r="M420" t="s">
+        <v>24</v>
+      </c>
+      <c r="N420" t="s">
+        <v>24</v>
+      </c>
+      <c r="O420">
+        <v>95.58</v>
+      </c>
+      <c r="P420" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q420" t="s">
+        <v>24</v>
+      </c>
+      <c r="R420" t="s">
+        <v>24</v>
+      </c>
+      <c r="S420">
+        <v>95.58</v>
+      </c>
+    </row>
+    <row r="421" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A421">
+        <v>420</v>
+      </c>
+      <c r="B421" t="s">
+        <v>62</v>
+      </c>
+      <c r="C421" t="s">
+        <v>672</v>
+      </c>
+      <c r="D421">
+        <v>1514</v>
+      </c>
+      <c r="E421" t="s">
+        <v>673</v>
+      </c>
+      <c r="F421" t="s">
+        <v>31</v>
+      </c>
+      <c r="G421" t="s">
+        <v>23</v>
+      </c>
+      <c r="H421">
+        <v>51</v>
+      </c>
+      <c r="I421" t="b">
+        <v>0</v>
+      </c>
+      <c r="J421" t="s">
+        <v>161</v>
+      </c>
+      <c r="K421">
+        <v>1</v>
+      </c>
+      <c r="L421" t="s">
+        <v>24</v>
+      </c>
+      <c r="M421" t="s">
+        <v>24</v>
+      </c>
+      <c r="N421" t="s">
+        <v>24</v>
+      </c>
+      <c r="O421" t="s">
+        <v>24</v>
+      </c>
+      <c r="P421">
+        <v>95.52</v>
+      </c>
+      <c r="Q421" t="s">
+        <v>24</v>
+      </c>
+      <c r="R421" t="s">
+        <v>24</v>
+      </c>
+      <c r="S421">
+        <v>95.52</v>
+      </c>
+    </row>
+    <row r="422" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A422">
+        <v>421</v>
+      </c>
+      <c r="B422" t="s">
+        <v>674</v>
+      </c>
+      <c r="C422" t="s">
+        <v>20</v>
+      </c>
+      <c r="E422" t="s">
+        <v>24</v>
+      </c>
+      <c r="F422" t="s">
+        <v>41</v>
+      </c>
+      <c r="G422" t="s">
+        <v>38</v>
+      </c>
+      <c r="H422">
+        <v>39</v>
+      </c>
+      <c r="I422" t="b">
+        <v>0</v>
+      </c>
+      <c r="J422" t="s">
+        <v>161</v>
+      </c>
+      <c r="K422">
+        <v>1</v>
+      </c>
+      <c r="L422" t="s">
+        <v>24</v>
+      </c>
+      <c r="M422" t="s">
+        <v>24</v>
+      </c>
+      <c r="N422" t="s">
+        <v>24</v>
+      </c>
+      <c r="O422" t="s">
+        <v>24</v>
+      </c>
+      <c r="P422">
+        <v>95.49</v>
+      </c>
+      <c r="Q422" t="s">
+        <v>24</v>
+      </c>
+      <c r="R422" t="s">
+        <v>24</v>
+      </c>
+      <c r="S422">
+        <v>95.49</v>
+      </c>
+    </row>
+    <row r="423" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A423">
+        <v>422</v>
+      </c>
+      <c r="B423" t="s">
+        <v>675</v>
+      </c>
+      <c r="C423" t="s">
+        <v>676</v>
+      </c>
+      <c r="E423" t="s">
+        <v>34</v>
+      </c>
+      <c r="F423" t="s">
+        <v>41</v>
+      </c>
+      <c r="G423" t="s">
+        <v>38</v>
+      </c>
+      <c r="H423">
+        <v>40</v>
+      </c>
+      <c r="I423" t="b">
+        <v>0</v>
+      </c>
+      <c r="J423" t="s">
+        <v>161</v>
+      </c>
+      <c r="K423">
+        <v>1</v>
+      </c>
+      <c r="L423" t="s">
+        <v>24</v>
+      </c>
+      <c r="M423" t="s">
+        <v>24</v>
+      </c>
+      <c r="N423" t="s">
+        <v>24</v>
+      </c>
+      <c r="O423">
+        <v>95.43</v>
+      </c>
+      <c r="P423" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q423" t="s">
+        <v>24</v>
+      </c>
+      <c r="R423" t="s">
+        <v>24</v>
+      </c>
+      <c r="S423">
+        <v>95.43</v>
+      </c>
+    </row>
+    <row r="424" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A424">
+        <v>423</v>
+      </c>
+      <c r="B424" t="s">
+        <v>484</v>
+      </c>
+      <c r="C424" t="s">
+        <v>677</v>
+      </c>
+      <c r="E424" t="s">
+        <v>34</v>
+      </c>
+      <c r="F424" t="s">
+        <v>65</v>
+      </c>
+      <c r="G424" t="s">
+        <v>23</v>
+      </c>
+      <c r="H424">
+        <v>25</v>
+      </c>
+      <c r="I424" t="b">
+        <v>0</v>
+      </c>
+      <c r="J424" t="s">
+        <v>161</v>
+      </c>
+      <c r="K424">
+        <v>1</v>
+      </c>
+      <c r="L424" t="s">
+        <v>24</v>
+      </c>
+      <c r="M424" t="s">
+        <v>24</v>
+      </c>
+      <c r="N424" t="s">
+        <v>24</v>
+      </c>
+      <c r="O424">
+        <v>95.2</v>
+      </c>
+      <c r="P424" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q424" t="s">
+        <v>24</v>
+      </c>
+      <c r="R424" t="s">
+        <v>24</v>
+      </c>
+      <c r="S424">
+        <v>95.2</v>
+      </c>
+    </row>
+    <row r="425" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A425">
+        <v>424</v>
+      </c>
+      <c r="B425" t="s">
+        <v>678</v>
+      </c>
+      <c r="C425" t="s">
+        <v>679</v>
+      </c>
+      <c r="E425" t="s">
+        <v>24</v>
+      </c>
+      <c r="F425" t="s">
+        <v>41</v>
+      </c>
+      <c r="G425" t="s">
+        <v>38</v>
+      </c>
+      <c r="H425">
+        <v>41</v>
+      </c>
+      <c r="I425" t="b">
+        <v>0</v>
+      </c>
+      <c r="J425" t="s">
+        <v>161</v>
+      </c>
+      <c r="K425">
+        <v>1</v>
+      </c>
+      <c r="L425" t="s">
+        <v>24</v>
+      </c>
+      <c r="M425" t="s">
+        <v>24</v>
+      </c>
+      <c r="N425" t="s">
+        <v>24</v>
+      </c>
+      <c r="O425" t="s">
+        <v>24</v>
+      </c>
+      <c r="P425" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q425" t="s">
+        <v>24</v>
+      </c>
+      <c r="R425">
+        <v>95.12</v>
+      </c>
+      <c r="S425">
+        <v>95.12</v>
+      </c>
+    </row>
+    <row r="426" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A426">
+        <v>425</v>
+      </c>
+      <c r="B426" t="s">
+        <v>281</v>
+      </c>
+      <c r="C426" t="s">
+        <v>680</v>
+      </c>
+      <c r="E426" t="s">
+        <v>384</v>
+      </c>
+      <c r="F426" t="s">
+        <v>41</v>
+      </c>
+      <c r="G426" t="s">
+        <v>38</v>
+      </c>
+      <c r="H426">
+        <v>42</v>
+      </c>
+      <c r="I426" t="b">
+        <v>0</v>
+      </c>
+      <c r="J426" t="s">
+        <v>161</v>
+      </c>
+      <c r="K426">
+        <v>1</v>
+      </c>
+      <c r="L426" t="s">
+        <v>24</v>
+      </c>
+      <c r="M426" t="s">
+        <v>24</v>
+      </c>
+      <c r="N426" t="s">
+        <v>24</v>
+      </c>
+      <c r="O426" t="s">
+        <v>24</v>
+      </c>
+      <c r="P426" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q426" t="s">
+        <v>24</v>
+      </c>
+      <c r="R426">
+        <v>94.97</v>
+      </c>
+      <c r="S426">
+        <v>94.97</v>
+      </c>
+    </row>
+    <row r="427" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A427">
+        <v>426</v>
+      </c>
+      <c r="B427" t="s">
+        <v>681</v>
+      </c>
+      <c r="C427" t="s">
+        <v>682</v>
+      </c>
+      <c r="E427" t="s">
+        <v>24</v>
+      </c>
+      <c r="F427" t="s">
+        <v>41</v>
+      </c>
+      <c r="G427" t="s">
+        <v>23</v>
+      </c>
+      <c r="H427">
+        <v>168</v>
+      </c>
+      <c r="I427" t="b">
+        <v>0</v>
+      </c>
+      <c r="J427" t="s">
+        <v>161</v>
+      </c>
+      <c r="K427">
+        <v>1</v>
+      </c>
+      <c r="L427" t="s">
+        <v>24</v>
+      </c>
+      <c r="M427" t="s">
+        <v>24</v>
+      </c>
+      <c r="N427" t="s">
+        <v>24</v>
+      </c>
+      <c r="O427" t="s">
+        <v>24</v>
+      </c>
+      <c r="P427" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q427" t="s">
+        <v>24</v>
+      </c>
+      <c r="R427">
+        <v>94.76</v>
+      </c>
+      <c r="S427">
+        <v>94.76</v>
+      </c>
+    </row>
+    <row r="428" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A428">
+        <v>427</v>
+      </c>
+      <c r="B428" t="s">
+        <v>243</v>
+      </c>
+      <c r="C428" t="s">
+        <v>213</v>
+      </c>
+      <c r="E428" t="s">
+        <v>539</v>
+      </c>
+      <c r="F428" t="s">
+        <v>41</v>
+      </c>
+      <c r="G428" t="s">
+        <v>23</v>
+      </c>
+      <c r="H428">
+        <v>169</v>
+      </c>
+      <c r="I428" t="b">
+        <v>0</v>
+      </c>
+      <c r="J428" t="s">
+        <v>161</v>
+      </c>
+      <c r="K428">
+        <v>1</v>
+      </c>
+      <c r="L428" t="s">
+        <v>24</v>
+      </c>
+      <c r="M428" t="s">
+        <v>24</v>
+      </c>
+      <c r="N428" t="s">
+        <v>24</v>
+      </c>
+      <c r="O428" t="s">
+        <v>24</v>
+      </c>
+      <c r="P428" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q428" t="s">
+        <v>24</v>
+      </c>
+      <c r="R428">
+        <v>94.72</v>
+      </c>
+      <c r="S428">
+        <v>94.72</v>
+      </c>
+    </row>
+    <row r="429" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A429">
+        <v>428</v>
+      </c>
+      <c r="B429" t="s">
+        <v>683</v>
+      </c>
+      <c r="C429" t="s">
+        <v>194</v>
+      </c>
+      <c r="D429">
+        <v>2336</v>
+      </c>
+      <c r="E429" t="s">
+        <v>684</v>
+      </c>
+      <c r="F429" t="s">
+        <v>22</v>
+      </c>
+      <c r="G429" t="s">
+        <v>23</v>
+      </c>
+      <c r="H429">
+        <v>67</v>
+      </c>
+      <c r="I429" t="b">
+        <v>0</v>
+      </c>
+      <c r="J429" t="s">
+        <v>164</v>
+      </c>
+      <c r="K429">
+        <v>1</v>
+      </c>
+      <c r="L429" t="s">
+        <v>24</v>
+      </c>
+      <c r="M429" t="s">
+        <v>24</v>
+      </c>
+      <c r="N429" t="s">
+        <v>24</v>
+      </c>
+      <c r="O429" t="s">
+        <v>24</v>
+      </c>
+      <c r="P429">
+        <v>94.68</v>
+      </c>
+      <c r="Q429" t="s">
+        <v>24</v>
+      </c>
+      <c r="R429" t="s">
+        <v>24</v>
+      </c>
+      <c r="S429">
+        <v>94.68</v>
+      </c>
+    </row>
+    <row r="430" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A430">
+        <v>429</v>
+      </c>
+      <c r="B430" t="s">
+        <v>94</v>
+      </c>
+      <c r="C430" t="s">
+        <v>685</v>
+      </c>
+      <c r="E430" t="s">
+        <v>352</v>
+      </c>
+      <c r="F430" t="s">
+        <v>41</v>
+      </c>
+      <c r="G430" t="s">
+        <v>23</v>
+      </c>
+      <c r="H430">
+        <v>170</v>
+      </c>
+      <c r="I430" t="b">
+        <v>0</v>
+      </c>
+      <c r="J430" t="s">
+        <v>161</v>
+      </c>
+      <c r="K430">
+        <v>1</v>
+      </c>
+      <c r="L430" t="s">
+        <v>24</v>
+      </c>
+      <c r="M430" t="s">
+        <v>24</v>
+      </c>
+      <c r="N430" t="s">
+        <v>24</v>
+      </c>
+      <c r="O430" t="s">
+        <v>24</v>
+      </c>
+      <c r="P430" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q430" t="s">
+        <v>24</v>
+      </c>
+      <c r="R430">
+        <v>94.61</v>
+      </c>
+      <c r="S430">
+        <v>94.61</v>
+      </c>
+    </row>
+    <row r="431" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A431">
+        <v>430</v>
+      </c>
+      <c r="B431" t="s">
+        <v>686</v>
+      </c>
+      <c r="C431" t="s">
+        <v>687</v>
+      </c>
+      <c r="D431">
+        <v>2164</v>
+      </c>
+      <c r="E431" t="s">
+        <v>24</v>
+      </c>
+      <c r="F431" t="s">
+        <v>41</v>
+      </c>
+      <c r="G431" t="s">
+        <v>23</v>
+      </c>
+      <c r="H431">
+        <v>171</v>
+      </c>
+      <c r="I431" t="b">
+        <v>0</v>
+      </c>
+      <c r="J431" t="s">
+        <v>164</v>
+      </c>
+      <c r="K431">
+        <v>1</v>
+      </c>
+      <c r="L431">
+        <v>94.59</v>
+      </c>
+      <c r="M431" t="s">
+        <v>24</v>
+      </c>
+      <c r="N431" t="s">
+        <v>24</v>
+      </c>
+      <c r="O431" t="s">
+        <v>24</v>
+      </c>
+      <c r="P431" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q431" t="s">
+        <v>24</v>
+      </c>
+      <c r="R431" t="s">
+        <v>24</v>
+      </c>
+      <c r="S431">
+        <v>94.59</v>
+      </c>
+    </row>
+    <row r="432" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A432">
+        <v>431</v>
+      </c>
+      <c r="B432" t="s">
+        <v>688</v>
+      </c>
+      <c r="C432" t="s">
+        <v>689</v>
+      </c>
+      <c r="D432">
+        <v>2221</v>
+      </c>
+      <c r="E432" t="s">
+        <v>68</v>
+      </c>
+      <c r="F432" t="s">
+        <v>65</v>
+      </c>
+      <c r="G432" t="s">
+        <v>38</v>
+      </c>
+      <c r="H432">
+        <v>7</v>
+      </c>
+      <c r="I432" t="b">
+        <v>0</v>
+      </c>
+      <c r="J432" t="s">
+        <v>164</v>
+      </c>
+      <c r="K432">
+        <v>1</v>
+      </c>
+      <c r="L432" t="s">
+        <v>24</v>
+      </c>
+      <c r="M432" t="s">
+        <v>24</v>
+      </c>
+      <c r="N432" t="s">
+        <v>24</v>
+      </c>
+      <c r="O432" t="s">
+        <v>24</v>
+      </c>
+      <c r="P432" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q432" t="s">
+        <v>24</v>
+      </c>
+      <c r="R432">
+        <v>94.48</v>
+      </c>
+      <c r="S432">
+        <v>94.48</v>
+      </c>
+    </row>
+    <row r="433" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A433">
+        <v>432</v>
+      </c>
+      <c r="B433" t="s">
+        <v>138</v>
+      </c>
+      <c r="C433" t="s">
+        <v>690</v>
+      </c>
+      <c r="D433">
+        <v>174</v>
+      </c>
+      <c r="E433" t="s">
+        <v>37</v>
+      </c>
+      <c r="F433" t="s">
+        <v>31</v>
+      </c>
+      <c r="G433" t="s">
+        <v>23</v>
+      </c>
+      <c r="H433">
+        <v>52</v>
+      </c>
+      <c r="I433" t="b">
+        <v>0</v>
+      </c>
+      <c r="J433" t="s">
+        <v>164</v>
+      </c>
+      <c r="K433">
+        <v>1</v>
+      </c>
+      <c r="L433">
+        <v>94.33</v>
+      </c>
+      <c r="M433" t="s">
+        <v>24</v>
+      </c>
+      <c r="N433" t="s">
+        <v>24</v>
+      </c>
+      <c r="O433" t="s">
+        <v>24</v>
+      </c>
+      <c r="P433" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q433" t="s">
+        <v>24</v>
+      </c>
+      <c r="R433" t="s">
+        <v>24</v>
+      </c>
+      <c r="S433">
+        <v>94.33</v>
+      </c>
+    </row>
+    <row r="434" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A434">
+        <v>433</v>
+      </c>
+      <c r="B434" t="s">
+        <v>138</v>
+      </c>
+      <c r="C434" t="s">
+        <v>691</v>
+      </c>
+      <c r="E434" t="s">
+        <v>692</v>
+      </c>
+      <c r="F434" t="s">
+        <v>31</v>
+      </c>
+      <c r="G434" t="s">
+        <v>23</v>
+      </c>
+      <c r="H434">
+        <v>53</v>
+      </c>
+      <c r="I434" t="b">
+        <v>0</v>
+      </c>
+      <c r="J434" t="s">
+        <v>161</v>
+      </c>
+      <c r="K434">
+        <v>1</v>
+      </c>
+      <c r="L434" t="s">
+        <v>24</v>
+      </c>
+      <c r="M434" t="s">
+        <v>24</v>
+      </c>
+      <c r="N434" t="s">
+        <v>24</v>
+      </c>
+      <c r="O434" t="s">
+        <v>24</v>
+      </c>
+      <c r="P434">
+        <v>94.19</v>
+      </c>
+      <c r="Q434" t="s">
+        <v>24</v>
+      </c>
+      <c r="R434" t="s">
+        <v>24</v>
+      </c>
+      <c r="S434">
+        <v>94.19</v>
+      </c>
+    </row>
+    <row r="435" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A435">
+        <v>434</v>
+      </c>
+      <c r="B435" t="s">
+        <v>138</v>
+      </c>
+      <c r="C435" t="s">
+        <v>693</v>
+      </c>
+      <c r="D435">
+        <v>2410</v>
+      </c>
+      <c r="E435" t="s">
+        <v>694</v>
+      </c>
+      <c r="F435" t="s">
+        <v>65</v>
+      </c>
+      <c r="G435" t="s">
+        <v>23</v>
+      </c>
+      <c r="H435">
+        <v>26</v>
+      </c>
+      <c r="I435" t="b">
+        <v>0</v>
+      </c>
+      <c r="J435" t="s">
+        <v>164</v>
+      </c>
+      <c r="K435">
+        <v>1</v>
+      </c>
+      <c r="L435">
+        <v>93.97</v>
+      </c>
+      <c r="M435" t="s">
+        <v>24</v>
+      </c>
+      <c r="N435" t="s">
+        <v>24</v>
+      </c>
+      <c r="O435" t="s">
+        <v>24</v>
+      </c>
+      <c r="P435" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q435" t="s">
+        <v>24</v>
+      </c>
+      <c r="R435" t="s">
+        <v>24</v>
+      </c>
+      <c r="S435">
+        <v>93.97</v>
+      </c>
+    </row>
+    <row r="436" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A436">
+        <v>435</v>
+      </c>
+      <c r="B436" t="s">
+        <v>695</v>
+      </c>
+      <c r="C436" t="s">
+        <v>77</v>
+      </c>
+      <c r="E436" t="s">
+        <v>34</v>
+      </c>
+      <c r="F436" t="s">
+        <v>31</v>
+      </c>
+      <c r="G436" t="s">
+        <v>23</v>
+      </c>
+      <c r="H436">
+        <v>54</v>
+      </c>
+      <c r="I436" t="b">
+        <v>0</v>
+      </c>
+      <c r="J436" t="s">
+        <v>161</v>
+      </c>
+      <c r="K436">
+        <v>1</v>
+      </c>
+      <c r="L436" t="s">
+        <v>24</v>
+      </c>
+      <c r="M436" t="s">
+        <v>24</v>
+      </c>
+      <c r="N436" t="s">
+        <v>24</v>
+      </c>
+      <c r="O436" t="s">
+        <v>24</v>
+      </c>
+      <c r="P436">
+        <v>93.83</v>
+      </c>
+      <c r="Q436" t="s">
+        <v>24</v>
+      </c>
+      <c r="R436" t="s">
+        <v>24</v>
+      </c>
+      <c r="S436">
+        <v>93.83</v>
+      </c>
+    </row>
+    <row r="437" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A437">
+        <v>436</v>
+      </c>
+      <c r="B437" t="s">
+        <v>269</v>
+      </c>
+      <c r="C437" t="s">
+        <v>270</v>
+      </c>
+      <c r="D437">
+        <v>394</v>
+      </c>
+      <c r="E437" t="s">
+        <v>34</v>
+      </c>
+      <c r="F437" t="s">
+        <v>22</v>
+      </c>
+      <c r="G437" t="s">
+        <v>38</v>
+      </c>
+      <c r="H437">
+        <v>26</v>
+      </c>
+      <c r="I437" t="b">
+        <v>0</v>
+      </c>
+      <c r="J437" t="s">
+        <v>164</v>
+      </c>
+      <c r="K437">
+        <v>1</v>
+      </c>
+      <c r="L437">
+        <v>93.78</v>
+      </c>
+      <c r="M437" t="s">
+        <v>24</v>
+      </c>
+      <c r="N437" t="s">
+        <v>24</v>
+      </c>
+      <c r="O437" t="s">
+        <v>24</v>
+      </c>
+      <c r="P437" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q437" t="s">
+        <v>24</v>
+      </c>
+      <c r="R437" t="s">
+        <v>24</v>
+      </c>
+      <c r="S437">
+        <v>93.78</v>
+      </c>
+    </row>
+    <row r="438" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A438">
+        <v>437</v>
+      </c>
+      <c r="B438" t="s">
+        <v>696</v>
+      </c>
+      <c r="C438" t="s">
+        <v>697</v>
+      </c>
+      <c r="E438" t="s">
+        <v>698</v>
+      </c>
+      <c r="F438" t="s">
+        <v>41</v>
+      </c>
+      <c r="G438" t="s">
+        <v>23</v>
+      </c>
+      <c r="H438">
+        <v>172</v>
+      </c>
+      <c r="I438" t="b">
+        <v>0</v>
+      </c>
+      <c r="J438" t="s">
+        <v>161</v>
+      </c>
+      <c r="K438">
+        <v>1</v>
+      </c>
+      <c r="L438" t="s">
+        <v>24</v>
+      </c>
+      <c r="M438" t="s">
+        <v>24</v>
+      </c>
+      <c r="N438" t="s">
+        <v>24</v>
+      </c>
+      <c r="O438" t="s">
+        <v>24</v>
+      </c>
+      <c r="P438">
+        <v>93.69</v>
+      </c>
+      <c r="Q438" t="s">
+        <v>24</v>
+      </c>
+      <c r="R438" t="s">
+        <v>24</v>
+      </c>
+      <c r="S438">
+        <v>93.69</v>
+      </c>
+    </row>
+    <row r="439" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A439">
+        <v>438</v>
+      </c>
+      <c r="B439" t="s">
+        <v>699</v>
+      </c>
+      <c r="C439" t="s">
+        <v>697</v>
+      </c>
+      <c r="E439" t="s">
+        <v>698</v>
+      </c>
+      <c r="F439" t="s">
+        <v>41</v>
+      </c>
+      <c r="G439" t="s">
+        <v>23</v>
+      </c>
+      <c r="H439">
+        <v>173</v>
+      </c>
+      <c r="I439" t="b">
+        <v>0</v>
+      </c>
+      <c r="J439" t="s">
+        <v>161</v>
+      </c>
+      <c r="K439">
+        <v>1</v>
+      </c>
+      <c r="L439" t="s">
+        <v>24</v>
+      </c>
+      <c r="M439" t="s">
+        <v>24</v>
+      </c>
+      <c r="N439" t="s">
+        <v>24</v>
+      </c>
+      <c r="O439" t="s">
+        <v>24</v>
+      </c>
+      <c r="P439">
+        <v>93.69</v>
+      </c>
+      <c r="Q439" t="s">
+        <v>24</v>
+      </c>
+      <c r="R439" t="s">
+        <v>24</v>
+      </c>
+      <c r="S439">
+        <v>93.69</v>
+      </c>
+    </row>
+    <row r="440" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A440">
+        <v>439</v>
+      </c>
+      <c r="B440" t="s">
+        <v>700</v>
+      </c>
+      <c r="C440" t="s">
+        <v>701</v>
+      </c>
+      <c r="E440" t="s">
+        <v>342</v>
+      </c>
+      <c r="F440" t="s">
+        <v>41</v>
+      </c>
+      <c r="G440" t="s">
+        <v>23</v>
+      </c>
+      <c r="H440">
+        <v>174</v>
+      </c>
+      <c r="I440" t="b">
+        <v>0</v>
+      </c>
+      <c r="J440" t="s">
+        <v>161</v>
+      </c>
+      <c r="K440">
+        <v>1</v>
+      </c>
+      <c r="L440" t="s">
+        <v>24</v>
+      </c>
+      <c r="M440" t="s">
+        <v>24</v>
+      </c>
+      <c r="N440" t="s">
+        <v>24</v>
+      </c>
+      <c r="O440" t="s">
+        <v>24</v>
+      </c>
+      <c r="P440" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q440" t="s">
+        <v>24</v>
+      </c>
+      <c r="R440">
+        <v>93.62</v>
+      </c>
+      <c r="S440">
+        <v>93.62</v>
+      </c>
+    </row>
+    <row r="441" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A441">
+        <v>440</v>
+      </c>
+      <c r="B441" t="s">
+        <v>702</v>
+      </c>
+      <c r="C441" t="s">
+        <v>703</v>
+      </c>
+      <c r="E441" t="s">
+        <v>618</v>
+      </c>
+      <c r="F441" t="s">
+        <v>41</v>
+      </c>
+      <c r="G441" t="s">
+        <v>23</v>
+      </c>
+      <c r="H441">
+        <v>175</v>
+      </c>
+      <c r="I441" t="b">
+        <v>0</v>
+      </c>
+      <c r="J441" t="s">
+        <v>161</v>
+      </c>
+      <c r="K441">
+        <v>1</v>
+      </c>
+      <c r="L441" t="s">
+        <v>24</v>
+      </c>
+      <c r="M441" t="s">
+        <v>24</v>
+      </c>
+      <c r="N441" t="s">
+        <v>24</v>
+      </c>
+      <c r="O441" t="s">
+        <v>24</v>
+      </c>
+      <c r="P441">
+        <v>93.28</v>
+      </c>
+      <c r="Q441" t="s">
+        <v>24</v>
+      </c>
+      <c r="R441" t="s">
+        <v>24</v>
+      </c>
+      <c r="S441">
+        <v>93.28</v>
+      </c>
+    </row>
+    <row r="442" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A442">
+        <v>441</v>
+      </c>
+      <c r="B442" t="s">
+        <v>94</v>
+      </c>
+      <c r="C442" t="s">
+        <v>704</v>
+      </c>
+      <c r="E442" t="s">
+        <v>618</v>
+      </c>
+      <c r="F442" t="s">
+        <v>41</v>
+      </c>
+      <c r="G442" t="s">
+        <v>23</v>
+      </c>
+      <c r="H442">
+        <v>176</v>
+      </c>
+      <c r="I442" t="b">
+        <v>0</v>
+      </c>
+      <c r="J442" t="s">
+        <v>161</v>
+      </c>
+      <c r="K442">
+        <v>1</v>
+      </c>
+      <c r="L442" t="s">
+        <v>24</v>
+      </c>
+      <c r="M442" t="s">
+        <v>24</v>
+      </c>
+      <c r="N442" t="s">
+        <v>24</v>
+      </c>
+      <c r="O442" t="s">
+        <v>24</v>
+      </c>
+      <c r="P442">
+        <v>93.28</v>
+      </c>
+      <c r="Q442" t="s">
+        <v>24</v>
+      </c>
+      <c r="R442" t="s">
+        <v>24</v>
+      </c>
+      <c r="S442">
+        <v>93.28</v>
+      </c>
+    </row>
+    <row r="443" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A443">
+        <v>442</v>
+      </c>
+      <c r="B443" t="s">
+        <v>71</v>
+      </c>
+      <c r="C443" t="s">
+        <v>705</v>
+      </c>
+      <c r="E443" t="s">
+        <v>564</v>
+      </c>
+      <c r="F443" t="s">
+        <v>22</v>
+      </c>
+      <c r="G443" t="s">
+        <v>23</v>
+      </c>
+      <c r="H443">
+        <v>68</v>
+      </c>
+      <c r="I443" t="b">
+        <v>0</v>
+      </c>
+      <c r="J443" t="s">
+        <v>161</v>
+      </c>
+      <c r="K443">
+        <v>1</v>
+      </c>
+      <c r="L443">
+        <v>93.25</v>
+      </c>
+      <c r="M443" t="s">
+        <v>24</v>
+      </c>
+      <c r="N443" t="s">
+        <v>24</v>
+      </c>
+      <c r="O443" t="s">
+        <v>24</v>
+      </c>
+      <c r="P443" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q443" t="s">
+        <v>24</v>
+      </c>
+      <c r="R443" t="s">
+        <v>24</v>
+      </c>
+      <c r="S443">
+        <v>93.25</v>
+      </c>
+    </row>
+    <row r="444" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A444">
+        <v>443</v>
+      </c>
+      <c r="B444" t="s">
+        <v>217</v>
+      </c>
+      <c r="C444" t="s">
+        <v>49</v>
+      </c>
+      <c r="D444">
+        <v>1572</v>
+      </c>
+      <c r="E444" t="s">
+        <v>24</v>
+      </c>
+      <c r="F444" t="s">
+        <v>41</v>
+      </c>
+      <c r="G444" t="s">
+        <v>23</v>
+      </c>
+      <c r="H444">
+        <v>177</v>
+      </c>
+      <c r="I444" t="b">
+        <v>0</v>
+      </c>
+      <c r="J444" t="s">
+        <v>164</v>
+      </c>
+      <c r="K444">
+        <v>1</v>
+      </c>
+      <c r="L444">
+        <v>93.23</v>
+      </c>
+      <c r="M444" t="s">
+        <v>24</v>
+      </c>
+      <c r="N444" t="s">
+        <v>24</v>
+      </c>
+      <c r="O444" t="s">
+        <v>24</v>
+      </c>
+      <c r="P444" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q444" t="s">
+        <v>24</v>
+      </c>
+      <c r="R444" t="s">
+        <v>24</v>
+      </c>
+      <c r="S444">
+        <v>93.23</v>
+      </c>
+    </row>
+    <row r="445" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A445">
+        <v>444</v>
+      </c>
+      <c r="B445" t="s">
+        <v>706</v>
+      </c>
+      <c r="C445" t="s">
+        <v>462</v>
+      </c>
+      <c r="E445" t="s">
+        <v>24</v>
+      </c>
+      <c r="F445" t="s">
+        <v>41</v>
+      </c>
+      <c r="G445" t="s">
+        <v>38</v>
+      </c>
+      <c r="H445">
+        <v>43</v>
+      </c>
+      <c r="I445" t="b">
+        <v>0</v>
+      </c>
+      <c r="J445" t="s">
+        <v>161</v>
+      </c>
+      <c r="K445">
+        <v>1</v>
+      </c>
+      <c r="L445" t="s">
+        <v>24</v>
+      </c>
+      <c r="M445" t="s">
+        <v>24</v>
+      </c>
+      <c r="N445" t="s">
+        <v>24</v>
+      </c>
+      <c r="O445">
+        <v>93.15</v>
+      </c>
+      <c r="P445" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q445" t="s">
+        <v>24</v>
+      </c>
+      <c r="R445" t="s">
+        <v>24</v>
+      </c>
+      <c r="S445">
+        <v>93.15</v>
+      </c>
+    </row>
+    <row r="446" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A446">
+        <v>445</v>
+      </c>
+      <c r="B446" t="s">
+        <v>707</v>
+      </c>
+      <c r="C446" t="s">
+        <v>708</v>
+      </c>
+      <c r="E446" t="s">
+        <v>430</v>
+      </c>
+      <c r="F446" t="s">
+        <v>41</v>
+      </c>
+      <c r="G446" t="s">
+        <v>38</v>
+      </c>
+      <c r="H446">
+        <v>44</v>
+      </c>
+      <c r="I446" t="b">
+        <v>0</v>
+      </c>
+      <c r="J446" t="s">
+        <v>161</v>
+      </c>
+      <c r="K446">
+        <v>1</v>
+      </c>
+      <c r="L446" t="s">
+        <v>24</v>
+      </c>
+      <c r="M446" t="s">
+        <v>24</v>
+      </c>
+      <c r="N446" t="s">
+        <v>24</v>
+      </c>
+      <c r="O446" t="s">
+        <v>24</v>
+      </c>
+      <c r="P446" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q446" t="s">
+        <v>24</v>
+      </c>
+      <c r="R446">
+        <v>93.08</v>
+      </c>
+      <c r="S446">
+        <v>93.08</v>
+      </c>
+    </row>
+    <row r="447" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A447">
+        <v>446</v>
+      </c>
+      <c r="B447" t="s">
+        <v>204</v>
+      </c>
+      <c r="C447" t="s">
+        <v>149</v>
+      </c>
+      <c r="E447" t="s">
+        <v>430</v>
+      </c>
+      <c r="F447" t="s">
+        <v>41</v>
+      </c>
+      <c r="G447" t="s">
+        <v>23</v>
+      </c>
+      <c r="H447">
+        <v>178</v>
+      </c>
+      <c r="I447" t="b">
+        <v>0</v>
+      </c>
+      <c r="J447" t="s">
+        <v>161</v>
+      </c>
+      <c r="K447">
+        <v>1</v>
+      </c>
+      <c r="L447" t="s">
+        <v>24</v>
+      </c>
+      <c r="M447" t="s">
+        <v>24</v>
+      </c>
+      <c r="N447" t="s">
+        <v>24</v>
+      </c>
+      <c r="O447" t="s">
+        <v>24</v>
+      </c>
+      <c r="P447" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q447" t="s">
+        <v>24</v>
+      </c>
+      <c r="R447">
+        <v>93.08</v>
+      </c>
+      <c r="S447">
+        <v>93.08</v>
+      </c>
+    </row>
+    <row r="448" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A448">
+        <v>447</v>
+      </c>
+      <c r="B448" t="s">
+        <v>709</v>
+      </c>
+      <c r="C448" t="s">
+        <v>26</v>
+      </c>
+      <c r="E448" t="s">
+        <v>24</v>
+      </c>
+      <c r="F448" t="s">
+        <v>41</v>
+      </c>
+      <c r="G448" t="s">
+        <v>38</v>
+      </c>
+      <c r="H448">
+        <v>45</v>
+      </c>
+      <c r="I448" t="b">
+        <v>0</v>
+      </c>
+      <c r="J448" t="s">
+        <v>161</v>
+      </c>
+      <c r="K448">
+        <v>1</v>
+      </c>
+      <c r="L448" t="s">
+        <v>24</v>
+      </c>
+      <c r="M448" t="s">
+        <v>24</v>
+      </c>
+      <c r="N448" t="s">
+        <v>24</v>
+      </c>
+      <c r="O448" t="s">
+        <v>24</v>
+      </c>
+      <c r="P448" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q448" t="s">
+        <v>24</v>
+      </c>
+      <c r="R448">
+        <v>93.03</v>
+      </c>
+      <c r="S448">
+        <v>93.03</v>
+      </c>
+    </row>
+    <row r="449" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A449">
+        <v>448</v>
+      </c>
+      <c r="B449" t="s">
+        <v>710</v>
+      </c>
+      <c r="C449" t="s">
+        <v>711</v>
+      </c>
+      <c r="E449" t="s">
+        <v>24</v>
+      </c>
+      <c r="F449" t="s">
+        <v>41</v>
+      </c>
+      <c r="G449" t="s">
+        <v>38</v>
+      </c>
+      <c r="H449">
+        <v>46</v>
+      </c>
+      <c r="I449" t="b">
+        <v>0</v>
+      </c>
+      <c r="J449" t="s">
+        <v>161</v>
+      </c>
+      <c r="K449">
+        <v>1</v>
+      </c>
+      <c r="L449" t="s">
+        <v>24</v>
+      </c>
+      <c r="M449" t="s">
+        <v>24</v>
+      </c>
+      <c r="N449" t="s">
+        <v>24</v>
+      </c>
+      <c r="O449">
+        <v>93.01</v>
+      </c>
+      <c r="P449" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q449" t="s">
+        <v>24</v>
+      </c>
+      <c r="R449" t="s">
+        <v>24</v>
+      </c>
+      <c r="S449">
+        <v>93.01</v>
+      </c>
+    </row>
+    <row r="450" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A450">
+        <v>449</v>
+      </c>
+      <c r="B450" t="s">
+        <v>284</v>
+      </c>
+      <c r="C450" t="s">
+        <v>149</v>
+      </c>
+      <c r="E450" t="s">
+        <v>712</v>
+      </c>
+      <c r="F450" t="s">
+        <v>41</v>
+      </c>
+      <c r="G450" t="s">
+        <v>23</v>
+      </c>
+      <c r="H450">
+        <v>179</v>
+      </c>
+      <c r="I450" t="b">
+        <v>0</v>
+      </c>
+      <c r="J450" t="s">
+        <v>161</v>
+      </c>
+      <c r="K450">
+        <v>1</v>
+      </c>
+      <c r="L450" t="s">
+        <v>24</v>
+      </c>
+      <c r="M450" t="s">
+        <v>24</v>
+      </c>
+      <c r="N450" t="s">
+        <v>24</v>
+      </c>
+      <c r="O450" t="s">
+        <v>24</v>
+      </c>
+      <c r="P450" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q450" t="s">
+        <v>24</v>
+      </c>
+      <c r="R450">
+        <v>92.99</v>
+      </c>
+      <c r="S450">
+        <v>92.99</v>
+      </c>
+    </row>
+    <row r="451" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A451">
+        <v>450</v>
+      </c>
+      <c r="B451" t="s">
+        <v>713</v>
+      </c>
+      <c r="C451" t="s">
+        <v>714</v>
+      </c>
+      <c r="E451" t="s">
+        <v>715</v>
+      </c>
+      <c r="F451" t="s">
+        <v>22</v>
+      </c>
+      <c r="G451" t="s">
+        <v>38</v>
+      </c>
+      <c r="H451">
+        <v>27</v>
+      </c>
+      <c r="I451" t="b">
+        <v>0</v>
+      </c>
+      <c r="J451" t="s">
+        <v>161</v>
+      </c>
+      <c r="K451">
+        <v>1</v>
+      </c>
+      <c r="L451" t="s">
+        <v>24</v>
+      </c>
+      <c r="M451" t="s">
+        <v>24</v>
+      </c>
+      <c r="N451" t="s">
+        <v>24</v>
+      </c>
+      <c r="O451" t="s">
+        <v>24</v>
+      </c>
+      <c r="P451">
+        <v>92.84</v>
+      </c>
+      <c r="Q451" t="s">
+        <v>24</v>
+      </c>
+      <c r="R451" t="s">
+        <v>24</v>
+      </c>
+      <c r="S451">
+        <v>92.84</v>
+      </c>
+    </row>
+    <row r="452" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A452">
+        <v>451</v>
+      </c>
+      <c r="B452" t="s">
+        <v>138</v>
+      </c>
+      <c r="C452" t="s">
+        <v>716</v>
+      </c>
+      <c r="E452" t="s">
+        <v>37</v>
+      </c>
+      <c r="F452" t="s">
+        <v>115</v>
+      </c>
+      <c r="G452" t="s">
+        <v>23</v>
+      </c>
+      <c r="H452">
+        <v>5</v>
+      </c>
+      <c r="I452" t="b">
+        <v>0</v>
+      </c>
+      <c r="J452" t="s">
+        <v>161</v>
+      </c>
+      <c r="K452">
+        <v>1</v>
+      </c>
+      <c r="L452" t="s">
+        <v>24</v>
+      </c>
+      <c r="M452">
+        <v>92.66</v>
+      </c>
+      <c r="N452" t="s">
+        <v>24</v>
+      </c>
+      <c r="O452" t="s">
+        <v>24</v>
+      </c>
+      <c r="P452" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q452" t="s">
+        <v>24</v>
+      </c>
+      <c r="R452" t="s">
+        <v>24</v>
+      </c>
+      <c r="S452">
+        <v>92.66</v>
+      </c>
+    </row>
+    <row r="453" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A453">
+        <v>452</v>
+      </c>
+      <c r="B453" t="s">
+        <v>42</v>
+      </c>
+      <c r="C453" t="s">
+        <v>717</v>
+      </c>
+      <c r="E453" t="s">
+        <v>24</v>
+      </c>
+      <c r="F453" t="s">
+        <v>31</v>
+      </c>
+      <c r="G453" t="s">
+        <v>23</v>
+      </c>
+      <c r="H453">
+        <v>55</v>
+      </c>
+      <c r="I453" t="b">
+        <v>0</v>
+      </c>
+      <c r="J453" t="s">
+        <v>161</v>
+      </c>
+      <c r="K453">
+        <v>1</v>
+      </c>
+      <c r="L453" t="s">
+        <v>24</v>
+      </c>
+      <c r="M453" t="s">
+        <v>24</v>
+      </c>
+      <c r="N453" t="s">
+        <v>24</v>
+      </c>
+      <c r="O453" t="s">
+        <v>24</v>
+      </c>
+      <c r="P453">
+        <v>92.56</v>
+      </c>
+      <c r="Q453" t="s">
+        <v>24</v>
+      </c>
+      <c r="R453" t="s">
+        <v>24</v>
+      </c>
+      <c r="S453">
+        <v>92.56</v>
+      </c>
+    </row>
+    <row r="454" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A454">
+        <v>453</v>
+      </c>
+      <c r="B454" t="s">
+        <v>718</v>
+      </c>
+      <c r="C454" t="s">
+        <v>719</v>
+      </c>
+      <c r="E454" t="s">
+        <v>37</v>
+      </c>
+      <c r="F454" t="s">
+        <v>41</v>
+      </c>
+      <c r="G454" t="s">
+        <v>38</v>
+      </c>
+      <c r="H454">
+        <v>47</v>
+      </c>
+      <c r="I454" t="b">
+        <v>0</v>
+      </c>
+      <c r="J454" t="s">
+        <v>161</v>
+      </c>
+      <c r="K454">
+        <v>1</v>
+      </c>
+      <c r="L454" t="s">
+        <v>24</v>
+      </c>
+      <c r="M454" t="s">
+        <v>24</v>
+      </c>
+      <c r="N454">
+        <v>92.4</v>
+      </c>
+      <c r="O454" t="s">
+        <v>24</v>
+      </c>
+      <c r="P454" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q454" t="s">
+        <v>24</v>
+      </c>
+      <c r="R454" t="s">
+        <v>24</v>
+      </c>
+      <c r="S454">
+        <v>92.4</v>
+      </c>
+    </row>
+    <row r="455" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A455">
+        <v>454</v>
+      </c>
+      <c r="B455" t="s">
+        <v>720</v>
+      </c>
+      <c r="C455" t="s">
+        <v>721</v>
+      </c>
+      <c r="E455" t="s">
+        <v>722</v>
+      </c>
+      <c r="F455" t="s">
+        <v>41</v>
+      </c>
+      <c r="G455" t="s">
+        <v>38</v>
+      </c>
+      <c r="H455">
+        <v>48</v>
+      </c>
+      <c r="I455" t="b">
+        <v>0</v>
+      </c>
+      <c r="J455" t="s">
+        <v>161</v>
+      </c>
+      <c r="K455">
+        <v>1</v>
+      </c>
+      <c r="L455" t="s">
+        <v>24</v>
+      </c>
+      <c r="M455" t="s">
+        <v>24</v>
+      </c>
+      <c r="N455" t="s">
+        <v>24</v>
+      </c>
+      <c r="O455" t="s">
+        <v>24</v>
+      </c>
+      <c r="P455" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q455" t="s">
+        <v>24</v>
+      </c>
+      <c r="R455">
+        <v>92.34</v>
+      </c>
+      <c r="S455">
+        <v>92.34</v>
+      </c>
+    </row>
+    <row r="456" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A456">
+        <v>455</v>
+      </c>
+      <c r="B456" t="s">
+        <v>723</v>
+      </c>
+      <c r="C456" t="s">
+        <v>652</v>
+      </c>
+      <c r="E456" t="s">
+        <v>653</v>
+      </c>
+      <c r="F456" t="s">
+        <v>41</v>
+      </c>
+      <c r="G456" t="s">
+        <v>38</v>
+      </c>
+      <c r="H456">
+        <v>49</v>
+      </c>
+      <c r="I456" t="b">
+        <v>0</v>
+      </c>
+      <c r="J456" t="s">
+        <v>161</v>
+      </c>
+      <c r="K456">
+        <v>1</v>
+      </c>
+      <c r="L456" t="s">
+        <v>24</v>
+      </c>
+      <c r="M456" t="s">
+        <v>24</v>
+      </c>
+      <c r="N456" t="s">
+        <v>24</v>
+      </c>
+      <c r="O456" t="s">
+        <v>24</v>
+      </c>
+      <c r="P456" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q456" t="s">
+        <v>24</v>
+      </c>
+      <c r="R456">
+        <v>92.32</v>
+      </c>
+      <c r="S456">
+        <v>92.32</v>
+      </c>
+    </row>
+    <row r="457" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A457">
+        <v>456</v>
+      </c>
+      <c r="B457" t="s">
+        <v>724</v>
+      </c>
+      <c r="C457" t="s">
+        <v>725</v>
+      </c>
+      <c r="E457" t="s">
+        <v>24</v>
+      </c>
+      <c r="F457" t="s">
+        <v>41</v>
+      </c>
+      <c r="G457" t="s">
+        <v>38</v>
+      </c>
+      <c r="H457">
+        <v>50</v>
+      </c>
+      <c r="I457" t="b">
+        <v>0</v>
+      </c>
+      <c r="J457" t="s">
+        <v>161</v>
+      </c>
+      <c r="K457">
+        <v>1</v>
+      </c>
+      <c r="L457" t="s">
+        <v>24</v>
+      </c>
+      <c r="M457" t="s">
+        <v>24</v>
+      </c>
+      <c r="N457" t="s">
+        <v>24</v>
+      </c>
+      <c r="O457">
+        <v>91.91</v>
+      </c>
+      <c r="P457" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q457" t="s">
+        <v>24</v>
+      </c>
+      <c r="R457" t="s">
+        <v>24</v>
+      </c>
+      <c r="S457">
+        <v>91.91</v>
+      </c>
+    </row>
+    <row r="458" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A458">
+        <v>457</v>
+      </c>
+      <c r="B458" t="s">
+        <v>78</v>
+      </c>
+      <c r="C458" t="s">
+        <v>726</v>
+      </c>
+      <c r="E458" t="s">
+        <v>618</v>
+      </c>
+      <c r="F458" t="s">
+        <v>22</v>
+      </c>
+      <c r="G458" t="s">
+        <v>23</v>
+      </c>
+      <c r="H458">
+        <v>69</v>
+      </c>
+      <c r="I458" t="b">
+        <v>0</v>
+      </c>
+      <c r="J458" t="s">
+        <v>161</v>
+      </c>
+      <c r="K458">
+        <v>1</v>
+      </c>
+      <c r="L458" t="s">
+        <v>24</v>
+      </c>
+      <c r="M458" t="s">
+        <v>24</v>
+      </c>
+      <c r="N458" t="s">
+        <v>24</v>
+      </c>
+      <c r="O458" t="s">
+        <v>24</v>
+      </c>
+      <c r="P458">
+        <v>91.85</v>
+      </c>
+      <c r="Q458" t="s">
+        <v>24</v>
+      </c>
+      <c r="R458" t="s">
+        <v>24</v>
+      </c>
+      <c r="S458">
+        <v>91.85</v>
+      </c>
+    </row>
+    <row r="459" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A459">
+        <v>458</v>
+      </c>
+      <c r="B459" t="s">
+        <v>182</v>
+      </c>
+      <c r="C459" t="s">
+        <v>727</v>
+      </c>
+      <c r="E459" t="s">
+        <v>342</v>
+      </c>
+      <c r="F459" t="s">
+        <v>41</v>
+      </c>
+      <c r="G459" t="s">
+        <v>23</v>
+      </c>
+      <c r="H459">
+        <v>180</v>
+      </c>
+      <c r="I459" t="b">
+        <v>0</v>
+      </c>
+      <c r="J459" t="s">
+        <v>161</v>
+      </c>
+      <c r="K459">
+        <v>1</v>
+      </c>
+      <c r="L459" t="s">
+        <v>24</v>
+      </c>
+      <c r="M459" t="s">
+        <v>24</v>
+      </c>
+      <c r="N459" t="s">
+        <v>24</v>
+      </c>
+      <c r="O459" t="s">
+        <v>24</v>
+      </c>
+      <c r="P459" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q459" t="s">
+        <v>24</v>
+      </c>
+      <c r="R459">
+        <v>91.62</v>
+      </c>
+      <c r="S459">
+        <v>91.62</v>
+      </c>
+    </row>
+    <row r="460" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A460">
+        <v>459</v>
+      </c>
+      <c r="B460" t="s">
+        <v>271</v>
+      </c>
+      <c r="C460" t="s">
+        <v>728</v>
+      </c>
+      <c r="E460" t="s">
+        <v>342</v>
+      </c>
+      <c r="F460" t="s">
+        <v>41</v>
+      </c>
+      <c r="G460" t="s">
+        <v>38</v>
+      </c>
+      <c r="H460">
+        <v>51</v>
+      </c>
+      <c r="I460" t="b">
+        <v>0</v>
+      </c>
+      <c r="J460" t="s">
+        <v>161</v>
+      </c>
+      <c r="K460">
+        <v>1</v>
+      </c>
+      <c r="L460" t="s">
+        <v>24</v>
+      </c>
+      <c r="M460" t="s">
+        <v>24</v>
+      </c>
+      <c r="N460" t="s">
+        <v>24</v>
+      </c>
+      <c r="O460" t="s">
+        <v>24</v>
+      </c>
+      <c r="P460" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q460" t="s">
+        <v>24</v>
+      </c>
+      <c r="R460">
+        <v>91.61</v>
+      </c>
+      <c r="S460">
+        <v>91.61</v>
+      </c>
+    </row>
+    <row r="461" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A461">
+        <v>460</v>
+      </c>
+      <c r="B461" t="s">
+        <v>284</v>
+      </c>
+      <c r="C461" t="s">
+        <v>117</v>
+      </c>
+      <c r="E461" t="s">
+        <v>342</v>
+      </c>
+      <c r="F461" t="s">
+        <v>41</v>
+      </c>
+      <c r="G461" t="s">
+        <v>23</v>
+      </c>
+      <c r="H461">
+        <v>181</v>
+      </c>
+      <c r="I461" t="b">
+        <v>0</v>
+      </c>
+      <c r="J461" t="s">
+        <v>161</v>
+      </c>
+      <c r="K461">
+        <v>1</v>
+      </c>
+      <c r="L461" t="s">
+        <v>24</v>
+      </c>
+      <c r="M461" t="s">
+        <v>24</v>
+      </c>
+      <c r="N461" t="s">
+        <v>24</v>
+      </c>
+      <c r="O461" t="s">
+        <v>24</v>
+      </c>
+      <c r="P461" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q461" t="s">
+        <v>24</v>
+      </c>
+      <c r="R461">
+        <v>91.6</v>
+      </c>
+      <c r="S461">
+        <v>91.6</v>
+      </c>
+    </row>
+    <row r="462" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A462">
+        <v>461</v>
+      </c>
+      <c r="B462" t="s">
+        <v>119</v>
+      </c>
+      <c r="C462" t="s">
+        <v>729</v>
+      </c>
+      <c r="E462" t="s">
+        <v>30</v>
+      </c>
+      <c r="F462" t="s">
+        <v>65</v>
+      </c>
+      <c r="G462" t="s">
+        <v>23</v>
+      </c>
+      <c r="H462">
+        <v>27</v>
+      </c>
+      <c r="I462" t="b">
+        <v>0</v>
+      </c>
+      <c r="J462" t="s">
+        <v>161</v>
+      </c>
+      <c r="K462">
+        <v>1</v>
+      </c>
+      <c r="L462" t="s">
+        <v>24</v>
+      </c>
+      <c r="M462" t="s">
+        <v>24</v>
+      </c>
+      <c r="N462" t="s">
+        <v>24</v>
+      </c>
+      <c r="O462" t="s">
+        <v>24</v>
+      </c>
+      <c r="P462" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q462">
+        <v>91.39</v>
+      </c>
+      <c r="R462" t="s">
+        <v>24</v>
+      </c>
+      <c r="S462">
+        <v>91.39</v>
+      </c>
+    </row>
+    <row r="463" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A463">
+        <v>462</v>
+      </c>
+      <c r="B463" t="s">
+        <v>362</v>
+      </c>
+      <c r="C463" t="s">
+        <v>270</v>
+      </c>
+      <c r="E463" t="s">
+        <v>24</v>
+      </c>
+      <c r="F463" t="s">
+        <v>31</v>
+      </c>
+      <c r="G463" t="s">
+        <v>23</v>
+      </c>
+      <c r="H463">
+        <v>56</v>
+      </c>
+      <c r="I463" t="b">
+        <v>0</v>
+      </c>
+      <c r="J463" t="s">
+        <v>161</v>
+      </c>
+      <c r="K463">
+        <v>1</v>
+      </c>
+      <c r="L463" t="s">
+        <v>24</v>
+      </c>
+      <c r="M463" t="s">
+        <v>24</v>
+      </c>
+      <c r="N463" t="s">
+        <v>24</v>
+      </c>
+      <c r="O463" t="s">
+        <v>24</v>
+      </c>
+      <c r="P463">
+        <v>91.34</v>
+      </c>
+      <c r="Q463" t="s">
+        <v>24</v>
+      </c>
+      <c r="R463" t="s">
+        <v>24</v>
+      </c>
+      <c r="S463">
+        <v>91.34</v>
+      </c>
+    </row>
+    <row r="464" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A464">
+        <v>463</v>
+      </c>
+      <c r="B464" t="s">
+        <v>508</v>
+      </c>
+      <c r="C464" t="s">
+        <v>730</v>
+      </c>
+      <c r="E464" t="s">
+        <v>333</v>
+      </c>
+      <c r="F464" t="s">
+        <v>31</v>
+      </c>
+      <c r="G464" t="s">
+        <v>23</v>
+      </c>
+      <c r="H464">
+        <v>57</v>
+      </c>
+      <c r="I464" t="b">
+        <v>0</v>
+      </c>
+      <c r="J464" t="s">
+        <v>161</v>
+      </c>
+      <c r="K464">
+        <v>1</v>
+      </c>
+      <c r="L464" t="s">
+        <v>24</v>
+      </c>
+      <c r="M464" t="s">
+        <v>24</v>
+      </c>
+      <c r="N464" t="s">
+        <v>24</v>
+      </c>
+      <c r="O464" t="s">
+        <v>24</v>
+      </c>
+      <c r="P464">
+        <v>91.31</v>
+      </c>
+      <c r="Q464" t="s">
+        <v>24</v>
+      </c>
+      <c r="R464" t="s">
+        <v>24</v>
+      </c>
+      <c r="S464">
+        <v>91.31</v>
+      </c>
+    </row>
+    <row r="465" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A465">
+        <v>464</v>
+      </c>
+      <c r="B465" t="s">
+        <v>310</v>
+      </c>
+      <c r="C465" t="s">
+        <v>731</v>
+      </c>
+      <c r="D465">
+        <v>1687</v>
+      </c>
+      <c r="E465" t="s">
+        <v>34</v>
+      </c>
+      <c r="F465" t="s">
+        <v>22</v>
+      </c>
+      <c r="G465" t="s">
+        <v>23</v>
+      </c>
+      <c r="H465">
+        <v>70</v>
+      </c>
+      <c r="I465" t="b">
+        <v>0</v>
+      </c>
+      <c r="J465" t="s">
+        <v>161</v>
+      </c>
+      <c r="K465">
+        <v>1</v>
+      </c>
+      <c r="L465" t="s">
+        <v>24</v>
+      </c>
+      <c r="M465" t="s">
+        <v>24</v>
+      </c>
+      <c r="N465" t="s">
+        <v>24</v>
+      </c>
+      <c r="O465">
+        <v>90.7</v>
+      </c>
+      <c r="P465" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q465" t="s">
+        <v>24</v>
+      </c>
+      <c r="R465" t="s">
+        <v>24</v>
+      </c>
+      <c r="S465">
+        <v>90.7</v>
+      </c>
+    </row>
+    <row r="466" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A466">
+        <v>465</v>
+      </c>
+      <c r="B466" t="s">
+        <v>732</v>
+      </c>
+      <c r="C466" t="s">
+        <v>149</v>
+      </c>
+      <c r="E466" t="s">
+        <v>24</v>
+      </c>
+      <c r="F466" t="s">
+        <v>41</v>
+      </c>
+      <c r="G466" t="s">
+        <v>23</v>
+      </c>
+      <c r="H466">
+        <v>182</v>
+      </c>
+      <c r="I466" t="b">
+        <v>0</v>
+      </c>
+      <c r="J466" t="s">
+        <v>161</v>
+      </c>
+      <c r="K466">
+        <v>1</v>
+      </c>
+      <c r="L466">
+        <v>90.65</v>
+      </c>
+      <c r="M466" t="s">
+        <v>24</v>
+      </c>
+      <c r="N466" t="s">
+        <v>24</v>
+      </c>
+      <c r="O466" t="s">
+        <v>24</v>
+      </c>
+      <c r="P466" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q466" t="s">
+        <v>24</v>
+      </c>
+      <c r="R466" t="s">
+        <v>24</v>
+      </c>
+      <c r="S466">
+        <v>90.65</v>
+      </c>
+    </row>
+    <row r="467" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A467">
+        <v>466</v>
+      </c>
+      <c r="B467" t="s">
+        <v>76</v>
+      </c>
+      <c r="C467" t="s">
+        <v>733</v>
+      </c>
+      <c r="E467" t="s">
+        <v>539</v>
+      </c>
+      <c r="F467" t="s">
+        <v>41</v>
+      </c>
+      <c r="G467" t="s">
+        <v>23</v>
+      </c>
+      <c r="H467">
+        <v>183</v>
+      </c>
+      <c r="I467" t="b">
+        <v>0</v>
+      </c>
+      <c r="J467" t="s">
+        <v>161</v>
+      </c>
+      <c r="K467">
+        <v>1</v>
+      </c>
+      <c r="L467" t="s">
+        <v>24</v>
+      </c>
+      <c r="M467" t="s">
+        <v>24</v>
+      </c>
+      <c r="N467" t="s">
+        <v>24</v>
+      </c>
+      <c r="O467" t="s">
+        <v>24</v>
+      </c>
+      <c r="P467" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q467" t="s">
+        <v>24</v>
+      </c>
+      <c r="R467">
+        <v>90.52</v>
+      </c>
+      <c r="S467">
+        <v>90.52</v>
+      </c>
+    </row>
+    <row r="468" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A468">
+        <v>467</v>
+      </c>
+      <c r="B468" t="s">
+        <v>207</v>
+      </c>
+      <c r="C468" t="s">
+        <v>347</v>
+      </c>
+      <c r="D468">
+        <v>1</v>
+      </c>
+      <c r="E468" t="s">
+        <v>140</v>
+      </c>
+      <c r="F468" t="s">
+        <v>65</v>
+      </c>
+      <c r="G468" t="s">
+        <v>23</v>
+      </c>
+      <c r="H468">
+        <v>28</v>
+      </c>
+      <c r="I468" t="b">
+        <v>0</v>
+      </c>
+      <c r="J468" t="s">
+        <v>164</v>
+      </c>
+      <c r="K468">
+        <v>1</v>
+      </c>
+      <c r="L468" t="s">
+        <v>24</v>
+      </c>
+      <c r="M468" t="s">
+        <v>24</v>
+      </c>
+      <c r="N468" t="s">
+        <v>24</v>
+      </c>
+      <c r="O468">
+        <v>90.5</v>
+      </c>
+      <c r="P468" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q468" t="s">
+        <v>24</v>
+      </c>
+      <c r="R468" t="s">
+        <v>24</v>
+      </c>
+      <c r="S468">
+        <v>90.5</v>
+      </c>
+    </row>
+    <row r="469" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A469">
+        <v>468</v>
+      </c>
+      <c r="B469" t="s">
+        <v>734</v>
+      </c>
+      <c r="C469" t="s">
+        <v>474</v>
+      </c>
+      <c r="E469" t="s">
+        <v>539</v>
+      </c>
+      <c r="F469" t="s">
+        <v>41</v>
+      </c>
+      <c r="G469" t="s">
+        <v>23</v>
+      </c>
+      <c r="H469">
+        <v>184</v>
+      </c>
+      <c r="I469" t="b">
+        <v>0</v>
+      </c>
+      <c r="J469" t="s">
+        <v>161</v>
+      </c>
+      <c r="K469">
+        <v>1</v>
+      </c>
+      <c r="L469" t="s">
+        <v>24</v>
+      </c>
+      <c r="M469" t="s">
+        <v>24</v>
+      </c>
+      <c r="N469" t="s">
+        <v>24</v>
+      </c>
+      <c r="O469" t="s">
+        <v>24</v>
+      </c>
+      <c r="P469" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q469" t="s">
+        <v>24</v>
+      </c>
+      <c r="R469">
+        <v>90.39</v>
+      </c>
+      <c r="S469">
+        <v>90.39</v>
+      </c>
+    </row>
+    <row r="470" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A470">
+        <v>469</v>
+      </c>
+      <c r="B470" t="s">
+        <v>224</v>
+      </c>
+      <c r="C470" t="s">
+        <v>735</v>
+      </c>
+      <c r="E470" t="s">
+        <v>539</v>
+      </c>
+      <c r="F470" t="s">
+        <v>41</v>
+      </c>
+      <c r="G470" t="s">
+        <v>23</v>
+      </c>
+      <c r="H470">
+        <v>185</v>
+      </c>
+      <c r="I470" t="b">
+        <v>0</v>
+      </c>
+      <c r="J470" t="s">
+        <v>161</v>
+      </c>
+      <c r="K470">
+        <v>1</v>
+      </c>
+      <c r="L470" t="s">
+        <v>24</v>
+      </c>
+      <c r="M470" t="s">
+        <v>24</v>
+      </c>
+      <c r="N470" t="s">
+        <v>24</v>
+      </c>
+      <c r="O470" t="s">
+        <v>24</v>
+      </c>
+      <c r="P470" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q470" t="s">
+        <v>24</v>
+      </c>
+      <c r="R470">
+        <v>90.32</v>
+      </c>
+      <c r="S470">
+        <v>90.32</v>
+      </c>
+    </row>
+    <row r="471" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A471">
+        <v>470</v>
+      </c>
+      <c r="B471" t="s">
+        <v>736</v>
+      </c>
+      <c r="C471" t="s">
+        <v>737</v>
+      </c>
+      <c r="E471" t="s">
+        <v>24</v>
+      </c>
+      <c r="F471" t="s">
+        <v>84</v>
+      </c>
+      <c r="G471" t="s">
+        <v>23</v>
+      </c>
+      <c r="H471">
+        <v>16</v>
+      </c>
+      <c r="I471" t="b">
+        <v>0</v>
+      </c>
+      <c r="J471" t="s">
+        <v>161</v>
+      </c>
+      <c r="K471">
+        <v>1</v>
+      </c>
+      <c r="L471" t="s">
+        <v>24</v>
+      </c>
+      <c r="M471" t="s">
+        <v>24</v>
+      </c>
+      <c r="N471" t="s">
+        <v>24</v>
+      </c>
+      <c r="O471">
+        <v>89.99</v>
+      </c>
+      <c r="P471" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q471" t="s">
+        <v>24</v>
+      </c>
+      <c r="R471" t="s">
+        <v>24</v>
+      </c>
+      <c r="S471">
+        <v>89.99</v>
+      </c>
+    </row>
+    <row r="472" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A472">
+        <v>471</v>
+      </c>
+      <c r="B472" t="s">
+        <v>738</v>
+      </c>
+      <c r="C472" t="s">
+        <v>49</v>
+      </c>
+      <c r="D472">
+        <v>2378</v>
+      </c>
+      <c r="E472" t="s">
+        <v>739</v>
+      </c>
+      <c r="F472" t="s">
+        <v>84</v>
+      </c>
+      <c r="G472" t="s">
+        <v>23</v>
+      </c>
+      <c r="H472">
+        <v>17</v>
+      </c>
+      <c r="I472" t="b">
+        <v>0</v>
+      </c>
+      <c r="J472" t="s">
+        <v>164</v>
+      </c>
+      <c r="K472">
+        <v>1</v>
+      </c>
+      <c r="L472">
+        <v>89.96</v>
+      </c>
+      <c r="M472" t="s">
+        <v>24</v>
+      </c>
+      <c r="N472" t="s">
+        <v>24</v>
+      </c>
+      <c r="O472" t="s">
+        <v>24</v>
+      </c>
+      <c r="P472" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q472" t="s">
+        <v>24</v>
+      </c>
+      <c r="R472" t="s">
+        <v>24</v>
+      </c>
+      <c r="S472">
+        <v>89.96</v>
+      </c>
+    </row>
+    <row r="473" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A473">
+        <v>472</v>
+      </c>
+      <c r="B473" t="s">
+        <v>252</v>
+      </c>
+      <c r="C473" t="s">
+        <v>740</v>
+      </c>
+      <c r="E473" t="s">
+        <v>741</v>
+      </c>
+      <c r="F473" t="s">
+        <v>41</v>
+      </c>
+      <c r="G473" t="s">
+        <v>23</v>
+      </c>
+      <c r="H473">
+        <v>186</v>
+      </c>
+      <c r="I473" t="b">
+        <v>0</v>
+      </c>
+      <c r="J473" t="s">
+        <v>161</v>
+      </c>
+      <c r="K473">
+        <v>1</v>
+      </c>
+      <c r="L473" t="s">
+        <v>24</v>
+      </c>
+      <c r="M473" t="s">
+        <v>24</v>
+      </c>
+      <c r="N473" t="s">
+        <v>24</v>
+      </c>
+      <c r="O473" t="s">
+        <v>24</v>
+      </c>
+      <c r="P473" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q473" t="s">
+        <v>24</v>
+      </c>
+      <c r="R473">
+        <v>89.95</v>
+      </c>
+      <c r="S473">
+        <v>89.95</v>
+      </c>
+    </row>
+    <row r="474" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A474">
+        <v>473</v>
+      </c>
+      <c r="B474" t="s">
+        <v>742</v>
+      </c>
+      <c r="C474" t="s">
+        <v>213</v>
+      </c>
+      <c r="E474" t="s">
+        <v>24</v>
+      </c>
+      <c r="F474" t="s">
+        <v>41</v>
+      </c>
+      <c r="G474" t="s">
+        <v>38</v>
+      </c>
+      <c r="H474">
+        <v>52</v>
+      </c>
+      <c r="I474" t="b">
+        <v>0</v>
+      </c>
+      <c r="J474" t="s">
+        <v>161</v>
+      </c>
+      <c r="K474">
+        <v>1</v>
+      </c>
+      <c r="L474" t="s">
+        <v>24</v>
+      </c>
+      <c r="M474" t="s">
+        <v>24</v>
+      </c>
+      <c r="N474" t="s">
+        <v>24</v>
+      </c>
+      <c r="O474">
+        <v>89.86</v>
+      </c>
+      <c r="P474" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q474" t="s">
+        <v>24</v>
+      </c>
+      <c r="R474" t="s">
+        <v>24</v>
+      </c>
+      <c r="S474">
+        <v>89.86</v>
+      </c>
+    </row>
+    <row r="475" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A475">
+        <v>474</v>
+      </c>
+      <c r="B475" t="s">
+        <v>622</v>
+      </c>
+      <c r="C475" t="s">
+        <v>743</v>
+      </c>
+      <c r="E475" t="s">
+        <v>642</v>
+      </c>
+      <c r="F475" t="s">
+        <v>41</v>
+      </c>
+      <c r="G475" t="s">
+        <v>38</v>
+      </c>
+      <c r="H475">
+        <v>53</v>
+      </c>
+      <c r="I475" t="b">
+        <v>0</v>
+      </c>
+      <c r="J475" t="s">
+        <v>161</v>
+      </c>
+      <c r="K475">
+        <v>1</v>
+      </c>
+      <c r="L475" t="s">
+        <v>24</v>
+      </c>
+      <c r="M475" t="s">
+        <v>24</v>
+      </c>
+      <c r="N475" t="s">
+        <v>24</v>
+      </c>
+      <c r="O475" t="s">
+        <v>24</v>
+      </c>
+      <c r="P475" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q475" t="s">
+        <v>24</v>
+      </c>
+      <c r="R475">
+        <v>89.8</v>
+      </c>
+      <c r="S475">
+        <v>89.8</v>
+      </c>
+    </row>
+    <row r="476" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A476">
+        <v>475</v>
+      </c>
+      <c r="B476" t="s">
+        <v>182</v>
+      </c>
+      <c r="C476" t="s">
+        <v>744</v>
+      </c>
+      <c r="D476">
+        <v>2383</v>
+      </c>
+      <c r="E476" t="s">
+        <v>140</v>
+      </c>
+      <c r="F476" t="s">
+        <v>22</v>
+      </c>
+      <c r="G476" t="s">
+        <v>23</v>
+      </c>
+      <c r="H476">
+        <v>71</v>
+      </c>
+      <c r="I476" t="b">
+        <v>0</v>
+      </c>
+      <c r="J476" t="s">
+        <v>164</v>
+      </c>
+      <c r="K476">
+        <v>1</v>
+      </c>
+      <c r="L476" t="s">
+        <v>24</v>
+      </c>
+      <c r="M476" t="s">
+        <v>24</v>
+      </c>
+      <c r="N476" t="s">
+        <v>24</v>
+      </c>
+      <c r="O476" t="s">
+        <v>24</v>
+      </c>
+      <c r="P476" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q476" t="s">
+        <v>24</v>
+      </c>
+      <c r="R476">
+        <v>89.43</v>
+      </c>
+      <c r="S476">
+        <v>89.43</v>
+      </c>
+    </row>
+    <row r="477" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A477">
+        <v>476</v>
+      </c>
+      <c r="B477" t="s">
+        <v>224</v>
+      </c>
+      <c r="C477" t="s">
+        <v>745</v>
+      </c>
+      <c r="E477" t="s">
+        <v>24</v>
+      </c>
+      <c r="F477" t="s">
+        <v>22</v>
+      </c>
+      <c r="G477" t="s">
+        <v>23</v>
+      </c>
+      <c r="H477">
+        <v>72</v>
+      </c>
+      <c r="I477" t="b">
+        <v>0</v>
+      </c>
+      <c r="J477" t="s">
+        <v>161</v>
+      </c>
+      <c r="K477">
+        <v>1</v>
+      </c>
+      <c r="L477" t="s">
+        <v>24</v>
+      </c>
+      <c r="M477">
+        <v>89.2</v>
+      </c>
+      <c r="N477" t="s">
+        <v>24</v>
+      </c>
+      <c r="O477" t="s">
+        <v>24</v>
+      </c>
+      <c r="P477" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q477" t="s">
+        <v>24</v>
+      </c>
+      <c r="R477" t="s">
+        <v>24</v>
+      </c>
+      <c r="S477">
+        <v>89.2</v>
+      </c>
+    </row>
+    <row r="478" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A478">
+        <v>477</v>
+      </c>
+      <c r="B478" t="s">
+        <v>182</v>
+      </c>
+      <c r="C478" t="s">
+        <v>746</v>
+      </c>
+      <c r="E478" t="s">
+        <v>24</v>
+      </c>
+      <c r="F478" t="s">
+        <v>41</v>
+      </c>
+      <c r="G478" t="s">
+        <v>23</v>
+      </c>
+      <c r="H478">
+        <v>187</v>
+      </c>
+      <c r="I478" t="b">
+        <v>0</v>
+      </c>
+      <c r="J478" t="s">
+        <v>161</v>
+      </c>
+      <c r="K478">
+        <v>1</v>
+      </c>
+      <c r="L478" t="s">
+        <v>24</v>
+      </c>
+      <c r="M478" t="s">
+        <v>24</v>
+      </c>
+      <c r="N478" t="s">
+        <v>24</v>
+      </c>
+      <c r="O478" t="s">
+        <v>24</v>
+      </c>
+      <c r="P478" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q478" t="s">
+        <v>24</v>
+      </c>
+      <c r="R478">
+        <v>89.2</v>
+      </c>
+      <c r="S478">
+        <v>89.2</v>
+      </c>
+    </row>
+    <row r="479" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A479">
+        <v>478</v>
+      </c>
+      <c r="B479" t="s">
+        <v>154</v>
+      </c>
+      <c r="C479" t="s">
+        <v>355</v>
+      </c>
+      <c r="D479">
+        <v>925</v>
+      </c>
+      <c r="E479" t="s">
+        <v>73</v>
+      </c>
+      <c r="F479" t="s">
+        <v>31</v>
+      </c>
+      <c r="G479" t="s">
+        <v>23</v>
+      </c>
+      <c r="H479">
+        <v>58</v>
+      </c>
+      <c r="I479" t="b">
+        <v>0</v>
+      </c>
+      <c r="J479" t="s">
+        <v>164</v>
+      </c>
+      <c r="K479">
+        <v>1</v>
+      </c>
+      <c r="L479" t="s">
+        <v>24</v>
+      </c>
+      <c r="M479" t="s">
+        <v>24</v>
+      </c>
+      <c r="N479" t="s">
+        <v>24</v>
+      </c>
+      <c r="O479" t="s">
+        <v>24</v>
+      </c>
+      <c r="P479">
+        <v>89.09</v>
+      </c>
+      <c r="Q479" t="s">
+        <v>24</v>
+      </c>
+      <c r="R479" t="s">
+        <v>24</v>
+      </c>
+      <c r="S479">
+        <v>89.09</v>
+      </c>
+    </row>
+    <row r="480" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A480">
+        <v>479</v>
+      </c>
+      <c r="B480" t="s">
+        <v>132</v>
+      </c>
+      <c r="C480" t="s">
+        <v>747</v>
+      </c>
+      <c r="E480" t="s">
+        <v>24</v>
+      </c>
+      <c r="F480" t="s">
+        <v>41</v>
+      </c>
+      <c r="G480" t="s">
+        <v>23</v>
+      </c>
+      <c r="H480">
+        <v>188</v>
+      </c>
+      <c r="I480" t="b">
+        <v>0</v>
+      </c>
+      <c r="J480" t="s">
+        <v>161</v>
+      </c>
+      <c r="K480">
+        <v>1</v>
+      </c>
+      <c r="L480" t="s">
+        <v>24</v>
+      </c>
+      <c r="M480" t="s">
+        <v>24</v>
+      </c>
+      <c r="N480" t="s">
+        <v>24</v>
+      </c>
+      <c r="O480" t="s">
+        <v>24</v>
+      </c>
+      <c r="P480" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q480" t="s">
+        <v>24</v>
+      </c>
+      <c r="R480">
+        <v>88.9</v>
+      </c>
+      <c r="S480">
+        <v>88.9</v>
+      </c>
+    </row>
+    <row r="481" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A481">
+        <v>480</v>
+      </c>
+      <c r="B481" t="s">
+        <v>748</v>
+      </c>
+      <c r="C481" t="s">
+        <v>749</v>
+      </c>
+      <c r="D481">
+        <v>1070</v>
+      </c>
+      <c r="E481" t="s">
+        <v>137</v>
+      </c>
+      <c r="F481" t="s">
+        <v>65</v>
+      </c>
+      <c r="G481" t="s">
+        <v>23</v>
+      </c>
+      <c r="H481">
+        <v>29</v>
+      </c>
+      <c r="I481" t="b">
+        <v>0</v>
+      </c>
+      <c r="J481" t="s">
+        <v>161</v>
+      </c>
+      <c r="K481">
+        <v>2</v>
+      </c>
+      <c r="L481" t="s">
+        <v>24</v>
+      </c>
+      <c r="M481" t="s">
+        <v>24</v>
+      </c>
+      <c r="N481" t="s">
+        <v>24</v>
+      </c>
+      <c r="O481" t="s">
+        <v>24</v>
+      </c>
+      <c r="P481" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q481">
+        <v>88.87</v>
+      </c>
+      <c r="R481">
+        <v>0</v>
+      </c>
+      <c r="S481">
+        <v>88.87</v>
+      </c>
+    </row>
+    <row r="482" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A482">
+        <v>481</v>
+      </c>
+      <c r="B482" t="s">
+        <v>71</v>
+      </c>
+      <c r="C482" t="s">
+        <v>750</v>
+      </c>
+      <c r="E482" t="s">
+        <v>24</v>
+      </c>
+      <c r="F482" t="s">
+        <v>31</v>
+      </c>
+      <c r="G482" t="s">
+        <v>23</v>
+      </c>
+      <c r="H482">
+        <v>59</v>
+      </c>
+      <c r="I482" t="b">
+        <v>0</v>
+      </c>
+      <c r="J482" t="s">
+        <v>161</v>
+      </c>
+      <c r="K482">
+        <v>1</v>
+      </c>
+      <c r="L482" t="s">
+        <v>24</v>
+      </c>
+      <c r="M482" t="s">
+        <v>24</v>
+      </c>
+      <c r="N482" t="s">
+        <v>24</v>
+      </c>
+      <c r="O482" t="s">
+        <v>24</v>
+      </c>
+      <c r="P482">
+        <v>88.78</v>
+      </c>
+      <c r="Q482" t="s">
+        <v>24</v>
+      </c>
+      <c r="R482" t="s">
+        <v>24</v>
+      </c>
+      <c r="S482">
+        <v>88.78</v>
+      </c>
+    </row>
+    <row r="483" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A483">
+        <v>482</v>
+      </c>
+      <c r="B483" t="s">
+        <v>405</v>
+      </c>
+      <c r="C483" t="s">
+        <v>751</v>
+      </c>
+      <c r="D483">
+        <v>207</v>
+      </c>
+      <c r="E483" t="s">
+        <v>342</v>
+      </c>
+      <c r="F483" t="s">
+        <v>65</v>
+      </c>
+      <c r="G483" t="s">
+        <v>23</v>
+      </c>
+      <c r="H483">
+        <v>30</v>
+      </c>
+      <c r="I483" t="b">
+        <v>0</v>
+      </c>
+      <c r="J483" t="s">
+        <v>161</v>
+      </c>
+      <c r="K483">
+        <v>1</v>
+      </c>
+      <c r="L483" t="s">
+        <v>24</v>
+      </c>
+      <c r="M483" t="s">
+        <v>24</v>
+      </c>
+      <c r="N483" t="s">
+        <v>24</v>
+      </c>
+      <c r="O483" t="s">
+        <v>24</v>
+      </c>
+      <c r="P483" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q483" t="s">
+        <v>24</v>
+      </c>
+      <c r="R483">
+        <v>88.74</v>
+      </c>
+      <c r="S483">
+        <v>88.74</v>
+      </c>
+    </row>
+    <row r="484" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A484">
+        <v>483</v>
+      </c>
+      <c r="B484" t="s">
+        <v>302</v>
+      </c>
+      <c r="C484" t="s">
+        <v>752</v>
+      </c>
+      <c r="E484" t="s">
+        <v>24</v>
+      </c>
+      <c r="F484" t="s">
+        <v>41</v>
+      </c>
+      <c r="G484" t="s">
+        <v>23</v>
+      </c>
+      <c r="H484">
+        <v>189</v>
+      </c>
+      <c r="I484" t="b">
+        <v>0</v>
+      </c>
+      <c r="J484" t="s">
+        <v>161</v>
+      </c>
+      <c r="K484">
+        <v>1</v>
+      </c>
+      <c r="L484" t="s">
+        <v>24</v>
+      </c>
+      <c r="M484" t="s">
+        <v>24</v>
+      </c>
+      <c r="N484" t="s">
+        <v>24</v>
+      </c>
+      <c r="O484">
+        <v>88.71</v>
+      </c>
+      <c r="P484" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q484" t="s">
+        <v>24</v>
+      </c>
+      <c r="R484" t="s">
+        <v>24</v>
+      </c>
+      <c r="S484">
+        <v>88.71</v>
+      </c>
+    </row>
+    <row r="485" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A485">
+        <v>484</v>
+      </c>
+      <c r="B485" t="s">
+        <v>581</v>
+      </c>
+      <c r="C485" t="s">
+        <v>753</v>
+      </c>
+      <c r="D485">
+        <v>1593</v>
+      </c>
+      <c r="E485" t="s">
+        <v>73</v>
+      </c>
+      <c r="F485" t="s">
+        <v>22</v>
+      </c>
+      <c r="G485" t="s">
+        <v>38</v>
+      </c>
+      <c r="H485">
+        <v>28</v>
+      </c>
+      <c r="I485" t="b">
+        <v>0</v>
+      </c>
+      <c r="J485" t="s">
+        <v>161</v>
+      </c>
+      <c r="K485">
+        <v>1</v>
+      </c>
+      <c r="L485" t="s">
+        <v>24</v>
+      </c>
+      <c r="M485" t="s">
+        <v>24</v>
+      </c>
+      <c r="N485" t="s">
+        <v>24</v>
+      </c>
+      <c r="O485" t="s">
+        <v>24</v>
+      </c>
+      <c r="P485">
+        <v>88.61</v>
+      </c>
+      <c r="Q485" t="s">
+        <v>24</v>
+      </c>
+      <c r="R485" t="s">
+        <v>24</v>
+      </c>
+      <c r="S485">
+        <v>88.61</v>
+      </c>
+    </row>
+    <row r="486" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A486">
+        <v>485</v>
+      </c>
+      <c r="B486" t="s">
+        <v>484</v>
+      </c>
+      <c r="C486" t="s">
+        <v>754</v>
+      </c>
+      <c r="E486" t="s">
+        <v>24</v>
+      </c>
+      <c r="F486" t="s">
+        <v>65</v>
+      </c>
+      <c r="G486" t="s">
+        <v>23</v>
+      </c>
+      <c r="H486">
+        <v>31</v>
+      </c>
+      <c r="I486" t="b">
+        <v>0</v>
+      </c>
+      <c r="J486" t="s">
+        <v>161</v>
+      </c>
+      <c r="K486">
+        <v>1</v>
+      </c>
+      <c r="L486" t="s">
+        <v>24</v>
+      </c>
+      <c r="M486" t="s">
+        <v>24</v>
+      </c>
+      <c r="N486" t="s">
+        <v>24</v>
+      </c>
+      <c r="O486" t="s">
+        <v>24</v>
+      </c>
+      <c r="P486">
+        <v>88.55</v>
+      </c>
+      <c r="Q486" t="s">
+        <v>24</v>
+      </c>
+      <c r="R486" t="s">
+        <v>24</v>
+      </c>
+      <c r="S486">
+        <v>88.55</v>
+      </c>
+    </row>
+    <row r="487" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A487">
+        <v>486</v>
+      </c>
+      <c r="B487" t="s">
+        <v>755</v>
+      </c>
+      <c r="C487" t="s">
+        <v>756</v>
+      </c>
+      <c r="E487" t="s">
+        <v>34</v>
+      </c>
+      <c r="F487" t="s">
+        <v>22</v>
+      </c>
+      <c r="G487" t="s">
+        <v>38</v>
+      </c>
+      <c r="H487">
+        <v>29</v>
+      </c>
+      <c r="I487" t="b">
+        <v>0</v>
+      </c>
+      <c r="J487" t="s">
+        <v>161</v>
+      </c>
+      <c r="K487">
+        <v>1</v>
+      </c>
+      <c r="L487" t="s">
+        <v>24</v>
+      </c>
+      <c r="M487">
+        <v>88.53</v>
+      </c>
+      <c r="N487" t="s">
+        <v>24</v>
+      </c>
+      <c r="O487" t="s">
+        <v>24</v>
+      </c>
+      <c r="P487" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q487" t="s">
+        <v>24</v>
+      </c>
+      <c r="R487" t="s">
+        <v>24</v>
+      </c>
+      <c r="S487">
+        <v>88.53</v>
+      </c>
+    </row>
+    <row r="488" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A488">
+        <v>487</v>
+      </c>
+      <c r="B488" t="s">
+        <v>757</v>
+      </c>
+      <c r="C488" t="s">
+        <v>758</v>
+      </c>
+      <c r="E488" t="s">
+        <v>34</v>
+      </c>
+      <c r="F488" t="s">
+        <v>84</v>
+      </c>
+      <c r="G488" t="s">
+        <v>38</v>
+      </c>
+      <c r="H488">
+        <v>8</v>
+      </c>
+      <c r="I488" t="b">
+        <v>0</v>
+      </c>
+      <c r="J488" t="s">
+        <v>161</v>
+      </c>
+      <c r="K488">
+        <v>1</v>
+      </c>
+      <c r="L488" t="s">
+        <v>24</v>
+      </c>
+      <c r="M488" t="s">
+        <v>24</v>
+      </c>
+      <c r="N488" t="s">
+        <v>24</v>
+      </c>
+      <c r="O488">
+        <v>88.45</v>
+      </c>
+      <c r="P488" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q488" t="s">
+        <v>24</v>
+      </c>
+      <c r="R488" t="s">
+        <v>24</v>
+      </c>
+      <c r="S488">
+        <v>88.45</v>
+      </c>
+    </row>
+    <row r="489" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A489">
+        <v>488</v>
+      </c>
+      <c r="B489" t="s">
+        <v>71</v>
+      </c>
+      <c r="C489" t="s">
+        <v>759</v>
+      </c>
+      <c r="E489" t="s">
+        <v>384</v>
+      </c>
+      <c r="F489" t="s">
+        <v>41</v>
+      </c>
+      <c r="G489" t="s">
+        <v>23</v>
+      </c>
+      <c r="H489">
+        <v>190</v>
+      </c>
+      <c r="I489" t="b">
+        <v>0</v>
+      </c>
+      <c r="J489" t="s">
+        <v>161</v>
+      </c>
+      <c r="K489">
+        <v>1</v>
+      </c>
+      <c r="L489" t="s">
+        <v>24</v>
+      </c>
+      <c r="M489" t="s">
+        <v>24</v>
+      </c>
+      <c r="N489" t="s">
+        <v>24</v>
+      </c>
+      <c r="O489" t="s">
+        <v>24</v>
+      </c>
+      <c r="P489" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q489" t="s">
+        <v>24</v>
+      </c>
+      <c r="R489">
+        <v>88.26</v>
+      </c>
+      <c r="S489">
+        <v>88.26</v>
+      </c>
+    </row>
+    <row r="490" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A490">
+        <v>489</v>
+      </c>
+      <c r="B490" t="s">
+        <v>318</v>
+      </c>
+      <c r="C490" t="s">
+        <v>760</v>
+      </c>
+      <c r="E490" t="s">
+        <v>761</v>
+      </c>
+      <c r="F490" t="s">
+        <v>31</v>
+      </c>
+      <c r="G490" t="s">
+        <v>23</v>
+      </c>
+      <c r="H490">
+        <v>60</v>
+      </c>
+      <c r="I490" t="b">
+        <v>0</v>
+      </c>
+      <c r="J490" t="s">
+        <v>161</v>
+      </c>
+      <c r="K490">
+        <v>1</v>
+      </c>
+      <c r="L490" t="s">
+        <v>24</v>
+      </c>
+      <c r="M490" t="s">
+        <v>24</v>
+      </c>
+      <c r="N490" t="s">
+        <v>24</v>
+      </c>
+      <c r="O490" t="s">
+        <v>24</v>
+      </c>
+      <c r="P490">
+        <v>88.14</v>
+      </c>
+      <c r="Q490" t="s">
+        <v>24</v>
+      </c>
+      <c r="R490" t="s">
+        <v>24</v>
+      </c>
+      <c r="S490">
+        <v>88.14</v>
+      </c>
+    </row>
+    <row r="491" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A491">
+        <v>490</v>
+      </c>
+      <c r="B491" t="s">
+        <v>640</v>
+      </c>
+      <c r="C491" t="s">
+        <v>109</v>
+      </c>
+      <c r="D491">
+        <v>75</v>
+      </c>
+      <c r="E491" t="s">
+        <v>34</v>
+      </c>
+      <c r="F491" t="s">
+        <v>22</v>
+      </c>
+      <c r="G491" t="s">
+        <v>38</v>
+      </c>
+      <c r="H491">
+        <v>30</v>
+      </c>
+      <c r="I491" t="b">
+        <v>0</v>
+      </c>
+      <c r="J491" t="s">
+        <v>164</v>
+      </c>
+      <c r="K491">
+        <v>2</v>
+      </c>
+      <c r="L491" t="s">
+        <v>24</v>
+      </c>
+      <c r="M491" t="s">
+        <v>24</v>
+      </c>
+      <c r="N491" t="s">
+        <v>24</v>
+      </c>
+      <c r="O491" t="s">
+        <v>24</v>
+      </c>
+      <c r="P491">
+        <v>0</v>
+      </c>
+      <c r="Q491" t="s">
+        <v>24</v>
+      </c>
+      <c r="R491">
+        <v>88.11</v>
+      </c>
+      <c r="S491">
+        <v>88.11</v>
+      </c>
+    </row>
+    <row r="492" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A492">
+        <v>491</v>
+      </c>
+      <c r="B492" t="s">
+        <v>210</v>
+      </c>
+      <c r="C492" t="s">
+        <v>762</v>
+      </c>
+      <c r="E492" t="s">
+        <v>512</v>
+      </c>
+      <c r="F492" t="s">
+        <v>31</v>
+      </c>
+      <c r="G492" t="s">
+        <v>38</v>
+      </c>
+      <c r="H492">
+        <v>11</v>
+      </c>
+      <c r="I492" t="b">
+        <v>0</v>
+      </c>
+      <c r="J492" t="s">
+        <v>161</v>
+      </c>
+      <c r="K492">
+        <v>1</v>
+      </c>
+      <c r="L492" t="s">
+        <v>24</v>
+      </c>
+      <c r="M492" t="s">
+        <v>24</v>
+      </c>
+      <c r="N492" t="s">
+        <v>24</v>
+      </c>
+      <c r="O492" t="s">
+        <v>24</v>
+      </c>
+      <c r="P492" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q492">
+        <v>88.09</v>
+      </c>
+      <c r="R492" t="s">
+        <v>24</v>
+      </c>
+      <c r="S492">
+        <v>88.09</v>
+      </c>
+    </row>
+    <row r="493" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A493">
+        <v>492</v>
+      </c>
+      <c r="B493" t="s">
+        <v>138</v>
+      </c>
+      <c r="C493" t="s">
+        <v>763</v>
+      </c>
+      <c r="D493">
+        <v>2376</v>
+      </c>
+      <c r="E493" t="s">
+        <v>137</v>
+      </c>
+      <c r="F493" t="s">
+        <v>31</v>
+      </c>
+      <c r="G493" t="s">
+        <v>23</v>
+      </c>
+      <c r="H493">
+        <v>61</v>
+      </c>
+      <c r="I493" t="b">
+        <v>0</v>
+      </c>
+      <c r="J493" t="s">
+        <v>164</v>
+      </c>
+      <c r="K493">
+        <v>1</v>
+      </c>
+      <c r="L493">
+        <v>88.06</v>
+      </c>
+      <c r="M493" t="s">
+        <v>24</v>
+      </c>
+      <c r="N493" t="s">
+        <v>24</v>
+      </c>
+      <c r="O493" t="s">
+        <v>24</v>
+      </c>
+      <c r="P493" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q493" t="s">
+        <v>24</v>
+      </c>
+      <c r="R493" t="s">
+        <v>24</v>
+      </c>
+      <c r="S493">
+        <v>88.06</v>
+      </c>
+    </row>
+    <row r="494" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A494">
+        <v>493</v>
+      </c>
+      <c r="B494" t="s">
+        <v>764</v>
+      </c>
+      <c r="C494" t="s">
+        <v>282</v>
+      </c>
+      <c r="E494" t="s">
+        <v>34</v>
+      </c>
+      <c r="F494" t="s">
+        <v>31</v>
+      </c>
+      <c r="G494" t="s">
+        <v>38</v>
+      </c>
+      <c r="H494">
+        <v>12</v>
+      </c>
+      <c r="I494" t="b">
+        <v>0</v>
+      </c>
+      <c r="J494" t="s">
+        <v>161</v>
+      </c>
+      <c r="K494">
+        <v>1</v>
+      </c>
+      <c r="L494" t="s">
+        <v>24</v>
+      </c>
+      <c r="M494" t="s">
+        <v>24</v>
+      </c>
+      <c r="N494" t="s">
+        <v>24</v>
+      </c>
+      <c r="O494">
+        <v>88.03</v>
+      </c>
+      <c r="P494" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q494" t="s">
+        <v>24</v>
+      </c>
+      <c r="R494" t="s">
+        <v>24</v>
+      </c>
+      <c r="S494">
+        <v>88.03</v>
+      </c>
+    </row>
+    <row r="495" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A495">
+        <v>494</v>
+      </c>
+      <c r="B495" t="s">
+        <v>71</v>
+      </c>
+      <c r="C495" t="s">
+        <v>765</v>
+      </c>
+      <c r="D495">
+        <v>1028</v>
+      </c>
+      <c r="E495" t="s">
+        <v>494</v>
+      </c>
+      <c r="F495" t="s">
+        <v>65</v>
+      </c>
+      <c r="G495" t="s">
+        <v>23</v>
+      </c>
+      <c r="H495">
+        <v>32</v>
+      </c>
+      <c r="I495" t="b">
+        <v>0</v>
+      </c>
+      <c r="J495" t="s">
+        <v>164</v>
+      </c>
+      <c r="K495">
+        <v>1</v>
+      </c>
+      <c r="L495">
+        <v>87.6</v>
+      </c>
+      <c r="M495" t="s">
+        <v>24</v>
+      </c>
+      <c r="N495" t="s">
+        <v>24</v>
+      </c>
+      <c r="O495" t="s">
+        <v>24</v>
+      </c>
+      <c r="P495" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q495" t="s">
+        <v>24</v>
+      </c>
+      <c r="R495" t="s">
+        <v>24</v>
+      </c>
+      <c r="S495">
+        <v>87.6</v>
+      </c>
+    </row>
+    <row r="496" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A496">
+        <v>495</v>
+      </c>
+      <c r="B496" t="s">
+        <v>418</v>
+      </c>
+      <c r="C496" t="s">
+        <v>766</v>
+      </c>
+      <c r="E496" t="s">
+        <v>555</v>
+      </c>
+      <c r="F496" t="s">
+        <v>31</v>
+      </c>
+      <c r="G496" t="s">
+        <v>23</v>
+      </c>
+      <c r="H496">
+        <v>62</v>
+      </c>
+      <c r="I496" t="b">
+        <v>0</v>
+      </c>
+      <c r="J496" t="s">
+        <v>161</v>
+      </c>
+      <c r="K496">
+        <v>1</v>
+      </c>
+      <c r="L496" t="s">
+        <v>24</v>
+      </c>
+      <c r="M496" t="s">
+        <v>24</v>
+      </c>
+      <c r="N496" t="s">
+        <v>24</v>
+      </c>
+      <c r="O496" t="s">
+        <v>24</v>
+      </c>
+      <c r="P496">
+        <v>87.58</v>
+      </c>
+      <c r="Q496" t="s">
+        <v>24</v>
+      </c>
+      <c r="R496" t="s">
+        <v>24</v>
+      </c>
+      <c r="S496">
+        <v>87.58</v>
+      </c>
+    </row>
+    <row r="497" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A497">
+        <v>496</v>
+      </c>
+      <c r="B497" t="s">
+        <v>252</v>
+      </c>
+      <c r="C497" t="s">
+        <v>767</v>
+      </c>
+      <c r="E497" t="s">
+        <v>768</v>
+      </c>
+      <c r="F497" t="s">
+        <v>41</v>
+      </c>
+      <c r="G497" t="s">
+        <v>23</v>
+      </c>
+      <c r="H497">
+        <v>191</v>
+      </c>
+      <c r="I497" t="b">
+        <v>0</v>
+      </c>
+      <c r="J497" t="s">
+        <v>161</v>
+      </c>
+      <c r="K497">
+        <v>1</v>
+      </c>
+      <c r="L497" t="s">
+        <v>24</v>
+      </c>
+      <c r="M497" t="s">
+        <v>24</v>
+      </c>
+      <c r="N497" t="s">
+        <v>24</v>
+      </c>
+      <c r="O497" t="s">
+        <v>24</v>
+      </c>
+      <c r="P497" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q497" t="s">
+        <v>24</v>
+      </c>
+      <c r="R497">
+        <v>87.57</v>
+      </c>
+      <c r="S497">
+        <v>87.57</v>
+      </c>
+    </row>
+    <row r="498" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A498">
+        <v>497</v>
+      </c>
+      <c r="B498" t="s">
+        <v>154</v>
+      </c>
+      <c r="C498" t="s">
+        <v>468</v>
+      </c>
+      <c r="E498" t="s">
+        <v>24</v>
+      </c>
+      <c r="F498" t="s">
+        <v>41</v>
+      </c>
+      <c r="G498" t="s">
+        <v>23</v>
+      </c>
+      <c r="H498">
+        <v>192</v>
+      </c>
+      <c r="I498" t="b">
+        <v>0</v>
+      </c>
+      <c r="J498" t="s">
+        <v>161</v>
+      </c>
+      <c r="K498">
+        <v>1</v>
+      </c>
+      <c r="L498" t="s">
+        <v>24</v>
+      </c>
+      <c r="M498" t="s">
+        <v>24</v>
+      </c>
+      <c r="N498" t="s">
+        <v>24</v>
+      </c>
+      <c r="O498" t="s">
+        <v>24</v>
+      </c>
+      <c r="P498" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q498" t="s">
+        <v>24</v>
+      </c>
+      <c r="R498">
+        <v>87.54</v>
+      </c>
+      <c r="S498">
+        <v>87.54</v>
+      </c>
+    </row>
+    <row r="499" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A499">
+        <v>498</v>
+      </c>
+      <c r="B499" t="s">
+        <v>245</v>
+      </c>
+      <c r="C499" t="s">
+        <v>769</v>
+      </c>
+      <c r="E499" t="s">
+        <v>770</v>
+      </c>
+      <c r="F499" t="s">
+        <v>41</v>
+      </c>
+      <c r="G499" t="s">
+        <v>38</v>
+      </c>
+      <c r="H499">
+        <v>54</v>
+      </c>
+      <c r="I499" t="b">
+        <v>0</v>
+      </c>
+      <c r="J499" t="s">
+        <v>161</v>
+      </c>
+      <c r="K499">
+        <v>1</v>
+      </c>
+      <c r="L499" t="s">
+        <v>24</v>
+      </c>
+      <c r="M499" t="s">
+        <v>24</v>
+      </c>
+      <c r="N499" t="s">
+        <v>24</v>
+      </c>
+      <c r="O499" t="s">
+        <v>24</v>
+      </c>
+      <c r="P499" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q499" t="s">
+        <v>24</v>
+      </c>
+      <c r="R499">
+        <v>87.53</v>
+      </c>
+      <c r="S499">
+        <v>87.53</v>
+      </c>
+    </row>
+    <row r="500" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A500">
+        <v>499</v>
+      </c>
+      <c r="B500" t="s">
+        <v>344</v>
+      </c>
+      <c r="C500" t="s">
+        <v>771</v>
+      </c>
+      <c r="E500" t="s">
+        <v>24</v>
+      </c>
+      <c r="F500" t="s">
+        <v>41</v>
+      </c>
+      <c r="G500" t="s">
+        <v>23</v>
+      </c>
+      <c r="H500">
+        <v>193</v>
+      </c>
+      <c r="I500" t="b">
+        <v>0</v>
+      </c>
+      <c r="J500" t="s">
+        <v>161</v>
+      </c>
+      <c r="K500">
+        <v>1</v>
+      </c>
+      <c r="L500" t="s">
+        <v>24</v>
+      </c>
+      <c r="M500" t="s">
+        <v>24</v>
+      </c>
+      <c r="N500" t="s">
+        <v>24</v>
+      </c>
+      <c r="O500" t="s">
+        <v>24</v>
+      </c>
+      <c r="P500" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q500" t="s">
+        <v>24</v>
+      </c>
+      <c r="R500">
+        <v>87.45</v>
+      </c>
+      <c r="S500">
+        <v>87.45</v>
+      </c>
+    </row>
+    <row r="501" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A501">
+        <v>500</v>
+      </c>
+      <c r="B501" t="s">
+        <v>622</v>
+      </c>
+      <c r="C501" t="s">
+        <v>336</v>
+      </c>
+      <c r="E501" t="s">
+        <v>137</v>
+      </c>
+      <c r="F501" t="s">
+        <v>22</v>
+      </c>
+      <c r="G501" t="s">
+        <v>38</v>
+      </c>
+      <c r="H501">
+        <v>31</v>
+      </c>
+      <c r="I501" t="b">
+        <v>0</v>
+      </c>
+      <c r="J501" t="s">
+        <v>161</v>
+      </c>
+      <c r="K501">
+        <v>1</v>
+      </c>
+      <c r="L501">
+        <v>87.43</v>
+      </c>
+      <c r="M501" t="s">
+        <v>24</v>
+      </c>
+      <c r="N501" t="s">
+        <v>24</v>
+      </c>
+      <c r="O501" t="s">
+        <v>24</v>
+      </c>
+      <c r="P501" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q501" t="s">
+        <v>24</v>
+      </c>
+      <c r="R501" t="s">
+        <v>24</v>
+      </c>
+      <c r="S501">
+        <v>87.43</v>
+      </c>
+    </row>
+    <row r="502" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A502">
         <v>501</v>
       </c>
-      <c r="C300" t="s">
-[...2 lines deleted...]
-      <c r="D300">
+      <c r="B502" t="s">
+        <v>418</v>
+      </c>
+      <c r="C502" t="s">
+        <v>772</v>
+      </c>
+      <c r="E502" t="s">
+        <v>24</v>
+      </c>
+      <c r="F502" t="s">
+        <v>65</v>
+      </c>
+      <c r="G502" t="s">
+        <v>23</v>
+      </c>
+      <c r="H502">
+        <v>33</v>
+      </c>
+      <c r="I502" t="b">
+        <v>0</v>
+      </c>
+      <c r="J502" t="s">
+        <v>161</v>
+      </c>
+      <c r="K502">
+        <v>1</v>
+      </c>
+      <c r="L502" t="s">
+        <v>24</v>
+      </c>
+      <c r="M502" t="s">
+        <v>24</v>
+      </c>
+      <c r="N502" t="s">
+        <v>24</v>
+      </c>
+      <c r="O502" t="s">
+        <v>24</v>
+      </c>
+      <c r="P502" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q502">
+        <v>87.37</v>
+      </c>
+      <c r="R502" t="s">
+        <v>24</v>
+      </c>
+      <c r="S502">
+        <v>87.37</v>
+      </c>
+    </row>
+    <row r="503" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A503">
+        <v>502</v>
+      </c>
+      <c r="B503" t="s">
+        <v>773</v>
+      </c>
+      <c r="C503" t="s">
+        <v>774</v>
+      </c>
+      <c r="E503" t="s">
+        <v>24</v>
+      </c>
+      <c r="F503" t="s">
+        <v>41</v>
+      </c>
+      <c r="G503" t="s">
+        <v>38</v>
+      </c>
+      <c r="H503">
+        <v>55</v>
+      </c>
+      <c r="I503" t="b">
+        <v>0</v>
+      </c>
+      <c r="J503" t="s">
+        <v>161</v>
+      </c>
+      <c r="K503">
+        <v>1</v>
+      </c>
+      <c r="L503" t="s">
+        <v>24</v>
+      </c>
+      <c r="M503" t="s">
+        <v>24</v>
+      </c>
+      <c r="N503" t="s">
+        <v>24</v>
+      </c>
+      <c r="O503" t="s">
+        <v>24</v>
+      </c>
+      <c r="P503" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q503" t="s">
+        <v>24</v>
+      </c>
+      <c r="R503">
+        <v>87.03</v>
+      </c>
+      <c r="S503">
+        <v>87.03</v>
+      </c>
+    </row>
+    <row r="504" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A504">
+        <v>503</v>
+      </c>
+      <c r="B504" t="s">
+        <v>49</v>
+      </c>
+      <c r="C504" t="s">
+        <v>775</v>
+      </c>
+      <c r="E504" t="s">
+        <v>24</v>
+      </c>
+      <c r="F504" t="s">
+        <v>41</v>
+      </c>
+      <c r="G504" t="s">
+        <v>23</v>
+      </c>
+      <c r="H504">
+        <v>194</v>
+      </c>
+      <c r="I504" t="b">
+        <v>0</v>
+      </c>
+      <c r="J504" t="s">
+        <v>161</v>
+      </c>
+      <c r="K504">
+        <v>1</v>
+      </c>
+      <c r="L504" t="s">
+        <v>24</v>
+      </c>
+      <c r="M504" t="s">
+        <v>24</v>
+      </c>
+      <c r="N504" t="s">
+        <v>24</v>
+      </c>
+      <c r="O504" t="s">
+        <v>24</v>
+      </c>
+      <c r="P504" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q504" t="s">
+        <v>24</v>
+      </c>
+      <c r="R504">
+        <v>86.91</v>
+      </c>
+      <c r="S504">
+        <v>86.91</v>
+      </c>
+    </row>
+    <row r="505" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A505">
+        <v>504</v>
+      </c>
+      <c r="B505" t="s">
+        <v>243</v>
+      </c>
+      <c r="C505" t="s">
+        <v>222</v>
+      </c>
+      <c r="E505" t="s">
+        <v>34</v>
+      </c>
+      <c r="F505" t="s">
+        <v>31</v>
+      </c>
+      <c r="G505" t="s">
+        <v>23</v>
+      </c>
+      <c r="H505">
+        <v>63</v>
+      </c>
+      <c r="I505" t="b">
+        <v>0</v>
+      </c>
+      <c r="J505" t="s">
+        <v>161</v>
+      </c>
+      <c r="K505">
+        <v>1</v>
+      </c>
+      <c r="L505" t="s">
+        <v>24</v>
+      </c>
+      <c r="M505" t="s">
+        <v>24</v>
+      </c>
+      <c r="N505" t="s">
+        <v>24</v>
+      </c>
+      <c r="O505">
+        <v>86.83</v>
+      </c>
+      <c r="P505" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q505" t="s">
+        <v>24</v>
+      </c>
+      <c r="R505" t="s">
+        <v>24</v>
+      </c>
+      <c r="S505">
+        <v>86.83</v>
+      </c>
+    </row>
+    <row r="506" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A506">
+        <v>505</v>
+      </c>
+      <c r="B506" t="s">
+        <v>119</v>
+      </c>
+      <c r="C506" t="s">
+        <v>776</v>
+      </c>
+      <c r="E506" t="s">
+        <v>777</v>
+      </c>
+      <c r="F506" t="s">
+        <v>31</v>
+      </c>
+      <c r="G506" t="s">
+        <v>23</v>
+      </c>
+      <c r="H506">
+        <v>64</v>
+      </c>
+      <c r="I506" t="b">
+        <v>0</v>
+      </c>
+      <c r="J506" t="s">
+        <v>161</v>
+      </c>
+      <c r="K506">
+        <v>1</v>
+      </c>
+      <c r="L506" t="s">
+        <v>24</v>
+      </c>
+      <c r="M506" t="s">
+        <v>24</v>
+      </c>
+      <c r="N506" t="s">
+        <v>24</v>
+      </c>
+      <c r="O506" t="s">
+        <v>24</v>
+      </c>
+      <c r="P506">
+        <v>86.74</v>
+      </c>
+      <c r="Q506" t="s">
+        <v>24</v>
+      </c>
+      <c r="R506" t="s">
+        <v>24</v>
+      </c>
+      <c r="S506">
+        <v>86.74</v>
+      </c>
+    </row>
+    <row r="507" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A507">
+        <v>506</v>
+      </c>
+      <c r="B507" t="s">
+        <v>778</v>
+      </c>
+      <c r="C507" t="s">
+        <v>779</v>
+      </c>
+      <c r="E507" t="s">
+        <v>24</v>
+      </c>
+      <c r="F507" t="s">
+        <v>41</v>
+      </c>
+      <c r="G507" t="s">
+        <v>38</v>
+      </c>
+      <c r="H507">
+        <v>56</v>
+      </c>
+      <c r="I507" t="b">
+        <v>0</v>
+      </c>
+      <c r="J507" t="s">
+        <v>161</v>
+      </c>
+      <c r="K507">
+        <v>1</v>
+      </c>
+      <c r="L507" t="s">
+        <v>24</v>
+      </c>
+      <c r="M507" t="s">
+        <v>24</v>
+      </c>
+      <c r="N507" t="s">
+        <v>24</v>
+      </c>
+      <c r="O507" t="s">
+        <v>24</v>
+      </c>
+      <c r="P507" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q507" t="s">
+        <v>24</v>
+      </c>
+      <c r="R507">
+        <v>86.48</v>
+      </c>
+      <c r="S507">
+        <v>86.48</v>
+      </c>
+    </row>
+    <row r="508" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A508">
+        <v>507</v>
+      </c>
+      <c r="B508" t="s">
+        <v>780</v>
+      </c>
+      <c r="C508" t="s">
+        <v>779</v>
+      </c>
+      <c r="E508" t="s">
+        <v>24</v>
+      </c>
+      <c r="F508" t="s">
+        <v>41</v>
+      </c>
+      <c r="G508" t="s">
+        <v>23</v>
+      </c>
+      <c r="H508">
+        <v>195</v>
+      </c>
+      <c r="I508" t="b">
+        <v>0</v>
+      </c>
+      <c r="J508" t="s">
+        <v>161</v>
+      </c>
+      <c r="K508">
+        <v>1</v>
+      </c>
+      <c r="L508" t="s">
+        <v>24</v>
+      </c>
+      <c r="M508" t="s">
+        <v>24</v>
+      </c>
+      <c r="N508" t="s">
+        <v>24</v>
+      </c>
+      <c r="O508" t="s">
+        <v>24</v>
+      </c>
+      <c r="P508" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q508" t="s">
+        <v>24</v>
+      </c>
+      <c r="R508">
+        <v>86.42</v>
+      </c>
+      <c r="S508">
+        <v>86.42</v>
+      </c>
+    </row>
+    <row r="509" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A509">
+        <v>508</v>
+      </c>
+      <c r="B509" t="s">
+        <v>94</v>
+      </c>
+      <c r="C509" t="s">
+        <v>781</v>
+      </c>
+      <c r="E509" t="s">
+        <v>539</v>
+      </c>
+      <c r="F509" t="s">
+        <v>41</v>
+      </c>
+      <c r="G509" t="s">
+        <v>23</v>
+      </c>
+      <c r="H509">
+        <v>196</v>
+      </c>
+      <c r="I509" t="b">
+        <v>0</v>
+      </c>
+      <c r="J509" t="s">
+        <v>161</v>
+      </c>
+      <c r="K509">
+        <v>1</v>
+      </c>
+      <c r="L509" t="s">
+        <v>24</v>
+      </c>
+      <c r="M509" t="s">
+        <v>24</v>
+      </c>
+      <c r="N509" t="s">
+        <v>24</v>
+      </c>
+      <c r="O509" t="s">
+        <v>24</v>
+      </c>
+      <c r="P509" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q509" t="s">
+        <v>24</v>
+      </c>
+      <c r="R509">
+        <v>86.08</v>
+      </c>
+      <c r="S509">
+        <v>86.08</v>
+      </c>
+    </row>
+    <row r="510" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A510">
+        <v>509</v>
+      </c>
+      <c r="B510" t="s">
+        <v>204</v>
+      </c>
+      <c r="C510" t="s">
+        <v>782</v>
+      </c>
+      <c r="E510" t="s">
+        <v>24</v>
+      </c>
+      <c r="F510" t="s">
+        <v>41</v>
+      </c>
+      <c r="G510" t="s">
+        <v>23</v>
+      </c>
+      <c r="H510">
+        <v>197</v>
+      </c>
+      <c r="I510" t="b">
+        <v>0</v>
+      </c>
+      <c r="J510" t="s">
+        <v>161</v>
+      </c>
+      <c r="K510">
+        <v>1</v>
+      </c>
+      <c r="L510" t="s">
+        <v>24</v>
+      </c>
+      <c r="M510" t="s">
+        <v>24</v>
+      </c>
+      <c r="N510" t="s">
+        <v>24</v>
+      </c>
+      <c r="O510" t="s">
+        <v>24</v>
+      </c>
+      <c r="P510" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q510" t="s">
+        <v>24</v>
+      </c>
+      <c r="R510">
+        <v>86.06</v>
+      </c>
+      <c r="S510">
+        <v>86.06</v>
+      </c>
+    </row>
+    <row r="511" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A511">
+        <v>510</v>
+      </c>
+      <c r="B511" t="s">
+        <v>622</v>
+      </c>
+      <c r="C511" t="s">
+        <v>783</v>
+      </c>
+      <c r="E511" t="s">
+        <v>24</v>
+      </c>
+      <c r="F511" t="s">
+        <v>41</v>
+      </c>
+      <c r="G511" t="s">
+        <v>38</v>
+      </c>
+      <c r="H511">
+        <v>57</v>
+      </c>
+      <c r="I511" t="b">
+        <v>0</v>
+      </c>
+      <c r="J511" t="s">
+        <v>161</v>
+      </c>
+      <c r="K511">
+        <v>1</v>
+      </c>
+      <c r="L511" t="s">
+        <v>24</v>
+      </c>
+      <c r="M511" t="s">
+        <v>24</v>
+      </c>
+      <c r="N511" t="s">
+        <v>24</v>
+      </c>
+      <c r="O511" t="s">
+        <v>24</v>
+      </c>
+      <c r="P511" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q511" t="s">
+        <v>24</v>
+      </c>
+      <c r="R511">
+        <v>86.04</v>
+      </c>
+      <c r="S511">
+        <v>86.04</v>
+      </c>
+    </row>
+    <row r="512" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A512">
+        <v>511</v>
+      </c>
+      <c r="B512" t="s">
+        <v>362</v>
+      </c>
+      <c r="C512" t="s">
+        <v>784</v>
+      </c>
+      <c r="E512" t="s">
+        <v>785</v>
+      </c>
+      <c r="F512" t="s">
+        <v>41</v>
+      </c>
+      <c r="G512" t="s">
+        <v>23</v>
+      </c>
+      <c r="H512">
+        <v>198</v>
+      </c>
+      <c r="I512" t="b">
+        <v>0</v>
+      </c>
+      <c r="J512" t="s">
+        <v>161</v>
+      </c>
+      <c r="K512">
+        <v>1</v>
+      </c>
+      <c r="L512" t="s">
+        <v>24</v>
+      </c>
+      <c r="M512" t="s">
+        <v>24</v>
+      </c>
+      <c r="N512" t="s">
+        <v>24</v>
+      </c>
+      <c r="O512" t="s">
+        <v>24</v>
+      </c>
+      <c r="P512" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q512" t="s">
+        <v>24</v>
+      </c>
+      <c r="R512">
+        <v>86.03</v>
+      </c>
+      <c r="S512">
+        <v>86.03</v>
+      </c>
+    </row>
+    <row r="513" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A513">
+        <v>512</v>
+      </c>
+      <c r="B513" t="s">
+        <v>254</v>
+      </c>
+      <c r="C513" t="s">
+        <v>783</v>
+      </c>
+      <c r="E513" t="s">
+        <v>24</v>
+      </c>
+      <c r="F513" t="s">
+        <v>41</v>
+      </c>
+      <c r="G513" t="s">
+        <v>23</v>
+      </c>
+      <c r="H513">
+        <v>199</v>
+      </c>
+      <c r="I513" t="b">
+        <v>0</v>
+      </c>
+      <c r="J513" t="s">
+        <v>161</v>
+      </c>
+      <c r="K513">
+        <v>1</v>
+      </c>
+      <c r="L513" t="s">
+        <v>24</v>
+      </c>
+      <c r="M513" t="s">
+        <v>24</v>
+      </c>
+      <c r="N513" t="s">
+        <v>24</v>
+      </c>
+      <c r="O513" t="s">
+        <v>24</v>
+      </c>
+      <c r="P513" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q513" t="s">
+        <v>24</v>
+      </c>
+      <c r="R513">
+        <v>86.02</v>
+      </c>
+      <c r="S513">
+        <v>86.02</v>
+      </c>
+    </row>
+    <row r="514" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A514">
+        <v>513</v>
+      </c>
+      <c r="B514" t="s">
+        <v>495</v>
+      </c>
+      <c r="C514" t="s">
+        <v>786</v>
+      </c>
+      <c r="E514" t="s">
+        <v>787</v>
+      </c>
+      <c r="F514" t="s">
+        <v>41</v>
+      </c>
+      <c r="G514" t="s">
+        <v>23</v>
+      </c>
+      <c r="H514">
+        <v>200</v>
+      </c>
+      <c r="I514" t="b">
+        <v>0</v>
+      </c>
+      <c r="J514" t="s">
+        <v>161</v>
+      </c>
+      <c r="K514">
+        <v>1</v>
+      </c>
+      <c r="L514" t="s">
+        <v>24</v>
+      </c>
+      <c r="M514" t="s">
+        <v>24</v>
+      </c>
+      <c r="N514" t="s">
+        <v>24</v>
+      </c>
+      <c r="O514" t="s">
+        <v>24</v>
+      </c>
+      <c r="P514">
+        <v>85.64</v>
+      </c>
+      <c r="Q514" t="s">
+        <v>24</v>
+      </c>
+      <c r="R514" t="s">
+        <v>24</v>
+      </c>
+      <c r="S514">
+        <v>85.64</v>
+      </c>
+    </row>
+    <row r="515" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A515">
+        <v>514</v>
+      </c>
+      <c r="B515" t="s">
+        <v>54</v>
+      </c>
+      <c r="C515" t="s">
+        <v>788</v>
+      </c>
+      <c r="D515">
+        <v>1843</v>
+      </c>
+      <c r="E515" t="s">
+        <v>395</v>
+      </c>
+      <c r="F515" t="s">
+        <v>31</v>
+      </c>
+      <c r="G515" t="s">
+        <v>23</v>
+      </c>
+      <c r="H515">
+        <v>65</v>
+      </c>
+      <c r="I515" t="b">
+        <v>0</v>
+      </c>
+      <c r="J515" t="s">
+        <v>164</v>
+      </c>
+      <c r="K515">
+        <v>1</v>
+      </c>
+      <c r="L515" t="s">
+        <v>24</v>
+      </c>
+      <c r="M515" t="s">
+        <v>24</v>
+      </c>
+      <c r="N515" t="s">
+        <v>24</v>
+      </c>
+      <c r="O515" t="s">
+        <v>24</v>
+      </c>
+      <c r="P515">
+        <v>85.57</v>
+      </c>
+      <c r="Q515" t="s">
+        <v>24</v>
+      </c>
+      <c r="R515" t="s">
+        <v>24</v>
+      </c>
+      <c r="S515">
+        <v>85.57</v>
+      </c>
+    </row>
+    <row r="516" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A516">
+        <v>515</v>
+      </c>
+      <c r="B516" t="s">
+        <v>789</v>
+      </c>
+      <c r="C516" t="s">
+        <v>250</v>
+      </c>
+      <c r="E516" t="s">
+        <v>24</v>
+      </c>
+      <c r="F516" t="s">
+        <v>41</v>
+      </c>
+      <c r="G516" t="s">
+        <v>38</v>
+      </c>
+      <c r="H516">
+        <v>58</v>
+      </c>
+      <c r="I516" t="b">
+        <v>0</v>
+      </c>
+      <c r="J516" t="s">
+        <v>161</v>
+      </c>
+      <c r="K516">
+        <v>1</v>
+      </c>
+      <c r="L516" t="s">
+        <v>24</v>
+      </c>
+      <c r="M516" t="s">
+        <v>24</v>
+      </c>
+      <c r="N516" t="s">
+        <v>24</v>
+      </c>
+      <c r="O516" t="s">
+        <v>24</v>
+      </c>
+      <c r="P516">
+        <v>85.4</v>
+      </c>
+      <c r="Q516" t="s">
+        <v>24</v>
+      </c>
+      <c r="R516" t="s">
+        <v>24</v>
+      </c>
+      <c r="S516">
+        <v>85.4</v>
+      </c>
+    </row>
+    <row r="517" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A517">
+        <v>516</v>
+      </c>
+      <c r="B517" t="s">
+        <v>103</v>
+      </c>
+      <c r="C517" t="s">
+        <v>790</v>
+      </c>
+      <c r="E517" t="s">
+        <v>24</v>
+      </c>
+      <c r="F517" t="s">
+        <v>41</v>
+      </c>
+      <c r="G517" t="s">
+        <v>38</v>
+      </c>
+      <c r="H517">
+        <v>59</v>
+      </c>
+      <c r="I517" t="b">
+        <v>0</v>
+      </c>
+      <c r="J517" t="s">
+        <v>161</v>
+      </c>
+      <c r="K517">
+        <v>1</v>
+      </c>
+      <c r="L517" t="s">
+        <v>24</v>
+      </c>
+      <c r="M517" t="s">
+        <v>24</v>
+      </c>
+      <c r="N517" t="s">
+        <v>24</v>
+      </c>
+      <c r="O517" t="s">
+        <v>24</v>
+      </c>
+      <c r="P517">
+        <v>85.4</v>
+      </c>
+      <c r="Q517" t="s">
+        <v>24</v>
+      </c>
+      <c r="R517" t="s">
+        <v>24</v>
+      </c>
+      <c r="S517">
+        <v>85.4</v>
+      </c>
+    </row>
+    <row r="518" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A518">
+        <v>517</v>
+      </c>
+      <c r="B518" t="s">
+        <v>42</v>
+      </c>
+      <c r="C518" t="s">
+        <v>791</v>
+      </c>
+      <c r="E518" t="s">
+        <v>253</v>
+      </c>
+      <c r="F518" t="s">
+        <v>22</v>
+      </c>
+      <c r="G518" t="s">
+        <v>23</v>
+      </c>
+      <c r="H518">
+        <v>73</v>
+      </c>
+      <c r="I518" t="b">
+        <v>0</v>
+      </c>
+      <c r="J518" t="s">
+        <v>161</v>
+      </c>
+      <c r="K518">
+        <v>1</v>
+      </c>
+      <c r="L518" t="s">
+        <v>24</v>
+      </c>
+      <c r="M518" t="s">
+        <v>24</v>
+      </c>
+      <c r="N518" t="s">
+        <v>24</v>
+      </c>
+      <c r="O518" t="s">
+        <v>24</v>
+      </c>
+      <c r="P518">
+        <v>85.29</v>
+      </c>
+      <c r="Q518" t="s">
+        <v>24</v>
+      </c>
+      <c r="R518" t="s">
+        <v>24</v>
+      </c>
+      <c r="S518">
+        <v>85.29</v>
+      </c>
+    </row>
+    <row r="519" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A519">
+        <v>518</v>
+      </c>
+      <c r="B519" t="s">
+        <v>633</v>
+      </c>
+      <c r="C519" t="s">
+        <v>792</v>
+      </c>
+      <c r="E519" t="s">
+        <v>24</v>
+      </c>
+      <c r="F519" t="s">
+        <v>41</v>
+      </c>
+      <c r="G519" t="s">
+        <v>23</v>
+      </c>
+      <c r="H519">
+        <v>201</v>
+      </c>
+      <c r="I519" t="b">
+        <v>0</v>
+      </c>
+      <c r="J519" t="s">
+        <v>161</v>
+      </c>
+      <c r="K519">
+        <v>1</v>
+      </c>
+      <c r="L519" t="s">
+        <v>24</v>
+      </c>
+      <c r="M519" t="s">
+        <v>24</v>
+      </c>
+      <c r="N519" t="s">
+        <v>24</v>
+      </c>
+      <c r="O519" t="s">
+        <v>24</v>
+      </c>
+      <c r="P519" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q519" t="s">
+        <v>24</v>
+      </c>
+      <c r="R519">
+        <v>85.25</v>
+      </c>
+      <c r="S519">
+        <v>85.25</v>
+      </c>
+    </row>
+    <row r="520" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A520">
+        <v>519</v>
+      </c>
+      <c r="B520" t="s">
+        <v>793</v>
+      </c>
+      <c r="C520" t="s">
+        <v>497</v>
+      </c>
+      <c r="D520">
+        <v>878</v>
+      </c>
+      <c r="E520" t="s">
+        <v>137</v>
+      </c>
+      <c r="F520" t="s">
+        <v>65</v>
+      </c>
+      <c r="G520" t="s">
+        <v>23</v>
+      </c>
+      <c r="H520">
+        <v>34</v>
+      </c>
+      <c r="I520" t="b">
+        <v>0</v>
+      </c>
+      <c r="J520" t="s">
+        <v>164</v>
+      </c>
+      <c r="K520">
+        <v>1</v>
+      </c>
+      <c r="L520" t="s">
+        <v>24</v>
+      </c>
+      <c r="M520" t="s">
+        <v>24</v>
+      </c>
+      <c r="N520" t="s">
+        <v>24</v>
+      </c>
+      <c r="O520" t="s">
+        <v>24</v>
+      </c>
+      <c r="P520" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q520">
+        <v>85.15</v>
+      </c>
+      <c r="R520" t="s">
+        <v>24</v>
+      </c>
+      <c r="S520">
+        <v>85.15</v>
+      </c>
+    </row>
+    <row r="521" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A521">
+        <v>520</v>
+      </c>
+      <c r="B521" t="s">
+        <v>119</v>
+      </c>
+      <c r="C521" t="s">
+        <v>794</v>
+      </c>
+      <c r="E521" t="s">
+        <v>24</v>
+      </c>
+      <c r="F521" t="s">
+        <v>31</v>
+      </c>
+      <c r="G521" t="s">
+        <v>23</v>
+      </c>
+      <c r="H521">
+        <v>66</v>
+      </c>
+      <c r="I521" t="b">
+        <v>0</v>
+      </c>
+      <c r="J521" t="s">
+        <v>161</v>
+      </c>
+      <c r="K521">
+        <v>1</v>
+      </c>
+      <c r="L521" t="s">
+        <v>24</v>
+      </c>
+      <c r="M521" t="s">
+        <v>24</v>
+      </c>
+      <c r="N521" t="s">
+        <v>24</v>
+      </c>
+      <c r="O521" t="s">
+        <v>24</v>
+      </c>
+      <c r="P521">
+        <v>84.35</v>
+      </c>
+      <c r="Q521" t="s">
+        <v>24</v>
+      </c>
+      <c r="R521" t="s">
+        <v>24</v>
+      </c>
+      <c r="S521">
+        <v>84.35</v>
+      </c>
+    </row>
+    <row r="522" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A522">
+        <v>521</v>
+      </c>
+      <c r="B522" t="s">
+        <v>724</v>
+      </c>
+      <c r="C522" t="s">
+        <v>499</v>
+      </c>
+      <c r="E522" t="s">
+        <v>24</v>
+      </c>
+      <c r="F522" t="s">
+        <v>22</v>
+      </c>
+      <c r="G522" t="s">
+        <v>38</v>
+      </c>
+      <c r="H522">
+        <v>32</v>
+      </c>
+      <c r="I522" t="b">
+        <v>0</v>
+      </c>
+      <c r="J522" t="s">
+        <v>161</v>
+      </c>
+      <c r="K522">
+        <v>1</v>
+      </c>
+      <c r="L522" t="s">
+        <v>24</v>
+      </c>
+      <c r="M522" t="s">
+        <v>24</v>
+      </c>
+      <c r="N522">
+        <v>84.18</v>
+      </c>
+      <c r="O522" t="s">
+        <v>24</v>
+      </c>
+      <c r="P522" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q522" t="s">
+        <v>24</v>
+      </c>
+      <c r="R522" t="s">
+        <v>24</v>
+      </c>
+      <c r="S522">
+        <v>84.18</v>
+      </c>
+    </row>
+    <row r="523" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A523">
+        <v>522</v>
+      </c>
+      <c r="B523" t="s">
+        <v>119</v>
+      </c>
+      <c r="C523" t="s">
+        <v>795</v>
+      </c>
+      <c r="E523" t="s">
+        <v>796</v>
+      </c>
+      <c r="F523" t="s">
+        <v>31</v>
+      </c>
+      <c r="G523" t="s">
+        <v>23</v>
+      </c>
+      <c r="H523">
+        <v>67</v>
+      </c>
+      <c r="I523" t="b">
+        <v>0</v>
+      </c>
+      <c r="J523" t="s">
+        <v>161</v>
+      </c>
+      <c r="K523">
+        <v>1</v>
+      </c>
+      <c r="L523" t="s">
+        <v>24</v>
+      </c>
+      <c r="M523" t="s">
+        <v>24</v>
+      </c>
+      <c r="N523" t="s">
+        <v>24</v>
+      </c>
+      <c r="O523" t="s">
+        <v>24</v>
+      </c>
+      <c r="P523">
+        <v>84.18</v>
+      </c>
+      <c r="Q523" t="s">
+        <v>24</v>
+      </c>
+      <c r="R523" t="s">
+        <v>24</v>
+      </c>
+      <c r="S523">
+        <v>84.18</v>
+      </c>
+    </row>
+    <row r="524" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A524">
+        <v>523</v>
+      </c>
+      <c r="B524" t="s">
+        <v>797</v>
+      </c>
+      <c r="C524" t="s">
+        <v>194</v>
+      </c>
+      <c r="E524" t="s">
+        <v>24</v>
+      </c>
+      <c r="F524" t="s">
+        <v>31</v>
+      </c>
+      <c r="G524" t="s">
+        <v>23</v>
+      </c>
+      <c r="H524">
+        <v>68</v>
+      </c>
+      <c r="I524" t="b">
+        <v>0</v>
+      </c>
+      <c r="J524" t="s">
+        <v>161</v>
+      </c>
+      <c r="K524">
+        <v>1</v>
+      </c>
+      <c r="L524" t="s">
+        <v>24</v>
+      </c>
+      <c r="M524" t="s">
+        <v>24</v>
+      </c>
+      <c r="N524" t="s">
+        <v>24</v>
+      </c>
+      <c r="O524" t="s">
+        <v>24</v>
+      </c>
+      <c r="P524">
+        <v>84.11</v>
+      </c>
+      <c r="Q524" t="s">
+        <v>24</v>
+      </c>
+      <c r="R524" t="s">
+        <v>24</v>
+      </c>
+      <c r="S524">
+        <v>84.11</v>
+      </c>
+    </row>
+    <row r="525" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A525">
+        <v>524</v>
+      </c>
+      <c r="B525" t="s">
+        <v>213</v>
+      </c>
+      <c r="C525" t="s">
+        <v>170</v>
+      </c>
+      <c r="E525" t="s">
+        <v>24</v>
+      </c>
+      <c r="F525" t="s">
+        <v>31</v>
+      </c>
+      <c r="G525" t="s">
+        <v>23</v>
+      </c>
+      <c r="H525">
+        <v>69</v>
+      </c>
+      <c r="I525" t="b">
+        <v>0</v>
+      </c>
+      <c r="J525" t="s">
+        <v>161</v>
+      </c>
+      <c r="K525">
+        <v>1</v>
+      </c>
+      <c r="L525" t="s">
+        <v>24</v>
+      </c>
+      <c r="M525" t="s">
+        <v>24</v>
+      </c>
+      <c r="N525" t="s">
+        <v>24</v>
+      </c>
+      <c r="O525" t="s">
+        <v>24</v>
+      </c>
+      <c r="P525">
+        <v>84.09</v>
+      </c>
+      <c r="Q525" t="s">
+        <v>24</v>
+      </c>
+      <c r="R525" t="s">
+        <v>24</v>
+      </c>
+      <c r="S525">
+        <v>84.09</v>
+      </c>
+    </row>
+    <row r="526" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A526">
+        <v>525</v>
+      </c>
+      <c r="B526" t="s">
+        <v>798</v>
+      </c>
+      <c r="C526" t="s">
+        <v>57</v>
+      </c>
+      <c r="D526">
+        <v>182</v>
+      </c>
+      <c r="E526" t="s">
+        <v>34</v>
+      </c>
+      <c r="F526" t="s">
+        <v>65</v>
+      </c>
+      <c r="G526" t="s">
+        <v>23</v>
+      </c>
+      <c r="H526">
+        <v>35</v>
+      </c>
+      <c r="I526" t="b">
+        <v>0</v>
+      </c>
+      <c r="J526" t="s">
+        <v>164</v>
+      </c>
+      <c r="K526">
+        <v>1</v>
+      </c>
+      <c r="L526">
+        <v>84.06</v>
+      </c>
+      <c r="M526" t="s">
+        <v>24</v>
+      </c>
+      <c r="N526" t="s">
+        <v>24</v>
+      </c>
+      <c r="O526" t="s">
+        <v>24</v>
+      </c>
+      <c r="P526" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q526" t="s">
+        <v>24</v>
+      </c>
+      <c r="R526" t="s">
+        <v>24</v>
+      </c>
+      <c r="S526">
+        <v>84.06</v>
+      </c>
+    </row>
+    <row r="527" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A527">
+        <v>526</v>
+      </c>
+      <c r="B527" t="s">
+        <v>194</v>
+      </c>
+      <c r="C527" t="s">
+        <v>799</v>
+      </c>
+      <c r="E527" t="s">
+        <v>800</v>
+      </c>
+      <c r="F527" t="s">
+        <v>41</v>
+      </c>
+      <c r="G527" t="s">
+        <v>23</v>
+      </c>
+      <c r="H527">
+        <v>202</v>
+      </c>
+      <c r="I527" t="b">
+        <v>0</v>
+      </c>
+      <c r="J527" t="s">
+        <v>161</v>
+      </c>
+      <c r="K527">
+        <v>1</v>
+      </c>
+      <c r="L527" t="s">
+        <v>24</v>
+      </c>
+      <c r="M527" t="s">
+        <v>24</v>
+      </c>
+      <c r="N527">
+        <v>84.04</v>
+      </c>
+      <c r="O527" t="s">
+        <v>24</v>
+      </c>
+      <c r="P527" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q527" t="s">
+        <v>24</v>
+      </c>
+      <c r="R527" t="s">
+        <v>24</v>
+      </c>
+      <c r="S527">
+        <v>84.04</v>
+      </c>
+    </row>
+    <row r="528" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A528">
+        <v>527</v>
+      </c>
+      <c r="B528" t="s">
+        <v>801</v>
+      </c>
+      <c r="C528" t="s">
+        <v>149</v>
+      </c>
+      <c r="E528" t="s">
+        <v>24</v>
+      </c>
+      <c r="F528" t="s">
+        <v>41</v>
+      </c>
+      <c r="G528" t="s">
+        <v>23</v>
+      </c>
+      <c r="H528">
+        <v>203</v>
+      </c>
+      <c r="I528" t="b">
+        <v>0</v>
+      </c>
+      <c r="J528" t="s">
+        <v>161</v>
+      </c>
+      <c r="K528">
+        <v>1</v>
+      </c>
+      <c r="L528" t="s">
+        <v>24</v>
+      </c>
+      <c r="M528" t="s">
+        <v>24</v>
+      </c>
+      <c r="N528" t="s">
+        <v>24</v>
+      </c>
+      <c r="O528" t="s">
+        <v>24</v>
+      </c>
+      <c r="P528">
+        <v>83.98</v>
+      </c>
+      <c r="Q528" t="s">
+        <v>24</v>
+      </c>
+      <c r="R528" t="s">
+        <v>24</v>
+      </c>
+      <c r="S528">
+        <v>83.98</v>
+      </c>
+    </row>
+    <row r="529" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A529">
+        <v>528</v>
+      </c>
+      <c r="B529" t="s">
+        <v>606</v>
+      </c>
+      <c r="C529" t="s">
+        <v>20</v>
+      </c>
+      <c r="E529" t="s">
+        <v>24</v>
+      </c>
+      <c r="F529" t="s">
+        <v>41</v>
+      </c>
+      <c r="G529" t="s">
+        <v>38</v>
+      </c>
+      <c r="H529">
+        <v>60</v>
+      </c>
+      <c r="I529" t="b">
+        <v>0</v>
+      </c>
+      <c r="J529" t="s">
+        <v>161</v>
+      </c>
+      <c r="K529">
+        <v>1</v>
+      </c>
+      <c r="L529" t="s">
+        <v>24</v>
+      </c>
+      <c r="M529" t="s">
+        <v>24</v>
+      </c>
+      <c r="N529" t="s">
+        <v>24</v>
+      </c>
+      <c r="O529">
+        <v>83.84</v>
+      </c>
+      <c r="P529" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q529" t="s">
+        <v>24</v>
+      </c>
+      <c r="R529" t="s">
+        <v>24</v>
+      </c>
+      <c r="S529">
+        <v>83.84</v>
+      </c>
+    </row>
+    <row r="530" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A530">
+        <v>529</v>
+      </c>
+      <c r="B530" t="s">
+        <v>802</v>
+      </c>
+      <c r="C530" t="s">
+        <v>33</v>
+      </c>
+      <c r="E530" t="s">
+        <v>803</v>
+      </c>
+      <c r="F530" t="s">
+        <v>41</v>
+      </c>
+      <c r="G530" t="s">
+        <v>38</v>
+      </c>
+      <c r="H530">
+        <v>61</v>
+      </c>
+      <c r="I530" t="b">
+        <v>0</v>
+      </c>
+      <c r="J530" t="s">
+        <v>161</v>
+      </c>
+      <c r="K530">
+        <v>1</v>
+      </c>
+      <c r="L530" t="s">
+        <v>24</v>
+      </c>
+      <c r="M530" t="s">
+        <v>24</v>
+      </c>
+      <c r="N530" t="s">
+        <v>24</v>
+      </c>
+      <c r="O530">
+        <v>83.64</v>
+      </c>
+      <c r="P530" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q530" t="s">
+        <v>24</v>
+      </c>
+      <c r="R530" t="s">
+        <v>24</v>
+      </c>
+      <c r="S530">
+        <v>83.64</v>
+      </c>
+    </row>
+    <row r="531" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A531">
+        <v>530</v>
+      </c>
+      <c r="B531" t="s">
+        <v>804</v>
+      </c>
+      <c r="C531" t="s">
+        <v>235</v>
+      </c>
+      <c r="E531" t="s">
+        <v>178</v>
+      </c>
+      <c r="F531" t="s">
+        <v>41</v>
+      </c>
+      <c r="G531" t="s">
+        <v>38</v>
+      </c>
+      <c r="H531">
+        <v>62</v>
+      </c>
+      <c r="I531" t="b">
+        <v>0</v>
+      </c>
+      <c r="J531" t="s">
+        <v>161</v>
+      </c>
+      <c r="K531">
+        <v>1</v>
+      </c>
+      <c r="L531" t="s">
+        <v>24</v>
+      </c>
+      <c r="M531" t="s">
+        <v>24</v>
+      </c>
+      <c r="N531" t="s">
+        <v>24</v>
+      </c>
+      <c r="O531">
+        <v>83.61</v>
+      </c>
+      <c r="P531" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q531" t="s">
+        <v>24</v>
+      </c>
+      <c r="R531" t="s">
+        <v>24</v>
+      </c>
+      <c r="S531">
+        <v>83.61</v>
+      </c>
+    </row>
+    <row r="532" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A532">
+        <v>531</v>
+      </c>
+      <c r="B532" t="s">
+        <v>805</v>
+      </c>
+      <c r="C532" t="s">
+        <v>708</v>
+      </c>
+      <c r="E532" t="s">
+        <v>430</v>
+      </c>
+      <c r="F532" t="s">
+        <v>41</v>
+      </c>
+      <c r="G532" t="s">
+        <v>23</v>
+      </c>
+      <c r="H532">
+        <v>204</v>
+      </c>
+      <c r="I532" t="b">
+        <v>0</v>
+      </c>
+      <c r="J532" t="s">
+        <v>161</v>
+      </c>
+      <c r="K532">
+        <v>1</v>
+      </c>
+      <c r="L532" t="s">
+        <v>24</v>
+      </c>
+      <c r="M532" t="s">
+        <v>24</v>
+      </c>
+      <c r="N532" t="s">
+        <v>24</v>
+      </c>
+      <c r="O532" t="s">
+        <v>24</v>
+      </c>
+      <c r="P532" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q532" t="s">
+        <v>24</v>
+      </c>
+      <c r="R532">
+        <v>83.57</v>
+      </c>
+      <c r="S532">
+        <v>83.57</v>
+      </c>
+    </row>
+    <row r="533" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A533">
+        <v>532</v>
+      </c>
+      <c r="B533" t="s">
+        <v>806</v>
+      </c>
+      <c r="C533" t="s">
+        <v>807</v>
+      </c>
+      <c r="D533">
+        <v>1287</v>
+      </c>
+      <c r="E533" t="s">
+        <v>37</v>
+      </c>
+      <c r="F533" t="s">
+        <v>31</v>
+      </c>
+      <c r="G533" t="s">
+        <v>38</v>
+      </c>
+      <c r="H533">
+        <v>13</v>
+      </c>
+      <c r="I533" t="b">
+        <v>0</v>
+      </c>
+      <c r="J533" t="s">
+        <v>164</v>
+      </c>
+      <c r="K533">
+        <v>1</v>
+      </c>
+      <c r="L533">
+        <v>83.5</v>
+      </c>
+      <c r="M533" t="s">
+        <v>24</v>
+      </c>
+      <c r="N533" t="s">
+        <v>24</v>
+      </c>
+      <c r="O533" t="s">
+        <v>24</v>
+      </c>
+      <c r="P533" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q533" t="s">
+        <v>24</v>
+      </c>
+      <c r="R533" t="s">
+        <v>24</v>
+      </c>
+      <c r="S533">
+        <v>83.5</v>
+      </c>
+    </row>
+    <row r="534" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A534">
+        <v>533</v>
+      </c>
+      <c r="B534" t="s">
+        <v>199</v>
+      </c>
+      <c r="C534" t="s">
+        <v>808</v>
+      </c>
+      <c r="E534" t="s">
+        <v>265</v>
+      </c>
+      <c r="F534" t="s">
+        <v>41</v>
+      </c>
+      <c r="G534" t="s">
+        <v>38</v>
+      </c>
+      <c r="H534">
+        <v>63</v>
+      </c>
+      <c r="I534" t="b">
+        <v>0</v>
+      </c>
+      <c r="J534" t="s">
+        <v>161</v>
+      </c>
+      <c r="K534">
+        <v>1</v>
+      </c>
+      <c r="L534" t="s">
+        <v>24</v>
+      </c>
+      <c r="M534" t="s">
+        <v>24</v>
+      </c>
+      <c r="N534" t="s">
+        <v>24</v>
+      </c>
+      <c r="O534" t="s">
+        <v>24</v>
+      </c>
+      <c r="P534" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q534" t="s">
+        <v>24</v>
+      </c>
+      <c r="R534">
+        <v>83.45</v>
+      </c>
+      <c r="S534">
+        <v>83.45</v>
+      </c>
+    </row>
+    <row r="535" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A535">
+        <v>534</v>
+      </c>
+      <c r="B535" t="s">
+        <v>809</v>
+      </c>
+      <c r="C535" t="s">
+        <v>810</v>
+      </c>
+      <c r="D535">
+        <v>2334</v>
+      </c>
+      <c r="E535" t="s">
+        <v>811</v>
+      </c>
+      <c r="F535" t="s">
+        <v>31</v>
+      </c>
+      <c r="G535" t="s">
+        <v>38</v>
+      </c>
+      <c r="H535">
+        <v>14</v>
+      </c>
+      <c r="I535" t="b">
+        <v>0</v>
+      </c>
+      <c r="J535" t="s">
+        <v>164</v>
+      </c>
+      <c r="K535">
+        <v>1</v>
+      </c>
+      <c r="L535">
+        <v>83.11</v>
+      </c>
+      <c r="M535" t="s">
+        <v>24</v>
+      </c>
+      <c r="N535" t="s">
+        <v>24</v>
+      </c>
+      <c r="O535" t="s">
+        <v>24</v>
+      </c>
+      <c r="P535" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q535" t="s">
+        <v>24</v>
+      </c>
+      <c r="R535" t="s">
+        <v>24</v>
+      </c>
+      <c r="S535">
+        <v>83.11</v>
+      </c>
+    </row>
+    <row r="536" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A536">
+        <v>535</v>
+      </c>
+      <c r="B536" t="s">
+        <v>310</v>
+      </c>
+      <c r="C536" t="s">
+        <v>812</v>
+      </c>
+      <c r="E536" t="s">
+        <v>430</v>
+      </c>
+      <c r="F536" t="s">
+        <v>41</v>
+      </c>
+      <c r="G536" t="s">
+        <v>23</v>
+      </c>
+      <c r="H536">
+        <v>205</v>
+      </c>
+      <c r="I536" t="b">
+        <v>0</v>
+      </c>
+      <c r="J536" t="s">
+        <v>161</v>
+      </c>
+      <c r="K536">
+        <v>1</v>
+      </c>
+      <c r="L536" t="s">
+        <v>24</v>
+      </c>
+      <c r="M536" t="s">
+        <v>24</v>
+      </c>
+      <c r="N536" t="s">
+        <v>24</v>
+      </c>
+      <c r="O536" t="s">
+        <v>24</v>
+      </c>
+      <c r="P536">
+        <v>82.97</v>
+      </c>
+      <c r="Q536" t="s">
+        <v>24</v>
+      </c>
+      <c r="R536" t="s">
+        <v>24</v>
+      </c>
+      <c r="S536">
+        <v>82.97</v>
+      </c>
+    </row>
+    <row r="537" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A537">
+        <v>536</v>
+      </c>
+      <c r="B537" t="s">
+        <v>813</v>
+      </c>
+      <c r="C537" t="s">
+        <v>814</v>
+      </c>
+      <c r="E537" t="s">
+        <v>24</v>
+      </c>
+      <c r="F537" t="s">
+        <v>41</v>
+      </c>
+      <c r="G537" t="s">
+        <v>23</v>
+      </c>
+      <c r="H537">
+        <v>206</v>
+      </c>
+      <c r="I537" t="b">
+        <v>0</v>
+      </c>
+      <c r="J537" t="s">
+        <v>161</v>
+      </c>
+      <c r="K537">
+        <v>1</v>
+      </c>
+      <c r="L537" t="s">
+        <v>24</v>
+      </c>
+      <c r="M537" t="s">
+        <v>24</v>
+      </c>
+      <c r="N537" t="s">
+        <v>24</v>
+      </c>
+      <c r="O537" t="s">
+        <v>24</v>
+      </c>
+      <c r="P537">
+        <v>82.61</v>
+      </c>
+      <c r="Q537" t="s">
+        <v>24</v>
+      </c>
+      <c r="R537" t="s">
+        <v>24</v>
+      </c>
+      <c r="S537">
+        <v>82.61</v>
+      </c>
+    </row>
+    <row r="538" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A538">
+        <v>537</v>
+      </c>
+      <c r="B538" t="s">
+        <v>552</v>
+      </c>
+      <c r="C538" t="s">
+        <v>815</v>
+      </c>
+      <c r="D538">
+        <v>511</v>
+      </c>
+      <c r="E538" t="s">
+        <v>140</v>
+      </c>
+      <c r="F538" t="s">
+        <v>31</v>
+      </c>
+      <c r="G538" t="s">
+        <v>23</v>
+      </c>
+      <c r="H538">
+        <v>70</v>
+      </c>
+      <c r="I538" t="b">
+        <v>0</v>
+      </c>
+      <c r="J538" t="s">
+        <v>164</v>
+      </c>
+      <c r="K538">
+        <v>1</v>
+      </c>
+      <c r="L538">
+        <v>82.59</v>
+      </c>
+      <c r="M538" t="s">
+        <v>24</v>
+      </c>
+      <c r="N538" t="s">
+        <v>24</v>
+      </c>
+      <c r="O538" t="s">
+        <v>24</v>
+      </c>
+      <c r="P538" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q538" t="s">
+        <v>24</v>
+      </c>
+      <c r="R538" t="s">
+        <v>24</v>
+      </c>
+      <c r="S538">
+        <v>82.59</v>
+      </c>
+    </row>
+    <row r="539" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A539">
+        <v>538</v>
+      </c>
+      <c r="B539" t="s">
+        <v>816</v>
+      </c>
+      <c r="C539" t="s">
+        <v>209</v>
+      </c>
+      <c r="E539" t="s">
+        <v>352</v>
+      </c>
+      <c r="F539" t="s">
+        <v>41</v>
+      </c>
+      <c r="G539" t="s">
+        <v>38</v>
+      </c>
+      <c r="H539">
+        <v>64</v>
+      </c>
+      <c r="I539" t="b">
+        <v>0</v>
+      </c>
+      <c r="J539" t="s">
+        <v>161</v>
+      </c>
+      <c r="K539">
+        <v>1</v>
+      </c>
+      <c r="L539" t="s">
+        <v>24</v>
+      </c>
+      <c r="M539" t="s">
+        <v>24</v>
+      </c>
+      <c r="N539" t="s">
+        <v>24</v>
+      </c>
+      <c r="O539" t="s">
+        <v>24</v>
+      </c>
+      <c r="P539" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q539" t="s">
+        <v>24</v>
+      </c>
+      <c r="R539">
+        <v>82.33</v>
+      </c>
+      <c r="S539">
+        <v>82.33</v>
+      </c>
+    </row>
+    <row r="540" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A540">
+        <v>539</v>
+      </c>
+      <c r="B540" t="s">
+        <v>817</v>
+      </c>
+      <c r="C540" t="s">
+        <v>818</v>
+      </c>
+      <c r="E540" t="s">
+        <v>715</v>
+      </c>
+      <c r="F540" t="s">
+        <v>31</v>
+      </c>
+      <c r="G540" t="s">
+        <v>23</v>
+      </c>
+      <c r="H540">
+        <v>71</v>
+      </c>
+      <c r="I540" t="b">
+        <v>0</v>
+      </c>
+      <c r="J540" t="s">
+        <v>161</v>
+      </c>
+      <c r="K540">
+        <v>1</v>
+      </c>
+      <c r="L540" t="s">
+        <v>24</v>
+      </c>
+      <c r="M540" t="s">
+        <v>24</v>
+      </c>
+      <c r="N540" t="s">
+        <v>24</v>
+      </c>
+      <c r="O540" t="s">
+        <v>24</v>
+      </c>
+      <c r="P540">
+        <v>81.97</v>
+      </c>
+      <c r="Q540" t="s">
+        <v>24</v>
+      </c>
+      <c r="R540" t="s">
+        <v>24</v>
+      </c>
+      <c r="S540">
+        <v>81.97</v>
+      </c>
+    </row>
+    <row r="541" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A541">
+        <v>540</v>
+      </c>
+      <c r="B541" t="s">
+        <v>353</v>
+      </c>
+      <c r="C541" t="s">
+        <v>819</v>
+      </c>
+      <c r="E541" t="s">
+        <v>24</v>
+      </c>
+      <c r="F541" t="s">
+        <v>41</v>
+      </c>
+      <c r="G541" t="s">
+        <v>23</v>
+      </c>
+      <c r="H541">
+        <v>207</v>
+      </c>
+      <c r="I541" t="b">
+        <v>0</v>
+      </c>
+      <c r="J541" t="s">
+        <v>161</v>
+      </c>
+      <c r="K541">
+        <v>1</v>
+      </c>
+      <c r="L541" t="s">
+        <v>24</v>
+      </c>
+      <c r="M541" t="s">
+        <v>24</v>
+      </c>
+      <c r="N541" t="s">
+        <v>24</v>
+      </c>
+      <c r="O541" t="s">
+        <v>24</v>
+      </c>
+      <c r="P541">
+        <v>81.79</v>
+      </c>
+      <c r="Q541" t="s">
+        <v>24</v>
+      </c>
+      <c r="R541" t="s">
+        <v>24</v>
+      </c>
+      <c r="S541">
+        <v>81.79</v>
+      </c>
+    </row>
+    <row r="542" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A542">
+        <v>541</v>
+      </c>
+      <c r="B542" t="s">
+        <v>820</v>
+      </c>
+      <c r="C542" t="s">
+        <v>26</v>
+      </c>
+      <c r="E542" t="s">
+        <v>265</v>
+      </c>
+      <c r="F542" t="s">
+        <v>41</v>
+      </c>
+      <c r="G542" t="s">
+        <v>23</v>
+      </c>
+      <c r="H542">
+        <v>208</v>
+      </c>
+      <c r="I542" t="b">
+        <v>0</v>
+      </c>
+      <c r="J542" t="s">
+        <v>161</v>
+      </c>
+      <c r="K542">
+        <v>1</v>
+      </c>
+      <c r="L542" t="s">
+        <v>24</v>
+      </c>
+      <c r="M542" t="s">
+        <v>24</v>
+      </c>
+      <c r="N542" t="s">
+        <v>24</v>
+      </c>
+      <c r="O542" t="s">
+        <v>24</v>
+      </c>
+      <c r="P542" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q542" t="s">
+        <v>24</v>
+      </c>
+      <c r="R542">
+        <v>81.48</v>
+      </c>
+      <c r="S542">
+        <v>81.48</v>
+      </c>
+    </row>
+    <row r="543" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A543">
+        <v>542</v>
+      </c>
+      <c r="B543" t="s">
+        <v>135</v>
+      </c>
+      <c r="C543" t="s">
+        <v>821</v>
+      </c>
+      <c r="E543" t="s">
+        <v>24</v>
+      </c>
+      <c r="F543" t="s">
+        <v>22</v>
+      </c>
+      <c r="G543" t="s">
+        <v>38</v>
+      </c>
+      <c r="H543">
+        <v>33</v>
+      </c>
+      <c r="I543" t="b">
+        <v>0</v>
+      </c>
+      <c r="J543" t="s">
+        <v>161</v>
+      </c>
+      <c r="K543">
+        <v>1</v>
+      </c>
+      <c r="L543" t="s">
+        <v>24</v>
+      </c>
+      <c r="M543" t="s">
+        <v>24</v>
+      </c>
+      <c r="N543" t="s">
+        <v>24</v>
+      </c>
+      <c r="O543" t="s">
+        <v>24</v>
+      </c>
+      <c r="P543">
+        <v>81.18</v>
+      </c>
+      <c r="Q543" t="s">
+        <v>24</v>
+      </c>
+      <c r="R543" t="s">
+        <v>24</v>
+      </c>
+      <c r="S543">
+        <v>81.18</v>
+      </c>
+    </row>
+    <row r="544" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A544">
+        <v>543</v>
+      </c>
+      <c r="B544" t="s">
+        <v>107</v>
+      </c>
+      <c r="C544" t="s">
+        <v>822</v>
+      </c>
+      <c r="E544" t="s">
+        <v>30</v>
+      </c>
+      <c r="F544" t="s">
+        <v>22</v>
+      </c>
+      <c r="G544" t="s">
+        <v>38</v>
+      </c>
+      <c r="H544">
+        <v>34</v>
+      </c>
+      <c r="I544" t="b">
+        <v>0</v>
+      </c>
+      <c r="J544" t="s">
+        <v>161</v>
+      </c>
+      <c r="K544">
+        <v>1</v>
+      </c>
+      <c r="L544" t="s">
+        <v>24</v>
+      </c>
+      <c r="M544" t="s">
+        <v>24</v>
+      </c>
+      <c r="N544">
+        <v>81.08</v>
+      </c>
+      <c r="O544" t="s">
+        <v>24</v>
+      </c>
+      <c r="P544" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q544" t="s">
+        <v>24</v>
+      </c>
+      <c r="R544" t="s">
+        <v>24</v>
+      </c>
+      <c r="S544">
+        <v>81.08</v>
+      </c>
+    </row>
+    <row r="545" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A545">
+        <v>544</v>
+      </c>
+      <c r="B545" t="s">
+        <v>362</v>
+      </c>
+      <c r="C545" t="s">
+        <v>823</v>
+      </c>
+      <c r="E545" t="s">
+        <v>253</v>
+      </c>
+      <c r="F545" t="s">
+        <v>41</v>
+      </c>
+      <c r="G545" t="s">
+        <v>23</v>
+      </c>
+      <c r="H545">
+        <v>209</v>
+      </c>
+      <c r="I545" t="b">
+        <v>0</v>
+      </c>
+      <c r="J545" t="s">
+        <v>161</v>
+      </c>
+      <c r="K545">
+        <v>1</v>
+      </c>
+      <c r="L545" t="s">
+        <v>24</v>
+      </c>
+      <c r="M545" t="s">
+        <v>24</v>
+      </c>
+      <c r="N545" t="s">
+        <v>24</v>
+      </c>
+      <c r="O545" t="s">
+        <v>24</v>
+      </c>
+      <c r="P545">
+        <v>81.03</v>
+      </c>
+      <c r="Q545" t="s">
+        <v>24</v>
+      </c>
+      <c r="R545" t="s">
+        <v>24</v>
+      </c>
+      <c r="S545">
+        <v>81.03</v>
+      </c>
+    </row>
+    <row r="546" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A546">
+        <v>545</v>
+      </c>
+      <c r="B546" t="s">
+        <v>406</v>
+      </c>
+      <c r="C546" t="s">
+        <v>222</v>
+      </c>
+      <c r="D546">
+        <v>1492</v>
+      </c>
+      <c r="E546" t="s">
+        <v>824</v>
+      </c>
+      <c r="F546" t="s">
+        <v>65</v>
+      </c>
+      <c r="G546" t="s">
+        <v>23</v>
+      </c>
+      <c r="H546">
+        <v>36</v>
+      </c>
+      <c r="I546" t="b">
+        <v>0</v>
+      </c>
+      <c r="J546" t="s">
+        <v>164</v>
+      </c>
+      <c r="K546">
+        <v>1</v>
+      </c>
+      <c r="L546" t="s">
+        <v>24</v>
+      </c>
+      <c r="M546" t="s">
+        <v>24</v>
+      </c>
+      <c r="N546" t="s">
+        <v>24</v>
+      </c>
+      <c r="O546" t="s">
+        <v>24</v>
+      </c>
+      <c r="P546">
+        <v>81.03</v>
+      </c>
+      <c r="Q546" t="s">
+        <v>24</v>
+      </c>
+      <c r="R546" t="s">
+        <v>24</v>
+      </c>
+      <c r="S546">
+        <v>81.03</v>
+      </c>
+    </row>
+    <row r="547" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A547">
+        <v>546</v>
+      </c>
+      <c r="B547" t="s">
+        <v>825</v>
+      </c>
+      <c r="C547" t="s">
+        <v>826</v>
+      </c>
+      <c r="D547">
+        <v>589</v>
+      </c>
+      <c r="E547" t="s">
+        <v>140</v>
+      </c>
+      <c r="F547" t="s">
+        <v>65</v>
+      </c>
+      <c r="G547" t="s">
+        <v>38</v>
+      </c>
+      <c r="H547">
+        <v>8</v>
+      </c>
+      <c r="I547" t="b">
+        <v>0</v>
+      </c>
+      <c r="J547" t="s">
+        <v>164</v>
+      </c>
+      <c r="K547">
+        <v>1</v>
+      </c>
+      <c r="L547">
+        <v>80.93</v>
+      </c>
+      <c r="M547" t="s">
+        <v>24</v>
+      </c>
+      <c r="N547" t="s">
+        <v>24</v>
+      </c>
+      <c r="O547" t="s">
+        <v>24</v>
+      </c>
+      <c r="P547" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q547" t="s">
+        <v>24</v>
+      </c>
+      <c r="R547" t="s">
+        <v>24</v>
+      </c>
+      <c r="S547">
+        <v>80.93</v>
+      </c>
+    </row>
+    <row r="548" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A548">
+        <v>547</v>
+      </c>
+      <c r="B548" t="s">
+        <v>622</v>
+      </c>
+      <c r="C548" t="s">
+        <v>827</v>
+      </c>
+      <c r="E548" t="s">
+        <v>265</v>
+      </c>
+      <c r="F548" t="s">
+        <v>41</v>
+      </c>
+      <c r="G548" t="s">
+        <v>38</v>
+      </c>
+      <c r="H548">
+        <v>65</v>
+      </c>
+      <c r="I548" t="b">
+        <v>0</v>
+      </c>
+      <c r="J548" t="s">
+        <v>161</v>
+      </c>
+      <c r="K548">
+        <v>1</v>
+      </c>
+      <c r="L548" t="s">
+        <v>24</v>
+      </c>
+      <c r="M548" t="s">
+        <v>24</v>
+      </c>
+      <c r="N548" t="s">
+        <v>24</v>
+      </c>
+      <c r="O548" t="s">
+        <v>24</v>
+      </c>
+      <c r="P548" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q548" t="s">
+        <v>24</v>
+      </c>
+      <c r="R548">
+        <v>80.89</v>
+      </c>
+      <c r="S548">
+        <v>80.89</v>
+      </c>
+    </row>
+    <row r="549" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A549">
+        <v>548</v>
+      </c>
+      <c r="B549" t="s">
+        <v>828</v>
+      </c>
+      <c r="C549" t="s">
+        <v>829</v>
+      </c>
+      <c r="E549" t="s">
+        <v>471</v>
+      </c>
+      <c r="F549" t="s">
+        <v>41</v>
+      </c>
+      <c r="G549" t="s">
+        <v>38</v>
+      </c>
+      <c r="H549">
+        <v>66</v>
+      </c>
+      <c r="I549" t="b">
+        <v>0</v>
+      </c>
+      <c r="J549" t="s">
+        <v>161</v>
+      </c>
+      <c r="K549">
+        <v>1</v>
+      </c>
+      <c r="L549" t="s">
+        <v>24</v>
+      </c>
+      <c r="M549" t="s">
+        <v>24</v>
+      </c>
+      <c r="N549" t="s">
+        <v>24</v>
+      </c>
+      <c r="O549" t="s">
+        <v>24</v>
+      </c>
+      <c r="P549" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q549" t="s">
+        <v>24</v>
+      </c>
+      <c r="R549">
+        <v>80.67</v>
+      </c>
+      <c r="S549">
+        <v>80.67</v>
+      </c>
+    </row>
+    <row r="550" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A550">
+        <v>549</v>
+      </c>
+      <c r="B550" t="s">
+        <v>830</v>
+      </c>
+      <c r="C550" t="s">
+        <v>149</v>
+      </c>
+      <c r="E550" t="s">
+        <v>24</v>
+      </c>
+      <c r="F550" t="s">
+        <v>41</v>
+      </c>
+      <c r="G550" t="s">
+        <v>38</v>
+      </c>
+      <c r="H550">
+        <v>67</v>
+      </c>
+      <c r="I550" t="b">
+        <v>0</v>
+      </c>
+      <c r="J550" t="s">
+        <v>161</v>
+      </c>
+      <c r="K550">
+        <v>1</v>
+      </c>
+      <c r="L550" t="s">
+        <v>24</v>
+      </c>
+      <c r="M550" t="s">
+        <v>24</v>
+      </c>
+      <c r="N550" t="s">
+        <v>24</v>
+      </c>
+      <c r="O550" t="s">
+        <v>24</v>
+      </c>
+      <c r="P550" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q550" t="s">
+        <v>24</v>
+      </c>
+      <c r="R550">
+        <v>80.64</v>
+      </c>
+      <c r="S550">
+        <v>80.64</v>
+      </c>
+    </row>
+    <row r="551" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A551">
+        <v>550</v>
+      </c>
+      <c r="B551" t="s">
+        <v>831</v>
+      </c>
+      <c r="C551" t="s">
+        <v>49</v>
+      </c>
+      <c r="E551" t="s">
+        <v>24</v>
+      </c>
+      <c r="F551" t="s">
+        <v>41</v>
+      </c>
+      <c r="G551" t="s">
+        <v>23</v>
+      </c>
+      <c r="H551">
+        <v>210</v>
+      </c>
+      <c r="I551" t="b">
+        <v>0</v>
+      </c>
+      <c r="J551" t="s">
+        <v>161</v>
+      </c>
+      <c r="K551">
+        <v>1</v>
+      </c>
+      <c r="L551" t="s">
+        <v>24</v>
+      </c>
+      <c r="M551" t="s">
+        <v>24</v>
+      </c>
+      <c r="N551" t="s">
+        <v>24</v>
+      </c>
+      <c r="O551" t="s">
+        <v>24</v>
+      </c>
+      <c r="P551" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q551" t="s">
+        <v>24</v>
+      </c>
+      <c r="R551">
+        <v>79.83</v>
+      </c>
+      <c r="S551">
+        <v>79.83</v>
+      </c>
+    </row>
+    <row r="552" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A552">
+        <v>551</v>
+      </c>
+      <c r="B552" t="s">
+        <v>260</v>
+      </c>
+      <c r="C552" t="s">
+        <v>200</v>
+      </c>
+      <c r="E552" t="s">
+        <v>24</v>
+      </c>
+      <c r="F552" t="s">
+        <v>41</v>
+      </c>
+      <c r="G552" t="s">
+        <v>38</v>
+      </c>
+      <c r="H552">
+        <v>68</v>
+      </c>
+      <c r="I552" t="b">
+        <v>0</v>
+      </c>
+      <c r="J552" t="s">
+        <v>161</v>
+      </c>
+      <c r="K552">
+        <v>1</v>
+      </c>
+      <c r="L552" t="s">
+        <v>24</v>
+      </c>
+      <c r="M552" t="s">
+        <v>24</v>
+      </c>
+      <c r="N552" t="s">
+        <v>24</v>
+      </c>
+      <c r="O552" t="s">
+        <v>24</v>
+      </c>
+      <c r="P552" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q552" t="s">
+        <v>24</v>
+      </c>
+      <c r="R552">
+        <v>79.78</v>
+      </c>
+      <c r="S552">
+        <v>79.78</v>
+      </c>
+    </row>
+    <row r="553" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A553">
+        <v>552</v>
+      </c>
+      <c r="B553" t="s">
+        <v>832</v>
+      </c>
+      <c r="C553" t="s">
+        <v>209</v>
+      </c>
+      <c r="E553" t="s">
+        <v>59</v>
+      </c>
+      <c r="F553" t="s">
+        <v>22</v>
+      </c>
+      <c r="G553" t="s">
+        <v>38</v>
+      </c>
+      <c r="H553">
+        <v>35</v>
+      </c>
+      <c r="I553" t="b">
+        <v>0</v>
+      </c>
+      <c r="J553" t="s">
+        <v>161</v>
+      </c>
+      <c r="K553">
+        <v>1</v>
+      </c>
+      <c r="L553" t="s">
+        <v>24</v>
+      </c>
+      <c r="M553" t="s">
+        <v>24</v>
+      </c>
+      <c r="N553" t="s">
+        <v>24</v>
+      </c>
+      <c r="O553">
+        <v>79.7</v>
+      </c>
+      <c r="P553" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q553" t="s">
+        <v>24</v>
+      </c>
+      <c r="R553" t="s">
+        <v>24</v>
+      </c>
+      <c r="S553">
+        <v>79.7</v>
+      </c>
+    </row>
+    <row r="554" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A554">
+        <v>553</v>
+      </c>
+      <c r="B554" t="s">
+        <v>94</v>
+      </c>
+      <c r="C554" t="s">
+        <v>833</v>
+      </c>
+      <c r="E554" t="s">
+        <v>494</v>
+      </c>
+      <c r="F554" t="s">
+        <v>22</v>
+      </c>
+      <c r="G554" t="s">
+        <v>23</v>
+      </c>
+      <c r="H554">
+        <v>74</v>
+      </c>
+      <c r="I554" t="b">
+        <v>0</v>
+      </c>
+      <c r="J554" t="s">
+        <v>161</v>
+      </c>
+      <c r="K554">
+        <v>1</v>
+      </c>
+      <c r="L554">
+        <v>79.25</v>
+      </c>
+      <c r="M554" t="s">
+        <v>24</v>
+      </c>
+      <c r="N554" t="s">
+        <v>24</v>
+      </c>
+      <c r="O554" t="s">
+        <v>24</v>
+      </c>
+      <c r="P554" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q554" t="s">
+        <v>24</v>
+      </c>
+      <c r="R554" t="s">
+        <v>24</v>
+      </c>
+      <c r="S554">
+        <v>79.25</v>
+      </c>
+    </row>
+    <row r="555" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A555">
+        <v>554</v>
+      </c>
+      <c r="B555" t="s">
+        <v>226</v>
+      </c>
+      <c r="C555" t="s">
+        <v>834</v>
+      </c>
+      <c r="E555" t="s">
+        <v>24</v>
+      </c>
+      <c r="F555" t="s">
+        <v>31</v>
+      </c>
+      <c r="G555" t="s">
+        <v>38</v>
+      </c>
+      <c r="H555">
+        <v>15</v>
+      </c>
+      <c r="I555" t="b">
+        <v>0</v>
+      </c>
+      <c r="J555" t="s">
+        <v>161</v>
+      </c>
+      <c r="K555">
+        <v>1</v>
+      </c>
+      <c r="L555" t="s">
+        <v>24</v>
+      </c>
+      <c r="M555" t="s">
+        <v>24</v>
+      </c>
+      <c r="N555" t="s">
+        <v>24</v>
+      </c>
+      <c r="O555">
+        <v>78.87</v>
+      </c>
+      <c r="P555" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q555" t="s">
+        <v>24</v>
+      </c>
+      <c r="R555" t="s">
+        <v>24</v>
+      </c>
+      <c r="S555">
+        <v>78.87</v>
+      </c>
+    </row>
+    <row r="556" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A556">
+        <v>555</v>
+      </c>
+      <c r="B556" t="s">
+        <v>527</v>
+      </c>
+      <c r="C556" t="s">
+        <v>149</v>
+      </c>
+      <c r="E556" t="s">
+        <v>24</v>
+      </c>
+      <c r="F556" t="s">
+        <v>31</v>
+      </c>
+      <c r="G556" t="s">
+        <v>23</v>
+      </c>
+      <c r="H556">
+        <v>72</v>
+      </c>
+      <c r="I556" t="b">
+        <v>0</v>
+      </c>
+      <c r="J556" t="s">
+        <v>161</v>
+      </c>
+      <c r="K556">
+        <v>1</v>
+      </c>
+      <c r="L556" t="s">
+        <v>24</v>
+      </c>
+      <c r="M556" t="s">
+        <v>24</v>
+      </c>
+      <c r="N556" t="s">
+        <v>24</v>
+      </c>
+      <c r="O556">
+        <v>78.66</v>
+      </c>
+      <c r="P556" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q556" t="s">
+        <v>24</v>
+      </c>
+      <c r="R556" t="s">
+        <v>24</v>
+      </c>
+      <c r="S556">
+        <v>78.66</v>
+      </c>
+    </row>
+    <row r="557" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A557">
+        <v>556</v>
+      </c>
+      <c r="B557" t="s">
+        <v>828</v>
+      </c>
+      <c r="C557" t="s">
+        <v>835</v>
+      </c>
+      <c r="D557">
+        <v>2030</v>
+      </c>
+      <c r="E557" t="s">
+        <v>836</v>
+      </c>
+      <c r="F557" t="s">
+        <v>22</v>
+      </c>
+      <c r="G557" t="s">
+        <v>38</v>
+      </c>
+      <c r="H557">
+        <v>36</v>
+      </c>
+      <c r="I557" t="b">
+        <v>0</v>
+      </c>
+      <c r="J557" t="s">
+        <v>164</v>
+      </c>
+      <c r="K557">
+        <v>1</v>
+      </c>
+      <c r="L557" t="s">
+        <v>24</v>
+      </c>
+      <c r="M557" t="s">
+        <v>24</v>
+      </c>
+      <c r="N557" t="s">
+        <v>24</v>
+      </c>
+      <c r="O557" t="s">
+        <v>24</v>
+      </c>
+      <c r="P557" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q557">
+        <v>78.23</v>
+      </c>
+      <c r="R557" t="s">
+        <v>24</v>
+      </c>
+      <c r="S557">
+        <v>78.23</v>
+      </c>
+    </row>
+    <row r="558" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A558">
+        <v>557</v>
+      </c>
+      <c r="B558" t="s">
+        <v>837</v>
+      </c>
+      <c r="C558" t="s">
+        <v>434</v>
+      </c>
+      <c r="E558" t="s">
+        <v>137</v>
+      </c>
+      <c r="F558" t="s">
+        <v>41</v>
+      </c>
+      <c r="G558" t="s">
+        <v>38</v>
+      </c>
+      <c r="H558">
+        <v>69</v>
+      </c>
+      <c r="I558" t="b">
+        <v>0</v>
+      </c>
+      <c r="J558" t="s">
+        <v>161</v>
+      </c>
+      <c r="K558">
+        <v>1</v>
+      </c>
+      <c r="L558" t="s">
+        <v>24</v>
+      </c>
+      <c r="M558" t="s">
+        <v>24</v>
+      </c>
+      <c r="N558" t="s">
+        <v>24</v>
+      </c>
+      <c r="O558" t="s">
+        <v>24</v>
+      </c>
+      <c r="P558" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q558">
+        <v>78.05</v>
+      </c>
+      <c r="R558" t="s">
+        <v>24</v>
+      </c>
+      <c r="S558">
+        <v>78.05</v>
+      </c>
+    </row>
+    <row r="559" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A559">
+        <v>558</v>
+      </c>
+      <c r="B559" t="s">
+        <v>271</v>
+      </c>
+      <c r="C559" t="s">
+        <v>272</v>
+      </c>
+      <c r="D559">
+        <v>2029</v>
+      </c>
+      <c r="E559" t="s">
+        <v>111</v>
+      </c>
+      <c r="F559" t="s">
+        <v>22</v>
+      </c>
+      <c r="G559" t="s">
+        <v>38</v>
+      </c>
+      <c r="H559">
+        <v>37</v>
+      </c>
+      <c r="I559" t="b">
+        <v>0</v>
+      </c>
+      <c r="J559" t="s">
+        <v>164</v>
+      </c>
+      <c r="K559">
+        <v>1</v>
+      </c>
+      <c r="L559" t="s">
+        <v>24</v>
+      </c>
+      <c r="M559" t="s">
+        <v>24</v>
+      </c>
+      <c r="N559" t="s">
+        <v>24</v>
+      </c>
+      <c r="O559" t="s">
+        <v>24</v>
+      </c>
+      <c r="P559" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q559">
+        <v>78.04</v>
+      </c>
+      <c r="R559" t="s">
+        <v>24</v>
+      </c>
+      <c r="S559">
+        <v>78.04</v>
+      </c>
+    </row>
+    <row r="560" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A560">
+        <v>559</v>
+      </c>
+      <c r="B560" t="s">
+        <v>838</v>
+      </c>
+      <c r="C560" t="s">
+        <v>839</v>
+      </c>
+      <c r="D560">
+        <v>734</v>
+      </c>
+      <c r="E560" t="s">
+        <v>73</v>
+      </c>
+      <c r="F560" t="s">
+        <v>31</v>
+      </c>
+      <c r="G560" t="s">
+        <v>38</v>
+      </c>
+      <c r="H560">
+        <v>16</v>
+      </c>
+      <c r="I560" t="b">
+        <v>0</v>
+      </c>
+      <c r="J560" t="s">
+        <v>164</v>
+      </c>
+      <c r="K560">
+        <v>1</v>
+      </c>
+      <c r="L560" t="s">
+        <v>24</v>
+      </c>
+      <c r="M560" t="s">
+        <v>24</v>
+      </c>
+      <c r="N560" t="s">
+        <v>24</v>
+      </c>
+      <c r="O560" t="s">
+        <v>24</v>
+      </c>
+      <c r="P560">
+        <v>77.98</v>
+      </c>
+      <c r="Q560" t="s">
+        <v>24</v>
+      </c>
+      <c r="R560" t="s">
+        <v>24</v>
+      </c>
+      <c r="S560">
+        <v>77.98</v>
+      </c>
+    </row>
+    <row r="561" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A561">
+        <v>560</v>
+      </c>
+      <c r="B561" t="s">
+        <v>840</v>
+      </c>
+      <c r="C561" t="s">
+        <v>841</v>
+      </c>
+      <c r="D561">
+        <v>1897</v>
+      </c>
+      <c r="E561" t="s">
+        <v>715</v>
+      </c>
+      <c r="F561" t="s">
+        <v>31</v>
+      </c>
+      <c r="G561" t="s">
+        <v>23</v>
+      </c>
+      <c r="H561">
+        <v>73</v>
+      </c>
+      <c r="I561" t="b">
+        <v>0</v>
+      </c>
+      <c r="J561" t="s">
+        <v>161</v>
+      </c>
+      <c r="K561">
+        <v>1</v>
+      </c>
+      <c r="L561" t="s">
+        <v>24</v>
+      </c>
+      <c r="M561" t="s">
+        <v>24</v>
+      </c>
+      <c r="N561" t="s">
+        <v>24</v>
+      </c>
+      <c r="O561" t="s">
+        <v>24</v>
+      </c>
+      <c r="P561">
+        <v>77.93</v>
+      </c>
+      <c r="Q561" t="s">
+        <v>24</v>
+      </c>
+      <c r="R561" t="s">
+        <v>24</v>
+      </c>
+      <c r="S561">
+        <v>77.93</v>
+      </c>
+    </row>
+    <row r="562" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A562">
+        <v>561</v>
+      </c>
+      <c r="B562" t="s">
+        <v>459</v>
+      </c>
+      <c r="C562" t="s">
+        <v>101</v>
+      </c>
+      <c r="D562">
+        <v>202</v>
+      </c>
+      <c r="E562" t="s">
+        <v>102</v>
+      </c>
+      <c r="F562" t="s">
+        <v>143</v>
+      </c>
+      <c r="G562" t="s">
+        <v>23</v>
+      </c>
+      <c r="H562">
+        <v>3</v>
+      </c>
+      <c r="I562" t="b">
+        <v>0</v>
+      </c>
+      <c r="J562" t="s">
+        <v>164</v>
+      </c>
+      <c r="K562">
+        <v>1</v>
+      </c>
+      <c r="L562" t="s">
+        <v>24</v>
+      </c>
+      <c r="M562">
+        <v>77.88</v>
+      </c>
+      <c r="N562" t="s">
+        <v>24</v>
+      </c>
+      <c r="O562" t="s">
+        <v>24</v>
+      </c>
+      <c r="P562" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q562" t="s">
+        <v>24</v>
+      </c>
+      <c r="R562" t="s">
+        <v>24</v>
+      </c>
+      <c r="S562">
+        <v>77.88</v>
+      </c>
+    </row>
+    <row r="563" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A563">
+        <v>562</v>
+      </c>
+      <c r="B563" t="s">
+        <v>842</v>
+      </c>
+      <c r="C563" t="s">
+        <v>843</v>
+      </c>
+      <c r="E563" t="s">
+        <v>342</v>
+      </c>
+      <c r="F563" t="s">
+        <v>41</v>
+      </c>
+      <c r="G563" t="s">
+        <v>38</v>
+      </c>
+      <c r="H563">
+        <v>70</v>
+      </c>
+      <c r="I563" t="b">
+        <v>0</v>
+      </c>
+      <c r="J563" t="s">
+        <v>161</v>
+      </c>
+      <c r="K563">
+        <v>1</v>
+      </c>
+      <c r="L563" t="s">
+        <v>24</v>
+      </c>
+      <c r="M563" t="s">
+        <v>24</v>
+      </c>
+      <c r="N563" t="s">
+        <v>24</v>
+      </c>
+      <c r="O563" t="s">
+        <v>24</v>
+      </c>
+      <c r="P563" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q563" t="s">
+        <v>24</v>
+      </c>
+      <c r="R563">
+        <v>77.62</v>
+      </c>
+      <c r="S563">
+        <v>77.62</v>
+      </c>
+    </row>
+    <row r="564" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A564">
+        <v>563</v>
+      </c>
+      <c r="B564" t="s">
+        <v>85</v>
+      </c>
+      <c r="C564" t="s">
+        <v>29</v>
+      </c>
+      <c r="E564" t="s">
+        <v>34</v>
+      </c>
+      <c r="F564" t="s">
+        <v>31</v>
+      </c>
+      <c r="G564" t="s">
+        <v>23</v>
+      </c>
+      <c r="H564">
+        <v>74</v>
+      </c>
+      <c r="I564" t="b">
+        <v>0</v>
+      </c>
+      <c r="J564" t="s">
+        <v>161</v>
+      </c>
+      <c r="K564">
+        <v>1</v>
+      </c>
+      <c r="L564" t="s">
+        <v>24</v>
+      </c>
+      <c r="M564" t="s">
+        <v>24</v>
+      </c>
+      <c r="N564">
+        <v>77.5</v>
+      </c>
+      <c r="O564" t="s">
+        <v>24</v>
+      </c>
+      <c r="P564" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q564" t="s">
+        <v>24</v>
+      </c>
+      <c r="R564" t="s">
+        <v>24</v>
+      </c>
+      <c r="S564">
+        <v>77.5</v>
+      </c>
+    </row>
+    <row r="565" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A565">
+        <v>564</v>
+      </c>
+      <c r="B565" t="s">
+        <v>844</v>
+      </c>
+      <c r="C565" t="s">
+        <v>845</v>
+      </c>
+      <c r="E565" t="s">
+        <v>24</v>
+      </c>
+      <c r="F565" t="s">
+        <v>41</v>
+      </c>
+      <c r="G565" t="s">
+        <v>23</v>
+      </c>
+      <c r="H565">
+        <v>211</v>
+      </c>
+      <c r="I565" t="b">
+        <v>0</v>
+      </c>
+      <c r="J565" t="s">
+        <v>161</v>
+      </c>
+      <c r="K565">
+        <v>1</v>
+      </c>
+      <c r="L565" t="s">
+        <v>24</v>
+      </c>
+      <c r="M565">
+        <v>77.42</v>
+      </c>
+      <c r="N565" t="s">
+        <v>24</v>
+      </c>
+      <c r="O565" t="s">
+        <v>24</v>
+      </c>
+      <c r="P565" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q565" t="s">
+        <v>24</v>
+      </c>
+      <c r="R565" t="s">
+        <v>24</v>
+      </c>
+      <c r="S565">
+        <v>77.42</v>
+      </c>
+    </row>
+    <row r="566" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A566">
+        <v>565</v>
+      </c>
+      <c r="B566" t="s">
+        <v>552</v>
+      </c>
+      <c r="C566" t="s">
+        <v>846</v>
+      </c>
+      <c r="E566" t="s">
+        <v>24</v>
+      </c>
+      <c r="F566" t="s">
+        <v>31</v>
+      </c>
+      <c r="G566" t="s">
+        <v>23</v>
+      </c>
+      <c r="H566">
+        <v>75</v>
+      </c>
+      <c r="I566" t="b">
+        <v>0</v>
+      </c>
+      <c r="J566" t="s">
+        <v>161</v>
+      </c>
+      <c r="K566">
+        <v>1</v>
+      </c>
+      <c r="L566" t="s">
+        <v>24</v>
+      </c>
+      <c r="M566">
+        <v>76.98</v>
+      </c>
+      <c r="N566" t="s">
+        <v>24</v>
+      </c>
+      <c r="O566" t="s">
+        <v>24</v>
+      </c>
+      <c r="P566" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q566" t="s">
+        <v>24</v>
+      </c>
+      <c r="R566" t="s">
+        <v>24</v>
+      </c>
+      <c r="S566">
+        <v>76.98</v>
+      </c>
+    </row>
+    <row r="567" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A567">
+        <v>566</v>
+      </c>
+      <c r="B567" t="s">
+        <v>847</v>
+      </c>
+      <c r="C567" t="s">
+        <v>49</v>
+      </c>
+      <c r="E567" t="s">
+        <v>24</v>
+      </c>
+      <c r="F567" t="s">
+        <v>41</v>
+      </c>
+      <c r="G567" t="s">
+        <v>38</v>
+      </c>
+      <c r="H567">
+        <v>71</v>
+      </c>
+      <c r="I567" t="b">
+        <v>0</v>
+      </c>
+      <c r="J567" t="s">
+        <v>161</v>
+      </c>
+      <c r="K567">
+        <v>1</v>
+      </c>
+      <c r="L567" t="s">
+        <v>24</v>
+      </c>
+      <c r="M567" t="s">
+        <v>24</v>
+      </c>
+      <c r="N567" t="s">
+        <v>24</v>
+      </c>
+      <c r="O567" t="s">
+        <v>24</v>
+      </c>
+      <c r="P567" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q567" t="s">
+        <v>24</v>
+      </c>
+      <c r="R567">
+        <v>76.91</v>
+      </c>
+      <c r="S567">
+        <v>76.91</v>
+      </c>
+    </row>
+    <row r="568" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A568">
+        <v>567</v>
+      </c>
+      <c r="B568" t="s">
+        <v>405</v>
+      </c>
+      <c r="C568" t="s">
+        <v>848</v>
+      </c>
+      <c r="E568" t="s">
+        <v>24</v>
+      </c>
+      <c r="F568" t="s">
+        <v>41</v>
+      </c>
+      <c r="G568" t="s">
+        <v>23</v>
+      </c>
+      <c r="H568">
+        <v>212</v>
+      </c>
+      <c r="I568" t="b">
+        <v>0</v>
+      </c>
+      <c r="J568" t="s">
+        <v>161</v>
+      </c>
+      <c r="K568">
+        <v>1</v>
+      </c>
+      <c r="L568" t="s">
+        <v>24</v>
+      </c>
+      <c r="M568" t="s">
+        <v>24</v>
+      </c>
+      <c r="N568" t="s">
+        <v>24</v>
+      </c>
+      <c r="O568" t="s">
+        <v>24</v>
+      </c>
+      <c r="P568">
+        <v>76.45</v>
+      </c>
+      <c r="Q568" t="s">
+        <v>24</v>
+      </c>
+      <c r="R568" t="s">
+        <v>24</v>
+      </c>
+      <c r="S568">
+        <v>76.45</v>
+      </c>
+    </row>
+    <row r="569" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A569">
+        <v>568</v>
+      </c>
+      <c r="B569" t="s">
+        <v>362</v>
+      </c>
+      <c r="C569" t="s">
+        <v>849</v>
+      </c>
+      <c r="E569" t="s">
+        <v>24</v>
+      </c>
+      <c r="F569" t="s">
+        <v>31</v>
+      </c>
+      <c r="G569" t="s">
+        <v>23</v>
+      </c>
+      <c r="H569">
+        <v>76</v>
+      </c>
+      <c r="I569" t="b">
+        <v>0</v>
+      </c>
+      <c r="J569" t="s">
+        <v>161</v>
+      </c>
+      <c r="K569">
+        <v>1</v>
+      </c>
+      <c r="L569" t="s">
+        <v>24</v>
+      </c>
+      <c r="M569" t="s">
+        <v>24</v>
+      </c>
+      <c r="N569" t="s">
+        <v>24</v>
+      </c>
+      <c r="O569" t="s">
+        <v>24</v>
+      </c>
+      <c r="P569">
+        <v>76.45</v>
+      </c>
+      <c r="Q569" t="s">
+        <v>24</v>
+      </c>
+      <c r="R569" t="s">
+        <v>24</v>
+      </c>
+      <c r="S569">
+        <v>76.45</v>
+      </c>
+    </row>
+    <row r="570" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A570">
+        <v>569</v>
+      </c>
+      <c r="B570" t="s">
+        <v>112</v>
+      </c>
+      <c r="C570" t="s">
+        <v>850</v>
+      </c>
+      <c r="E570" t="s">
+        <v>24</v>
+      </c>
+      <c r="F570" t="s">
+        <v>41</v>
+      </c>
+      <c r="G570" t="s">
+        <v>23</v>
+      </c>
+      <c r="H570">
+        <v>213</v>
+      </c>
+      <c r="I570" t="b">
+        <v>0</v>
+      </c>
+      <c r="J570" t="s">
+        <v>161</v>
+      </c>
+      <c r="K570">
+        <v>1</v>
+      </c>
+      <c r="L570" t="s">
+        <v>24</v>
+      </c>
+      <c r="M570" t="s">
+        <v>24</v>
+      </c>
+      <c r="N570" t="s">
+        <v>24</v>
+      </c>
+      <c r="O570" t="s">
+        <v>24</v>
+      </c>
+      <c r="P570">
+        <v>76.45</v>
+      </c>
+      <c r="Q570" t="s">
+        <v>24</v>
+      </c>
+      <c r="R570" t="s">
+        <v>24</v>
+      </c>
+      <c r="S570">
+        <v>76.45</v>
+      </c>
+    </row>
+    <row r="571" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A571">
+        <v>570</v>
+      </c>
+      <c r="B571" t="s">
+        <v>107</v>
+      </c>
+      <c r="C571" t="s">
+        <v>614</v>
+      </c>
+      <c r="E571" t="s">
+        <v>24</v>
+      </c>
+      <c r="F571" t="s">
+        <v>22</v>
+      </c>
+      <c r="G571" t="s">
+        <v>38</v>
+      </c>
+      <c r="H571">
+        <v>38</v>
+      </c>
+      <c r="I571" t="b">
+        <v>0</v>
+      </c>
+      <c r="J571" t="s">
+        <v>161</v>
+      </c>
+      <c r="K571">
+        <v>1</v>
+      </c>
+      <c r="L571">
+        <v>75.83</v>
+      </c>
+      <c r="M571" t="s">
+        <v>24</v>
+      </c>
+      <c r="N571" t="s">
+        <v>24</v>
+      </c>
+      <c r="O571" t="s">
+        <v>24</v>
+      </c>
+      <c r="P571" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q571" t="s">
+        <v>24</v>
+      </c>
+      <c r="R571" t="s">
+        <v>24</v>
+      </c>
+      <c r="S571">
+        <v>75.83</v>
+      </c>
+    </row>
+    <row r="572" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A572">
+        <v>571</v>
+      </c>
+      <c r="B572" t="s">
+        <v>71</v>
+      </c>
+      <c r="C572" t="s">
+        <v>843</v>
+      </c>
+      <c r="E572" t="s">
+        <v>342</v>
+      </c>
+      <c r="F572" t="s">
+        <v>41</v>
+      </c>
+      <c r="G572" t="s">
+        <v>23</v>
+      </c>
+      <c r="H572">
+        <v>214</v>
+      </c>
+      <c r="I572" t="b">
+        <v>0</v>
+      </c>
+      <c r="J572" t="s">
+        <v>161</v>
+      </c>
+      <c r="K572">
+        <v>1</v>
+      </c>
+      <c r="L572" t="s">
+        <v>24</v>
+      </c>
+      <c r="M572" t="s">
+        <v>24</v>
+      </c>
+      <c r="N572" t="s">
+        <v>24</v>
+      </c>
+      <c r="O572" t="s">
+        <v>24</v>
+      </c>
+      <c r="P572" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q572" t="s">
+        <v>24</v>
+      </c>
+      <c r="R572">
+        <v>75.69</v>
+      </c>
+      <c r="S572">
+        <v>75.69</v>
+      </c>
+    </row>
+    <row r="573" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A573">
+        <v>572</v>
+      </c>
+      <c r="B573" t="s">
+        <v>851</v>
+      </c>
+      <c r="C573" t="s">
+        <v>491</v>
+      </c>
+      <c r="E573" t="s">
+        <v>492</v>
+      </c>
+      <c r="F573" t="s">
+        <v>41</v>
+      </c>
+      <c r="G573" t="s">
+        <v>38</v>
+      </c>
+      <c r="H573">
+        <v>72</v>
+      </c>
+      <c r="I573" t="b">
+        <v>0</v>
+      </c>
+      <c r="J573" t="s">
+        <v>161</v>
+      </c>
+      <c r="K573">
+        <v>1</v>
+      </c>
+      <c r="L573">
+        <v>75.67</v>
+      </c>
+      <c r="M573" t="s">
+        <v>24</v>
+      </c>
+      <c r="N573" t="s">
+        <v>24</v>
+      </c>
+      <c r="O573" t="s">
+        <v>24</v>
+      </c>
+      <c r="P573" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q573" t="s">
+        <v>24</v>
+      </c>
+      <c r="R573" t="s">
+        <v>24</v>
+      </c>
+      <c r="S573">
+        <v>75.67</v>
+      </c>
+    </row>
+    <row r="574" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A574">
+        <v>573</v>
+      </c>
+      <c r="B574" t="s">
+        <v>852</v>
+      </c>
+      <c r="C574" t="s">
+        <v>149</v>
+      </c>
+      <c r="E574" t="s">
+        <v>853</v>
+      </c>
+      <c r="F574" t="s">
+        <v>31</v>
+      </c>
+      <c r="G574" t="s">
+        <v>38</v>
+      </c>
+      <c r="H574">
+        <v>17</v>
+      </c>
+      <c r="I574" t="b">
+        <v>0</v>
+      </c>
+      <c r="J574" t="s">
+        <v>161</v>
+      </c>
+      <c r="K574">
+        <v>1</v>
+      </c>
+      <c r="L574" t="s">
+        <v>24</v>
+      </c>
+      <c r="M574" t="s">
+        <v>24</v>
+      </c>
+      <c r="N574" t="s">
+        <v>24</v>
+      </c>
+      <c r="O574">
+        <v>75.56</v>
+      </c>
+      <c r="P574" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q574" t="s">
+        <v>24</v>
+      </c>
+      <c r="R574" t="s">
+        <v>24</v>
+      </c>
+      <c r="S574">
+        <v>75.56</v>
+      </c>
+    </row>
+    <row r="575" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A575">
+        <v>574</v>
+      </c>
+      <c r="B575" t="s">
+        <v>119</v>
+      </c>
+      <c r="C575" t="s">
+        <v>854</v>
+      </c>
+      <c r="E575" t="s">
+        <v>342</v>
+      </c>
+      <c r="F575" t="s">
+        <v>41</v>
+      </c>
+      <c r="G575" t="s">
+        <v>23</v>
+      </c>
+      <c r="H575">
+        <v>215</v>
+      </c>
+      <c r="I575" t="b">
+        <v>0</v>
+      </c>
+      <c r="J575" t="s">
+        <v>161</v>
+      </c>
+      <c r="K575">
+        <v>1</v>
+      </c>
+      <c r="L575" t="s">
+        <v>24</v>
+      </c>
+      <c r="M575" t="s">
+        <v>24</v>
+      </c>
+      <c r="N575" t="s">
+        <v>24</v>
+      </c>
+      <c r="O575" t="s">
+        <v>24</v>
+      </c>
+      <c r="P575" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q575" t="s">
+        <v>24</v>
+      </c>
+      <c r="R575">
+        <v>75.3</v>
+      </c>
+      <c r="S575">
+        <v>75.3</v>
+      </c>
+    </row>
+    <row r="576" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A576">
+        <v>575</v>
+      </c>
+      <c r="B576" t="s">
+        <v>855</v>
+      </c>
+      <c r="C576" t="s">
+        <v>856</v>
+      </c>
+      <c r="D576">
+        <v>1846</v>
+      </c>
+      <c r="E576" t="s">
+        <v>34</v>
+      </c>
+      <c r="F576" t="s">
+        <v>65</v>
+      </c>
+      <c r="G576" t="s">
+        <v>23</v>
+      </c>
+      <c r="H576">
+        <v>37</v>
+      </c>
+      <c r="I576" t="b">
+        <v>0</v>
+      </c>
+      <c r="J576" t="s">
+        <v>164</v>
+      </c>
+      <c r="K576">
+        <v>1</v>
+      </c>
+      <c r="L576" t="s">
+        <v>24</v>
+      </c>
+      <c r="M576" t="s">
+        <v>24</v>
+      </c>
+      <c r="N576" t="s">
+        <v>24</v>
+      </c>
+      <c r="O576" t="s">
+        <v>24</v>
+      </c>
+      <c r="P576" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q576" t="s">
+        <v>24</v>
+      </c>
+      <c r="R576">
+        <v>75.28</v>
+      </c>
+      <c r="S576">
+        <v>75.28</v>
+      </c>
+    </row>
+    <row r="577" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A577">
+        <v>576</v>
+      </c>
+      <c r="B577" t="s">
+        <v>185</v>
+      </c>
+      <c r="C577" t="s">
+        <v>644</v>
+      </c>
+      <c r="D577">
+        <v>1111</v>
+      </c>
+      <c r="E577" t="s">
+        <v>111</v>
+      </c>
+      <c r="F577" t="s">
+        <v>31</v>
+      </c>
+      <c r="G577" t="s">
+        <v>23</v>
+      </c>
+      <c r="H577">
+        <v>77</v>
+      </c>
+      <c r="I577" t="b">
+        <v>0</v>
+      </c>
+      <c r="J577" t="s">
+        <v>164</v>
+      </c>
+      <c r="K577">
+        <v>1</v>
+      </c>
+      <c r="L577">
+        <v>75.08</v>
+      </c>
+      <c r="M577" t="s">
+        <v>24</v>
+      </c>
+      <c r="N577" t="s">
+        <v>24</v>
+      </c>
+      <c r="O577" t="s">
+        <v>24</v>
+      </c>
+      <c r="P577" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q577" t="s">
+        <v>24</v>
+      </c>
+      <c r="R577" t="s">
+        <v>24</v>
+      </c>
+      <c r="S577">
+        <v>75.08</v>
+      </c>
+    </row>
+    <row r="578" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A578">
+        <v>577</v>
+      </c>
+      <c r="B578" t="s">
+        <v>640</v>
+      </c>
+      <c r="C578" t="s">
+        <v>857</v>
+      </c>
+      <c r="E578" t="s">
+        <v>24</v>
+      </c>
+      <c r="F578" t="s">
+        <v>41</v>
+      </c>
+      <c r="G578" t="s">
+        <v>38</v>
+      </c>
+      <c r="H578">
+        <v>73</v>
+      </c>
+      <c r="I578" t="b">
+        <v>0</v>
+      </c>
+      <c r="J578" t="s">
+        <v>161</v>
+      </c>
+      <c r="K578">
+        <v>1</v>
+      </c>
+      <c r="L578" t="s">
+        <v>24</v>
+      </c>
+      <c r="M578" t="s">
+        <v>24</v>
+      </c>
+      <c r="N578" t="s">
+        <v>24</v>
+      </c>
+      <c r="O578" t="s">
+        <v>24</v>
+      </c>
+      <c r="P578" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q578" t="s">
+        <v>24</v>
+      </c>
+      <c r="R578">
+        <v>74.9</v>
+      </c>
+      <c r="S578">
+        <v>74.9</v>
+      </c>
+    </row>
+    <row r="579" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A579">
+        <v>578</v>
+      </c>
+      <c r="B579" t="s">
+        <v>403</v>
+      </c>
+      <c r="C579" t="s">
+        <v>858</v>
+      </c>
+      <c r="E579" t="s">
+        <v>352</v>
+      </c>
+      <c r="F579" t="s">
+        <v>65</v>
+      </c>
+      <c r="G579" t="s">
+        <v>23</v>
+      </c>
+      <c r="H579">
+        <v>38</v>
+      </c>
+      <c r="I579" t="b">
+        <v>0</v>
+      </c>
+      <c r="J579" t="s">
+        <v>161</v>
+      </c>
+      <c r="K579">
+        <v>1</v>
+      </c>
+      <c r="L579">
+        <v>74.89</v>
+      </c>
+      <c r="M579" t="s">
+        <v>24</v>
+      </c>
+      <c r="N579" t="s">
+        <v>24</v>
+      </c>
+      <c r="O579" t="s">
+        <v>24</v>
+      </c>
+      <c r="P579" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q579" t="s">
+        <v>24</v>
+      </c>
+      <c r="R579" t="s">
+        <v>24</v>
+      </c>
+      <c r="S579">
+        <v>74.89</v>
+      </c>
+    </row>
+    <row r="580" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A580">
+        <v>579</v>
+      </c>
+      <c r="B580" t="s">
+        <v>294</v>
+      </c>
+      <c r="C580" t="s">
+        <v>859</v>
+      </c>
+      <c r="E580" t="s">
+        <v>836</v>
+      </c>
+      <c r="F580" t="s">
+        <v>31</v>
+      </c>
+      <c r="G580" t="s">
+        <v>38</v>
+      </c>
+      <c r="H580">
+        <v>18</v>
+      </c>
+      <c r="I580" t="b">
+        <v>0</v>
+      </c>
+      <c r="J580" t="s">
+        <v>161</v>
+      </c>
+      <c r="K580">
+        <v>1</v>
+      </c>
+      <c r="L580" t="s">
+        <v>24</v>
+      </c>
+      <c r="M580">
+        <v>73.76</v>
+      </c>
+      <c r="N580" t="s">
+        <v>24</v>
+      </c>
+      <c r="O580" t="s">
+        <v>24</v>
+      </c>
+      <c r="P580" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q580" t="s">
+        <v>24</v>
+      </c>
+      <c r="R580" t="s">
+        <v>24</v>
+      </c>
+      <c r="S580">
+        <v>73.76</v>
+      </c>
+    </row>
+    <row r="581" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A581">
+        <v>580</v>
+      </c>
+      <c r="B581" t="s">
+        <v>508</v>
+      </c>
+      <c r="C581" t="s">
+        <v>860</v>
+      </c>
+      <c r="D581">
+        <v>1339</v>
+      </c>
+      <c r="E581" t="s">
+        <v>30</v>
+      </c>
+      <c r="F581" t="s">
+        <v>22</v>
+      </c>
+      <c r="G581" t="s">
+        <v>23</v>
+      </c>
+      <c r="H581">
+        <v>75</v>
+      </c>
+      <c r="I581" t="b">
+        <v>0</v>
+      </c>
+      <c r="J581" t="s">
+        <v>164</v>
+      </c>
+      <c r="K581">
+        <v>1</v>
+      </c>
+      <c r="L581" t="s">
+        <v>24</v>
+      </c>
+      <c r="M581" t="s">
+        <v>24</v>
+      </c>
+      <c r="N581" t="s">
+        <v>24</v>
+      </c>
+      <c r="O581">
+        <v>73.47</v>
+      </c>
+      <c r="P581" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q581" t="s">
+        <v>24</v>
+      </c>
+      <c r="R581" t="s">
+        <v>24</v>
+      </c>
+      <c r="S581">
+        <v>73.47</v>
+      </c>
+    </row>
+    <row r="582" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A582">
+        <v>581</v>
+      </c>
+      <c r="B582" t="s">
+        <v>643</v>
+      </c>
+      <c r="C582" t="s">
+        <v>20</v>
+      </c>
+      <c r="E582" t="s">
+        <v>265</v>
+      </c>
+      <c r="F582" t="s">
+        <v>41</v>
+      </c>
+      <c r="G582" t="s">
+        <v>38</v>
+      </c>
+      <c r="H582">
+        <v>74</v>
+      </c>
+      <c r="I582" t="b">
+        <v>0</v>
+      </c>
+      <c r="J582" t="s">
+        <v>161</v>
+      </c>
+      <c r="K582">
+        <v>1</v>
+      </c>
+      <c r="L582" t="s">
+        <v>24</v>
+      </c>
+      <c r="M582" t="s">
+        <v>24</v>
+      </c>
+      <c r="N582" t="s">
+        <v>24</v>
+      </c>
+      <c r="O582" t="s">
+        <v>24</v>
+      </c>
+      <c r="P582" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q582" t="s">
+        <v>24</v>
+      </c>
+      <c r="R582">
+        <v>73.16</v>
+      </c>
+      <c r="S582">
+        <v>73.16</v>
+      </c>
+    </row>
+    <row r="583" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A583">
+        <v>582</v>
+      </c>
+      <c r="B583" t="s">
+        <v>861</v>
+      </c>
+      <c r="C583" t="s">
+        <v>40</v>
+      </c>
+      <c r="E583" t="s">
+        <v>265</v>
+      </c>
+      <c r="F583" t="s">
+        <v>41</v>
+      </c>
+      <c r="G583" t="s">
+        <v>38</v>
+      </c>
+      <c r="H583">
+        <v>75</v>
+      </c>
+      <c r="I583" t="b">
+        <v>0</v>
+      </c>
+      <c r="J583" t="s">
+        <v>161</v>
+      </c>
+      <c r="K583">
+        <v>1</v>
+      </c>
+      <c r="L583" t="s">
+        <v>24</v>
+      </c>
+      <c r="M583" t="s">
+        <v>24</v>
+      </c>
+      <c r="N583" t="s">
+        <v>24</v>
+      </c>
+      <c r="O583" t="s">
+        <v>24</v>
+      </c>
+      <c r="P583" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q583" t="s">
+        <v>24</v>
+      </c>
+      <c r="R583">
+        <v>73.15</v>
+      </c>
+      <c r="S583">
+        <v>73.15</v>
+      </c>
+    </row>
+    <row r="584" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A584">
+        <v>583</v>
+      </c>
+      <c r="B584" t="s">
+        <v>862</v>
+      </c>
+      <c r="C584" t="s">
+        <v>504</v>
+      </c>
+      <c r="E584" t="s">
+        <v>863</v>
+      </c>
+      <c r="F584" t="s">
+        <v>41</v>
+      </c>
+      <c r="G584" t="s">
+        <v>38</v>
+      </c>
+      <c r="H584">
+        <v>76</v>
+      </c>
+      <c r="I584" t="b">
+        <v>0</v>
+      </c>
+      <c r="J584" t="s">
+        <v>161</v>
+      </c>
+      <c r="K584">
+        <v>1</v>
+      </c>
+      <c r="L584">
+        <v>73.08</v>
+      </c>
+      <c r="M584" t="s">
+        <v>24</v>
+      </c>
+      <c r="N584" t="s">
+        <v>24</v>
+      </c>
+      <c r="O584" t="s">
+        <v>24</v>
+      </c>
+      <c r="P584" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q584" t="s">
+        <v>24</v>
+      </c>
+      <c r="R584" t="s">
+        <v>24</v>
+      </c>
+      <c r="S584">
+        <v>73.08</v>
+      </c>
+    </row>
+    <row r="585" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A585">
+        <v>584</v>
+      </c>
+      <c r="B585" t="s">
+        <v>864</v>
+      </c>
+      <c r="C585" t="s">
+        <v>865</v>
+      </c>
+      <c r="D585">
+        <v>1405</v>
+      </c>
+      <c r="E585" t="s">
+        <v>34</v>
+      </c>
+      <c r="F585" t="s">
+        <v>65</v>
+      </c>
+      <c r="G585" t="s">
+        <v>38</v>
+      </c>
+      <c r="H585">
+        <v>9</v>
+      </c>
+      <c r="I585" t="b">
+        <v>0</v>
+      </c>
+      <c r="J585" t="s">
+        <v>164</v>
+      </c>
+      <c r="K585">
+        <v>1</v>
+      </c>
+      <c r="L585">
+        <v>72.86</v>
+      </c>
+      <c r="M585" t="s">
+        <v>24</v>
+      </c>
+      <c r="N585" t="s">
+        <v>24</v>
+      </c>
+      <c r="O585" t="s">
+        <v>24</v>
+      </c>
+      <c r="P585" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q585" t="s">
+        <v>24</v>
+      </c>
+      <c r="R585" t="s">
+        <v>24</v>
+      </c>
+      <c r="S585">
+        <v>72.86</v>
+      </c>
+    </row>
+    <row r="586" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A586">
+        <v>585</v>
+      </c>
+      <c r="B586" t="s">
+        <v>585</v>
+      </c>
+      <c r="C586" t="s">
+        <v>222</v>
+      </c>
+      <c r="E586" t="s">
+        <v>863</v>
+      </c>
+      <c r="F586" t="s">
+        <v>41</v>
+      </c>
+      <c r="G586" t="s">
+        <v>38</v>
+      </c>
+      <c r="H586">
+        <v>77</v>
+      </c>
+      <c r="I586" t="b">
+        <v>0</v>
+      </c>
+      <c r="J586" t="s">
+        <v>161</v>
+      </c>
+      <c r="K586">
+        <v>1</v>
+      </c>
+      <c r="L586">
+        <v>72.79</v>
+      </c>
+      <c r="M586" t="s">
+        <v>24</v>
+      </c>
+      <c r="N586" t="s">
+        <v>24</v>
+      </c>
+      <c r="O586" t="s">
+        <v>24</v>
+      </c>
+      <c r="P586" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q586" t="s">
+        <v>24</v>
+      </c>
+      <c r="R586" t="s">
+        <v>24</v>
+      </c>
+      <c r="S586">
+        <v>72.79</v>
+      </c>
+    </row>
+    <row r="587" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A587">
+        <v>586</v>
+      </c>
+      <c r="B587" t="s">
+        <v>866</v>
+      </c>
+      <c r="C587" t="s">
+        <v>867</v>
+      </c>
+      <c r="D587">
+        <v>2063</v>
+      </c>
+      <c r="E587" t="s">
+        <v>34</v>
+      </c>
+      <c r="F587" t="s">
+        <v>31</v>
+      </c>
+      <c r="G587" t="s">
+        <v>23</v>
+      </c>
+      <c r="H587">
+        <v>78</v>
+      </c>
+      <c r="I587" t="b">
+        <v>0</v>
+      </c>
+      <c r="J587" t="s">
+        <v>164</v>
+      </c>
+      <c r="K587">
+        <v>1</v>
+      </c>
+      <c r="L587">
+        <v>72.44</v>
+      </c>
+      <c r="M587" t="s">
+        <v>24</v>
+      </c>
+      <c r="N587" t="s">
+        <v>24</v>
+      </c>
+      <c r="O587" t="s">
+        <v>24</v>
+      </c>
+      <c r="P587" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q587" t="s">
+        <v>24</v>
+      </c>
+      <c r="R587" t="s">
+        <v>24</v>
+      </c>
+      <c r="S587">
+        <v>72.44</v>
+      </c>
+    </row>
+    <row r="588" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A588">
+        <v>587</v>
+      </c>
+      <c r="B588" t="s">
+        <v>87</v>
+      </c>
+      <c r="C588" t="s">
+        <v>213</v>
+      </c>
+      <c r="E588" t="s">
+        <v>137</v>
+      </c>
+      <c r="F588" t="s">
+        <v>65</v>
+      </c>
+      <c r="G588" t="s">
+        <v>38</v>
+      </c>
+      <c r="H588">
+        <v>10</v>
+      </c>
+      <c r="I588" t="b">
+        <v>0</v>
+      </c>
+      <c r="J588" t="s">
+        <v>161</v>
+      </c>
+      <c r="K588">
+        <v>1</v>
+      </c>
+      <c r="L588">
+        <v>72.38</v>
+      </c>
+      <c r="M588" t="s">
+        <v>24</v>
+      </c>
+      <c r="N588" t="s">
+        <v>24</v>
+      </c>
+      <c r="O588" t="s">
+        <v>24</v>
+      </c>
+      <c r="P588" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q588" t="s">
+        <v>24</v>
+      </c>
+      <c r="R588" t="s">
+        <v>24</v>
+      </c>
+      <c r="S588">
+        <v>72.38</v>
+      </c>
+    </row>
+    <row r="589" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A589">
+        <v>588</v>
+      </c>
+      <c r="B589" t="s">
+        <v>204</v>
+      </c>
+      <c r="C589" t="s">
+        <v>49</v>
+      </c>
+      <c r="E589" t="s">
+        <v>44</v>
+      </c>
+      <c r="F589" t="s">
+        <v>41</v>
+      </c>
+      <c r="G589" t="s">
+        <v>23</v>
+      </c>
+      <c r="H589">
+        <v>216</v>
+      </c>
+      <c r="I589" t="b">
+        <v>0</v>
+      </c>
+      <c r="J589" t="s">
+        <v>161</v>
+      </c>
+      <c r="K589">
+        <v>1</v>
+      </c>
+      <c r="L589" t="s">
+        <v>24</v>
+      </c>
+      <c r="M589" t="s">
+        <v>24</v>
+      </c>
+      <c r="N589" t="s">
+        <v>24</v>
+      </c>
+      <c r="O589" t="s">
+        <v>24</v>
+      </c>
+      <c r="P589" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q589" t="s">
+        <v>24</v>
+      </c>
+      <c r="R589">
+        <v>72.16</v>
+      </c>
+      <c r="S589">
+        <v>72.16</v>
+      </c>
+    </row>
+    <row r="590" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A590">
+        <v>589</v>
+      </c>
+      <c r="B590" t="s">
+        <v>346</v>
+      </c>
+      <c r="C590" t="s">
+        <v>499</v>
+      </c>
+      <c r="E590" t="s">
+        <v>24</v>
+      </c>
+      <c r="F590" t="s">
+        <v>41</v>
+      </c>
+      <c r="G590" t="s">
+        <v>23</v>
+      </c>
+      <c r="H590">
+        <v>217</v>
+      </c>
+      <c r="I590" t="b">
+        <v>0</v>
+      </c>
+      <c r="J590" t="s">
+        <v>161</v>
+      </c>
+      <c r="K590">
+        <v>1</v>
+      </c>
+      <c r="L590" t="s">
+        <v>24</v>
+      </c>
+      <c r="M590" t="s">
+        <v>24</v>
+      </c>
+      <c r="N590" t="s">
+        <v>24</v>
+      </c>
+      <c r="O590" t="s">
+        <v>24</v>
+      </c>
+      <c r="P590" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q590" t="s">
+        <v>24</v>
+      </c>
+      <c r="R590">
+        <v>70.89</v>
+      </c>
+      <c r="S590">
+        <v>70.89</v>
+      </c>
+    </row>
+    <row r="591" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A591">
+        <v>590</v>
+      </c>
+      <c r="B591" t="s">
+        <v>789</v>
+      </c>
+      <c r="C591" t="s">
+        <v>868</v>
+      </c>
+      <c r="E591" t="s">
+        <v>34</v>
+      </c>
+      <c r="F591" t="s">
+        <v>84</v>
+      </c>
+      <c r="G591" t="s">
+        <v>38</v>
+      </c>
+      <c r="H591">
+        <v>9</v>
+      </c>
+      <c r="I591" t="b">
+        <v>0</v>
+      </c>
+      <c r="J591" t="s">
+        <v>161</v>
+      </c>
+      <c r="K591">
+        <v>1</v>
+      </c>
+      <c r="L591" t="s">
+        <v>24</v>
+      </c>
+      <c r="M591" t="s">
+        <v>24</v>
+      </c>
+      <c r="N591" t="s">
+        <v>24</v>
+      </c>
+      <c r="O591">
+        <v>70.82</v>
+      </c>
+      <c r="P591" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q591" t="s">
+        <v>24</v>
+      </c>
+      <c r="R591" t="s">
+        <v>24</v>
+      </c>
+      <c r="S591">
+        <v>70.82</v>
+      </c>
+    </row>
+    <row r="592" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A592">
+        <v>591</v>
+      </c>
+      <c r="B592" t="s">
+        <v>869</v>
+      </c>
+      <c r="C592" t="s">
+        <v>870</v>
+      </c>
+      <c r="E592" t="s">
+        <v>34</v>
+      </c>
+      <c r="F592" t="s">
+        <v>84</v>
+      </c>
+      <c r="G592" t="s">
+        <v>38</v>
+      </c>
+      <c r="H592">
+        <v>10</v>
+      </c>
+      <c r="I592" t="b">
+        <v>0</v>
+      </c>
+      <c r="J592" t="s">
+        <v>161</v>
+      </c>
+      <c r="K592">
+        <v>1</v>
+      </c>
+      <c r="L592" t="s">
+        <v>24</v>
+      </c>
+      <c r="M592" t="s">
+        <v>24</v>
+      </c>
+      <c r="N592" t="s">
+        <v>24</v>
+      </c>
+      <c r="O592">
+        <v>70.72</v>
+      </c>
+      <c r="P592" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q592" t="s">
+        <v>24</v>
+      </c>
+      <c r="R592" t="s">
+        <v>24</v>
+      </c>
+      <c r="S592">
+        <v>70.72</v>
+      </c>
+    </row>
+    <row r="593" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A593">
+        <v>592</v>
+      </c>
+      <c r="B593" t="s">
+        <v>450</v>
+      </c>
+      <c r="C593" t="s">
+        <v>49</v>
+      </c>
+      <c r="E593" t="s">
+        <v>24</v>
+      </c>
+      <c r="F593" t="s">
+        <v>65</v>
+      </c>
+      <c r="G593" t="s">
+        <v>23</v>
+      </c>
+      <c r="H593">
+        <v>39</v>
+      </c>
+      <c r="I593" t="b">
+        <v>0</v>
+      </c>
+      <c r="J593" t="s">
+        <v>161</v>
+      </c>
+      <c r="K593">
+        <v>1</v>
+      </c>
+      <c r="L593" t="s">
+        <v>24</v>
+      </c>
+      <c r="M593" t="s">
+        <v>24</v>
+      </c>
+      <c r="N593" t="s">
+        <v>24</v>
+      </c>
+      <c r="O593">
+        <v>70.58</v>
+      </c>
+      <c r="P593" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q593" t="s">
+        <v>24</v>
+      </c>
+      <c r="R593" t="s">
+        <v>24</v>
+      </c>
+      <c r="S593">
+        <v>70.58</v>
+      </c>
+    </row>
+    <row r="594" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A594">
+        <v>593</v>
+      </c>
+      <c r="B594" t="s">
+        <v>871</v>
+      </c>
+      <c r="C594" t="s">
+        <v>790</v>
+      </c>
+      <c r="E594" t="s">
+        <v>265</v>
+      </c>
+      <c r="F594" t="s">
+        <v>41</v>
+      </c>
+      <c r="G594" t="s">
+        <v>38</v>
+      </c>
+      <c r="H594">
+        <v>78</v>
+      </c>
+      <c r="I594" t="b">
+        <v>0</v>
+      </c>
+      <c r="J594" t="s">
+        <v>161</v>
+      </c>
+      <c r="K594">
+        <v>1</v>
+      </c>
+      <c r="L594" t="s">
+        <v>24</v>
+      </c>
+      <c r="M594" t="s">
+        <v>24</v>
+      </c>
+      <c r="N594" t="s">
+        <v>24</v>
+      </c>
+      <c r="O594" t="s">
+        <v>24</v>
+      </c>
+      <c r="P594" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q594" t="s">
+        <v>24</v>
+      </c>
+      <c r="R594">
+        <v>68.79</v>
+      </c>
+      <c r="S594">
+        <v>68.79</v>
+      </c>
+    </row>
+    <row r="595" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A595">
+        <v>594</v>
+      </c>
+      <c r="B595" t="s">
+        <v>872</v>
+      </c>
+      <c r="C595" t="s">
+        <v>873</v>
+      </c>
+      <c r="E595" t="s">
+        <v>265</v>
+      </c>
+      <c r="F595" t="s">
+        <v>41</v>
+      </c>
+      <c r="G595" t="s">
+        <v>38</v>
+      </c>
+      <c r="H595">
+        <v>79</v>
+      </c>
+      <c r="I595" t="b">
+        <v>0</v>
+      </c>
+      <c r="J595" t="s">
+        <v>161</v>
+      </c>
+      <c r="K595">
+        <v>1</v>
+      </c>
+      <c r="L595" t="s">
+        <v>24</v>
+      </c>
+      <c r="M595" t="s">
+        <v>24</v>
+      </c>
+      <c r="N595" t="s">
+        <v>24</v>
+      </c>
+      <c r="O595" t="s">
+        <v>24</v>
+      </c>
+      <c r="P595" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q595" t="s">
+        <v>24</v>
+      </c>
+      <c r="R595">
+        <v>68.79</v>
+      </c>
+      <c r="S595">
+        <v>68.79</v>
+      </c>
+    </row>
+    <row r="596" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A596">
+        <v>595</v>
+      </c>
+      <c r="B596" t="s">
+        <v>874</v>
+      </c>
+      <c r="C596" t="s">
+        <v>117</v>
+      </c>
+      <c r="E596" t="s">
+        <v>668</v>
+      </c>
+      <c r="F596" t="s">
+        <v>41</v>
+      </c>
+      <c r="G596" t="s">
+        <v>38</v>
+      </c>
+      <c r="H596">
+        <v>80</v>
+      </c>
+      <c r="I596" t="b">
+        <v>0</v>
+      </c>
+      <c r="J596" t="s">
+        <v>161</v>
+      </c>
+      <c r="K596">
+        <v>1</v>
+      </c>
+      <c r="L596" t="s">
+        <v>24</v>
+      </c>
+      <c r="M596" t="s">
+        <v>24</v>
+      </c>
+      <c r="N596" t="s">
+        <v>24</v>
+      </c>
+      <c r="O596" t="s">
+        <v>24</v>
+      </c>
+      <c r="P596" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q596" t="s">
+        <v>24</v>
+      </c>
+      <c r="R596">
+        <v>68.38</v>
+      </c>
+      <c r="S596">
+        <v>68.38</v>
+      </c>
+    </row>
+    <row r="597" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A597">
+        <v>596</v>
+      </c>
+      <c r="B597" t="s">
+        <v>875</v>
+      </c>
+      <c r="C597" t="s">
+        <v>876</v>
+      </c>
+      <c r="D597">
+        <v>2401</v>
+      </c>
+      <c r="E597" t="s">
+        <v>55</v>
+      </c>
+      <c r="F597" t="s">
+        <v>41</v>
+      </c>
+      <c r="G597" t="s">
+        <v>38</v>
+      </c>
+      <c r="H597">
+        <v>81</v>
+      </c>
+      <c r="I597" t="b">
+        <v>0</v>
+      </c>
+      <c r="J597" t="s">
+        <v>164</v>
+      </c>
+      <c r="K597">
+        <v>1</v>
+      </c>
+      <c r="L597">
+        <v>67.61</v>
+      </c>
+      <c r="M597" t="s">
+        <v>24</v>
+      </c>
+      <c r="N597" t="s">
+        <v>24</v>
+      </c>
+      <c r="O597" t="s">
+        <v>24</v>
+      </c>
+      <c r="P597" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q597" t="s">
+        <v>24</v>
+      </c>
+      <c r="R597" t="s">
+        <v>24</v>
+      </c>
+      <c r="S597">
+        <v>67.61</v>
+      </c>
+    </row>
+    <row r="598" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A598">
+        <v>597</v>
+      </c>
+      <c r="B598" t="s">
+        <v>877</v>
+      </c>
+      <c r="C598" t="s">
+        <v>878</v>
+      </c>
+      <c r="E598" t="s">
+        <v>342</v>
+      </c>
+      <c r="F598" t="s">
+        <v>31</v>
+      </c>
+      <c r="G598" t="s">
+        <v>23</v>
+      </c>
+      <c r="H598">
+        <v>79</v>
+      </c>
+      <c r="I598" t="b">
+        <v>0</v>
+      </c>
+      <c r="J598" t="s">
+        <v>161</v>
+      </c>
+      <c r="K598">
+        <v>1</v>
+      </c>
+      <c r="L598">
+        <v>67.61</v>
+      </c>
+      <c r="M598" t="s">
+        <v>24</v>
+      </c>
+      <c r="N598" t="s">
+        <v>24</v>
+      </c>
+      <c r="O598" t="s">
+        <v>24</v>
+      </c>
+      <c r="P598" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q598" t="s">
+        <v>24</v>
+      </c>
+      <c r="R598" t="s">
+        <v>24</v>
+      </c>
+      <c r="S598">
+        <v>67.61</v>
+      </c>
+    </row>
+    <row r="599" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A599">
+        <v>598</v>
+      </c>
+      <c r="B599" t="s">
+        <v>879</v>
+      </c>
+      <c r="C599" t="s">
+        <v>880</v>
+      </c>
+      <c r="E599" t="s">
+        <v>384</v>
+      </c>
+      <c r="F599" t="s">
+        <v>41</v>
+      </c>
+      <c r="G599" t="s">
+        <v>38</v>
+      </c>
+      <c r="H599">
+        <v>82</v>
+      </c>
+      <c r="I599" t="b">
+        <v>0</v>
+      </c>
+      <c r="J599" t="s">
+        <v>161</v>
+      </c>
+      <c r="K599">
+        <v>1</v>
+      </c>
+      <c r="L599" t="s">
+        <v>24</v>
+      </c>
+      <c r="M599" t="s">
+        <v>24</v>
+      </c>
+      <c r="N599" t="s">
+        <v>24</v>
+      </c>
+      <c r="O599" t="s">
+        <v>24</v>
+      </c>
+      <c r="P599" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q599" t="s">
+        <v>24</v>
+      </c>
+      <c r="R599">
+        <v>67.24</v>
+      </c>
+      <c r="S599">
+        <v>67.24</v>
+      </c>
+    </row>
+    <row r="600" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A600">
+        <v>599</v>
+      </c>
+      <c r="B600" t="s">
+        <v>316</v>
+      </c>
+      <c r="C600" t="s">
+        <v>881</v>
+      </c>
+      <c r="E600" t="s">
+        <v>384</v>
+      </c>
+      <c r="F600" t="s">
+        <v>41</v>
+      </c>
+      <c r="G600" t="s">
+        <v>23</v>
+      </c>
+      <c r="H600">
+        <v>218</v>
+      </c>
+      <c r="I600" t="b">
+        <v>0</v>
+      </c>
+      <c r="J600" t="s">
+        <v>161</v>
+      </c>
+      <c r="K600">
+        <v>1</v>
+      </c>
+      <c r="L600" t="s">
+        <v>24</v>
+      </c>
+      <c r="M600" t="s">
+        <v>24</v>
+      </c>
+      <c r="N600" t="s">
+        <v>24</v>
+      </c>
+      <c r="O600" t="s">
+        <v>24</v>
+      </c>
+      <c r="P600" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q600" t="s">
+        <v>24</v>
+      </c>
+      <c r="R600">
+        <v>67.24</v>
+      </c>
+      <c r="S600">
+        <v>67.24</v>
+      </c>
+    </row>
+    <row r="601" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A601">
+        <v>600</v>
+      </c>
+      <c r="B601" t="s">
+        <v>417</v>
+      </c>
+      <c r="C601" t="s">
+        <v>26</v>
+      </c>
+      <c r="E601" t="s">
+        <v>342</v>
+      </c>
+      <c r="F601" t="s">
+        <v>41</v>
+      </c>
+      <c r="G601" t="s">
+        <v>38</v>
+      </c>
+      <c r="H601">
+        <v>83</v>
+      </c>
+      <c r="I601" t="b">
+        <v>0</v>
+      </c>
+      <c r="J601" t="s">
+        <v>161</v>
+      </c>
+      <c r="K601">
+        <v>1</v>
+      </c>
+      <c r="L601" t="s">
+        <v>24</v>
+      </c>
+      <c r="M601" t="s">
+        <v>24</v>
+      </c>
+      <c r="N601" t="s">
+        <v>24</v>
+      </c>
+      <c r="O601" t="s">
+        <v>24</v>
+      </c>
+      <c r="P601" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q601" t="s">
+        <v>24</v>
+      </c>
+      <c r="R601">
+        <v>66.24</v>
+      </c>
+      <c r="S601">
+        <v>66.24</v>
+      </c>
+    </row>
+    <row r="602" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A602">
+        <v>601</v>
+      </c>
+      <c r="B602" t="s">
+        <v>418</v>
+      </c>
+      <c r="C602" t="s">
+        <v>26</v>
+      </c>
+      <c r="E602" t="s">
+        <v>342</v>
+      </c>
+      <c r="F602" t="s">
+        <v>41</v>
+      </c>
+      <c r="G602" t="s">
+        <v>23</v>
+      </c>
+      <c r="H602">
+        <v>219</v>
+      </c>
+      <c r="I602" t="b">
+        <v>0</v>
+      </c>
+      <c r="J602" t="s">
+        <v>161</v>
+      </c>
+      <c r="K602">
+        <v>1</v>
+      </c>
+      <c r="L602" t="s">
+        <v>24</v>
+      </c>
+      <c r="M602" t="s">
+        <v>24</v>
+      </c>
+      <c r="N602" t="s">
+        <v>24</v>
+      </c>
+      <c r="O602" t="s">
+        <v>24</v>
+      </c>
+      <c r="P602" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q602" t="s">
+        <v>24</v>
+      </c>
+      <c r="R602">
+        <v>66.24</v>
+      </c>
+      <c r="S602">
+        <v>66.24</v>
+      </c>
+    </row>
+    <row r="603" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A603">
+        <v>602</v>
+      </c>
+      <c r="B603" t="s">
+        <v>828</v>
+      </c>
+      <c r="C603" t="s">
+        <v>117</v>
+      </c>
+      <c r="D603">
+        <v>2392</v>
+      </c>
+      <c r="E603" t="s">
+        <v>882</v>
+      </c>
+      <c r="F603" t="s">
+        <v>22</v>
+      </c>
+      <c r="G603" t="s">
+        <v>38</v>
+      </c>
+      <c r="H603">
+        <v>39</v>
+      </c>
+      <c r="I603" t="b">
+        <v>0</v>
+      </c>
+      <c r="J603" t="s">
+        <v>164</v>
+      </c>
+      <c r="K603">
+        <v>1</v>
+      </c>
+      <c r="L603">
+        <v>65.77</v>
+      </c>
+      <c r="M603" t="s">
+        <v>24</v>
+      </c>
+      <c r="N603" t="s">
+        <v>24</v>
+      </c>
+      <c r="O603" t="s">
+        <v>24</v>
+      </c>
+      <c r="P603" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q603" t="s">
+        <v>24</v>
+      </c>
+      <c r="R603" t="s">
+        <v>24</v>
+      </c>
+      <c r="S603">
+        <v>65.77</v>
+      </c>
+    </row>
+    <row r="604" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A604">
+        <v>603</v>
+      </c>
+      <c r="B604" t="s">
+        <v>883</v>
+      </c>
+      <c r="C604" t="s">
+        <v>185</v>
+      </c>
+      <c r="E604" t="s">
+        <v>55</v>
+      </c>
+      <c r="F604" t="s">
+        <v>41</v>
+      </c>
+      <c r="G604" t="s">
+        <v>23</v>
+      </c>
+      <c r="H604">
+        <v>220</v>
+      </c>
+      <c r="I604" t="b">
+        <v>0</v>
+      </c>
+      <c r="J604" t="s">
+        <v>161</v>
+      </c>
+      <c r="K604">
+        <v>1</v>
+      </c>
+      <c r="L604">
+        <v>64.99</v>
+      </c>
+      <c r="M604" t="s">
+        <v>24</v>
+      </c>
+      <c r="N604" t="s">
+        <v>24</v>
+      </c>
+      <c r="O604" t="s">
+        <v>24</v>
+      </c>
+      <c r="P604" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q604" t="s">
+        <v>24</v>
+      </c>
+      <c r="R604" t="s">
+        <v>24</v>
+      </c>
+      <c r="S604">
+        <v>64.99</v>
+      </c>
+    </row>
+    <row r="605" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A605">
+        <v>604</v>
+      </c>
+      <c r="B605" t="s">
+        <v>884</v>
+      </c>
+      <c r="C605" t="s">
+        <v>124</v>
+      </c>
+      <c r="E605" t="s">
+        <v>34</v>
+      </c>
+      <c r="F605" t="s">
+        <v>65</v>
+      </c>
+      <c r="G605" t="s">
+        <v>38</v>
+      </c>
+      <c r="H605">
+        <v>11</v>
+      </c>
+      <c r="I605" t="b">
+        <v>0</v>
+      </c>
+      <c r="J605" t="s">
+        <v>161</v>
+      </c>
+      <c r="K605">
+        <v>1</v>
+      </c>
+      <c r="L605" t="s">
+        <v>24</v>
+      </c>
+      <c r="M605" t="s">
+        <v>24</v>
+      </c>
+      <c r="N605" t="s">
+        <v>24</v>
+      </c>
+      <c r="O605">
+        <v>64.84</v>
+      </c>
+      <c r="P605" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q605" t="s">
+        <v>24</v>
+      </c>
+      <c r="R605" t="s">
+        <v>24</v>
+      </c>
+      <c r="S605">
+        <v>64.84</v>
+      </c>
+    </row>
+    <row r="606" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A606">
+        <v>605</v>
+      </c>
+      <c r="B606" t="s">
+        <v>885</v>
+      </c>
+      <c r="C606" t="s">
+        <v>49</v>
+      </c>
+      <c r="D606">
         <v>1915</v>
       </c>
-      <c r="E300" t="s">
-[...5 lines deleted...]
-      <c r="G300" t="s">
+      <c r="E606" t="s">
+        <v>111</v>
+      </c>
+      <c r="F606" t="s">
+        <v>31</v>
+      </c>
+      <c r="G606" t="s">
+        <v>38</v>
+      </c>
+      <c r="H606">
+        <v>19</v>
+      </c>
+      <c r="I606" t="b">
+        <v>0</v>
+      </c>
+      <c r="J606" t="s">
+        <v>164</v>
+      </c>
+      <c r="K606">
+        <v>1</v>
+      </c>
+      <c r="L606" t="s">
+        <v>24</v>
+      </c>
+      <c r="M606" t="s">
+        <v>24</v>
+      </c>
+      <c r="N606" t="s">
+        <v>24</v>
+      </c>
+      <c r="O606">
+        <v>64.51</v>
+      </c>
+      <c r="P606" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q606" t="s">
+        <v>24</v>
+      </c>
+      <c r="R606" t="s">
+        <v>24</v>
+      </c>
+      <c r="S606">
+        <v>64.51</v>
+      </c>
+    </row>
+    <row r="607" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A607">
+        <v>606</v>
+      </c>
+      <c r="B607" t="s">
+        <v>886</v>
+      </c>
+      <c r="C607" t="s">
+        <v>405</v>
+      </c>
+      <c r="E607" t="s">
+        <v>24</v>
+      </c>
+      <c r="F607" t="s">
+        <v>22</v>
+      </c>
+      <c r="G607" t="s">
+        <v>23</v>
+      </c>
+      <c r="H607">
+        <v>76</v>
+      </c>
+      <c r="I607" t="b">
+        <v>0</v>
+      </c>
+      <c r="J607" t="s">
+        <v>161</v>
+      </c>
+      <c r="K607">
+        <v>1</v>
+      </c>
+      <c r="L607" t="s">
+        <v>24</v>
+      </c>
+      <c r="M607" t="s">
+        <v>24</v>
+      </c>
+      <c r="N607" t="s">
+        <v>24</v>
+      </c>
+      <c r="O607" t="s">
+        <v>24</v>
+      </c>
+      <c r="P607" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q607">
+        <v>64.34</v>
+      </c>
+      <c r="R607" t="s">
+        <v>24</v>
+      </c>
+      <c r="S607">
+        <v>64.34</v>
+      </c>
+    </row>
+    <row r="608" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A608">
+        <v>607</v>
+      </c>
+      <c r="B608" t="s">
+        <v>887</v>
+      </c>
+      <c r="C608" t="s">
+        <v>888</v>
+      </c>
+      <c r="E608" t="s">
+        <v>24</v>
+      </c>
+      <c r="F608" t="s">
+        <v>41</v>
+      </c>
+      <c r="G608" t="s">
+        <v>38</v>
+      </c>
+      <c r="H608">
+        <v>84</v>
+      </c>
+      <c r="I608" t="b">
+        <v>0</v>
+      </c>
+      <c r="J608" t="s">
+        <v>161</v>
+      </c>
+      <c r="K608">
+        <v>1</v>
+      </c>
+      <c r="L608" t="s">
+        <v>24</v>
+      </c>
+      <c r="M608" t="s">
+        <v>24</v>
+      </c>
+      <c r="N608" t="s">
+        <v>24</v>
+      </c>
+      <c r="O608" t="s">
+        <v>24</v>
+      </c>
+      <c r="P608" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q608" t="s">
+        <v>24</v>
+      </c>
+      <c r="R608">
+        <v>62.06</v>
+      </c>
+      <c r="S608">
+        <v>62.06</v>
+      </c>
+    </row>
+    <row r="609" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A609">
+        <v>608</v>
+      </c>
+      <c r="B609" t="s">
+        <v>42</v>
+      </c>
+      <c r="C609" t="s">
+        <v>888</v>
+      </c>
+      <c r="E609" t="s">
+        <v>24</v>
+      </c>
+      <c r="F609" t="s">
+        <v>41</v>
+      </c>
+      <c r="G609" t="s">
+        <v>23</v>
+      </c>
+      <c r="H609">
+        <v>221</v>
+      </c>
+      <c r="I609" t="b">
+        <v>0</v>
+      </c>
+      <c r="J609" t="s">
+        <v>161</v>
+      </c>
+      <c r="K609">
+        <v>1</v>
+      </c>
+      <c r="L609" t="s">
+        <v>24</v>
+      </c>
+      <c r="M609" t="s">
+        <v>24</v>
+      </c>
+      <c r="N609" t="s">
+        <v>24</v>
+      </c>
+      <c r="O609" t="s">
+        <v>24</v>
+      </c>
+      <c r="P609" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q609" t="s">
+        <v>24</v>
+      </c>
+      <c r="R609">
+        <v>62.05</v>
+      </c>
+      <c r="S609">
+        <v>62.05</v>
+      </c>
+    </row>
+    <row r="610" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A610">
+        <v>609</v>
+      </c>
+      <c r="B610" t="s">
+        <v>119</v>
+      </c>
+      <c r="C610" t="s">
+        <v>889</v>
+      </c>
+      <c r="E610" t="s">
+        <v>384</v>
+      </c>
+      <c r="F610" t="s">
+        <v>41</v>
+      </c>
+      <c r="G610" t="s">
+        <v>23</v>
+      </c>
+      <c r="H610">
+        <v>222</v>
+      </c>
+      <c r="I610" t="b">
+        <v>0</v>
+      </c>
+      <c r="J610" t="s">
+        <v>161</v>
+      </c>
+      <c r="K610">
+        <v>1</v>
+      </c>
+      <c r="L610" t="s">
+        <v>24</v>
+      </c>
+      <c r="M610" t="s">
+        <v>24</v>
+      </c>
+      <c r="N610" t="s">
+        <v>24</v>
+      </c>
+      <c r="O610" t="s">
+        <v>24</v>
+      </c>
+      <c r="P610" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q610" t="s">
+        <v>24</v>
+      </c>
+      <c r="R610">
+        <v>61.29</v>
+      </c>
+      <c r="S610">
+        <v>61.29</v>
+      </c>
+    </row>
+    <row r="611" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A611">
+        <v>610</v>
+      </c>
+      <c r="B611" t="s">
+        <v>417</v>
+      </c>
+      <c r="C611" t="s">
+        <v>282</v>
+      </c>
+      <c r="D611">
+        <v>1912</v>
+      </c>
+      <c r="E611" t="s">
+        <v>494</v>
+      </c>
+      <c r="F611" t="s">
+        <v>31</v>
+      </c>
+      <c r="G611" t="s">
+        <v>38</v>
+      </c>
+      <c r="H611">
+        <v>20</v>
+      </c>
+      <c r="I611" t="b">
+        <v>0</v>
+      </c>
+      <c r="J611" t="s">
+        <v>164</v>
+      </c>
+      <c r="K611">
+        <v>1</v>
+      </c>
+      <c r="L611" t="s">
+        <v>24</v>
+      </c>
+      <c r="M611" t="s">
+        <v>24</v>
+      </c>
+      <c r="N611" t="s">
+        <v>24</v>
+      </c>
+      <c r="O611" t="s">
+        <v>24</v>
+      </c>
+      <c r="P611" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q611" t="s">
+        <v>24</v>
+      </c>
+      <c r="R611">
+        <v>60.7</v>
+      </c>
+      <c r="S611">
+        <v>60.7</v>
+      </c>
+    </row>
+    <row r="612" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A612">
+        <v>611</v>
+      </c>
+      <c r="B612" t="s">
+        <v>809</v>
+      </c>
+      <c r="C612" t="s">
+        <v>890</v>
+      </c>
+      <c r="E612" t="s">
+        <v>494</v>
+      </c>
+      <c r="F612" t="s">
+        <v>41</v>
+      </c>
+      <c r="G612" t="s">
+        <v>38</v>
+      </c>
+      <c r="H612">
+        <v>85</v>
+      </c>
+      <c r="I612" t="b">
+        <v>0</v>
+      </c>
+      <c r="J612" t="s">
+        <v>161</v>
+      </c>
+      <c r="K612">
+        <v>1</v>
+      </c>
+      <c r="L612" t="s">
+        <v>24</v>
+      </c>
+      <c r="M612" t="s">
+        <v>24</v>
+      </c>
+      <c r="N612" t="s">
+        <v>24</v>
+      </c>
+      <c r="O612" t="s">
+        <v>24</v>
+      </c>
+      <c r="P612" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q612" t="s">
+        <v>24</v>
+      </c>
+      <c r="R612">
+        <v>60.67</v>
+      </c>
+      <c r="S612">
+        <v>60.67</v>
+      </c>
+    </row>
+    <row r="613" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A613">
+        <v>612</v>
+      </c>
+      <c r="B613" t="s">
+        <v>87</v>
+      </c>
+      <c r="C613" t="s">
+        <v>891</v>
+      </c>
+      <c r="E613" t="s">
+        <v>494</v>
+      </c>
+      <c r="F613" t="s">
+        <v>41</v>
+      </c>
+      <c r="G613" t="s">
+        <v>38</v>
+      </c>
+      <c r="H613">
+        <v>86</v>
+      </c>
+      <c r="I613" t="b">
+        <v>0</v>
+      </c>
+      <c r="J613" t="s">
+        <v>161</v>
+      </c>
+      <c r="K613">
+        <v>1</v>
+      </c>
+      <c r="L613" t="s">
+        <v>24</v>
+      </c>
+      <c r="M613" t="s">
+        <v>24</v>
+      </c>
+      <c r="N613" t="s">
+        <v>24</v>
+      </c>
+      <c r="O613" t="s">
+        <v>24</v>
+      </c>
+      <c r="P613" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q613" t="s">
+        <v>24</v>
+      </c>
+      <c r="R613">
+        <v>59.88</v>
+      </c>
+      <c r="S613">
+        <v>59.88</v>
+      </c>
+    </row>
+    <row r="614" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A614">
+        <v>613</v>
+      </c>
+      <c r="B614" t="s">
+        <v>428</v>
+      </c>
+      <c r="C614" t="s">
+        <v>641</v>
+      </c>
+      <c r="E614" t="s">
+        <v>21</v>
+      </c>
+      <c r="F614" t="s">
+        <v>41</v>
+      </c>
+      <c r="G614" t="s">
+        <v>23</v>
+      </c>
+      <c r="H614">
+        <v>223</v>
+      </c>
+      <c r="I614" t="b">
+        <v>0</v>
+      </c>
+      <c r="J614" t="s">
+        <v>161</v>
+      </c>
+      <c r="K614">
+        <v>1</v>
+      </c>
+      <c r="L614" t="s">
+        <v>24</v>
+      </c>
+      <c r="M614" t="s">
+        <v>24</v>
+      </c>
+      <c r="N614" t="s">
+        <v>24</v>
+      </c>
+      <c r="O614" t="s">
+        <v>24</v>
+      </c>
+      <c r="P614" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q614" t="s">
+        <v>24</v>
+      </c>
+      <c r="R614">
+        <v>0</v>
+      </c>
+      <c r="S614">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="615" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A615">
+        <v>614</v>
+      </c>
+      <c r="B615" t="s">
+        <v>417</v>
+      </c>
+      <c r="C615" t="s">
+        <v>892</v>
+      </c>
+      <c r="D615">
+        <v>1179</v>
+      </c>
+      <c r="E615" t="s">
+        <v>73</v>
+      </c>
+      <c r="F615" t="s">
+        <v>31</v>
+      </c>
+      <c r="G615" t="s">
+        <v>38</v>
+      </c>
+      <c r="H615">
+        <v>21</v>
+      </c>
+      <c r="I615" t="b">
+        <v>0</v>
+      </c>
+      <c r="J615" t="s">
+        <v>164</v>
+      </c>
+      <c r="K615">
+        <v>1</v>
+      </c>
+      <c r="L615" t="s">
+        <v>24</v>
+      </c>
+      <c r="M615" t="s">
+        <v>24</v>
+      </c>
+      <c r="N615" t="s">
+        <v>24</v>
+      </c>
+      <c r="O615" t="s">
+        <v>24</v>
+      </c>
+      <c r="P615">
+        <v>0</v>
+      </c>
+      <c r="Q615" t="s">
+        <v>24</v>
+      </c>
+      <c r="R615" t="s">
+        <v>24</v>
+      </c>
+      <c r="S615">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="616" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A616">
+        <v>615</v>
+      </c>
+      <c r="B616" t="s">
+        <v>344</v>
+      </c>
+      <c r="C616" t="s">
+        <v>33</v>
+      </c>
+      <c r="E616" t="s">
+        <v>24</v>
+      </c>
+      <c r="F616" t="s">
+        <v>41</v>
+      </c>
+      <c r="G616" t="s">
+        <v>23</v>
+      </c>
+      <c r="H616">
+        <v>224</v>
+      </c>
+      <c r="I616" t="b">
+        <v>0</v>
+      </c>
+      <c r="J616" t="s">
+        <v>161</v>
+      </c>
+      <c r="K616">
+        <v>1</v>
+      </c>
+      <c r="L616" t="s">
+        <v>24</v>
+      </c>
+      <c r="M616" t="s">
+        <v>24</v>
+      </c>
+      <c r="N616" t="s">
+        <v>24</v>
+      </c>
+      <c r="O616" t="s">
+        <v>24</v>
+      </c>
+      <c r="P616">
+        <v>0</v>
+      </c>
+      <c r="Q616" t="s">
+        <v>24</v>
+      </c>
+      <c r="R616" t="s">
+        <v>24</v>
+      </c>
+      <c r="S616">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="617" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A617">
+        <v>616</v>
+      </c>
+      <c r="B617" t="s">
+        <v>817</v>
+      </c>
+      <c r="C617" t="s">
+        <v>893</v>
+      </c>
+      <c r="E617" t="s">
+        <v>894</v>
+      </c>
+      <c r="F617" t="s">
+        <v>31</v>
+      </c>
+      <c r="G617" t="s">
+        <v>23</v>
+      </c>
+      <c r="H617">
+        <v>80</v>
+      </c>
+      <c r="I617" t="b">
+        <v>0</v>
+      </c>
+      <c r="J617" t="s">
+        <v>161</v>
+      </c>
+      <c r="K617">
+        <v>1</v>
+      </c>
+      <c r="L617" t="s">
+        <v>24</v>
+      </c>
+      <c r="M617" t="s">
+        <v>24</v>
+      </c>
+      <c r="N617" t="s">
+        <v>24</v>
+      </c>
+      <c r="O617" t="s">
+        <v>24</v>
+      </c>
+      <c r="P617">
+        <v>0</v>
+      </c>
+      <c r="Q617" t="s">
+        <v>24</v>
+      </c>
+      <c r="R617" t="s">
+        <v>24</v>
+      </c>
+      <c r="S617">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="618" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A618">
+        <v>617</v>
+      </c>
+      <c r="B618" t="s">
+        <v>118</v>
+      </c>
+      <c r="C618" t="s">
+        <v>213</v>
+      </c>
+      <c r="E618" t="s">
+        <v>24</v>
+      </c>
+      <c r="F618" t="s">
+        <v>22</v>
+      </c>
+      <c r="G618" t="s">
+        <v>23</v>
+      </c>
+      <c r="H618">
+        <v>77</v>
+      </c>
+      <c r="I618" t="b">
+        <v>0</v>
+      </c>
+      <c r="J618" t="s">
+        <v>161</v>
+      </c>
+      <c r="K618">
+        <v>1</v>
+      </c>
+      <c r="L618" t="s">
+        <v>24</v>
+      </c>
+      <c r="M618" t="s">
+        <v>24</v>
+      </c>
+      <c r="N618" t="s">
+        <v>24</v>
+      </c>
+      <c r="O618" t="s">
+        <v>24</v>
+      </c>
+      <c r="P618">
+        <v>0</v>
+      </c>
+      <c r="Q618" t="s">
+        <v>24</v>
+      </c>
+      <c r="R618" t="s">
+        <v>24</v>
+      </c>
+      <c r="S618">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="619" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A619">
+        <v>618</v>
+      </c>
+      <c r="B619" t="s">
+        <v>895</v>
+      </c>
+      <c r="C619" t="s">
+        <v>26</v>
+      </c>
+      <c r="E619" t="s">
+        <v>896</v>
+      </c>
+      <c r="F619" t="s">
+        <v>65</v>
+      </c>
+      <c r="G619" t="s">
+        <v>23</v>
+      </c>
+      <c r="H619">
         <v>40</v>
       </c>
-      <c r="H300">
-[...33 lines deleted...]
-        <v>64.51</v>
+      <c r="I619" t="b">
+        <v>0</v>
+      </c>
+      <c r="J619" t="s">
+        <v>161</v>
+      </c>
+      <c r="K619">
+        <v>1</v>
+      </c>
+      <c r="L619" t="s">
+        <v>24</v>
+      </c>
+      <c r="M619" t="s">
+        <v>24</v>
+      </c>
+      <c r="N619" t="s">
+        <v>24</v>
+      </c>
+      <c r="O619" t="s">
+        <v>24</v>
+      </c>
+      <c r="P619">
+        <v>0</v>
+      </c>
+      <c r="Q619" t="s">
+        <v>24</v>
+      </c>
+      <c r="R619" t="s">
+        <v>24</v>
+      </c>
+      <c r="S619">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="620" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A620">
+        <v>619</v>
+      </c>
+      <c r="B620" t="s">
+        <v>123</v>
+      </c>
+      <c r="C620" t="s">
+        <v>897</v>
+      </c>
+      <c r="E620" t="s">
+        <v>24</v>
+      </c>
+      <c r="F620" t="s">
+        <v>41</v>
+      </c>
+      <c r="G620" t="s">
+        <v>23</v>
+      </c>
+      <c r="H620">
+        <v>225</v>
+      </c>
+      <c r="I620" t="b">
+        <v>0</v>
+      </c>
+      <c r="J620" t="s">
+        <v>161</v>
+      </c>
+      <c r="K620">
+        <v>1</v>
+      </c>
+      <c r="L620" t="s">
+        <v>24</v>
+      </c>
+      <c r="M620" t="s">
+        <v>24</v>
+      </c>
+      <c r="N620" t="s">
+        <v>24</v>
+      </c>
+      <c r="O620" t="s">
+        <v>24</v>
+      </c>
+      <c r="P620" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q620" t="s">
+        <v>24</v>
+      </c>
+      <c r="R620">
+        <v>0</v>
+      </c>
+      <c r="S620">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="621" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A621">
+        <v>620</v>
+      </c>
+      <c r="B621" t="s">
+        <v>204</v>
+      </c>
+      <c r="C621" t="s">
+        <v>898</v>
+      </c>
+      <c r="E621" t="s">
+        <v>24</v>
+      </c>
+      <c r="F621" t="s">
+        <v>41</v>
+      </c>
+      <c r="G621" t="s">
+        <v>23</v>
+      </c>
+      <c r="H621">
+        <v>226</v>
+      </c>
+      <c r="I621" t="b">
+        <v>0</v>
+      </c>
+      <c r="J621" t="s">
+        <v>161</v>
+      </c>
+      <c r="K621">
+        <v>1</v>
+      </c>
+      <c r="L621" t="s">
+        <v>24</v>
+      </c>
+      <c r="M621" t="s">
+        <v>24</v>
+      </c>
+      <c r="N621" t="s">
+        <v>24</v>
+      </c>
+      <c r="O621" t="s">
+        <v>24</v>
+      </c>
+      <c r="P621">
+        <v>0</v>
+      </c>
+      <c r="Q621" t="s">
+        <v>24</v>
+      </c>
+      <c r="R621" t="s">
+        <v>24</v>
+      </c>
+      <c r="S621">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="622" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A622">
+        <v>621</v>
+      </c>
+      <c r="B622" t="s">
+        <v>899</v>
+      </c>
+      <c r="C622" t="s">
+        <v>149</v>
+      </c>
+      <c r="E622" t="s">
+        <v>900</v>
+      </c>
+      <c r="F622" t="s">
+        <v>41</v>
+      </c>
+      <c r="G622" t="s">
+        <v>38</v>
+      </c>
+      <c r="H622">
+        <v>87</v>
+      </c>
+      <c r="I622" t="b">
+        <v>0</v>
+      </c>
+      <c r="J622" t="s">
+        <v>161</v>
+      </c>
+      <c r="K622">
+        <v>1</v>
+      </c>
+      <c r="L622" t="s">
+        <v>24</v>
+      </c>
+      <c r="M622" t="s">
+        <v>24</v>
+      </c>
+      <c r="N622" t="s">
+        <v>24</v>
+      </c>
+      <c r="O622" t="s">
+        <v>24</v>
+      </c>
+      <c r="P622" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q622" t="s">
+        <v>24</v>
+      </c>
+      <c r="R622">
+        <v>0</v>
+      </c>
+      <c r="S622">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="623" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A623">
+        <v>622</v>
+      </c>
+      <c r="B623" t="s">
+        <v>154</v>
+      </c>
+      <c r="C623" t="s">
+        <v>901</v>
+      </c>
+      <c r="E623" t="s">
+        <v>555</v>
+      </c>
+      <c r="F623" t="s">
+        <v>31</v>
+      </c>
+      <c r="G623" t="s">
+        <v>23</v>
+      </c>
+      <c r="H623">
+        <v>81</v>
+      </c>
+      <c r="I623" t="b">
+        <v>0</v>
+      </c>
+      <c r="J623" t="s">
+        <v>161</v>
+      </c>
+      <c r="K623">
+        <v>1</v>
+      </c>
+      <c r="L623" t="s">
+        <v>24</v>
+      </c>
+      <c r="M623" t="s">
+        <v>24</v>
+      </c>
+      <c r="N623" t="s">
+        <v>24</v>
+      </c>
+      <c r="O623" t="s">
+        <v>24</v>
+      </c>
+      <c r="P623">
+        <v>0</v>
+      </c>
+      <c r="Q623" t="s">
+        <v>24</v>
+      </c>
+      <c r="R623" t="s">
+        <v>24</v>
+      </c>
+      <c r="S623">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="624" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A624">
+        <v>623</v>
+      </c>
+      <c r="B624" t="s">
+        <v>58</v>
+      </c>
+      <c r="C624" t="s">
+        <v>902</v>
+      </c>
+      <c r="E624" t="s">
+        <v>24</v>
+      </c>
+      <c r="F624" t="s">
+        <v>22</v>
+      </c>
+      <c r="G624" t="s">
+        <v>23</v>
+      </c>
+      <c r="H624">
+        <v>78</v>
+      </c>
+      <c r="I624" t="b">
+        <v>0</v>
+      </c>
+      <c r="J624" t="s">
+        <v>161</v>
+      </c>
+      <c r="K624">
+        <v>1</v>
+      </c>
+      <c r="L624" t="s">
+        <v>24</v>
+      </c>
+      <c r="M624" t="s">
+        <v>24</v>
+      </c>
+      <c r="N624" t="s">
+        <v>24</v>
+      </c>
+      <c r="O624" t="s">
+        <v>24</v>
+      </c>
+      <c r="P624">
+        <v>0</v>
+      </c>
+      <c r="Q624" t="s">
+        <v>24</v>
+      </c>
+      <c r="R624" t="s">
+        <v>24</v>
+      </c>
+      <c r="S624">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="625" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A625">
+        <v>624</v>
+      </c>
+      <c r="B625" t="s">
+        <v>724</v>
+      </c>
+      <c r="C625" t="s">
+        <v>393</v>
+      </c>
+      <c r="E625" t="s">
+        <v>24</v>
+      </c>
+      <c r="F625" t="s">
+        <v>41</v>
+      </c>
+      <c r="G625" t="s">
+        <v>38</v>
+      </c>
+      <c r="H625">
+        <v>88</v>
+      </c>
+      <c r="I625" t="b">
+        <v>0</v>
+      </c>
+      <c r="J625" t="s">
+        <v>161</v>
+      </c>
+      <c r="K625">
+        <v>1</v>
+      </c>
+      <c r="L625" t="s">
+        <v>24</v>
+      </c>
+      <c r="M625" t="s">
+        <v>24</v>
+      </c>
+      <c r="N625" t="s">
+        <v>24</v>
+      </c>
+      <c r="O625" t="s">
+        <v>24</v>
+      </c>
+      <c r="P625">
+        <v>0</v>
+      </c>
+      <c r="Q625" t="s">
+        <v>24</v>
+      </c>
+      <c r="R625" t="s">
+        <v>24</v>
+      </c>
+      <c r="S625">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="626" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A626">
+        <v>625</v>
+      </c>
+      <c r="B626" t="s">
+        <v>344</v>
+      </c>
+      <c r="C626" t="s">
+        <v>903</v>
+      </c>
+      <c r="E626" t="s">
+        <v>904</v>
+      </c>
+      <c r="F626" t="s">
+        <v>31</v>
+      </c>
+      <c r="G626" t="s">
+        <v>23</v>
+      </c>
+      <c r="H626">
+        <v>82</v>
+      </c>
+      <c r="I626" t="b">
+        <v>0</v>
+      </c>
+      <c r="J626" t="s">
+        <v>161</v>
+      </c>
+      <c r="K626">
+        <v>1</v>
+      </c>
+      <c r="L626" t="s">
+        <v>24</v>
+      </c>
+      <c r="M626" t="s">
+        <v>24</v>
+      </c>
+      <c r="N626" t="s">
+        <v>24</v>
+      </c>
+      <c r="O626" t="s">
+        <v>24</v>
+      </c>
+      <c r="P626">
+        <v>0</v>
+      </c>
+      <c r="Q626" t="s">
+        <v>24</v>
+      </c>
+      <c r="R626" t="s">
+        <v>24</v>
+      </c>
+      <c r="S626">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="627" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A627">
+        <v>626</v>
+      </c>
+      <c r="B627" t="s">
+        <v>484</v>
+      </c>
+      <c r="C627" t="s">
+        <v>905</v>
+      </c>
+      <c r="E627" t="s">
+        <v>24</v>
+      </c>
+      <c r="F627" t="s">
+        <v>31</v>
+      </c>
+      <c r="G627" t="s">
+        <v>23</v>
+      </c>
+      <c r="H627">
+        <v>83</v>
+      </c>
+      <c r="I627" t="b">
+        <v>0</v>
+      </c>
+      <c r="J627" t="s">
+        <v>161</v>
+      </c>
+      <c r="K627">
+        <v>1</v>
+      </c>
+      <c r="L627" t="s">
+        <v>24</v>
+      </c>
+      <c r="M627" t="s">
+        <v>24</v>
+      </c>
+      <c r="N627" t="s">
+        <v>24</v>
+      </c>
+      <c r="O627" t="s">
+        <v>24</v>
+      </c>
+      <c r="P627">
+        <v>0</v>
+      </c>
+      <c r="Q627" t="s">
+        <v>24</v>
+      </c>
+      <c r="R627" t="s">
+        <v>24</v>
+      </c>
+      <c r="S627">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="628" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A628">
+        <v>627</v>
+      </c>
+      <c r="B628" t="s">
+        <v>62</v>
+      </c>
+      <c r="C628" t="s">
+        <v>906</v>
+      </c>
+      <c r="E628" t="s">
+        <v>907</v>
+      </c>
+      <c r="F628" t="s">
+        <v>65</v>
+      </c>
+      <c r="G628" t="s">
+        <v>23</v>
+      </c>
+      <c r="H628">
+        <v>41</v>
+      </c>
+      <c r="I628" t="b">
+        <v>0</v>
+      </c>
+      <c r="J628" t="s">
+        <v>161</v>
+      </c>
+      <c r="K628">
+        <v>1</v>
+      </c>
+      <c r="L628" t="s">
+        <v>24</v>
+      </c>
+      <c r="M628" t="s">
+        <v>24</v>
+      </c>
+      <c r="N628" t="s">
+        <v>24</v>
+      </c>
+      <c r="O628" t="s">
+        <v>24</v>
+      </c>
+      <c r="P628" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q628">
+        <v>0</v>
+      </c>
+      <c r="R628" t="s">
+        <v>24</v>
+      </c>
+      <c r="S628">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="629" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A629">
+        <v>628</v>
+      </c>
+      <c r="B629" t="s">
+        <v>182</v>
+      </c>
+      <c r="C629" t="s">
+        <v>908</v>
+      </c>
+      <c r="E629" t="s">
+        <v>377</v>
+      </c>
+      <c r="F629" t="s">
+        <v>41</v>
+      </c>
+      <c r="G629" t="s">
+        <v>23</v>
+      </c>
+      <c r="H629">
+        <v>227</v>
+      </c>
+      <c r="I629" t="b">
+        <v>0</v>
+      </c>
+      <c r="J629" t="s">
+        <v>161</v>
+      </c>
+      <c r="K629">
+        <v>1</v>
+      </c>
+      <c r="L629" t="s">
+        <v>24</v>
+      </c>
+      <c r="M629" t="s">
+        <v>24</v>
+      </c>
+      <c r="N629" t="s">
+        <v>24</v>
+      </c>
+      <c r="O629" t="s">
+        <v>24</v>
+      </c>
+      <c r="P629" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q629" t="s">
+        <v>24</v>
+      </c>
+      <c r="R629">
+        <v>0</v>
+      </c>
+      <c r="S629">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="630" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A630">
+        <v>629</v>
+      </c>
+      <c r="B630" t="s">
+        <v>909</v>
+      </c>
+      <c r="C630" t="s">
+        <v>374</v>
+      </c>
+      <c r="E630" t="s">
+        <v>24</v>
+      </c>
+      <c r="F630" t="s">
+        <v>22</v>
+      </c>
+      <c r="G630" t="s">
+        <v>38</v>
+      </c>
+      <c r="H630">
+        <v>40</v>
+      </c>
+      <c r="I630" t="b">
+        <v>0</v>
+      </c>
+      <c r="J630" t="s">
+        <v>161</v>
+      </c>
+      <c r="K630">
+        <v>1</v>
+      </c>
+      <c r="L630" t="s">
+        <v>24</v>
+      </c>
+      <c r="M630" t="s">
+        <v>24</v>
+      </c>
+      <c r="N630" t="s">
+        <v>24</v>
+      </c>
+      <c r="O630" t="s">
+        <v>24</v>
+      </c>
+      <c r="P630">
+        <v>0</v>
+      </c>
+      <c r="Q630" t="s">
+        <v>24</v>
+      </c>
+      <c r="R630" t="s">
+        <v>24</v>
+      </c>
+      <c r="S630">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="631" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A631">
+        <v>630</v>
+      </c>
+      <c r="B631" t="s">
+        <v>581</v>
+      </c>
+      <c r="C631" t="s">
+        <v>20</v>
+      </c>
+      <c r="E631" t="s">
+        <v>24</v>
+      </c>
+      <c r="F631" t="s">
+        <v>41</v>
+      </c>
+      <c r="G631" t="s">
+        <v>38</v>
+      </c>
+      <c r="H631">
+        <v>89</v>
+      </c>
+      <c r="I631" t="b">
+        <v>0</v>
+      </c>
+      <c r="J631" t="s">
+        <v>161</v>
+      </c>
+      <c r="K631">
+        <v>1</v>
+      </c>
+      <c r="L631" t="s">
+        <v>24</v>
+      </c>
+      <c r="M631" t="s">
+        <v>24</v>
+      </c>
+      <c r="N631" t="s">
+        <v>24</v>
+      </c>
+      <c r="O631" t="s">
+        <v>24</v>
+      </c>
+      <c r="P631" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q631">
+        <v>0</v>
+      </c>
+      <c r="R631" t="s">
+        <v>24</v>
+      </c>
+      <c r="S631">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="632" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A632">
+        <v>631</v>
+      </c>
+      <c r="B632" t="s">
+        <v>62</v>
+      </c>
+      <c r="C632" t="s">
+        <v>49</v>
+      </c>
+      <c r="E632" t="s">
+        <v>44</v>
+      </c>
+      <c r="F632" t="s">
+        <v>31</v>
+      </c>
+      <c r="G632" t="s">
+        <v>23</v>
+      </c>
+      <c r="H632">
+        <v>84</v>
+      </c>
+      <c r="I632" t="b">
+        <v>0</v>
+      </c>
+      <c r="J632" t="s">
+        <v>161</v>
+      </c>
+      <c r="K632">
+        <v>1</v>
+      </c>
+      <c r="L632" t="s">
+        <v>24</v>
+      </c>
+      <c r="M632" t="s">
+        <v>24</v>
+      </c>
+      <c r="N632" t="s">
+        <v>24</v>
+      </c>
+      <c r="O632" t="s">
+        <v>24</v>
+      </c>
+      <c r="P632">
+        <v>0</v>
+      </c>
+      <c r="Q632" t="s">
+        <v>24</v>
+      </c>
+      <c r="R632" t="s">
+        <v>24</v>
+      </c>
+      <c r="S632">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="633" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A633">
+        <v>632</v>
+      </c>
+      <c r="B633" t="s">
+        <v>304</v>
+      </c>
+      <c r="C633" t="s">
+        <v>404</v>
+      </c>
+      <c r="E633" t="s">
+        <v>24</v>
+      </c>
+      <c r="F633" t="s">
+        <v>31</v>
+      </c>
+      <c r="G633" t="s">
+        <v>23</v>
+      </c>
+      <c r="H633">
+        <v>85</v>
+      </c>
+      <c r="I633" t="b">
+        <v>0</v>
+      </c>
+      <c r="J633" t="s">
+        <v>161</v>
+      </c>
+      <c r="K633">
+        <v>1</v>
+      </c>
+      <c r="L633" t="s">
+        <v>24</v>
+      </c>
+      <c r="M633" t="s">
+        <v>24</v>
+      </c>
+      <c r="N633" t="s">
+        <v>24</v>
+      </c>
+      <c r="O633" t="s">
+        <v>24</v>
+      </c>
+      <c r="P633">
+        <v>0</v>
+      </c>
+      <c r="Q633" t="s">
+        <v>24</v>
+      </c>
+      <c r="R633" t="s">
+        <v>24</v>
+      </c>
+      <c r="S633">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="634" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A634">
+        <v>633</v>
+      </c>
+      <c r="B634" t="s">
+        <v>217</v>
+      </c>
+      <c r="C634" t="s">
+        <v>910</v>
+      </c>
+      <c r="E634" t="s">
+        <v>24</v>
+      </c>
+      <c r="F634" t="s">
+        <v>41</v>
+      </c>
+      <c r="G634" t="s">
+        <v>23</v>
+      </c>
+      <c r="H634">
+        <v>228</v>
+      </c>
+      <c r="I634" t="b">
+        <v>0</v>
+      </c>
+      <c r="J634" t="s">
+        <v>161</v>
+      </c>
+      <c r="K634">
+        <v>1</v>
+      </c>
+      <c r="L634" t="s">
+        <v>24</v>
+      </c>
+      <c r="M634" t="s">
+        <v>24</v>
+      </c>
+      <c r="N634" t="s">
+        <v>24</v>
+      </c>
+      <c r="O634" t="s">
+        <v>24</v>
+      </c>
+      <c r="P634">
+        <v>0</v>
+      </c>
+      <c r="Q634" t="s">
+        <v>24</v>
+      </c>
+      <c r="R634" t="s">
+        <v>24</v>
+      </c>
+      <c r="S634">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">